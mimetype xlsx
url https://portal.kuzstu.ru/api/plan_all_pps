--- v4 (2026-01-21)
+++ v5 (2026-02-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2603">
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>Должность</t>
   </si>
   <si>
     <t>Преподаваемые учебные предметы, курсы, дисциплины</t>
   </si>
   <si>
     <t>Уровень (уровни) профессионального образования с указанием наименования направления подготовки и (или) специальности, в том числе научной, и квалификации</t>
   </si>
   <si>
     <t>Учёная степень</t>
   </si>
   <si>
     <t>Учёное звание</t>
   </si>
   <si>
     <t>Сведения о повышении квалификации (за последние 3 года)</t>
   </si>
   <si>
     <t>Сведения о профессиональной переподготовке</t>
   </si>
   <si>
@@ -88,4038 +88,4925 @@
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Абабков Николай Викторович</t>
   </si>
   <si>
     <t>Заведующий кафедрой</t>
   </si>
   <si>
     <t>Технологическое обеспечение качества;
 Основы научных исследований, организация и планирование эксперимента;
 Методология научных исследований в машиностроении;
 Метрология, стандартизация и сертификация;
 Производственная, Преддипломная практика;
 Производственная, Практика по модулю направленного на получение дополнительной квалификации «Инженер-технолог в машиностроении III категории (5 уровень квалификации)»</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:a4684ccc6a8e64d511e7f2b0be4247a0)</t>
-[...8 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076927, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: оборудование и технология сварочного производства
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>Кандидат технических наук</t>
+  </si>
+  <si>
+    <t>Доцент</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332260, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347564, НОЧУО ДПО "Актион");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227570, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076927, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+  </si>
+  <si>
+    <t>Государственное и муниципальное управление</t>
   </si>
   <si>
     <t>17 лет
 3 месяца</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.04.01 Машиностроение - Сварка и родственные технологии;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Конструкторское обеспечение машиностроительных производств;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении</t>
   </si>
   <si>
     <t>Абрамов Игорь Леонидович</t>
   </si>
   <si>
-    <t>Доцент</t>
-[...1 lines deleted...]
-  <si>
     <t>Надежность теплоэнергетических систем;
 Надежность систем теплоснабжения промышленных предприятий;
 Диагностика теплоэнергетических установок и сетей;
 Метрология, сертификация и теплотехнические измерения</t>
   </si>
   <si>
-    <t>"Программа повышения квалификации в форме стажировки на тему "Методы и средства контроля, мониторинга и диагностики тепломеханического оборудования ТЭС", 72 час. (от 30.04.2023 ААА 104208010268, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...1 lines deleted...]
-"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295778, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология машиностроения, металлорежущие станки и инструменты
+квалификация: инженер-механик;</t>
+  </si>
+  <si>
+    <t>"Программа повышения квалификации в форме стажировки на тему "Методы и средства контроля, мониторинга и диагностики тепломеханического оборудования ТЭС", 72 час. (от 30.04.2023 ААА 104208010268, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Энергосбережение и повышение энергоэффективности в организациях", 16 час. (от 06.12.2023 080000063788 210, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295778, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>35 лет
-5 месяцев</t>
+6 месяцев</t>
   </si>
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика</t>
   </si>
   <si>
     <t>Абрашкин Дмитрий Анатольевич</t>
   </si>
   <si>
     <t>Ассистент</t>
   </si>
   <si>
     <t>Вычислительные системы, сети и телекоммуникации</t>
   </si>
   <si>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: прикладная информатика
+квалификация: бакалавр;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: прикладная информатика
+квалификация: бакалавр;</t>
+  </si>
+  <si>
     <t>4 года
-4 месяца</t>
+5 месяцев</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем</t>
   </si>
   <si>
     <t>Агапов Владимир Григорьевич</t>
   </si>
   <si>
     <t>Старший преподаватель</t>
   </si>
   <si>
     <t>Основы военной подготовки;
 Физическая культура и спорт;
 Дисциплины по физической культуре и спорту - базовые виды спорта</t>
   </si>
   <si>
-    <t>"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10264, &lt;Объект не найден&gt; (297:a1035ef3fcdadd2311eb69aa6369a760))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: физическая культура и спорт
+квалификация: специалист по физической культуре и спорту;</t>
+  </si>
+  <si>
+    <t>"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10264, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Адамков Аркадий Викторович</t>
   </si>
   <si>
     <t>Проектирование шахт;
 Разработка мощных угольных пластов;
 Горнопромышленная экология;
 Горное право</t>
   </si>
   <si>
-    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485509, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b));
-"Преподователь университета в новой системе российского образования", 72 час. (от 26.04.2024 782421004951, &lt;Объект не найден&gt; (297:b8395ef3fcdadd2311ecab36d9be033e))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: техники и технологии
+квалификация: магистр техники и технологии;</t>
+  </si>
+  <si>
+    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485509, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Преподователь университета в новой системе российского образования", 72 час. (от 26.04.2024 782421004951, ЧПОУ "Центр профессионального и дополнительного образования Лань" г. Санкт-Петербург);
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000602984, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>3 года
 1 месяц</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства</t>
   </si>
   <si>
     <t>Азиханов Сергей Сейфудинович</t>
   </si>
   <si>
     <t>Теория нестационарного теплообмена;
 Механика жидкости и газа. Основы теплогазоснабжения и вентиляции;
 Теплотехника;
 Расчет теплотехнического оборудования на прочность;
 Производственная, Эксплуатационная практика</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332319, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...1 lines deleted...]
-"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295711, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: машины и аппараты химических производств
+квалификация: инженер-механик;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332319, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227572, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295711, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.03.01 Строительство - Экспертиза и управление недвижимостью;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Аксенова Олеся Юрьевна</t>
   </si>
   <si>
     <t>Доцент;
 Преподаватель</t>
   </si>
   <si>
     <t>Компьютерное моделирование информационных систем;
 Начертательная геометрия. Инженерная графика;
 Начертательная геометрия и инженерная графика;
 Начертательная геометрия, инженерная и компьютерная графика;
 Начертательная геометрия;
 Инженерная графика;
 ОП.01 Инженерная графика</t>
   </si>
   <si>
-    <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347569, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eecfc1fca062da));
-[...4 lines deleted...]
-"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069265, &lt;Объект не найден&gt; (297:9d485ef3fcdadd2311ebdefa8ead8d5f))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология консервов и пищеконцентратов
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347569, НОЧУО ДПО "Актион");
+"3D - дизайн прототипирование инновационного продукта", 76 час. (от 21.11.2023 782400089469, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Методика преподавания курса "Основы российской государственности", 72 час. (от 16.09.2024 700800154926, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Цифровые двойники изделий", 72 час. (от 27.09.2024 782400099411, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295835, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069265, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
+  </si>
+  <si>
+    <t>Преподаватель Инженерной Графики</t>
   </si>
   <si>
     <t>5 лет
 5 месяцев</t>
   </si>
   <si>
     <t>10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Алексеева Галина Алексеевна</t>
   </si>
   <si>
     <t>Старший преподаватель;
 Преподаватель</t>
   </si>
   <si>
     <t>Архитектура информационных систем;
 Системы автоматизированного проектирования;
 Интеллектуальный анализ исследовательской информации и первичная обработка информационных потоков;
 Управление данными;
 Основы информационных технологий;
 Информационные технологии в профессиональной деятельности;
 Производственная, Технологическая (проектно-технологическая) практика;
 Производственная, Преддипломная практика;
 Автоматизированное проектирование технологических процессов в машиностроении;
 МДК.05.01 Проектирование и дизайн информационных систем;
 УП.02.01 Учебная практика (Осуществление интеграции программных модулей)</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123152, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800138060, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология машиностроения
+квалификация: инженер-механик;</t>
+  </si>
+  <si>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123152, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800138060, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
+  </si>
+  <si>
+    <t>Информатика и информационные технологии;
+Специалист по технической защите информации</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Системная интеграция и автоматизация информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы</t>
   </si>
   <si>
     <t>Амосов Андрей Александрович</t>
   </si>
   <si>
     <t>Ассистент;
 Старший преподаватель</t>
   </si>
   <si>
     <t>Буровые станки и бурение скважин;
 Горные машины и оборудование;
 Компьютерная графика</t>
   </si>
   <si>
-    <t>"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 27.06.2024 782400096866, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad));
-"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000262453, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: горное дело
+квалификация: горный инженер;</t>
+  </si>
+  <si>
+    <t>"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 27.06.2024 782400096866, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000262453, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин</t>
   </si>
   <si>
     <t>Ананенко Елена Владимировна</t>
   </si>
   <si>
     <t>Расчет устойчивости откосов при открытой геотехнологии;
 Планирование горных работ на разрезах</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332277, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...2 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076928, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: маркшейдерское дело
+квалификация: горный инженер;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332277, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227573, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий.", 16 час. (от 28.06.2024 040000600425, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076928, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>14 лет
-8 месяцев</t>
+9 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Маркшейдерское дело</t>
   </si>
   <si>
     <t>Ананьев Кирилл Алексеевич</t>
   </si>
   <si>
     <t>Гидропривод;
 Гидромеханика</t>
   </si>
   <si>
-    <t>"Обучение по программе повышения квалификации в форие стажировки в АО "ЦОФ"Березовская", 16 час. (от 25.10.2022 ААА 104208010017, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...12 lines deleted...]
-"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295712, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: горные машины и оборудование
+квалификация: горный инженер;</t>
+  </si>
+  <si>
+    <t>"Обучение по программе повышения квалификации в форие стажировки в АО "ЦОФ"Березовская", 16 час. (от 25.10.2022 ААА 104208010017, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Управление проектными командами", 36 час. (от 18.11.2022 423102332280, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Цифровые решения для горнодобывающих предприятий" (от 15.12.2022 040000485534, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000161776, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Управление проектами", 500 час. (от 03.03.2023 0227 00002995, ООО "Регион");
+"По дополнительной профессиональной программе повышения квалификации (в форме стажировки) "Открытые горные работы", 80 час. (от 09.06.2023 420800167943, Филиал ФГБОУВО "Кузбасский государственный технический университет им. Т.Ф.Горбачава" в г.Прокопьевске);
+"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063617 43, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000261560 ГОТиМ-020-2023, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных системмгорных предприятий", 16 час. (от 31.10.2023 040000261560 ГОТиМ-020-2023, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347574, НОЧУО ДПО "Актион");
+"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 21.11.2023 782400089471, Санкт-Петербургский политехнический университет Петра Великого);
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076930, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594024, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295712, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>Менеджер</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Андреев Виктор Александрович</t>
   </si>
   <si>
     <t>Преподаватель ( первая квалификационная категория );
 Старший преподаватель</t>
   </si>
   <si>
     <t>Монтаж и наладка электрооборудования;
 Электротехническое и конструкционное материаловедение;
 Производственная, Эксплуатационная практика;
 Учебная, Ознакомительная практика;
 ОП.01 Электротехника;
 ОП.02 Электротехника;
 ОП.03 Электротехника и электроника;
 ОП.04 Электроника и схемотехника;
 ОП.05 Электротехника и основы электроники;
 ОП.06 Электротехника и электроника</t>
   </si>
   <si>
-    <t>"Педагогика, психология и методика преподавания школьных дисциплин", 389 час. (от 10.07.2023 420800023467, &lt;Объект не найден&gt; (297:86a75ef3fcdadd2311ee30e691f524df));
-[...1 lines deleted...]
-"Применение новых методов комплексной безопасности в организации", 16 час. (от 21.05.2024 42ПК 40001894, &lt;Объект не найден&gt; (297:a6775ef3fcdadd2311ebd88410a71bea))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: электроэнергетика и электротехника
+квалификация: бакалавр;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: электроэнергетика и электротехника
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Педагогика, психология и методика преподавания школьных дисциплин", 389 час. (от 10.07.2023 420800023467, ГОУ ДПО (ПК)С "Кузбасский региональный институт повышения квалификации и переподготовки работников образования");
+"Беспилотные летательные аппараты: применение и технологические аспекты", 72 час. (от 07.03.2024 160300058869, АНО ВО "Университет Иннополис");
+"Применение новых методов комплексной безопасности в организации", 16 час. (от 21.05.2024 42ПК 40001894, ГПОУ "Сибирский политехнический техникум")</t>
+  </si>
+  <si>
+    <t>Учитель физики</t>
   </si>
   <si>
     <t>10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Андреева Надежда Александровна</t>
   </si>
   <si>
     <t>Основы качества и надежности автомобиля;
 Энергосберегающие и экологически чистые технологии технического обслуживания и ремонта парка машин;
 Экономико-математическое обоснование эффективности системы технического обслуживания и ремонта;
 Техническая и экологическая безопасность транспортно-технологических машин и оборудования;
 Производственная, Научно-исследовательская работа;
 Производственная, Технологическая (производственно-технологическая) практика;
 Производственная, Преддипломная практика;
 Учебная, Научно-исследовательская работа (получение первичных навыков научно-исследовательской деятельности)</t>
   </si>
   <si>
-    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063928, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063928, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253385, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>23.03.03 Эксплуатация транспортно-технологических машин и комплексов - Автомобили и автомобильное хозяйство;
 23.04.03 Эксплуатация транспортно-технологических машин и комплексов - Транспортные и транспортно-технологические машины;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Андрюшков Алексей Анатольевич</t>
   </si>
   <si>
     <t>Теоретические основы теплотехники;
 Механика жидкости и газа;
 Современные проблемы науки и машиностроительного производства;
 Модифицирование материалов высокотемпературными потоками энергии;
 Основы теплофизики;
 CALS и CASE-технологии в машиностроении;
 Экономико-математическое моделирование процессов и технологий обогащения полезных ископаемых;
 Основы автоматизированного проектирования;
 Отделочно-упрочняющие методы обработки;
 Оборудование предприятий;
 Технология машиностроения;
 Технология химического машиностроения;
 Оборудование и эксплуатация транспорта жидкости и газа;
 Математическое моделирование процессов обогащения в среде Delphi</t>
   </si>
   <si>
-    <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 22.11.2023 У2023351228, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eecfc1fca062da));
-"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227575, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: технологические машины и оборудование
+квалификация: магистр техники и технологии;</t>
+  </si>
+  <si>
+    <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 22.11.2023 У2023351228, НОЧУО ДПО "Актион");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227575, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>12 лет
 3 месяца</t>
   </si>
   <si>
     <t>15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении;
 18.03.01 Химическая технология - Инфохимия;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 21.05.04 Горное дело - Обогащение полезных ископаемых</t>
   </si>
   <si>
     <t>Аносова Юлия Васильевна</t>
   </si>
   <si>
     <t>Безопасность жизнедеятельности;
 Охрана труда в строительстве;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"По Дополнительной профессиональной программе повышения квалификации преподавателей ОБЖ, преподавателей БЖД и консультантов УКП категория: преподаватели БЖД", 64 час. (от 13.09.2023 42 4111 478655, &lt;Объект не найден&gt; (297:bf065cf3fc3b846a11e807fb3d01f09f))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: химия
+квалификация: химик, преподаватель;</t>
+  </si>
+  <si>
+    <t>"По Дополнительной профессиональной программе повышения квалификации преподавателей ОБЖ, преподавателей БЖД и консультантов УКП категория: преподаватели БЖД", 64 час. (от 13.09.2023 42 4111 478655, КОУМЦ по ГО и ЧС)</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование механообрабатывающих и инструментальных комплексов в машиностроении;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Апухтин Руслан Вячеславович</t>
   </si>
   <si>
     <t>Преподаватель ( первая квалификационная категория )</t>
   </si>
   <si>
     <t>МДК.07.01 Управление и автоматизация баз данных;
 ОП.08 Основы проектирования баз данных</t>
   </si>
   <si>
-    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1412, &lt;Объект не найден&gt; (297:806a5ef3fcdadd2311ec684d5f4c32a4));
-[...1 lines deleted...]
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064446, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>Среднее профессиональное образование:
+* направление подготовки и (или) специальности: информационные системы 
+квалификация: специалист по информационным системам;</t>
+  </si>
+  <si>
+    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1412, Министерство науки и высшего образования Кузбасса ГБУ "Кузбасская школа управления");
+"Основы информационной безопасности", 36 час. (от 11.11.2024 ПК 977211, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064446, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (11 кл);
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл)</t>
   </si>
   <si>
     <t>Ардеев Валерий Николаевич</t>
   </si>
   <si>
     <t>Конструкции из дерева и пластмассы;
 Деревянные конструкции</t>
   </si>
   <si>
-    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227576, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Азбука педагогического мастерства", 36 час. (от 16.06.2025 ПК 295680, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: промышленное и гражданское строительство
+квалификация: инженер-строитель;</t>
+  </si>
+  <si>
+    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227576, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Азбука педагогического мастерства", 36 час. (от 16.06.2025 ПК 295680, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство</t>
   </si>
   <si>
     <t>Ардеев Константин Валерьевич</t>
   </si>
   <si>
     <t>Обследование, испытание зданий и сооружений;
 Основы инженерных сооружений на автомобильных дорогах;
 Металлические конструкции;
 Конструкции из дерева и пластмассы;
 Метрология, стандартизация и сертификация в строительстве;
 Архитектура промышленных и гражданских зданий;
 Учебная, Ознакомительная практика;
 МДК.03.04 Обследование, испытание зданий и сооружений;
 ОП.02 Метрология и стандартизация</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332294, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...2 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076933, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: промышленное и гражданское строительство
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332294, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Проектирование зданий и сооружений. Проектирование особо опасных, технически сложных и уникальных объектов капитального строительства. Конструктивные решения", 72 час. (от 17.12.2022 РН 001454258, ЧОУ ДПО "Учебный центр технико-экономических знаний");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227577, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076933, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.03.01 Строительство - Экспертиза и управление недвижимостью;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Аредаков Глеб Михайлович</t>
   </si>
   <si>
     <t>Основы BIM технологий в системах автоматизированного проектирования</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство</t>
   </si>
   <si>
     <t>Аронов Александр Александрович</t>
   </si>
   <si>
     <t>Основы микропроцессорной техники;
 Микропроцессорная техника;
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295805, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295805, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>2 года
 4 месяца</t>
   </si>
   <si>
     <t>11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений</t>
   </si>
   <si>
     <t>Артамонова Алена Владимировна</t>
   </si>
   <si>
     <t>Преподаватель</t>
   </si>
   <si>
     <t>МДК.03.01 Технология анализа, оценки и учета результатов контроля качества;
 УП.03.01 Учебная практика (Анализ и систематизация результатов контроля качества сырья и продукции, разработка предложений по корректирующим действиям)</t>
   </si>
   <si>
     <t>27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Артемасов Валерий Валерьевич</t>
   </si>
   <si>
     <t>Монтаж, наладка, эксплуатация и ремонт электрооборудования;
 Эксплуатация электрооборудования</t>
+  </si>
+  <si>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технологические машины и оборудование
+квалификация: бакалавр техники и технологии;
+* направление подготовки и (или) специальности: технологические машины и оборудование
+квалификация: магистр техники и технологий;</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Менеджмент в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение</t>
   </si>
   <si>
     <t>Артемов Георгий Ильич</t>
   </si>
   <si>
     <t>МДК.05.01 Проектирование и дизайн информационных систем;
 МДК.07.01 Управление и автоматизация баз данных;
 УП.03.01 Учебная практика (Ревьюирование программных модулей);
 УП.05.01 Учебная практика (Проектирование и разработка информационных систем);
 УП.07.01 Учебная практика (Соадминистрирование баз данных и серверов)</t>
+  </si>
+  <si>
+    <t>Среднее профессиональное образование:
+* направление подготовки и (или) специальности: информационные системы и программирование
+квалификация: специалист по информационным системам;</t>
   </si>
   <si>
     <t>Артинова Светлана Геннадьевна</t>
   </si>
   <si>
     <t>Преподаватель;
 Старший преподаватель</t>
   </si>
   <si>
     <t>Физиология человека;
 Медицина катастроф;
 Безопасность жизнедеятельности;
 Медико-биологические основы безопасности;
 Производственная санитария;
 Учебная, Научно-исследовательская работа (получение первичных навыков научно-исследовательской работы);
 ОУП.13 Основы безопасности и защиты Родины;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"По дополнительной профессиональной программе повышения квалификации преподавателей ОБЖ, преподавателей БЖД и консультантов УКП категория: преподаватели БЖД", 64 час. (от 13.09.2023 42№1411 478653, &lt;Объект не найден&gt; (297:bf065cf3fc3b846a11e807fb3d01f09f));
-[...1 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295836, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: медико-профилактическое дело
+квалификация: врач-гигиенист, эпидемиолог;</t>
+  </si>
+  <si>
+    <t>"По дополнительной профессиональной программе повышения квалификации преподавателей ОБЖ, преподавателей БЖД и консультантов УКП категория: преподаватели БЖД", 64 час. (от 13.09.2023 42№1411 478653, КОУМЦ по ГО и ЧС);
+"Общие вопросы охраны труда и функционирования системы управления, оказание первой помощи пострадавшим", 36 час. (от 16.06.2025 ПК 295750, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295836, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.02.06 Финансы - Финансист (9 кл);
 38.02.07 Банковское дело - Специалист банковского дела (9 кл)</t>
   </si>
   <si>
     <t>Асанов Сергей Александрович</t>
   </si>
   <si>
     <t>Информационная безопасность и защита информации;
 Постреляционные базы данных;
 Администрирование информационных систем;
 Основы технологии Big Data;
 Базы данных и архитектурная организация хранилищ больших данных;
 Инфокоммуникационные системы и сети;
 Информационные технологии и программирование;
 ПП.03.01 Производственная практика (Ревьюирование программных модулей);
 УП.06.01 Учебная практика (Сопровождение информационных систем)</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123154, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-[...2 lines deleted...]
-"Основы информационной безопасности", 36 час. (от 16.06.2025 ПК 295764, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: автомобили и автомобильное хозяйство
+квалификация: инженер;
+* направление подготовки и (или) специальности: наземные транспортные системы
+квалификация: бакалавр техники и технологии;</t>
+  </si>
+  <si>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123154, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800138055, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Кибербезопасность", 36 час. (от 16.06.2025 ПК 295708, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Основы информационной безопасности", 36 час. (от 16.06.2025 ПК 295764, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>Информатика и информационные технологии;
+Менеджмент;
+Специалист по технической защите информации</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Системная интеграция и автоматизация информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.04.02 Информационные системы и технологии - Искусственный интеллект и системная интеграция информационных процессов</t>
   </si>
   <si>
     <t>Ачкасова Оксана Геннадьевна</t>
   </si>
   <si>
     <t>Управление персоналом для обеспечения информационной безопасности;
 Основы управления проектами</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:a4684ccc6a8e64d511e7f2b0be4247a8)</t>
-[...5 lines deleted...]
-"Государственная политика в сфере среднего профессионального образования (для педагогических работников)", 20 час. (от 01.04.2025 160400039228, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f03547badcbce9))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: информационные системы
+квалификация: библиотекарь-библиограф, технолог автоматизированных библиотечных систем;</t>
+  </si>
+  <si>
+    <t>Кандидат педагогических наук</t>
+  </si>
+  <si>
+    <t>"Педагогическая деятельность по реализации программ высшего образования", 510 час. (от 01.09.2023 423100386053, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Организация промышленного туризма", 72 час. (от 15.12.2023 ПК 0001394, АНО "Центр компетенций в сфере туризма и гостеприимства" г.Санкт-Петербург);
+"Методика преподавания курса "Основы российской государственности", 72 час. (от 24.06.2024 700800154902, Национальный исследовательский Томский государственный университет);
+"Государственная политика в сфере среднего профессионального образования (для педагогических работников)", 20 час. (от 01.04.2025 160400039228, ФГБОУ ДПО "Институт развития профессионального образования")</t>
+  </si>
+  <si>
+    <t>Стратегический менеджмент в условиях цифровой трансформации;
+Преподаватель;
+Педагог Профессионального, Дополнительного Профессионального Образования</t>
   </si>
   <si>
     <t>10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Ащеулов Андрей Сергеевич</t>
   </si>
   <si>
     <t>Специализированное программное обеспечение в автомобилестроении;
 Конструкция автомобилей;
 Информационные технологии в профессиональной деятельности;
 МДК.01.01 Устройство автомобилей;
 МДК.01.04 Техническое обслуживание и ремонт автомобильных двигателей</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123156, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-[...2 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295838, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: механизация сельского хозяйства
+квалификация: инженер;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: технологические машины и оборудование
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123156, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063929, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295713, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295838, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253386, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Ащеулова Алена Сергеевна</t>
   </si>
   <si>
     <t>Цифровые модели и двойники;
 Математическое моделирование рисковых ситуаций;
 Математика;
 Дополнительные главы математики;
 Информатика;
 Автотранспортные средства;
 Дополнительные главы по математике;
 Информационные технологии и программирование;
 Информационные технологии в профессиональной деятельности;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:a4684ccc6a8e64d511e7f2b0be42479c)</t>
-[...8 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295839, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: математика
+квалификация: математик;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: эксплуатация транспортно-технологических машин и комплексов
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>Кандидат физико-математических наук</t>
+  </si>
+  <si>
+    <t>"Цифровой дизайн в программах дисциплин (уровень СПО)", 144 час. (от 30.11.2022 160300053738, АНО ВО "Университет Иннополис");
+"Новая модель государственной аккредитации образовательной деятельности: подходы, технологии, инструменты", 24 час. (от 21.06.2023 3101, ФГБУ "Национальное аккредитационное агенство в сфере образования");
+"Актуальные вопросы и современные практики естественнонаучного и инженерно-технического образования одаренных школьников", 72 час. (от 07.07.2023 223102297965, ФГБОУ ВО "Алтайский государственый технический университет им.И.И.Ползунова" г.Барнаул);
+"Методика преподавания основ российской государственности", 72 час. (от 23.08.2023 0000129975, Российская академия народного хозяйства и государственной службы при Президенте Российской Федерации);
+"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063930, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295715, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295839, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253387, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
+  </si>
+  <si>
+    <t>Преподаватель;
+Менеджмент</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Сервис на предприятиях малого и среднего бизнеса</t>
   </si>
   <si>
     <t>Бабарыкин Владислав Олегович</t>
   </si>
   <si>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: прикладная информатика
+квалификация: бакалавр;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: прикладная информатика
+квалификация: магистр;</t>
+  </si>
+  <si>
     <t>4 года
-5 месяцев</t>
-[...27 lines deleted...]
-21.05.05 Физические процессы горного или нефтегазового производства - Физические процессы горного производства</t>
+6 месяцев</t>
   </si>
   <si>
     <t>Баканов Александр Александрович</t>
   </si>
   <si>
     <t>Системы обеспечения жизненного цикла изделий</t>
   </si>
   <si>
-    <t>"Защита государственной тайны", 24 час. (от 07.09.2022 7721 4667105, &lt;Объект не найден&gt; (297:9c2a5ef3fcdadd2311ed16dc69934db4));
-[...1 lines deleted...]
-"Основы антикоррупционной деятельности в образовательных учреждениях", 36 час. (от 29.12.2022 ААА 1042080100048, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: металлорежущие станки и инструменты
+квалификация: инженер;
+* направление подготовки и (или) специальности: экономика и управление на предприятии
+квалификация: экономист-менеджер;</t>
+  </si>
+  <si>
+    <t>"Защита государственной тайны", 24 час. (от 07.09.2022 7721 4667105, ФГАНУ  "Научно-исследовательский институт "Специализированные вычислительные устройства защиты и автоматика");
+"Техническая защита информации", 24 час. (от 09.09.2022 7721 4667135, ФГАНУ  "Научно-исследовательский институт "Специализированные вычислительные устройства защиты и автоматика");
+"Основы антикоррупционной деятельности в образовательных учреждениях", 36 час. (от 29.12.2022 ААА 1042080100048, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Руководителей органов местного самоуправления и организаций категория: руководители образовательных организаций", 36 час. (от 24.10.2025 42 540479, ГОБУ ДПО "КОУМЦ по ГОиЧС");
+"Работников гражданской обороны и руководителей спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы эвакуационных комиссий организаций", 36 час. (от 12.12.2025 42 541227, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
+  </si>
+  <si>
+    <t>Управление проектами развития;
+Управление качеством;
+Профессиональная переподготовка "Менеджмент" КузГТУ</t>
   </si>
   <si>
     <t>19 лет
-6 месяцев</t>
+8 месяцев</t>
   </si>
   <si>
     <t>15.05.01 Проектирование технологических машин и комплексов - Проектирование механообрабатывающих и инструментальных комплексов в машиностроении</t>
   </si>
   <si>
     <t>Баранцев Денис Александрович</t>
   </si>
   <si>
     <t>Ассистент;
 Преподаватель</t>
   </si>
   <si>
     <t>Химия;
 МДК.02.01 Основы качественного и количественного анализа природных и промышленных материалов;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ);
 ПП.01.01 Производственная практика (Определение оптимальных средств и методов анализа природных и промышленных материалов);
 ПП.02.01 Производственная практика (Проведение качественных и количественных анализов природных и промышленных материалов с применением химических и физико-химических методов анализа);
 ПП.03.01 Производственная практика (Организация лабораторно-производственной деятельности);
 ПП.04.01 Производственная практика (Выполнение работ по профессии лаборант химического анализа);
 УП.02.01 Учебная практика (Проведение качественных и количественных анализов природных и промышленных материалов с применением химических и физико-химических методов анализа)</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332329, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...1 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076934, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: химическая технология неорганических веществ
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332329, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227578, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076934, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+  </si>
+  <si>
+    <t>Педагог профессионального образования</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Барышева Наталия Робертовна</t>
   </si>
   <si>
     <t>Преподаватель;
 Доцент</t>
   </si>
   <si>
     <t>Правоведение;
 ОГСЭ.02 История</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:bf065cf3fc3b846a11e82e95f2e5335f)</t>
-[...2 lines deleted...]
-    <t>"Россия и страны Востока: социокультурные коммуникации на евразийском пространстве в новое время", 36 час. (от 24.03.2023 423102334392, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: история
+квалификация: историк, преподаватель со знанием иностранного языка;</t>
+  </si>
+  <si>
+    <t>Кандидат исторических наук</t>
+  </si>
+  <si>
+    <t>"Россия и страны Востока: социокультурные коммуникации на евразийском пространстве в новое время", 36 час. (от 24.03.2023 423102334392, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Батин Максим Владимирович</t>
   </si>
   <si>
     <t>Основы строительства автомобильных дорог</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги</t>
   </si>
   <si>
     <t>Баумгартэн Михаил Ицекович</t>
   </si>
   <si>
     <t>Философские проблемы науки и техники</t>
   </si>
   <si>
-    <t>"Современные образовательные технологии в высшей школе в условиях реализации ФГОС ВО", 72 час. (от 07.06.2023 УПК 210300010185, &lt;Объект не найден&gt; (297:97715ef3fcdadd2311ee13cb4e9c69d3))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: физика металлов
+квалификация: инженер-металлург;</t>
+  </si>
+  <si>
+    <t>"Современные образовательные технологии в высшей школе в условиях реализации ФГОС ВО", 72 час. (от 07.06.2023 УПК 210300010185, НОУ ДПО "Экспертно-методический центр")</t>
+  </si>
+  <si>
+    <t>Диплом предоставляет право на ведение профессиональной деятельности в сфере История и философия науки: теория и методика преподавания</t>
   </si>
   <si>
     <t>09.04.02 Информационные системы и технологии - Искусственный интеллект и системная интеграция информационных процессов;
 09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 10.04.01 Информационная безопасность - Организация и технология защиты информации</t>
   </si>
   <si>
     <t>Бахаева Светлана Петровна</t>
   </si>
   <si>
     <t>Профессор</t>
   </si>
   <si>
     <t>Маркшейдерское обеспечение безопасности горных работ;
 Математическая обработка результатов измерений;
 Сдвижение пород и земной поверхности при ведении горных работ;
 Маркшейдерские работы при открытой разработке полезных ископаемых;
 Расчет устойчивости откосов при открытой геотехнологии;
 Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:bf065cf3fc3b846a11e82e95f2e53369)</t>
-[...8 lines deleted...]
-"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 09.01.2024 У2024023751, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eecfc1fca062da))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: маркшейдерское дело
+квалификация: горный инженер маркшейдер;</t>
+  </si>
+  <si>
+    <t>Доктор технических наук</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332281, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Маркшейдерское дело", 72 час. (от 23.12.2022 ВНИМИ ПК 001164, Учебный центр АО "ВНИМИ");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227579, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 09.01.2024 У2024023751, НОЧУО ДПО "Актион")</t>
   </si>
   <si>
     <t>51 год
 4 месяца</t>
   </si>
   <si>
     <t>Башкирцева Елена Владимировна</t>
   </si>
   <si>
     <t>Диагностика и надежность автоматизированных систем;
 Компьютерно-интегрированные производственные системы;
 Основы информационных технологий;
 МДК.06.02 Инженерно-техническая поддержка сопровождения информационной системы</t>
   </si>
   <si>
-    <t>"Введение в машинное обучение", 16 час. (от 19.10.2022 70АВ 041016, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e8b7d66f622471));
-[...4 lines deleted...]
-"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295779, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология машиностроения
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Введение в машинное обучение", 16 час. (от 19.10.2022 70АВ 041016, Национальный исследовательский Томский политехнический университет);
+"Инновационные и цифровые технологии в образовании", 72 час. (от 03.11.2022 782400077307, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 22.11.2023 У2023351248, актион Университет. Онлайн обучение);
+"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800138052, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 27.06.2024 782400096869, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295779, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство;
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Системная интеграция и автоматизация информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы</t>
   </si>
   <si>
     <t>Баштанов Вячеслав Геннадьевич</t>
   </si>
   <si>
     <t>Методы и средства измерений, испытаний и контроль;
 Процессы механической обработки;
 Установка и монтаж металлорежущих станков;
 Управление металлорежущими станками и станочными комплексами;
 Металлорежущие станки;
 Приспособления для металлорежущих станков и станочных комплексов;
 Шлифовальные инструменты;
 Прогрессивные процессы механической обработки;
 Процессы и операции формообразования;
 Оборудование машиностроительных производств;
 Программирование и наладка станков с числовым программным управлением;
 Производственная, Технологическая (проектно-технологическая) практика;
 Производственная, Практика по модулю направленного на получение дополнительных квалификаций «Оператор токарных станков с числовым программным управлением 2-го разряда», «Наладчик токарных станков с ЧПУ 4-го разряда»;
 Механическая обработка и контроль процесса изготовления детали;
 ОП.02 Метрология и стандартизация;
 ОП.04 Метрология, стандартизация и подтверждение соответствия</t>
   </si>
   <si>
-    <t>"Повышение эффективности применения металлорежущего инструмента", 144 час. (от 01.07.2023 346-134, &lt;Объект не найден&gt; (297:bcf05ef3fcdadd2311ee7897f53b99a1));
-"Перспективные конструкторские и технологические решения для повышения производ-ности и качества механической обработки деталей и изделий на металлорежущем оборудов., в т.ч. с программ. управлением", 132 час. (от 27.06.2025 080000064708, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: металлорежущие станки и инструменты
+квалификация: инженер-механик;</t>
+  </si>
+  <si>
+    <t>"Повышение эффективности применения металлорежущего инструмента", 144 час. (от 01.07.2023 346-134, АО "Кемеровский механический завод" (инструментальный цех));
+"Перспективные конструкторские и технологические решения для повышения производ-ности и качества механической обработки деталей и изделий на металлорежущем оборудов., в т.ч. с программ. управлением", 132 час. (от 27.06.2025 080000064708, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
+    <t>Баёв Михаил Алексеевич</t>
+  </si>
+  <si>
+    <t>Бурение и геофизические исследования скважин;
+Физико-технический контроль и мониторинг процессов горного производства;
+Физические процессы в нетрадиционных геотехнологиях;
+Методы интенсификации газоотдачи и эксплуатация скважин;
+Геоэлектрический контроль массива горных пород;
+Теоретическая механика;
+Производственная, Производственно-технологическая практика;
+Производственная, Преддипломная практика</t>
+  </si>
+  <si>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: физические процессы горного или нефтегазового производства
+квалификация: горный инженер;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами" (от 18.11.2022 423102332285, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485565, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069271, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет");
+"Профилактическая работа в молодежной среде: психологические аспекты отклоняющегося поведения", 18 час. (от 19.12.2025 УПК 24 186613, Центр дополнительного образования "Горизонт" Института русского языка РУДН)</t>
+  </si>
+  <si>
+    <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
+21.05.04 Горное дело - Маркшейдерское дело;
+21.05.04 Горное дело - Обогащение полезных ископаемых;
+21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
+21.05.04 Горное дело - Открытые горные работы;
+21.05.04 Горное дело - Подземная разработка пластовых месторождений;
+21.05.05 Физические процессы горного или нефтегазового производства - Физические процессы горного производства</t>
+  </si>
+  <si>
     <t>Бекшенева Ксения Игоревна</t>
   </si>
   <si>
     <t>МДК.03.02 Модернизация и внедрение новых методов и средств контроля</t>
   </si>
   <si>
-    <t>"Требования охраны труда" (от 28.02.2023 , &lt;Объект не найден&gt; (297:8b355ef3fcdadd2311edb6394f227ba8));
-[...9 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295840, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: управление качеством
+квалификация: инженер-менеджер;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: управление качеством
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Требования охраны труда" (от 28.02.2023 , актион Университет. Онлайн обучение);
+"Практикум по настройке внутреннего ЭДО в программе 1С: Бухгалтерия государственного учреждения версии 2.0", 16 час. (от 14.03.2023 , актион Университет. Онлайн обучение);
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347607, Актион Университет. Онлайн обучение);
+"Менеджмент", 72 час. (от 09.01.2024 ПКМ 1110007, НОЧУ ДПО "Национальный Открытый Университет "ИНТУИТ");
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1424, ГБУ "Кузбасская школа управления");
+"Психолого-педагогическая подготовка преподавателя технического университета", 16 час. (от 24.05.2024 080000064398, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Трансформация образовательной организации и ее сотрудников: управленческий, правовой и финансовый аспект", 36 час. (от 06.12.2024 ПК 985077, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Организация методической работы в образовательной организации среднего профессионального и дополнительного образования", 540 час. (от 05.02.2025 ПП 0071526, ООО "Московский институт профессиональной переподготовки и повышения квалификации педагогов");
+"Организация работы с обучающимися с ограниченными возможностями здоровья (ОВЗ) в соответствии с ФГОС", 72 час. (от 19.02.2025 ПК 0248029, ООО "Московский институт профессиональной переподготовки и повышения квалификации педагогов");
+"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295780, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295840, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>Методист образовательной организации</t>
   </si>
   <si>
     <t>27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Белослудцев Илья Андреевич</t>
   </si>
   <si>
     <t>Компоновочные решения обогатительных фабрик;
 Формирование генерального плана обогатительных фабрик с использованием 3D-моделирования;
 Компьютерная графика;
 Информационные технологии в профессиональной деятельности;
 Производственная, Ознакомительная практика</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Обогащение полезных ископаемых</t>
   </si>
   <si>
     <t>Белоусова Кристина Олеговна</t>
   </si>
   <si>
     <t>УП.01.01 Учебная практика (Определение оптимальных средств и методов анализа природных и промышленных материалов)</t>
   </si>
   <si>
+    <t>Среднее профессиональное образование:
+* направление подготовки и (или) специальности: технология аналитического контроля химических соединений
+квалификация: техник;</t>
+  </si>
+  <si>
     <t>18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл)</t>
   </si>
   <si>
     <t>Белоусова Яна Андреевна</t>
   </si>
   <si>
     <t>Дисциплины по физической культуре и спорту - базовые виды спорта</t>
   </si>
   <si>
-    <t>"Реализация фитнес-услуг по специализациям (направлениям) фитнеса в зале, на свежем воздухе", 300 час. (от 11.07.2024 423100333015, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10267, &lt;Объект не найден&gt; (297:a1035ef3fcdadd2311eb69aa6369a760))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: химическая технология
+квалификация: бакалавр;</t>
+  </si>
+  <si>
+    <t>"Реализация фитнес-услуг по специализациям (направлениям) фитнеса в зале, на свежем воздухе", 300 час. (от 11.07.2024 423100333015, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10267, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования")</t>
+  </si>
+  <si>
+    <t>Специалист по фитнесу (фитнес-тренер по йоге, пилатесу, функциональному тренингу)</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 18.03.01 Химическая технология - Инновационные химические технологии;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Бельков Антон Валерьевич</t>
   </si>
   <si>
     <t>Правовое обеспечение землеустройства и кадастров;
 История России;
 Интеллектуальная собственность;
 Русский язык и культура речи;
 Основы российской государственности;
 Правоведение</t>
   </si>
   <si>
-    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 03.11.2022 782400077310, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad));
-[...7 lines deleted...]
-"Природоохранные технологии и управление природопользованием", 36 час. (от 16.06.2025 ПК 295776, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: история
+квалификация: историк, преподаватель истории;
+* направление подготовки и (или) специальности: юриспруденция
+квалификация: юрист;</t>
+  </si>
+  <si>
+    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 03.11.2022 782400077310, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Цифровые технологии в юридической деятельности", 16 час. (от 03.11.2022 031122142153 ПК-394, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Особенности инклюзивного образования в вузе", 72 час. (от 14.11.2022 141122142102 ПК-699, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Повышение педагогического мастерства. Актуальная общественно-политическая повестка", 72 час. (от 15.03.2023 ПК 076818, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
+"Повышение педагогического мастерства. Современное проектирование информационно-коммуникационной работы со студентами вуза", 72 час. (от 16.03.2023 ПК 077112, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
+"Повышение педагогического мастерства. Формирование мировоззрения, обеспечивающее реализацию знаний студентов в профессиональной практической деятельности", 72 час. (от 17.03.2023 ПК 077655, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
+"Психолого-педагогическое образование", 18 час. (от 18.04.2025 УПК 24 197442, ФГАОУ ВО "Российский университет дружбы народов имени Патриса Лумумбы");
+"Методика преподавания дисциплины "Основы российской государственности", 72 час. (от 06.06.2025 540400025946, ФГБОУ ВО "Новосибирский государственный университет экономики и управления "НИНХ");
+"Природоохранные технологии и управление природопользованием", 36 час. (от 16.06.2025 ПК 295776, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 18.03.01 Химическая технология - Инновационные химические технологии;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Беляевская Лина Юрьевна</t>
   </si>
   <si>
     <t>Учебная, Профилирующая практика;
 Производственная, Эксплуатационная практика;
 Производственная, Технологическая практика</t>
   </si>
   <si>
-    <t>"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295714, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: финансы и кредит
+квалификация: экономист;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: электроэнергетика и электротехника
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295714, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика</t>
   </si>
   <si>
     <t>Беляевский Роман Владимирович</t>
   </si>
   <si>
     <t>Компенсация реактивной мощности в системах электроснабжения;
 Основы энергосбережения;
 Энергосбережение;
 Компенсация реактивной мощности;
 Метрология, стандартизация и сертификация</t>
   </si>
   <si>
-    <t>"Прикладной системный инжиниринг в ТЭК", 72 час. (от 05.12.2022 782400073297, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad));
-[...10 lines deleted...]
-"Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000604271, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: электроснабжение
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Прикладной системный инжиниринг в ТЭК", 72 час. (от 05.12.2022 782400073297, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"", 16 час. (от 15.12.2022 У655-0112 040000485593, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"ESG управление бизнесом: тренды и риски", 16 час. (от 26.12.2022 040000486475, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Стратегия управления персоналом и кадровая политика современного российского университета. Вводный курс.", 16 час. (от 27.09.2023 722023006824, ФГАОУ ВО "Тюменский государственный университет");
+"Деятельность вузов и НИИ на современном этапе: изменения в законодательстве, работа в новых экономических условиях и использование интеллектуальной собственности", 16 час. (от 06.10.2023 6627 00017961 0961/0501ПК-Академия, ООО "Академия бизнеса и государственной службы");
+"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000261599, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Пожарная безопасность для руководителей и ответстсенных лиц", 30 час. (от 15.11.2023 У2023347614, НОЧУО ДПО "Актион");
+"Беспилотные летательные аппараты: применение и технологические аспекты", 72 час. (от 07.03.2024 160300058944, АНО ВО "Университет Иннополис");
+"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000261480, Национальный исследовательский технологический университет "МИСИС");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600417, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Технологии и практики научно-технологического развития региона", 72 час. (от 25.10.2024 1624, ГБУ "Кузбасская школа управления");
+"Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000604271, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика</t>
   </si>
   <si>
     <t>Белянин Дмитрий Николаевич</t>
   </si>
   <si>
     <t>История России;
 Интеллектуальная собственность</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:bf065cf3fc3b846a11e82e95f2e5335e)</t>
-[...2 lines deleted...]
-    <t>"Преподавание учебного курса истории России для неисторических специальностей и направлений подготовки, реализуемых в образовательных организациях высшего образования", 72 час. (от 27.06.2023 7723 4828503, &lt;Объект не найден&gt; (297:9a905ef3fcdadd2311ee2522926bb292))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: история
+квалификация: историк преподаватель;</t>
+  </si>
+  <si>
+    <t>Доктор исторических наук</t>
+  </si>
+  <si>
+    <t>"Преподавание учебного курса истории России для неисторических специальностей и направлений подготовки, реализуемых в образовательных организациях высшего образования", 72 час. (от 27.06.2023 7723 4828503, ФГБУ "Российская академия образования")</t>
+  </si>
+  <si>
+    <t>По программе "Преподаватель высшей школы" с 01.11.1999 по 20.06.2000 в КемГУ , диплом от 20.06.2000 №254713 ПП</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Березнев Сергей Васильевич</t>
   </si>
   <si>
     <t>Региональная и отраслевая экономика</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:bf065cf3fc3b846a11e82e95f2e53374)</t>
-[...2 lines deleted...]
-    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 17.06.2024 782400096583, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология и комплексная механизация подземной разработки месторождений полезных ископаемых 
+квалификация: горный инженер;</t>
+  </si>
+  <si>
+    <t>Доктор экономических наук</t>
+  </si>
+  <si>
+    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 17.06.2024 782400096583, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>5.2 Экономика - Региональная и отраслевая экономика</t>
   </si>
   <si>
     <t>Берлинтейгер Евгения Сергеевна</t>
   </si>
   <si>
     <t>Компоновочные решения обогатительных фабрик;
 Экономико-математическое моделирование процессов и технологий обогащения полезных ископаемых;
 Компьютерная графика;
 Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
-    <t>"Передовые технологии в обогащении полезных ископаемых", 28 час. (от 19.10.2022 42У 1334, &lt;Объект не найден&gt; (297:8b355ef3fcdadd2311edb67bc88e647c));
-[...1 lines deleted...]
-"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485596, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: горное дело
+квалификация: магистр техники и технологий;</t>
+  </si>
+  <si>
+    <t>"Передовые технологии в обогащении полезных ископаемых", 28 час. (от 19.10.2022 42У 1334, ГБПОУ "Кемеровский горнотехнический техникум");
+"Проведение технического обслуживания оборудования для дробления и измельчения материалов", 36 час. (от 23.11.2022 , АО ЦОФ "Березовская");
+"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485596, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Проектирование образовательных программ в условиях реализации федерального проекта "Профессионалитет", 144 час. (от 24.10.2025 42 ПК 11166, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования");
+"Искусственный интеллект для педагогической деятельности", 16 час. (от 07.12.2025 722025023283, ФГАОУ ВО "Тюменский государственный университет")</t>
   </si>
   <si>
     <t>Бижев Дмитрий Игоревич</t>
   </si>
   <si>
     <t>Теория физико-механических методов обработки;
 Учебная, Ознакомительная практика;
 Металлорежущие станки</t>
   </si>
   <si>
-    <t>"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069276, &lt;Объект не найден&gt; (297:9d485ef3fcdadd2311ebdefa8ead8d5f))</t>
+    <t>Среднее профессиональное образование:
+* направление подготовки и (или) специальности: архитектура
+квалификация: архитектор;</t>
+  </si>
+  <si>
+    <t>"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069276, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении</t>
   </si>
   <si>
     <t>Бикметов Рашит Саитгараевич</t>
   </si>
   <si>
     <t>История России</t>
   </si>
   <si>
-    <t>"Преподование учебного курса истории России для неисторических специальностей и направлений подготовки, реализуемых в образовательных организациях высшего образования", 72 час. (от 17.06.2024 7743 4934632, &lt;Объект не найден&gt; (297:9a905ef3fcdadd2311ee2522926bb292))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: история
+квалификация: историк, преподаватель истории и обществоведения;</t>
+  </si>
+  <si>
+    <t>"Преподование учебного курса истории России для неисторических специальностей и направлений подготовки, реализуемых в образовательных организациях высшего образования", 72 час. (от 17.06.2024 7743 4934632, ФГБУ "Российская академия образования")</t>
   </si>
   <si>
     <t>10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Блюменштейн Валерий Юрьевич</t>
   </si>
   <si>
     <t>Научные основы технологии машиностроения;
 Производственная, Технологическая (проектно-технологическая) практика;
 Производственная, Преддипломная практика;
 Учебная, Научно-исследовательская работа</t>
   </si>
   <si>
-    <t>"Цифровые двойники изделий", 72 час. (от 15.05.2025 782400106549, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>"Цифровые двойники изделий", 72 час. (от 15.05.2025 782400106549, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.04.01 Машиностроение - Сварка и родственные технологии;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении</t>
   </si>
   <si>
     <t>Бобровникова Алена Александровна</t>
   </si>
   <si>
     <t>Компоновочные решения обогатительных фабрик;
 История развития обогащения  полезных ископаемых;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:bf065cf3fc3b846a11e82e95f2e53372)</t>
-[...17 lines deleted...]
-4 месяца</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: химическая технология неорганических веществ
+квалификация: инженер;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: государственное и муниципальное управление
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>Кандидат химических наук</t>
+  </si>
+  <si>
+    <t>"Программа повышения квалификации в форме стажировки в АО "ЦОФ "Березовская", 16 час. (от 25.10.2022 ААА 104208010015, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Управление проектными командами", 36 час. (от 18.11.2022 423102332283, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485605, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000161729, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Управление деятельностью вузов. Новое поколение стандартов высшего образования", 16 час. (от 07.02.2023 040000485337, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Английский язык для профессиональных целей (с использованием онлайн-платформы "Английский пациент")", 144 час. (от 15.05.2023 700800126666 2, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347626, актион Университет. Онлайн обучение);
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227582, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Передовые производственные технологии", 150 час. (от 14.12.2023 782400089929, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Основы наставничества", 16 час. (от 22.12.2023 1209, ГБУ "Кузбасская школа управления");
+"Психолого-педагогическая подготовка преподавателя технического университета", 16 час. (от 24.05.2024 080000064399, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000262490, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000604277, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+  </si>
+  <si>
+    <t>Обогащение полезных ископаемых;
+Актуальные вопросы комплексной переработки и использования побочного продукта сжигания угля. Рекультивация на основе передовых европейских практик;
+Преподаватель высшей школы", квалификация: преподаватель высшей школы;
+Менеджер образования: эффективный менеджмент в образовательной организации</t>
   </si>
   <si>
     <t>Богомолов Александр Романович</t>
   </si>
   <si>
     <t>Теоретическая и прикладная теплотехника;
 Теплофизика и теоретическая теплотехника;
 Энерготехнологический комплекс промышленных предприятий;
 Спецглавы теоретических основ теплотехники;
 Производственная, Научно-производственная практика</t>
   </si>
   <si>
-    <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация оборудования ТЭС" в Кузбасском филиале ООО "СГК", 72 час. (от 22.09.2022 ААА 104208010008, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...3 lines deleted...]
-"Достижения в области теплофизики и энергетических технологий", 36 час. (от 21.04.2025 240400085305, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f01372634f2177))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: машины и аппараты химических производств
+квалификация: инженер-механик;
+* направление подготовки и (или) специальности: планирование промышленности
+квалификация: экономист;</t>
+  </si>
+  <si>
+    <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация оборудования ТЭС" в Кузбасском филиале ООО "СГК", 72 час. (от 22.09.2022 ААА 104208010008, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009990, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 22.11.2023 У2023351270, актион Университет. Онлайн обучение);
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227583, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Достижения в области теплофизики и энергетических технологий", 36 час. (от 21.04.2025 240400085305, ФГАОУ ВО "Сибирский федеральный университет" НОЦ "Институт непрерывного образования")</t>
   </si>
   <si>
     <t>1.3 Физические науки - Теплофизика и теоретическая теплотехника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 2.4 Энергетика и электротехника - Теоретическая и прикладная теплотехника</t>
   </si>
   <si>
     <t>Борисов Андрей Юрьевич</t>
   </si>
   <si>
     <t>Рабочие процессы горных машин;
 Буровые станки и бурение скважин;
 Карьерные горные машины и оборудование;
 Горные машины и оборудование открытых горных работ;
 Эксплуатация горных машин и оборудования;
 Горные машины, комплексы и оборудование;
 Защита интеллектуальной собственности;
 Основы патентных исследований и патентное право;
 Учебная, Организационно-управленческая практика</t>
   </si>
   <si>
-    <t>"По программе повышения квалификации в форме стажировки в АО "ЦОФ "Березовская", 16 час. (от 25.10.2022 AAA 104208010029, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed84eeaf25aefe));
-[...3 lines deleted...]
-"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594041, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: горные машины и комплексы
+квалификация: горный инженер;
+Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: технологические машины и оборудование
+квалификация: бакалавр техники и технологии;</t>
+  </si>
+  <si>
+    <t>"По программе повышения квалификации в форме стажировки в АО "ЦОФ "Березовская", 16 час. (от 25.10.2022 AAA 104208010029, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" (Институт непрерывного образования));
+"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000161897, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Управление деятельностью вузов. Новое поколение стандартов высшего образования", 16 час. (от 07.02.2023 040000485339, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063618 44, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Современное нормативно-методическое обеспечение федеральных государственных образовательных стандартов высшего образования", 16 час. (от 20.10.2023 040000487929, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600412, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594041, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>1 год
 6 месяцев</t>
   </si>
   <si>
     <t>20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы</t>
   </si>
   <si>
     <t>Борисов Павел Сергеевич</t>
   </si>
   <si>
-    <t>"Основы военной подготовки", 320 час. (от 20.10.2023 6327 00008894201, &lt;Объект не найден&gt; (297:86f85ef3fcdadd2311ee47a525328b81));
-"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10268, &lt;Объект не найден&gt; (297:a1035ef3fcdadd2311eb69aa6369a760))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: физическая культура и спорт
+квалификация: преподаватель, тренер;</t>
+  </si>
+  <si>
+    <t>"Основы военной подготовки", 320 час. (от 20.10.2023 6327 00008894201, ЧОУ ДПО "Региональная академия делового образования");
+"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10268, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования")</t>
+  </si>
+  <si>
+    <t>Основы военной подготовки</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Боркина Галина Глебовна</t>
   </si>
   <si>
     <t>Современные процессы в технологии органических веществ;
 Основы нефтепереработки и нефтехимии;
 Основы нефтехимии и технологии органических веществ;
 Химия и технология органических веществ;
 Основы технологии органоминеральных удобрений;
 Органоминеральные удобрения;
 МДК.01.01 Основы аналитической химии и физико-химических методов анализа;
 ОП.02 Органическая химия</t>
   </si>
   <si>
-    <t>"Оказание первой помощи пострадавшим на производстве", 16 час. (от 31.12.2023 , &lt;Объект не найден&gt; (297:8ece5ef3fcdadd2311ee9243bed45524));
-[...3 lines deleted...]
-"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295782, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: химическая технология органических веществ
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Оказание первой помощи пострадавшим на производстве", 16 час. (от 31.12.2023 , Актион Университет. Онлайн-обучение);
+"Безопасные методы и приемы выполнения работ, связанные с эксплуатацией сосудов, работающих под избыточным давлением", 16 час. (от 14.03.2024 , Актион Университет. Онлайн-обучение);
+"Система обучающих цифровых моделей для подготовки и оценки студентов и специалистов нефтегазовой отрасли  РТСИМ.Карьера" (от 01.04.2024 000791, РТСИМ. Карьера );
+"Инновационные и цифровые технологии в образовании", 72 час. (от 14.08.2024 782400098235, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295782, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза</t>
   </si>
   <si>
     <t>Боровцов Валерий Анатольевич</t>
   </si>
   <si>
     <t>Иностранный язык</t>
   </si>
   <si>
-    <t>"Мастер воспитания. Кураторы.", 72 час. (от 27.12.2023 440600077955, &lt;Объект не найден&gt; (297:94db5ef3fcdadd2311eeaecab958a698));
-"Современные подходы к укреплению общероссийской гражданской идентичности", 36 час. (от 08.04.2025 423103865292, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: французский язык и литература
+квалификация: филолог, преподаватель французского языка и литературы, переводчик;</t>
+  </si>
+  <si>
+    <t>"Мастер воспитания. Кураторы.", 72 час. (от 27.12.2023 440600077955, ФГБОУ ВО "Костромской государственный университет");
+"Современные подходы к укреплению общероссийской гражданской идентичности", 36 час. (от 08.04.2025 423103865292, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение</t>
   </si>
   <si>
     <t>Брильков Михаил Николаевич</t>
   </si>
   <si>
     <t>МДК.01.02 Автомобильные эксплуатационные материалы;
 МДК.03.03 Тюнинг автомобилей;
 УП.01.01 Учебная практика (Диагностика, техническое обслуживание и ремонт автотранспортных средств и их компонентов);
 УП.04.01 Учебная практика (Выполнение работ по профессии слесарь по ремонту автомобилей)</t>
   </si>
   <si>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: автомобили и автомобильное хозяйство
+квалификация: инженер-механик;</t>
+  </si>
+  <si>
     <t>"Ремонт и обслуживание легковых автомобилей" (от 19.12.2022 0000124019, );
-"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063933, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063933, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253388, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
+  </si>
+  <si>
+    <t>Эксперт-техник;
+Инженер-механик;
+Инженер по транспорту</t>
   </si>
   <si>
     <t>23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл)</t>
   </si>
   <si>
     <t>Бронникова Евгения Олеговна</t>
   </si>
   <si>
     <t>Процессы обезвоживания, окомкования и складирования продуктов обогащения;
 Основы обогащения и переработки полезных ископаемых;
 Учебная, Организационно-управленческая практика;
 Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
-    <t>"Нормативное регулирование в области подтверждения соответствия угольной продукции", 16 час. (от 16.04.2024 040000261489, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: государственное и муниципальное управление
+квалификация: менеджер;</t>
+  </si>
+  <si>
+    <t>"Нормативное регулирование в области подтверждения соответствия угольной продукции", 16 час. (от 16.04.2024 040000261489, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы</t>
   </si>
   <si>
     <t>Буйная Елена Васильевна</t>
   </si>
   <si>
     <t>Экономическая информатика и профессиональные компьютерные программы;
 Программирование учетно-аналитических задач;
 Системы искусственного интеллекта;
 Решение учетно-аналитических задач;
 Пакеты прикладных программ;
 Архитектура предприятий и информационных систем</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:a4684ccc6a8e64d511e7f2b0be4247a3)</t>
-[...2 lines deleted...]
-    <t>"Английский язык в академической сфере", 36 час. (от 16.06.2025 ПК 295689, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: экономика и управление в машиностроении
+квалификация: инженер-экономист;</t>
+  </si>
+  <si>
+    <t>Кандидат экономических наук</t>
+  </si>
+  <si>
+    <t>"Английский язык в академической сфере", 36 час. (от 16.06.2025 ПК 295689, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>1 год
+7 месяцев</t>
   </si>
   <si>
     <t>08.04.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика;
 20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.04.02 Землеустройство и кадастры - Кадастр недвижимости;
 23.04.01 Технология транспортных процессов - Организация и управление транспортными процессами;
 23.04.03 Эксплуатация транспортно-технологических машин и комплексов - Транспортные и транспортно-технологические машины;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика</t>
   </si>
   <si>
     <t>Буланова Татьяна Владимировна</t>
   </si>
   <si>
     <t>Стратегия неорганического синтеза;
 Химическая и экологическая безопасность;
 Контроль качества материалов в химической технологии;
 Контроль качества в химической промышленности;
 Химия редких и рассеянных элементов;
 Химия;
 Общая и неорганическая химия;
 Производственная, Научно-исследовательская работа;
 Производственная, Технологическая (проектно-технологическая) практика;
 Производственная, Преддипломная практика;
 МДК.03.01 Организация лабораторно-производственной деятельности;
 Современные аспекты химической технологии неорганических веществ</t>
   </si>
   <si>
-    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227587, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...2 lines deleted...]
-"Передовые производственные технологии", 150 час. (от 04.07.2024 782400096983, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227587, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Охрана труда руководителей и специалистов организаций", 44 час. (от 29.12.2023 259, КАО "АЗОТ");
+"Система обучающих цифровых моделей для подготовки и оценки студентов и специалистов нефтегазовой отрасли РТСИМ.Карьера" (от 01.04.2024 000786, РТСИМ. Карьера );
+"Передовые производственные технологии", 150 час. (от 04.07.2024 782400096983, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Инфохимия;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Бутьян Виталий Александрович</t>
   </si>
   <si>
     <t>История России;
 ОУП.09 История</t>
   </si>
   <si>
-    <t>"Организация методической работы преподавателя ВУЗа в современных реалиях", 72 час. (от 02.06.2025 193105160223, &lt;Объект не найден&gt; (297:868a5ef3fcdadd2311eca0f224452b06))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: история
+квалификация: историк, преподаватель;</t>
+  </si>
+  <si>
+    <t>"Организация методической работы преподавателя ВУЗа в современных реалиях", 72 час. (от 02.06.2025 193105160223, ООО "Институт развития образования, повышения квалификации и переподготовки")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 18.03.01 Химическая технология - Инновационные химические технологии;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Бушуев Александр Александрович</t>
   </si>
   <si>
     <t>Преподаватель;
 Младший научный сотрудник</t>
   </si>
   <si>
     <t>Учет и анализ в строительстве;
 Технология возведения сложных зданий и сооружений;
 Строительство в зимних условиях;
 Экспертиза и инспектирование инвестиционного процесса;
 МДК.02.02 Нормативная база неразрушающего контроля</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332292, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...1 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076938, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: строительство
+квалификация: бакалавр;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332292, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227588, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076938, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>1 месяц</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Буялич Геннадий Даниилович</t>
   </si>
   <si>
     <t>Горные машины и проведение горных выработок;
 Горные машины и оборудование;
 Основы научных исследований;
 Горные машины, комплексы и оборудование;
 Расчет и моделирование горных машин и оборудования;
 Гидромеханика</t>
   </si>
   <si>
-    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485630, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b));
-[...5 lines deleted...]
-"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594046, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: горные машины и комплексы
+квалификация: горный инженер-механик;</t>
+  </si>
+  <si>
+    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485630, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000261375, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Управление деятельностью вузов. Новое поколение стандартов высшего образования", 16 час. (от 07.02.2023 040000485349, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063619 45, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Современное нормативно-методическое обеспечение федеральных государственных образовательных стандартов высшего образования", 16 час. (от 20.10.2023 040000487935, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000261622, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600702, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000604292, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594046, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>2 года</t>
   </si>
   <si>
     <t>21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Буялич Константин Геннадьевич</t>
   </si>
   <si>
     <t>Конструирование горных машин и оборудования;
 Горные машины и оборудование;
 Компьютерная графика;
 Производственная, Практика по профилю профессиональной деятельности;
 Производственная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485631, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b));
-[...6 lines deleted...]
-"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594047, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: горные машины и оборудование
+квалификация: горный инженер;
+Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: технологические машины и оборудование
+квалификация: бакалавр техники и технологии;</t>
+  </si>
+  <si>
+    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485631, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063620 46, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Современное нормативно-методическое обеспечение федеральных государственных образовательных стандартов высшего образования", 16 час. (от 20.10.2023 040000487936, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000261623 ГОТиМ-083-2023, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Базовый курс ЛОГОС-Прочность", 24 час. (от 24.11.2023 661610032735 65200, ФГАОУВО "Уральский федеральный университет имени первого Президента России Б.Н. Ельцина");
+"Обратный инжиниринг в машинострении", 24 час. (от 11.12.2023 661610032855 65320, ФГАОУВО "Уральский федеральный университет имени первого Президента России Б.Н. Ельцина");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600408, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000604293, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594047, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин</t>
   </si>
   <si>
     <t>Важева Дарья Викторовна</t>
   </si>
   <si>
     <t>ОУП(у).03 Математика</t>
   </si>
   <si>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: математика
+квалификация: магистр;</t>
+  </si>
+  <si>
     <t>18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 38.02.06 Финансы - Финансист (9 кл);
 38.02.07 Банковское дело - Специалист банковского дела (9 кл);
 40.02.04 Юриспруденция - Юрист (9 кл)</t>
   </si>
   <si>
     <t>Вазетдинова Анна Павловна</t>
   </si>
   <si>
     <t>Основы кадастра недвижимости;
 Автоматизированные системы кадастрового учета и кадастр недвижимости;
 Геоинформационные и компьютерные технологии</t>
   </si>
   <si>
-    <t>"Актуальные проблемы взаимодействия субъектов кадастровых отношений", 40 час. (от 07.04.2025 015760, &lt;Объект не найден&gt; (297:98035ef3fcdadd2311ed4aa75b9444a9))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: землеустройство и кадастры
+квалификация: бакалавр;</t>
+  </si>
+  <si>
+    <t>"Актуальные проблемы взаимодействия субъектов кадастровых отношений", 40 час. (от 07.04.2025 015760, ЧОУ ДПО УЦ "Объединение кадастровых инженеров Сибири")</t>
   </si>
   <si>
     <t>10 лет
-5 месяцев</t>
+6 месяцев</t>
   </si>
   <si>
     <t>21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.04.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Ванеев Олег Николаевич</t>
   </si>
   <si>
     <t>Компьютерные технологии в автоматизации деятельности предприятий;
 Методы и средства проектирования информационных систем и технологий;
 Системная интеграция;
 Инженерия информационных систем;
 Управление данными;
 Производственная, Технологическая (проектно-технологическая) практика;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123163, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134215, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a))</t>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123163, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134215, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Системная интеграция и автоматизация информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.04.02 Информационные системы и технологии - Искусственный интеллект и системная интеграция информационных процессов</t>
   </si>
   <si>
     <t>Вахонина Татьяна Евгеньевна</t>
   </si>
   <si>
     <t>Подготовительные процессы обогащения (классификация);
 Основы обогащения рудных и нерудных полезных ископаемых;
 Технология обогащения твердого минерального сырья;
 Направление комплексного использования минерального сырья;
 Технологии обогащения полезных ископаемых;
 Гравитационные процессы обогащения;
 Процессы обезвоживания, окомкования и складирования продуктов обогащения;
 Подготовительные процессы обогащения (дробление, грохочение, измельчение);
 Проектирование обогатительных фабрик;
-Опробование и контроль процессов обогащения;
-[...5 lines deleted...]
-"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000604086, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+Опробование и контроль процессов обогащения</t>
+  </si>
+  <si>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: обогащение полезных ископаемых
+квалификация: горный инженер;</t>
+  </si>
+  <si>
+    <t>"Программа повышения квалификации в форме стажировки в АО "ЦОФ "Березовская", 16 час. (от 25.10.2022 ААА 104208010013, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000161730, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000604086, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Обогащение полезных ископаемых</t>
   </si>
   <si>
     <t>Вахьянов Евгений Михайлович</t>
   </si>
   <si>
     <t>Основы технической эксплуатации автомобильных дорог;
 Дорожные условия и безопасность движения;
 Документоведение;
 Техническая инвентаризация объектов недвижимости;
 Топографическое черчение и картография;
 Учебная, Изыскательская практика</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332296, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...2 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076940, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: автомобильные дороги и аэродромы
+квалификация: инженер путей сообщения;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332296, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227590, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Мастер воспитания. Организаторы.", 72 час. (от 27.12.2023 440600077902, ФГБОУ ВО "Костромской государственный университет");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076940, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Великий Владимир Александрович</t>
   </si>
   <si>
     <t>Интернет-программирование;
 Основы информационных технологий</t>
   </si>
   <si>
-    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227591, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...3 lines deleted...]
-    <t>4 года</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: прикладная информатика
+квалификация: бакалавр;</t>
+  </si>
+  <si>
+    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227591, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076941, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+  </si>
+  <si>
+    <t>4 года
+1 месяц</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Веревкин Сергей Анатольевич</t>
   </si>
   <si>
     <t>Объектно-ориентированное программирование и разработка информационных систем</t>
   </si>
   <si>
-    <t>"Цифровые технологии мониторинга автотранспорта", 72 час. (от 05.12.2025 4, &lt;Объект не найден&gt; (297:aec35ef3fcdadd2311eef3008bfb4722))</t>
-[...2 lines deleted...]
-    <t>23 года</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: прикладная информатика в экономике
+квалификация: информатик-экономист;
+Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: государственное и муниципальное управление
+квалификация: бакалавр;</t>
+  </si>
+  <si>
+    <t>"Цифровые технологии мониторинга автотранспорта", 72 час. (от 05.12.2025 4, ООО "АС-Телематика")</t>
+  </si>
+  <si>
+    <t>23 года
+1 месяц</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике</t>
   </si>
   <si>
     <t>Веригина Инга Юрьевна</t>
   </si>
   <si>
     <t>ЕН.03 Информатика;
 ОУП.14 Индивидуальный проект;
 ОУП(у).05 Информатика;
 УП.07.01 Учебная практика (Соадминистрирование баз данных и серверов)</t>
   </si>
   <si>
-    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1442, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec742063c91372));
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064447, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1442, ГБУ "Кузбасская школа управления");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064447, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Видин Денис Владимирович</t>
   </si>
   <si>
     <t>Преподаватель ( высшая квалификационная категория);
 Старший преподаватель</t>
   </si>
   <si>
     <t>Контроль качества материалов;
 Метрология, стандартизация и сертификация в горном деле;
 Теория физико-механических методов обработки;
 МДК.04.01 Технология выполнения работ;
 ОП.04 Материаловедение</t>
   </si>
   <si>
-    <t>"Основы разработки оценочных материалов демонстрационного экзамена", 36 час. (от 31.05.2024 773400460152, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f03547badcbce9))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: организация перевозок и управление на транспорте
+квалификация: инженер-менеджер;</t>
+  </si>
+  <si>
+    <t>"Основы разработки оценочных материалов демонстрационного экзамена", 36 час. (от 31.05.2024 773400460152, ФГБОУ ДПО "Институт развития профессионального образования")</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Визгавлюст Алексей Александрович</t>
   </si>
   <si>
     <t>ОГСЭ.04 Физическая культура;
 ОГСЭ.05 Физическая культура;
 ОУП.12 Физическая культура;
 СГ.04 Физическая культура;
 СГЦ.04 Физическая культура</t>
   </si>
   <si>
-    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1444, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec742063c91372));
-[...1 lines deleted...]
-"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10270, &lt;Объект не найден&gt; (297:a1035ef3fcdadd2311eb69aa6369a760))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: автомобили и автомобильное хозяйство
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1444, ГБУ "Кузбасская школа управления");
+"Психолого-педагогическая подготовка преподавателя технического университета", 16 час. (от 24.05.2024 080000064400, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10270, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования")</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (11 кл);
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл);
 40.02.04 Юриспруденция - Юрист (9 кл)</t>
   </si>
   <si>
     <t>Вилисов Никита Дмитриевич</t>
   </si>
   <si>
     <t>Технологические энергоносители;
 Инженерные сети;
 Централизованное, децентрализованное и индивидуальное энергоснабжение;
 Тепловые двигатели и нагнетатели;
 Теплотехника</t>
   </si>
   <si>
-    <t>"Технологии "Фабрик Будущего", 108 час. (от 03.11.2023 9847/23-03, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad));
-[...2 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076943, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: теплоэнергетика и теплотехника
+квалификация: бакалавр;</t>
+  </si>
+  <si>
+    <t>"Технологии "Фабрик Будущего", 108 час. (от 03.11.2023 9847/23-03, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227593, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Основы наставничества", 16 час. (от 22.12.2023 1212, ГБУ "Кузбасская школа управления");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076943, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Винидиктов Андрей Викторович</t>
   </si>
   <si>
     <t>УП.01.01 Учебная практика (Диагностика, техническое обслуживание и ремонт автотранспортных средств и их компонентов);
 УП.04.01 Учебная практика (Выполнение работ по профессии слесарь по ремонту автомобилей)</t>
   </si>
   <si>
-    <t>"Пожарная безопасность для руководителей и ответстсенных лиц" (от 15.11.2023 У2023347665, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eecfc1fca062da));
-"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063934, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: автомобили и автомобильное хозяйство
+квалификация: инженер;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: конструкторско-технологическое обеспечение машиностроительных производств
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Пожарная безопасность для руководителей и ответстсенных лиц" (от 15.11.2023 У2023347665, НОЧУО ДПО "Актион");
+"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063934, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253389, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл)</t>
   </si>
   <si>
     <t>Винидиктова Юлия Александровна</t>
   </si>
   <si>
     <t>Основы неорганического анализа;
 Методы исследования неорганических веществ;
 Строение и реакционная способность веществ;
 Строение и свойства полифункциональных материалов и нанокомпозитов;
 Энерго- и ресурсосберегающие процессы и технологии;
 Химия;
 Избранные главы неорганической химии;
 Информационные технологии в профессиональной деятельности;
 Производственная, Научно-исследовательская работа;
 Химия и технология неорганических материалов</t>
   </si>
   <si>
-    <t>"Передовые производственные технологии", 150 час. (от 07.10.2024 782400099373, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: химия
+квалификация: химик;</t>
+  </si>
+  <si>
+    <t>"Передовые производственные технологии", 150 час. (от 07.10.2024 782400099373, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Винтер Владимир Викторович</t>
   </si>
   <si>
     <t>Инженерно-геодезические изыскания;
 Геодезическое сопровождение строительных процессов</t>
   </si>
   <si>
-    <t>"Техносферная безопасность", 260 час. (от 30.11.2022 0227 00002294, &lt;Объект не найден&gt; (297:98035ef3fcdadd2311ed49de8db14512))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: землеустройство и кадастры
+квалификация: бакалавр;</t>
+  </si>
+  <si>
+    <t>"Техносферная безопасность", 260 час. (от 30.11.2022 0227 00002294, ООО "Регион")</t>
+  </si>
+  <si>
+    <t>Проектирование зданий и сооружений. Инженерно технические мероприятия по гражданской обороне, предупреждению ситуаций природного и техногенного характера;
+Промышленное и гражданское строительство;
+Специалист в области охраны труда и техносферной безопасности</t>
   </si>
   <si>
     <t>Водясова Елена Борисовна</t>
   </si>
   <si>
     <t>ОУП.11 География;
 ОУП.14 Индивидуальный проект;
 ОУП(у).11 География</t>
+  </si>
+  <si>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: экономика труда
+квалификация: экономист;</t>
+  </si>
+  <si>
+    <t>Педагогика,психология и методика преподавания школьных дисциплин</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 15.02.03 Монтаж, техническое обслуживание и ремонт гидравлического и пневматического оборудования (по отраслям) - Техник-механик (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.02.19 Сварочное производство - Техник (9 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 38.02.06 Финансы - Финансист (9 кл);
 38.02.07 Банковское дело - Специалист банковского дела (9 кл);
 40.02.04 Юриспруденция - Юрист (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Возная Анна Анатольевна</t>
   </si>
   <si>
     <t>Углепетрография;
 Геология;
 Промышленные типы месторождений полезных ископаемых;
 Разведка и геолого-экономическая оценка полезных ископаемых;
 Литология;
 Учебная, Геологическая практика</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:bf065cf3fc3b846a11e82e95f2e5335d)</t>
-[...2 lines deleted...]
-    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009999, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: геохимия, минералогия и петрология
+квалификация: геолог-геохимик;</t>
+  </si>
+  <si>
+    <t>Кандидат геолого-минералогических наук</t>
+  </si>
+  <si>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009999, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования)</t>
   </si>
   <si>
     <t>21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Войцехович Юлия Викентьевна</t>
   </si>
   <si>
     <t>Компьютерные технологии для решения геодезических задач</t>
   </si>
   <si>
-    <t>20 лет
-11 месяцев</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: горное дело
+квалификация: магистр техники и технологии;</t>
+  </si>
+  <si>
+    <t>"Маркшейдерское и геологическое обеспечение безопасного ведения горных работ", 72 час. (от 25.11.2024 080000064759, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
+  </si>
+  <si>
+    <t>21 год</t>
   </si>
   <si>
     <t>Волгина Елена Аркадьевна</t>
   </si>
   <si>
     <t>Безопасность жизнедеятельности</t>
   </si>
   <si>
-    <t>"По Дополнительной профессиональной программе повышения квалификации преподавателей ОБЖ, преподавателей БЖД и консультантов УКП категория: преподаватели БЖД", 64 час. (от 13.09.2023 42 1411 478658, &lt;Объект не найден&gt; (297:bf065cf3fc3b846a11e807fb3d01f09f));
-"Пожарная безопасность для руководителей и ответстсенных лиц", 30 час. (от 01.12.2023 У2023383914, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eecfc1fca062da))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: экономика и управление на предприятии (в горной промышленности)
+квалификация: экономист-менеджер;</t>
+  </si>
+  <si>
+    <t>"По Дополнительной профессиональной программе повышения квалификации преподавателей ОБЖ, преподавателей БЖД и консультантов УКП категория: преподаватели БЖД", 64 час. (от 13.09.2023 42 1411 478658, КОУМЦ по ГО и ЧС);
+"Пожарная безопасность для руководителей и ответстсенных лиц", 30 час. (от 01.12.2023 У2023383914, НОЧУО ДПО "Актион")</t>
+  </si>
+  <si>
+    <t>Инженер по охране труда</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Ворнаков Алексей Леонидович</t>
   </si>
   <si>
     <t>МДК.02.01 Основы качественного и количественного анализа природных и промышленных материалов</t>
   </si>
   <si>
-    <t>"Основы начальной военной подготовки", 40 час. (от 21.04.2023 420800180885, &lt;Объект не найден&gt; (297:86a75ef3fcdadd2311ee30e691f524df));
-[...3 lines deleted...]
-"Образовательные технологии и методики подготовки школьников к олимпиадам по химии", 64 час. (от 02.11.2024 232700003855, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f0dbc02981f134))</t>
+    <t>"Основы начальной военной подготовки", 40 час. (от 21.04.2023 420800180885, ГОУ ДПО (ПК)С "Кузбасский региональный институт повышения квалификации и переподготовки работников образования");
+"Подготовка экспертов для работы в региональной предметной комиссии при проведении государственной итоговой аттестации по образовательным программам основного общего образования" по предмету "Химия", 36 час. (от 22.03.2024 180003723248, ФГБНУ "Федеральный институт педагогических измерений");
+"Классное руководство: шаг за шагом", 46 час. (от 16.04.2024 422420929664, МБОУ ДПО " Научно-методический центр");
+"Основы безопасности и защиты Родины" в условиях внесения изменений в ФООП ОООи ФООП СОО", 24 час. (от 02.09.2024 422422153750, МБОУ ДПО " Научно-методический центр");
+"Образовательные технологии и методики подготовки школьников к олимпиадам по химии", 64 час. (от 02.11.2024 232700003855, Федеральная территория "Сириус" Образовательный Фонд "Талант и успех")</t>
+  </si>
+  <si>
+    <t>Учитель химии</t>
   </si>
   <si>
     <t>18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл)</t>
   </si>
   <si>
     <t>Воронин Вячеслав Андреевич</t>
   </si>
   <si>
     <t>Специальные вопросы релейной защиты и автоматики в системах электроснабжения;
 Релейная защита и автоматизация в электроснабжении;
 Релейная защита и автоматизация электроэнергетических систем;
 Переходные процессы;
 Релейная защита и автоматизация в энергетике;
 Методы расчёта и анализа электрических режимов;
 Противоаварийная автоматика энергосистем</t>
   </si>
   <si>
-    <t>"Deep Learning", 105 час. (от 06.10.2022 15175, &lt;Объект не найден&gt; (297:8e735ef3fcdadd2311ed745d1a650caa));
-[...6 lines deleted...]
-    <t>1 год</t>
+    <t>"Deep Learning", 105 час. (от 06.10.2022 15175, ООО "Нетология");
+"Управление проектными командами", 36 час. (от 18.11.2022 423102332317, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Методы анализа и прогнозирования данных", 260 час. (от 15.12.2022 702417537905, ФГБОУ ВО "Томский государственный университет систем управления и радиоэлектроники" (ТУСУР));
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227594, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Аналитик данных", 276 час. (от 13.03.2024 702417536195, ФГАОУ ВО "Томский государственный университет систем управления и радиоэлектроники")</t>
+  </si>
+  <si>
+    <t>Аналитик данных</t>
+  </si>
+  <si>
+    <t>1 год
+1 месяц</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Менеджмент в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электротехнические комплексы и системы;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика</t>
   </si>
   <si>
     <t>Воронина Светлана Геннадьевна</t>
   </si>
   <si>
     <t>Органическая химия;
 Радикальные реакции в нефтехимическом синтезе;
 Основы автоматизации производств органического и нефтехимического синтеза;
 Биотехнология;
 Избранные главы органической химии;
 Органоминеральные удобрения;
 Производственная, Научно-исследовательская работа</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:bf065cf3fc3b846a11e82e95f2e53371)</t>
-[...2 lines deleted...]
-    <t>"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295783, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология основого органического нефтехимического синтеза 
+квалификация: инженер химик-технолог;</t>
+  </si>
+  <si>
+    <t>Доктор химических наук</t>
+  </si>
+  <si>
+    <t>"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295783, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза;
 21.05.04 Горное дело - Обогащение полезных ископаемых</t>
   </si>
   <si>
     <t>Воронов Артем Юрьевич</t>
   </si>
   <si>
     <t>Теория транспортных процессов и систем;
 Грузоведение, складское и тарное хозяйство;
 Организация перевозок на карьерном транспорте;
 Специализированный подвижной состав и погрузо-разгрузочные средства;
 Грузовые перевозки;
 Моделирование транспортных процессов;
 Технологические процессы транспортного производства;
 Карьерные перевозки;
 Моделирование процессов и систем;
 Производственная, Научно-исследовательская работа;
 Производственная, Эксплуатационная практика</t>
   </si>
   <si>
-    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227595, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063935, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: организация перевозок и управление на транспорте (автомобильный транспорт)
+квалификация: инженер по организации управления на транспорте;</t>
+  </si>
+  <si>
+    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227595, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063935, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253390, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.03.03 Эксплуатация транспортно-технологических машин и комплексов - Автомобили и автомобильное хозяйство;
 23.04.03 Эксплуатация транспортно-технологических машин и комплексов - Транспортные и транспортно-технологические машины</t>
   </si>
   <si>
     <t>Воронов Роман Евгеньевич</t>
   </si>
   <si>
     <t>Компьютерные технологии в автоматизации деятельности предприятий;
 Технологии программирования;
 Системная интеграция</t>
+  </si>
+  <si>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: информационные системы и технологии
+квалификация: бакалавр;</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Системная интеграция и автоматизация информационных процессов</t>
   </si>
   <si>
     <t>Востриков Константин Валерьевич</t>
   </si>
   <si>
     <t>Управление социально-экономическим развитием региона;
 Теория организации;
 PR-технологии на государственной и муниципальной службе;
 Региональное управление и территориальное планирование;
 Социология управления;
 Планирование и проектирование организаций;
 Правовые основы государственного и муниципального управления;
 Управленческий консалтинг;
 Правовые основы антикоррупционной политики;
 Муниципальное право;
 Анализ социально-экономической деятельности;
 Исследование социально-экономических и политических процессов;
 Прогнозирование и планирование</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:a4684ccc6a8e64d511e7f2b0be4247b1)</t>
-[...2 lines deleted...]
-    <t>"Цифровые компетенции педагога", 24 час. (от 27.03.2024 , &lt;Объект не найден&gt; (297:aec35ef3fcdadd2311eeefd1d72fff57))</t>
+    <t>Кандидат политических наук</t>
+  </si>
+  <si>
+    <t>"Цифровые компетенции педагога", 24 час. (от 27.03.2024 , On-skills.ru Обучение онлайн);
+"Управление образованием на муниципальном уровне", 28 час. (от 14.11.2025 423104991077, ГОУ ДПО "Институт развития образования Кузбасса")</t>
+  </si>
+  <si>
+    <t>Юрист;
+Государственное и муниципальное управление на региональном уровне;
+Экономика, менеджмент и финансы;
+Философия, этика религиоведение;
+Диплом предоставляет право на ведение профессиональной деятельности в сфере высшей шеолы</t>
   </si>
   <si>
     <t>38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.04.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера</t>
   </si>
   <si>
     <t>Вострикова Наталья Алексеевна</t>
   </si>
   <si>
     <t>ОУП.06 Физика;
 ОУП.14 Индивидуальный проект;
 ОУП(у).03 Математика;
 ОУП(у).06 Физика</t>
   </si>
   <si>
-    <t>"Совершенствование профессиональной деятельности педагога в условиях цифровой образовательной среды (на примере цифровой образовательной среды МЭО)", 36 час. (от 02.12.2024 772418048083 10906, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f091eaac7265fc))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: физика
+квалификация: физик, преподаватель;</t>
+  </si>
+  <si>
+    <t>"Совершенствование профессиональной деятельности педагога в условиях цифровой образовательной среды (на примере цифровой образовательной среды МЭО)", 36 час. (от 02.12.2024 772418048083 10906, ООО''Мобильное Электронное Образование'')</t>
+  </si>
+  <si>
+    <t>Преподаватель математики и информатики;
+Совершенствование профессиональной деятельности педагога в условиях цифровой образовательной среды (на примере цифровой образовательной среды МЭО)</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 15.02.03 Монтаж, техническое обслуживание и ремонт гидравлического и пневматического оборудования (по отраслям) - Техник-механик (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.02.19 Сварочное производство - Техник (9 кл);
 40.02.04 Юриспруденция - Юрист (9 кл)</t>
   </si>
   <si>
     <t>Галанина Татьяна Вадимовна</t>
   </si>
   <si>
     <t>Моделирование бизнес-процессов;
 Методология бизнес-анализа;
 Методы принятия управленческих решений;
 Экологическая безопасность минерально-сырьевого комплекса;
 Методы контроля  и оценки бизнес-процессов;
 Реинжиниринг бизнес-процессов;
 Моделирование бизнес-процессов и теория ограничений;
 Презентация проектов;
 Учебная, Научно-исследовательская работа;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:bf065cf3fc3b846a11e82e95f2e53366)</t>
-[...3 lines deleted...]
-"По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063858, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология хлебопекарного, макаронного и кондитерского производства
+квалификация: инженер-технолог;</t>
+  </si>
+  <si>
+    <t>Кандидат сельскохозяйственных наук</t>
+  </si>
+  <si>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009965, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063858, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
+  </si>
+  <si>
+    <t>Диплом предоставляет право на ведение профессиональной деятельности в сфере педагогической деятельности по образовательным программам высшего образования;
+Специалист по инновациям;
+На ведение профессиональной деятельности в сфере экономики и управления</t>
   </si>
   <si>
     <t>38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.02 Менеджмент - Организация и управление отраслевыми предприятиями;
 38.04.02 Менеджмент - Стратегическое управление;
 38.04.02 Менеджмент - Стратегическое управление минерально-сырьевыми компаниями;
 43.03.01 Сервис - Сервис на предприятиях малого и среднего бизнеса</t>
   </si>
   <si>
     <t>Галлер Александр Александрович</t>
   </si>
   <si>
     <t>Производственные риски</t>
   </si>
   <si>
     <t>20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств</t>
   </si>
   <si>
     <t>Ганиева Ирина Александровна</t>
   </si>
   <si>
     <t>Инновации в сервисе</t>
   </si>
   <si>
-    <t>"Сертифицированный профессионал трансфера технологий", 72 час. (от 30.11.2023 771803289213, &lt;Объект не найден&gt; (297:84275cf3fc3b846a11eaca38928c1df3));
-[...3 lines deleted...]
-  <si>
     <t>20 лет
 6 месяцев</t>
   </si>
   <si>
     <t>43.03.01 Сервис - Сервис на предприятиях малого и среднего бизнеса</t>
   </si>
   <si>
     <t>Гемадиев Михаил Вячеславович</t>
   </si>
   <si>
     <t>Основы инженерных сооружений на автомобильных дорогах;
 Основы технической эксплуатации автомобильных дорог</t>
   </si>
   <si>
     <t>Герасимов Олег Васильевич</t>
   </si>
   <si>
     <t>Основания и фундаменты;
 Основы геотехники;
 Современные методы проектирования оснований и фундаментов</t>
   </si>
   <si>
+    <t>"Проектирование фундаментов, строительство оснований", 72 час. (от 19.12.2025 006458, ООО "АЛЬФА")</t>
+  </si>
+  <si>
     <t>26 лет
-8 месяцев</t>
+9 месяцев</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.04.01 Строительство - Автомобильные дороги</t>
   </si>
   <si>
     <t>Герике Борис Людвигович</t>
   </si>
   <si>
     <t>Диагностика горных машин и оборудования</t>
   </si>
   <si>
-    <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063621 47, &lt;Объект не найден&gt; (297:83035ef3fcdadd2311ee6818db17b4cb));
-"Энергосбережение и повышение энергоэффективности в организациях", 16 час. (от 06.12.2023 080000063797, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063621 47, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Энергосбережение и повышение энергоэффективности в организациях", 16 час. (от 06.12.2023 080000063797, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>54 года
 10 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование</t>
   </si>
   <si>
     <t>Гилязидинова Наталья Владимировна</t>
   </si>
   <si>
     <t>Возведение монолитных высотных зданий;
 Технология возведения зданий и сооружений;
 Технологический контроль и системы менеджмента качества в строительстве;
 Спецкурс по технологии строительства;
 Технология монолитного и сборного железобетона;
 Технологические процессы в строительстве;
 Технологии строительного производства;
 Производственная, Преддипломная практика;
 Производственная,Технологическая практика;
 МДК.01.03 Основы технологических процессов;
 Архитектурно-конструктивное проектирование</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332300, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...1 lines deleted...]
-"Разработка, внедрение и анализ наружных фасадных решений", 72 час. (от 26.09.2025 080000064731, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332300, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Повышение квалификации в форме стажировки в ГБУ "ПИ "Кузбасспроект" на тему "Организация проектной и изыскательской деятельности в строительстве", 72 час. (от 25.01.2023 ААА 104208010102, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Разработка, внедрение и анализ наружных фасадных решений", 72 час. (от 26.09.2025 080000064731, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>7 лет
 10 месяцев</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.03.01 Строительство - Экспертиза и управление недвижимостью;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Гиниятуллина Ольга Леоновна</t>
   </si>
   <si>
     <t>Прикладная информатика и геоинформационные системы;
 Методология и технология проектирования информационных систем</t>
   </si>
   <si>
-    <t>"Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533072, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9190ce5f3da2))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: информационные системы в социальной сфере
+квалификация: информатик-технолог автоматизированной обработки информации;</t>
+  </si>
+  <si>
+    <t>"Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533072, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ")</t>
   </si>
   <si>
     <t>18 лет
-5 месяцев</t>
+6 месяцев</t>
   </si>
   <si>
     <t>09.04.03 Прикладная информатика - Прикладная информатика в экономике</t>
   </si>
   <si>
     <t>Гиниятуллина Юлия Радиковна</t>
   </si>
   <si>
     <t>Технология минеральных удобрений;
 Химическая технология неорганических веществ;
 Инновационная деятельность и технологический менеджмент;
 Энерго- и ресурсосберегающие процессы и технологии;
 Химия;
 Общая и неорганическая химия;
 Избранные главы неорганической химии;
 Производственная, Научно-исследовательская работа;
 Производственная, Преддипломная практика;
 Производственная, Технологическая (проектно-технологическая) практика;
 ЕН.02 Общая и неорганическая химия;
 МДК.03.01 Организация лабораторно-производственной деятельности;
 Химия и технология неорганических материалов</t>
   </si>
   <si>
-    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227597, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...2 lines deleted...]
-"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295717, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34))</t>
+    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227597, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Передовые производственные технологии", 150 час. (от 04.07.2024 782400096985, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076945, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295717, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Обогащение полезных ископаемых</t>
   </si>
   <si>
     <t>Гинтова Наталья Владимировна</t>
   </si>
   <si>
     <t>Прогнозирование и поиски полезных ископаемых;
 Разведка и геолого-экономическая оценка полезных ископаемых;
 Геофизические методы поисков и разведки месторождений полезных ископаемых;
 Опробование твердых полезных ископаемых</t>
   </si>
   <si>
-    <t>"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295784, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: геоэкология
+квалификация: геоэколог;
+Среднее профессиональное образование:
+* направление подготовки и (или) специальности: геологическая съемка, поиски и разведка месторождений полезных ископаемых
+квалификация: техник-геолог;</t>
+  </si>
+  <si>
+    <t>"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295784, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>21 год
-4 месяца</t>
+5 месяцев</t>
   </si>
   <si>
     <t>21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых</t>
   </si>
   <si>
     <t>Гладких Александр Сергеевич</t>
   </si>
   <si>
     <t>Нетрадиционные и возобновляемые источники энергии</t>
   </si>
   <si>
-    <t>"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000261518, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e8fc36c1c3b404))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: машины и аппараты пищевых производств
+квалификация: инженер;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: теплоэнергетика и теплотехника
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000261518, Национальный исследовательский технологический университет "МИСИС")</t>
+  </si>
+  <si>
+    <t>Диплом предоставляет право на ведение профессиональной деятельности в сфере профессионального обучения, дополнительного профессионального образования</t>
   </si>
   <si>
     <t>24 года
-10 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>Глебова Екатерина Андреевна</t>
   </si>
   <si>
     <t>Разработка программных приложений;
 Системы искусственного интеллекта;
 Программная инженерия;
 Алгоритмизация и программирование;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123172, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-[...1 lines deleted...]
-"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295808, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123172, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134205, Национальный исследовательский Томский государственный университет);
+"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295808, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.04.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.04.02 Менеджмент - Стратегическое управление;
 38.04.02 Менеджмент - Стратегическое управление минерально-сырьевыми компаниями;
 38.04.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера</t>
   </si>
   <si>
     <t>Глинка Александра Сергеевна</t>
   </si>
   <si>
     <t>Методология научных исследований;
 Управление металлорежущими станками и станочными комплексами;
 Методы механической обработки;
 Техническое обслуживание и ремонт металлорежущих станков;
 Режимы процессов формообразования;
 Технология машиностроения;
 Основы технологии машиностроения;
 Оборудование машиностроительных производств;
 Режущий инструмент;
 Надежность и диагностика технологических систем;
 Основы проектирования и производства заготовок</t>
   </si>
   <si>
-    <t>"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 18.12.2023 782400090695, &lt;Объект не найден&gt; (297:96095ef3fcdadd2311ef0386bb127727));
-"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295810, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: металлообрабатывающие станки и комплексы
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 18.12.2023 782400090695, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295810, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 21.05.04 Горное дело - Горные машины и оборудование</t>
   </si>
   <si>
     <t>Гнездилов Михаил Анатольевич</t>
   </si>
   <si>
-    <t>"Эффективное управление кафедрой современного образовательного учреждения", 120 час. (от 15.02.2023 13623, &lt;Объект не найден&gt; (297:9bdc5ef3fcdadd2311edc30de7bda6a1));
-[...3 lines deleted...]
-"Физическое воспитание в университете: от учебного процесса к социальной миссии", 28 час. (от 27.11.2025 25-345, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f0cf1d5a26fb50))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: физическая культура и спорт
+квалификация: педагог по физической культуре и спорту;</t>
+  </si>
+  <si>
+    <t>"Эффективное управление кафедрой современного образовательного учреждения", 120 час. (от 15.02.2023 13623, ООО "Институт новых технологий в образовании");
+"Основы военной подготовки", 320 час. (от 20.10.2023 63 27 00008886 ДП2300739, ЧОУ ДПО "Региональная академия делового образования");
+"Менеджмент в образовании", 108 час. (от 15.01.2025 16186, ООО "Институт новых технологий в образовании");
+"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10272, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования");
+"Физическое воспитание в университете: от учебного процесса к социальной миссии", 28 час. (от 27.11.2025 25-345, университет ИТМО Онлайн)</t>
+  </si>
+  <si>
+    <t>Основы военной подготовки;
+Преподаватель высшей школы</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Гоголин Вячеслав Анатольевич</t>
   </si>
   <si>
     <t>Математика</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123173, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-"Геомеханическое сопровождение горных работ и моделирования горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533075, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: механика
+квалификация: механик;</t>
+  </si>
+  <si>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123173, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Геомеханическое сопровождение горных работ и моделирования горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533075, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении</t>
   </si>
   <si>
     <t>Голофастова Наталья Николаевна</t>
   </si>
   <si>
     <t>Региональная и отраслевая экономика;
 Стратегическое и оперативное планирование в минерально-сырьевых компаниях;
 Мировые сырьевые рынки и энергетическая политика;
 Организация и планирование автоматизированных производств;
 Финансовый менеджмент;
 Стратегическое управление процессами планирования и организации производства;
 Финансовый менеджмент минерально-сырьевых компаний;
 Экономика и управление машиностроительным производством;
 Экономика и менеджмент машиностроения;
 Производственная, Практика по профилю профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332333, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227598, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: экономика и организация машиностроительной промышленности
+квалификация: инженер-экономист;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332333, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227598, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+  </si>
+  <si>
+    <t>Диплом предоставляет право на ведение профессиональной деятельности в сфере педагогической деятельности по образовательным программам высшего образования</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 38.04.02 Менеджмент - Стратегическое управление;
 38.04.02 Менеджмент - Стратегическое управление минерально-сырьевыми компаниями;
 5.2 Экономика - Региональная и отраслевая экономика</t>
   </si>
   <si>
     <t>Горбачева-Стрельникова Марина Михайловна</t>
   </si>
   <si>
     <t>Иностранный язык;
 Иностранный язык в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Организация образовательной деятельности преподавателя иностранного языка в условиях цифровой трансформации высшей школы", 72 час. (от 20.06.2023 422419977994, &lt;Объект не найден&gt; (297:a6775ef3fcdadd2311ebd8983df73a49))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: филология
+квалификация: учитель иностранных языков (английского и немецкого);</t>
+  </si>
+  <si>
+    <t>"Организация образовательной деятельности преподавателя иностранного языка в условиях цифровой трансформации высшей школы", 72 час. (от 20.06.2023 422419977994, АНО ДПО "Межрегиональный институт повышения квалификации и профессиональной переподготовки")</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Горбунов Илья Алексеевич</t>
   </si>
   <si>
     <t>МДК.01.01 Технология сборки, монтажа и демонтажа электронных приборов и устройств;
 ПП.01.01 Производственная практика (Выполнение сборки, монтажа и демонтажа электронных приборов и устройств);
 УП.01.01 Учебная практика (Выполнение сборки, монтажа и демонтажа электронных приборов и устройств)</t>
+  </si>
+  <si>
+    <t>Среднее профессиональное образование:
+* направление подготовки и (или) специальности: монтаж, техническое обслуживание и ремонт электронных приборов и устройств
+квалификация: специалист по электронным приборам и устройствам;</t>
   </si>
   <si>
     <t>11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл)</t>
   </si>
   <si>
     <t>Горбунова Вера Акентьевна</t>
   </si>
   <si>
     <t>Кадастр горного предприятия;
 История горного и маркшейдерского дела;
 Геодезия;
 Геолого-геодезическое обеспечение строительства;
 Компьютерная графика;
 Учебная, Геодезическая практика;
 Учебная, Технологическая практика;
 Инженерная геодезия</t>
   </si>
   <si>
-    <t>"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594076, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594076, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Гордин Сергей Александрович</t>
   </si>
   <si>
+    <t>Научный сотрудник</t>
+  </si>
+  <si>
     <t>Конвейерный транспорт;
 Транспортные машины;
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Техники публичного выступления", 72 час. (от 31.05.2023 040000569834, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60));
-[...3 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076958, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>"Техники публичного выступления", 72 час. (от 31.05.2023 040000569834, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000261662, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533087, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565800, Национальный исследовательский технологический университет "МИСИС");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600713, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076958, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин</t>
   </si>
   <si>
     <t>Горина Вероника Зиннуровна</t>
   </si>
   <si>
     <t>Технологии инженерного проектирования;
 Энергетические системы обеспечения жизнедеятельности;
 Котельные установки и парогенераторы;
 Основы инженерного проектирования;
 Современные информационные программные оболочки в теплоэнергетике;
 Учебная, Ознакомительная практика;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332315, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...3 lines deleted...]
-"Достижения в области теплофизики и энергетических технологий", 36 час. (от 21.04.2025 240400085309, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f01372634f2177))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: промышленная теплоэнергетика
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332315, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227599, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Основы наставничества", 16 час. (от 22.12.2023 1214, ГБУ "Кузбасская школа управления");
+"Основы патентного поиска", 16 час. (от 24.05.2024 771803729976, ФГБУ "Федеральный институт промышленной собственности");
+"Достижения в области теплофизики и энергетических технологий", 36 час. (от 21.04.2025 240400085309, ФГАОУ ВО "Сибирский федеральный университет" НОЦ "Институт непрерывного образования")</t>
   </si>
   <si>
     <t>Готовцева Екатерина Олеговна</t>
   </si>
   <si>
     <t>Физика</t>
   </si>
   <si>
-    <t>"Преподаватель", 880 час. (от 17.07.2023 423100504775, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e97168e806d0ff))</t>
+    <t>"Преподаватель", 880 час. (от 17.07.2023 423100504775, ФГБОУ ВО "Кемеровский государственный университет (КемГУ))</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Граборская Ирина Витальевна</t>
   </si>
   <si>
-    <t>"Традиционные методы, мобильные технологии и нейросети в преподавании английского языка", 72 час. (от 07.02.2025 782419192202, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311eff41a479a94ba))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: английский язык и литература
+квалификация: филолог, преподаватель английского языка, переводчик;</t>
+  </si>
+  <si>
+    <t>"Традиционные методы, мобильные технологии и нейросети в преподавании английского языка", 72 час. (от 07.02.2025 782419192202, Автономная некоммерческая организация дополнительного профессионального образования "Институт иностранных языков")</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Грибанов Евгений Николаевич</t>
   </si>
   <si>
     <t>Математическая статистика и математическое моделирование в профессиональной деятельности;
 Математика;
 Эконометрика;
 Дополнительные главы математики;
 Математические методы в инженерии;
 ОП.10 Численные методы</t>
   </si>
   <si>
-    <t>"Современные технологии в образовании: от педагогического дизайна до искусственного интеллекта", 36 час. (от 26.02.2025 703104075686, &lt;Объект не найден&gt; (297:806a5ef3fcdadd2311ec690eb5be6ff9))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: математика
+квалификация: математик, преподаватель;</t>
+  </si>
+  <si>
+    <t>"Современные технологии в образовании: от педагогического дизайна до искусственного интеллекта", 36 час. (от 26.02.2025 703104075686, Институт непрерывного образования при Томском государственном архитектурно-строительном университете (ИНО-ТГАСУ))</t>
+  </si>
+  <si>
+    <t>Инновационные и цифровые технологиии в образовании</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Грибанова Галия Ибрагимовна</t>
   </si>
   <si>
     <t>Геология;
 Геолого-геодезическое обеспечение строительства;
 Маркшейдерия;
 Учебная, Геологическая практика</t>
   </si>
   <si>
-    <t>"Организационные и психолого-педагогические основы инклюзивного высшего образования", 72 час. (от 11.11.2022 540800387445, &lt;Объект не найден&gt; (297:83d05ef3fcdadd2311eb33aca83545fa));
-[...1 lines deleted...]
-"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227601, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: обогащение полезных ископаемых
+квалификация: горный инженер-обогатитель;</t>
+  </si>
+  <si>
+    <t>"Организационные и психолого-педагогические основы инклюзивного высшего образования", 72 час. (от 11.11.2022 540800387445, ФГБОУ ВО "Новосибирский государственный технический университет");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347686, Актион Университет. Онлайн-обучение);
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227601, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Григорьев Александр Васильевич</t>
   </si>
   <si>
     <t>Электротехнические комплексы и системы;
 Автоматизация в энергетике;
 Автоматизированное проектирование электротехнического оборудования;
 Промышленная электроника;
 Технология изготовления электронных изделий;
 Программирование промышленных контроллеров;
 Моделирование электронных устройств 1;
 Моделирование электронных устройств 2;
 ОП.07 Цифровая схемотехника</t>
   </si>
   <si>
-    <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация газотурбинной электростанции" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010019, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...2 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076947, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: электропривод и автоматика промышленных установок и технологических комплексов
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация газотурбинной электростанции" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010019, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Управление проектными командами", 36 час. (от 18.11.2022 423102332321, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227602, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076947, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.04.02 Электроэнергетика и электротехника - Электротехнические комплексы и системы;
 2.4 Энергетика и электротехника - Электротехнические комплексы и системы</t>
   </si>
   <si>
     <t>Григорьева Елена Анатольевна</t>
   </si>
   <si>
     <t>Информационные технологии на пассажирском транспорте;
 Пассажирские перевозки</t>
   </si>
   <si>
-    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227603, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063937, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227603, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063937, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253391, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте</t>
   </si>
   <si>
     <t>Гришин Сергей Васильевич</t>
   </si>
   <si>
     <t>Графические средства информационных систем;
 Автотранспортные средства;
 Основы работы в офисных приложениях</t>
   </si>
   <si>
-    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063939, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67));
-[...1 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295841, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: организация перевозок и управление на транспорте
+квалификация: инженер по организации управления на транспорте;</t>
+  </si>
+  <si>
+    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063939, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295718, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295841, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253392, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>28 лет
-8 месяцев</t>
+9 месяцев</t>
   </si>
   <si>
     <t>Гуменный Антон Сергеевич</t>
   </si>
   <si>
-    <t>"Современные технологии в образовании: от педагогического дизайна до искусственного интеллекта", 32 час. (от 25.12.2025 700400014981, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f0f4d9d9a4c31d))</t>
+    <t>"Современные технологии в образовании: от педагогического дизайна до искусственного интеллекта", 32 час. (от 25.12.2025 700400014981, Институт непрерывного образования ФГБОУВО "Томский государственный архитектурно-строительный университет")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Гурьев Дмитрий Витальевич</t>
   </si>
   <si>
     <t>Математическая обработка результатов измерений;
 Математические методы моделирования в геологии</t>
   </si>
   <si>
-    <t>"Требования промышленной безопасности в угольной промышленности", 66 час. (от 16.09.2022 КРУ 000447, &lt;Объект не найден&gt; (297:832f5ef3fcdadd2311ed599cd27354ce));
-"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594078, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Требования промышленной безопасности в угольной промышленности", 66 час. (от 16.09.2022 КРУ 000447, Учебный центр АО УК "Кузбассразрезуголь");
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594078, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>13 лет
 1 месяц</t>
   </si>
   <si>
     <t>21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Маркшейдерское дело</t>
   </si>
   <si>
     <t>Густов Вячеслав Александрович</t>
   </si>
   <si>
-    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096894, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: немецкий язык и литература
+квалификация: филолог, преподаватель немецкого языка, переводчик;</t>
+  </si>
+  <si>
+    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096894, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
+  </si>
+  <si>
+    <t>Преподаватель английского языка</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Водоснабжение и водоотведение;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Гутова Елена Владимировна</t>
   </si>
   <si>
-    <t>"Приемы формирования профессиональной коммуникативной компетентности при инклюзивном образовании", 36 час. (от 08.11.2022 702404049567, &lt;Объект не найден&gt; (297:806a5ef3fcdadd2311ec690eb5be6ff9));
-"Современные технологии в образовании: от педагогического дизайна до искусственного интеллекта", 36 час. (от 26.02.2025 703104075687, &lt;Объект не найден&gt; (297:806a5ef3fcdadd2311ec690eb5be6ff9))</t>
+    <t>"Приемы формирования профессиональной коммуникативной компетентности при инклюзивном образовании", 36 час. (от 08.11.2022 702404049567, Институт непрерывного образования при Томском государственном архитектурно-строительном университете (ИНО-ТГАСУ));
+"Современные технологии в образовании: от педагогического дизайна до искусственного интеллекта", 36 час. (от 26.02.2025 703104075687, Институт непрерывного образования при Томском государственном архитектурно-строительном университете (ИНО-ТГАСУ))</t>
+  </si>
+  <si>
+    <t>По программе "Преподаватель высшей школы</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Дабаров Владимир Викторович</t>
   </si>
   <si>
     <t>Электротехника;
 Электротехника и электроника;
 Электротехника и промышленная электроника;
 Информационные технологии и программирование;
 Электрические и электронные аппараты</t>
   </si>
   <si>
-    <t>"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000595168, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000595168, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 21.05.04 Горное дело - Горные машины и оборудование</t>
   </si>
   <si>
     <t>Дадонов Михаил Васильевич</t>
   </si>
   <si>
     <t>Энергосберегающие и экологически чистые технологии технического обслуживания и ремонта парка машин;
 Специализированный подвижной состав и погрузо-разгрузочные средства;
 Производственно-техническая база;
 Электротехника и электроника;
 Конструирование и расчет автомобиля;
 Проектирование автомобиля;
 Производственная, Преддипломная практика;
 МДК.01.05 Техническое обслуживание и ремонт электрооборудования и электронных систем автомобилей;
 МДК.04.01 Технология выполнения работ;
 УП.02.01 Учебная практика (Организация процессов по техническому обслуживанию и ремонту автотранспортных средств);
 УП.03.01 Учебная практика (Организация процессов модернизации и модификации автотранспортных средств)</t>
   </si>
   <si>
-    <t>"Основы наставничества", 16 час. (от 22.12.2023 1217, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec742063c91372));
-"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063940, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: автомобильное хозяйство
+квалификация: инженер-механик;</t>
+  </si>
+  <si>
+    <t>"Основы наставничества", 16 час. (от 22.12.2023 1217, ГБУ "Кузбасская школа управления");
+"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063940, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253393, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.04.03 Эксплуатация транспортно-технологических машин и комплексов - Транспортные и транспортно-технологические машины;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Дворовенко Игорь Викторович</t>
   </si>
   <si>
     <t>Заведующий кафедрой;
 Доцент</t>
   </si>
   <si>
     <t>Технологические энергоносители;
 Спецвопросы гидрогазодинамики;
 Математическое моделирование;
 Гидрогазодинамика;
 Механика жидкости и газа. Основы теплогазоснабжения и вентиляции;
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080010005, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...3 lines deleted...]
-"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295719, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34))</t>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080010005, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"ESG управление бизнесом: тренды и риски", 16 час. (от 26.12.2022 040000486549, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227605, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 11.12.2023 У2023388118, актион Университет. Онлайн обучение);
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295719, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.03.01 Строительство - Экспертиза и управление недвижимостью;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика</t>
   </si>
   <si>
     <t>Дегтярева Ольга Николаевна</t>
   </si>
   <si>
     <t>Метрология, стандартизация и сертификация</t>
   </si>
   <si>
-    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009975, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b))</t>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009975, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253404, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Дементьев Андрей Валерьевич</t>
   </si>
   <si>
     <t>История шахтного строительства;
 Геотехнические свойства горных пород;
 Процессы и технологии строительного производства;
 Геомеханические процессы в массиве горных пород;
 Основы горного дела (строительная геотехнология)</t>
   </si>
   <si>
-    <t>"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000261538, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e8fc36c1c3b404))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: шахтное и подземное строительство
+квалификация: горный инженер строитель;</t>
+  </si>
+  <si>
+    <t>"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000261538, Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>20 лет
 1 месяц</t>
   </si>
   <si>
     <t>Дементьева Юлия Сергеевна</t>
   </si>
   <si>
     <t>Преподаватель;
 Преподаватель ( первая квалификационная категория )</t>
   </si>
   <si>
     <t>Основы информатики, организации ЭВМ, вычислительных и информационных систем;
 МДК.01.02 Базы данных;
 МДК.02.02 Инструментальные средства разработки программного обеспечения;
 МДК.06.01 Внедрение информационной системы;
 МДК.06.02 Инженерно-техническая поддержка сопровождения информационной системы;
 ОП.03 Основы алгоритмизации и программирования;
 ОП.04 Основы алгоритмизации и программирования;
 ПП.04.01 Производственная практика (Выполнение работ по рабочей профессии &amp;quot;Оператор электронно-вычислительных и вычислительных машин&amp;quot;);
 УП.04.01 Учебная практика (Выполнение работ по рабочей профессии &amp;quot;Оператор электронно-вычислительных и вычислительных машин&amp;quot;)</t>
   </si>
   <si>
-    <t>"Семинар-практикум демонстрационный экзамен в 2023 году и особенности его проведения", 34 час. (от 22.02.2023 022418445681, &lt;Объект не найден&gt; (297:9bdc5ef3fcdadd2311edc3a546925d12));
-[...4 lines deleted...]
-"Основы информационной безопасности", 36 час. (от 16.06.2025 ПК 295765, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Семинар-практикум демонстрационный экзамен в 2023 году и особенности его проведения", 34 час. (от 22.02.2023 022418445681, АНО ДПО "Институт цифровых компетенций");
+"Угрозы безопасности и принципы формирования наборов данных для систем искуственного интелекта и машинного обучения", 72 час. (от 30.10.2023 702417537546, ФГАОУ ВО "Томский государственный университет систем управления и радиоэлектроники");
+"Подготовка региональных экспертов конкурсов профессионального мастерства "Абилимпикс" (базовый уровень)", 72 час. (от 02.04.2024 423900000014, ГПОУ "Профессиональный колледж г. Новокузнецка");
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1461, ГБУ "Кузбасская школа управления");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064449, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Основы информационной безопасности", 36 час. (от 16.06.2025 ПК 295765, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (11 кл);
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем</t>
   </si>
   <si>
     <t>Денисов Александр Евгеньевич</t>
   </si>
   <si>
     <t>Информационные технологии и программирование;
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Повышение квалификаци для руководителей организаций и назначенных ими лиц, ИП, ответственных за обеспечение пожарной безопасности, а также в обособленных структурных подразделениях организации", 16 час. (от 02.08.2023 000121, &lt;Объект не найден&gt; (297:85615ef3fcdadd2311ef2183abdb3395));
-[...1 lines deleted...]
-"Подготовка в области аттестации Б.5.1 руководителей и специалистов организаций,  осуществляющих разработку угольных месторождений открытым способом", 72 час. (от 30.08.2023 Д.ДПО.176-23/12, &lt;Объект не найден&gt; (297:85615ef3fcdadd2311ef21829666f123))</t>
+    <t>"Повышение квалификаци для руководителей организаций и назначенных ими лиц, ИП, ответственных за обеспечение пожарной безопасности, а также в обособленных структурных подразделениях организации", 16 час. (от 02.08.2023 000121, НО ЧОУ ДПО "ЭТАЛОН");
+"Подготовка в области аттестации А.1 руководителей и специалистов организаций по основам промышленной безопасности", 72 час. (от 30.08.2023 Д.ДПО.044-23/271, ООО "Деловой партнер ОТ");
+"Подготовка в области аттестации Б.5.1 руководителей и специалистов организаций,  осуществляющих разработку угольных месторождений открытым способом", 72 час. (от 30.08.2023 Д.ДПО.176-23/12, ООО "Деловой партнер ОТ")</t>
   </si>
   <si>
     <t>9 лет
-4 месяца</t>
+5 месяцев</t>
   </si>
   <si>
     <t>11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений</t>
   </si>
   <si>
     <t>Дерюшев Александр Владимирович</t>
   </si>
   <si>
     <t>Физика горных пород;
 Механика подземных сооружений;
 Технология и безопасность взрывных работ;
 Единая книжка взрывника</t>
   </si>
   <si>
-    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323134, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: строительство подземных сооружений и шахт
+квалификация: горный инженер;</t>
+  </si>
+  <si>
+    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323134, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>4 года
-9 месяцев</t>
+10 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 21.05.05 Физические процессы горного или нефтегазового производства - Физические процессы горного производства</t>
   </si>
   <si>
     <t>Динкель Олеся Александровна</t>
   </si>
   <si>
     <t>Проектирование систем электроснабжения;
 Проектирование электроэнергетических систем;
 Проектирование энергообъектов</t>
   </si>
   <si>
-    <t>"Судебная электротехническая экспертиза", 600 час. (от 04.10.2022 612413282907, &lt;Объект не найден&gt; (297:832f5ef3fcdadd2311ed58ca09be5da5))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: электроснабжение
+квалификация: инженер;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: электроэнергетика и электротехника
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Судебная электротехническая экспертиза", 600 час. (от 04.10.2022 612413282907, ЧОУ ДПО "Академия повышения квалификации и профессиональной переподготовки")</t>
+  </si>
+  <si>
+    <t>Судебный эксперт;
+Професиональная переподготовка по программе "Психология;
+Преподаватель высшей школы</t>
   </si>
   <si>
     <t>17 лет
-7 месяцев</t>
+8 месяцев</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети</t>
   </si>
   <si>
     <t>Долбня Ольга Вадимовна</t>
   </si>
   <si>
     <t>Надежность горных машин и оборудования;
 Электробезопасность;
 Надежность и диагностика горного электрооборудования;
 Информационные технологии в профессиональной деятельности;
 Управление проектами</t>
   </si>
   <si>
-    <t>"Английский язык для профессиональных целей (с использованием онлайн-платформы "Английский пациент")", 144 час. (от 15.05.2023 700800126669, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-[...6 lines deleted...]
-"Визуализация данных и введение в BI-инструменты", 110 час. (от 21.02.2025 2025-10959-003, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f00a0612ed6790))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: горное дело
+квалификация: горный инженер (специалист);</t>
+  </si>
+  <si>
+    <t>"Английский язык для профессиональных целей (с использованием онлайн-платформы "Английский пациент")", 144 час. (от 15.05.2023 700800126669, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063622 48, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227606, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"3D-дизайн и прототипирование инновационного продукта", 72 час. (от 15.12.2023 542408586950 0025, ФГБУН "Институт горного дела им. Н.А.Чинакала" (ИГД СО РАН));
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600453, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076948, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Инновационные и цифровые технологии в образовании", 72 час. (от 28.12.2024 782400103534, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Визуализация данных и введение в BI-инструменты", 110 час. (от 21.02.2025 2025-10959-003, АНО ДПО "Образовательные технологии Яндекса" г. Москва)</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства</t>
   </si>
   <si>
     <t>Долгова Наталья Ивановна</t>
   </si>
   <si>
     <t>Старший преподаватель;
 Преподаватель ( высшая квалификационная категория)</t>
   </si>
   <si>
     <t>Иностранный язык;
 Иностранный язык в профессиональной деятельности;
 ОПЦ.07 Иностранный язык (второй);
 СГЦ.02 Иностранный язык в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Актуальные проблемы лингвистики, переводоведения, литературоведения и лингводидактики: исследовательский и методический аспекты", 144 час. (от 25.10.2022 423102075840, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...3 lines deleted...]
-"Русский язык как иностранный в поликультурной среде и методика его преподавания", 300 час. (от 21.04.2025 423100386710, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: немецкий и английский язык
+квалификация: учитель немецкого и английского языков;</t>
+  </si>
+  <si>
+    <t>"Актуальные проблемы лингвистики, переводоведения, литературоведения и лингводидактики: исследовательский и методический аспекты", 144 час. (от 25.10.2022 423102075840, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009972, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Организация образовательной деятельности преподавателя иностранного языка в условиях цифровой трансформации высшей школы", 72 час. (от 27.06.2023 422420098640, АНО ДПО "Межрегиональный институт повышения квалификации и профессиональной переподготовки");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096897, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Русский язык как иностранный в поликультурной среде и методика его преподавания", 300 час. (от 21.04.2025 423100386710, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (11 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл);
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Долгопол Татьяна Леонидовна</t>
   </si>
   <si>
     <t>Трансформаторы;
 Электрические трансформаторы;
 Проектирование систем электроснабжения;
 Проектирование энергообъектов;
 Электротехническое и конструкционное материаловедение;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: электрические машины и аппараты
+квалификация: инженер-электромеханик;</t>
+  </si>
+  <si>
     <t>13.03.02 Электроэнергетика и электротехника - Менеджмент в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика</t>
   </si>
   <si>
     <t>Долинина Алеся Сергеевна</t>
   </si>
   <si>
     <t>Процессы и аппараты химической технологии</t>
+  </si>
+  <si>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: менеджмент
+квалификация: ;
+* направление подготовки и (или) специальности: химическая технология неорганических веществ
+квалификация: инженер;</t>
   </si>
   <si>
     <t>16 лет
 5 месяцев</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств</t>
   </si>
   <si>
     <t>Дорожкина Наталья Валерьевна</t>
   </si>
   <si>
     <t>Экономический анализ производственных систем;
 Ценообразование и ценовая стратегия;
 Основы документационного обеспечения сервисной деятельности;
 Сметное дело;
 Организация договорной работы с потребителями услуг;
 Экономика отрасли;
 МДК.01.02 Изучение основ делопроизводства;
 МДК.01.03 Соблюдение норм этики делового общения;
 ОП.03 Налоги и налогообложение;
 ОП.07 Экономика отрасли;
 ОПЦ.03 Правовое и документационное обеспечение в туризме и гостеприимстве</t>
   </si>
   <si>
-    <t>"Новые федеральные стандарты бухгалтерского учета. Анализ типовых нарушений, выявляемых в ходе ВКД, и меры по их профилактике.", 40 час. (от 14.10.2022 06-22-001-000166, &lt;Объект не найден&gt; (297:99225ef3fcdadd2311ee5b58afedc2ba));
-[...2 lines deleted...]
-"По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063859, &lt;Объект не найден&gt; (297:83035ef3fcdadd2311ee6818db17b4cb))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: экономика и управление в строительстве
+квалификация: инженер-экономист;</t>
+  </si>
+  <si>
+    <t>"Новые федеральные стандарты бухгалтерского учета. Анализ типовых нарушений, выявляемых в ходе ВКД, и меры по их профилактике.", 40 час. (от 14.10.2022 06-22-001-000166, АНО "Институт переподготовки и повышения квалификации профессиональных бухгалтеров и аудиторов");
+"Анализ типовых нарушений , выявляемых в ходе ВКД, и меры по их профилактике; Практика применения МСА: аудиторские процедуры в отношении событий после отчетной даты....", 32 час. (от 25.07.2023 23-019-000350, АНО ДПО "Институт повышения квалификации Аудиторской палаты России");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227607, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063859, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования)</t>
+  </si>
+  <si>
+    <t>Системное управление инновациями;
+Диплом предоставляет право на ведение профессиональной деятельности в сфере педагогической деятельности по образовательным программам высшего образования</t>
   </si>
   <si>
     <t>8 лет
 5 месяцев</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл);
 38.03.02 Менеджмент - Организация и управление отраслевыми предприятиями;
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (11 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл);
 43.03.01 Сервис - Сервис на предприятиях малого и среднего бизнеса</t>
   </si>
   <si>
     <t>Досайкин Антон Олегович</t>
   </si>
   <si>
     <t>Технологические машины и оборудование</t>
   </si>
   <si>
-    <t>"Педагогическая деятельность по реализации программ высшего образования", 300 час. (от 07.10.2025 423100384575, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>"Педагогическая деятельность по реализации программ высшего образования", 300 час. (от 07.10.2025 423100384575, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>6 лет
-8 месяцев</t>
+9 месяцев</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Химическая технология неорганических веществ</t>
   </si>
   <si>
     <t>Дочева Анжелика Витальевна</t>
   </si>
   <si>
     <t>Промышленная безопасность</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Драчев Вячеслав Владиславович</t>
   </si>
   <si>
     <t>Материаловедение;
 Технологические процессы автоматизированных производств;
 Технологические процессы в машиностроении;
 Технология конструкционных материалов;
 МДК.01.01 Порядок проведения оценки качества продукции на каждой стадии производственного процесса;
 ОП.02 Материаловедение;
 ОП.04 Материаловедение</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Дрозденко Юрий Вадимович</t>
   </si>
   <si>
     <t>Надежность горных машин и оборудования;
 Надежность и диагностика горного электрооборудования</t>
   </si>
   <si>
-    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485720, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b));
-[...3 lines deleted...]
-"Подземная разработка пластовых месторождений", 70 час. (от 14.06.2024 420800207885, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e8ed5c3618bcc3))</t>
+    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485720, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Управление деятельностью вузов. Новое поколение стандартов высшего образования", 16 час. (от 07.02.2023 040000485391, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063623 49, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000261711 ГОТиМ-153-2023, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 25.12.2023 У2023393309, актион Университет. Онлайн обучение);
+"Подземная разработка пластовых месторождений", 70 час. (от 14.06.2024 420800207885, Кузбасский государственный технический университет имени Т.Ф.Горбачева филиал КУЗГТУ в г. Прокопьевске)</t>
+  </si>
+  <si>
+    <t>1 год</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства</t>
   </si>
   <si>
     <t>Дубенский Максим Сергеевич</t>
   </si>
   <si>
     <t>Организация проектирования зданий и сооружений</t>
   </si>
   <si>
-    <t>"Повышение квалификации руководителей организаций, лиц. назначенных руководителем организации ответственными за обеспечение пожарной безопасности на объектах защиты, в которых могут одновременно находиться 50 и более человек, объектах защиты, отнесенных к категориям повышенной взрывопожароопасности, взрывопожароопасности,  пожароопасности", 16 час. (от 29.05.2023 00233197, &lt;Объект не найден&gt; (297:b18e5cf3fc3b846a11ea5785f1007f6e))</t>
+    <t>"Повышение квалификации руководителей организаций, лиц. назначенных руководителем организации ответственными за обеспечение пожарной безопасности на объектах защиты, в которых могут одновременно находиться 50 и более человек, объектах защиты, отнесенных к категориям повышенной взрывопожароопасности, взрывопожароопасности,  пожароопасности", 16 час. (от 29.05.2023 00233197, НОУ ДПО "Многопрофильный центр профессионального обучения")</t>
+  </si>
+  <si>
+    <t>Производственный менеджмент;
+Преподаватель высшей школы</t>
   </si>
   <si>
     <t>13 лет
 6 месяцев</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство</t>
   </si>
   <si>
     <t>Дубов Георгий Михайлович</t>
   </si>
   <si>
     <t>Управление проектами</t>
   </si>
   <si>
-    <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063625 51, &lt;Объект не найден&gt; (297:83035ef3fcdadd2311ee6818db17b4cb));
-[...1 lines deleted...]
-"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227610, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: металлорежущие станки и инструменты
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063625 51, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000261718 ГОТиМ-154-2023, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227610, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+  </si>
+  <si>
+    <t>Менеджмент</t>
   </si>
   <si>
     <t>24 года
 2 месяца</t>
   </si>
   <si>
     <t>Дуваров Владимир Борисович</t>
   </si>
   <si>
     <t>Системы менеджмента качества в строительстве;
 Техническое регулирование и управление качеством;
 Технология монолитного и сборного железобетона;
 Реконструкция зданий и сооружений;
 Физико-химические основы в строительстве;
 Строительные материалы;
 Средства механизации строительства;
 Химия в строительстве;
 Учебная, Организационно-управленческая практика;
 Учебная, Ознакомительная практика;
 МДК.03.01 Технология анализа, оценки и учета результатов контроля качества;
 МДК.04.01 Технология выполнения работ</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332293, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332293, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.04.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Дугинов Евгений Владимирович</t>
   </si>
   <si>
-    <t>"Soft Skills для руководителей научных проектов и лабораторий (till Time Management to Mind Management)", 16 час. (от 24.10.2023 423103227211, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Компетентность учителя физики: предметное содержание и методика подготовки школьников к итоговой аттестации в форме ЕГЭ", 36 час. (от 20.06.2025 ПК МГУ 057700, &lt;Объект не найден&gt; (297:bd065ef3fcdadd2311ed64b080df9989))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: физика
+квалификация: физик, преподаватель;</t>
+  </si>
+  <si>
+    <t>"Soft Skills для руководителей научных проектов и лабораторий (till Time Management to Mind Management)", 16 час. (от 24.10.2023 423103227211, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Компетентность учителя физики: предметное содержание и методика подготовки школьников к итоговой аттестации в форме ЕГЭ", 36 час. (от 20.06.2025 ПК МГУ 057700, ФГБОУ ВО "Московский государственный университет имени М.В. Ломоносова" )</t>
+  </si>
+  <si>
+    <t>Преподаватель математики и информатики;
+Государственное и муниципальное управление на региональном уровне</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Дугинова Екатерина Борисовна</t>
   </si>
   <si>
-    <t>"Лазерно-плазменные источники синхротронного излучения", 90 час. (от 05.12.2022 ПК 071559, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9190ce5f3da2));
-[...5 lines deleted...]
-"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594087, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Лазерно-плазменные источники синхротронного излучения", 90 час. (от 05.12.2022 ПК 071559, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
+"Квантовая оптика и коммуникации", 72 час. (от 26.12.2022 040000263493 ЦКК720-13493, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Актуальные вопросы и современные практики естественнонаучного и инженерно-технического образования одаренных школьников", 72 час. (от 07.07.2023 223102297988, ФГБОУ ВО "Алтайский государственый технический университет им.И.И.Ползунова" г.Барнаул);
+"Методика антикоррупционного просвещения и воспитания в организациях высшего образования (для руководителей образовательных учреждений)", 18 час. (от 08.11.2023 722023007622, ФГАОУ ВО "Тюменский государственный университет");
+"Разработка и создание электронного учебного курса в LMS Moodle", 18 час. (от 31.05.2024 ЭД 7824001702, ЧПОУ "Центр профессионального и дополнительного образования Лань" г. Санкт-Петербург);
+"Инновационные и цифровые технологии в образовании", 72 час. (от 14.08.2024 782400098249, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594087, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 18.03.01 Химическая технология - Инновационные химические технологии;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Дымова Ирина Альбертовна</t>
   </si>
   <si>
     <t>Анализ финансово-хозяйственной деятельности организации;
 Экономика, организация и управление предприятием;
 Бухгалтерский учет;
 Бухгалтерский учет и анализ;
 Анализ финансовой отчетности;
 Аудит;
 Производственная, Преддипломная практика;
 МДК.01.01 Практические основы бухгалтерского учета активов организации и источников их формирования;
 ОП.05 Аудит;
 ОП.05 Основы внутреннего контроля;
 ОП.07 Основы управленческого учета</t>
   </si>
   <si>
-    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323135, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34));
-"По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063860, &lt;Объект не найден&gt; (297:83035ef3fcdadd2311ee6818db17b4cb))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: бухгалтерский учет
+квалификация: экономист;
+Начальное профессиональное образование:
+* направление подготовки и (или) специальности: бухгалтерский учет
+квалификация: бухгалтер;</t>
+  </si>
+  <si>
+    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323135, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063860, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования)</t>
+  </si>
+  <si>
+    <t>Экономист</t>
   </si>
   <si>
     <t>6 лет
-10 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл);
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Дьякова Наталья Александровна</t>
   </si>
   <si>
     <t>Конструкции зданий и сооружений;
 Основы архитектуры;
 Основы строительных конструкций;
 МДК.01.02 Строительные конструкции</t>
   </si>
   <si>
-    <t>"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295842, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295842, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Дягилева Анна Владимировна</t>
   </si>
   <si>
     <t>Математика;
 Дополнительные главы математики;
 Теория вероятностей и математическая статистика</t>
   </si>
   <si>
-    <t>"Приёмы формирования профессиональной коммуникативной компетентности при инклюзивном образовании", 36 час. (от 08.11.2022 702404049566, &lt;Объект не найден&gt; (297:806a5ef3fcdadd2311ec690eb5be6ff9));
-"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123180, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a))</t>
+    <t>"Приёмы формирования профессиональной коммуникативной компетентности при инклюзивном образовании", 36 час. (от 08.11.2022 702404049566, Институт непрерывного образования при Томском государственном архитектурно-строительном университете (ИНО-ТГАСУ));
+"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123180, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем</t>
   </si>
   <si>
     <t>Евграфова Анна Борисовна</t>
   </si>
   <si>
     <t>Процессы и аппараты защиты окружающей среды;
 Процессы и аппараты химической технологии;
 Оборудование предприятий;
 Теория подобия;
 ОП.06 Технологическое оборудование;
 УП.01.01 Учебная практика (Монтаж промышленного оборудования и пусконаладочные работы);
 УП.01.01 Учебная практика (Проведение монтажа, испытания промышленного (технологического) оборудования, выполнение пусконаладочных работ и сдача его в эксплуатацию)</t>
+  </si>
+  <si>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: машины и аппараты химических производств
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>По дополнительной профессиональной программе: Толерантность как составляющая профессионально-коммуникативной компетентности педагога в межкультурном контексте</t>
   </si>
   <si>
     <t>13 лет
 5 месяцев</t>
   </si>
   <si>
     <t>15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Инфохимия;
 18.03.01 Химическая технология - Технология и переработка полимеров;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств</t>
   </si>
   <si>
     <t>Евсеева Маргарита Александровна</t>
   </si>
   <si>
-    <t>"Преподователь университета в новой системе российского образования", 72 час. (от 26.04.2024 782421005221, &lt;Объект не найден&gt; (297:b8395ef3fcdadd2311ecab36d9be033e));
-"Методология, новые образовательные технологии и методика преподования дисциплины "История России" в высшей школе", 72 час. (от 11.06.2024 612422428780, &lt;Объект не найден&gt; (297:845a5ef3fcdadd2311ef65c23780f5ac))</t>
+    <t>"Преподователь университета в новой системе российского образования", 72 час. (от 26.04.2024 782421005221, ЧПОУ "Центр профессионального и дополнительного образования Лань" г. Санкт-Петербург);
+"Методология, новые образовательные технологии и методика преподования дисциплины "История России" в высшей школе", 72 час. (от 11.06.2024 612422428780, ООО "Международная академия современного обучения "Велес"")</t>
+  </si>
+  <si>
+    <t>Преподаватель истории искусства;
+По программе "Преподаватель высшей школы" с правом ведения профессиональной деятельности в сфере высшего профессионального образования с 01.11.2003 по 30.06.2004 в кемГУ г.Кемерово. Диплом от 16.06.20</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Водоснабжение и водоотведение;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера</t>
   </si>
   <si>
     <t>Егоров Иван Сергеевич</t>
   </si>
   <si>
-    <t>Директор института</t>
-[...9 lines deleted...]
-    <t>13.04.02 Электроэнергетика и электротехника - Электроэнергетика</t>
+    <t>Доцент;
+Директор института</t>
+  </si>
+  <si>
+    <t>Релейная защита и автоматизация в электроснабжении;
+Релейная защита и автоматизация электроэнергетических систем;
+Учебная, Ознакомительная практика</t>
+  </si>
+  <si>
+    <t>"Управление высокотехнологичными проектами", 24 час. (от 23.12.2022 2764, ООО "СОФИТ");
+"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295811, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>13.03.02 Электроэнергетика и электротехника - Электроснабжение;
+13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
+13.04.02 Электроэнергетика и электротехника - Электроэнергетика</t>
   </si>
   <si>
     <t>Елкин Иван Сергеевич</t>
   </si>
   <si>
-    <t>"Современное нормативно-методическое обеспечение федеральных государственных образовательных стандартов высшего образования", 16 час. (от 20.10.2023 040000487963 У655-1384, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b))</t>
+    <t>"Современное нормативно-методическое обеспечение федеральных государственных образовательных стандартов высшего образования", 16 час. (от 20.10.2023 040000487963 У655-1384, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Ермаков Александр Николаевич</t>
   </si>
   <si>
+    <t>Директор института</t>
+  </si>
+  <si>
     <t>Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332290, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...13 lines deleted...]
-"Организация работы с обучающимися с ограниченными возможностями здоровья (ОВЗ) в соответствии с ФГОС", 72 час. (от 19.02.2025 ПК 0248060, &lt;Объект не найден&gt; (297:a3c75ef3fcdadd2311eb91d9d6e35053))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332290, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Цифровые двойники изделий", 72 час. (от 09.12.2022 782400073683, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000161715, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"ESG управление бизнесом: тренды и риски", 16 час. (от 26.12.2022 040000486565, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063626 52, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Российско-китайская программа подготовки специалистов по разработке и реализации природно-климатических проектов и работе на углеродных рынках", 290 час. (от 08.10.2023 722023001089, ФГАОУ ВО "Тюменский государственный университет");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 03.11.2023 782400087997, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227611, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Нормативное регулирование в области подтверждения соответствия угольной продукции", 16 час. (от 16.04.2024 040000565517, Национальный исследовательский технологический университет "МИСИС");
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1470, ГБУ "Кузбасская школа управления");
+"Подземная разработка пластовых месторождений", 70 час. (от 14.06.2024 420800207887, Кузбасский государственный технический университет имени Т.Ф.Горбачева филиал КУЗГТУ в г. Прокопьевске);
+"Методика антикоррупционного просвещения и воспитания в организациях высшего образования (для педагогических работников)", 18 час. (от 28.09.2024 7220324004104, ФГАОУ ВО "Тюменский государственный университет");
+"Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000604360, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000595329, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Организация работы с обучающимися с ограниченными возможностями здоровья (ОВЗ) в соответствии с ФГОС", 72 час. (от 19.02.2025 ПК 0248060, ООО "Московский институт профессиональной переподготовки и повышения квалификации педагогов")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин</t>
   </si>
   <si>
     <t>Ермакова Инна Алексеевна</t>
   </si>
   <si>
     <t>Математика;
 Прикладная математика;
 Специальные главы математики</t>
   </si>
   <si>
-    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009970, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...2 lines deleted...]
-"Геомеханическое сопровождение горных работ и моделирования горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533131, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009970, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Педагогика, психология и математика в высшем образовании", 288 час. (от 18.05.2023 613100518699, АНО ДПО "Гуманитарно-технический университет" );
+"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123181, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Геомеханическое сопровождение горных работ и моделирования горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533131, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+  </si>
+  <si>
+    <t>Преподаватель математики высшего образования</t>
   </si>
   <si>
     <t>08.04.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 09.04.02 Информационные системы и технологии - Искусственный интеллект и системная интеграция информационных процессов;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Ермолаев Владимир Александрович</t>
   </si>
   <si>
     <t>Алгоритмизация и оптимизация теплоэнергетических систем;
 Технологические энергоносители;
 Производственная, Педагогическая практика</t>
   </si>
   <si>
-    <t>"Педагогическая деятельность в высшем образовании". Присвоена квалификация "Преподаватель высшего образования".", 1502 час. (от 08.09.2022 613100424622, &lt;Объект не найден&gt; (297:86425ef3fcdadd2311ed3e131c791578));
-[...2 lines deleted...]
-  <si>
     <t>Ерофеева Наталья Валерьевна</t>
   </si>
   <si>
     <t>Стационарные установки;
 Стационарные установки и транспорт;
 Стационарные машины;
 Грузоподъемные машины и механизмы;
 Производственная, Практика по профилю профессиональной деятельности;
 Производственная, Производственно-технологическая практика;
 Производственная, Преддипломная практика;
 Производственная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485736, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b));
-[...4 lines deleted...]
-"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541098, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4e6645b8f6e2))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: горные машины и оборудование
+квалификация: горный инженер-механик;</t>
+  </si>
+  <si>
+    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485736, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000161862, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063627 53, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600478, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000604363, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541098, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства</t>
   </si>
   <si>
     <t>Ерошевич Кирилл Владимирович</t>
   </si>
   <si>
     <t>Управление данными;
 Теория информационных процессов и систем;
 МДК.02.01 Технология разработки программного обеспечения;
 МДК.03.01 Моделирование и анализ программного обеспечения;
 МДК.05.02 Разработка кода информационных систем</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123183, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-[...1 lines deleted...]
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064450, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: информационные системы и технологии
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123183, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134197, Национальный исследовательский Томский государственный университет);
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064450, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (11 кл);
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы</t>
   </si>
   <si>
     <t>Ефременко Владимир Михайлович</t>
   </si>
   <si>
     <t>Электробезопасность;
 Электрооборудование и электроснабжение открытых горных работ;
 Электроснабжение и электрооборудование горных машин;
 Электроснабжение открытых горных работ;
 Электроснабжение обогатительных фабрик;
 Эксплуатация горного электрооборудования;
 Основы электробезопасности;
 Электробезопасность на горных предприятиях</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (298:a4684ccc6a8e64d511e7f2b0be424766)</t>
-[...5 lines deleted...]
-"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600485, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>Старший научный сотрудник</t>
+  </si>
+  <si>
+    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485736, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063628 54, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Новые эффективные инструменты для вовлечения студентов в обучение на электронном курсе", 18 час. (от 23.11.2023 ЭД 7824000434, ЧПОУ "Центр профессионального и дополнительного образования Лань" г. Санкт-Петербург);
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600485, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>3 года</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства</t>
   </si>
   <si>
     <t>Жданов Вячеслав Леонидович</t>
   </si>
   <si>
     <t>Организация и безопасность движения;
 Управление техническими системами;
 Правовые аспекты дорожного движения;
 Статистика на транспорте;
 Экологическая безопасность автомобильного транспорта;
 Основы теории надёжности;
 Научные исследования в дорожном движении;
 Организация перевозочных услуг и безопасность транспортного процесса;
 Сертификация и лицензирование на транспорте;
 Производственная, Организационно-управленческая практика;
 Производственная, Технологическая (проектно-технологическая) практика;
 Производственная, Технологическая (производственно-технологическая) практика;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063941, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67));
-[...2 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295843, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: организация перевозок и управление на автомобильном транспорте
+квалификация: инженер по организации и управлению на транспорте;</t>
+  </si>
+  <si>
+    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063941, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134194, Национальный исследовательский Томский государственный университет);
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295720, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295843, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253394, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 23.03.01 Технология транспортных процессов - Организация и безопасность дорожного движения;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.03.03 Эксплуатация транспортно-технологических машин и комплексов - Автомобили и автомобильное хозяйство;
 23.04.01 Технология транспортных процессов - Организация и управление транспортными процессами;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Жернов Евгений Евгеньевич</t>
   </si>
   <si>
     <t>Заведующий кафедрой;
 Преподаватель</t>
   </si>
   <si>
     <t>Экономика, организация и планирование инвестиционно-инновационной деятельности предприятия;
 Теоретические основы создания информационного общества;
 Управление персоналом;
 Организационно-экономическое проектирование инновационных процессов;
 Основы управленческой экономики;
 Общественный проект «Обучение служением»;
 Экономика;
 Экономическая культура и финансовая грамотность;
 ОП.07 Менеджмент;
 СГ.05 Основы бережливого производства;
 СГЦ.06 Основы финансовой грамотности;
 СГЦ.07 Основы цифровой экономики</t>
   </si>
   <si>
-    <t>"ESG управление бизнесом: тренды и риски", 16 час. (от 26.12.2022 040000486571, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60));
-[...5 lines deleted...]
-"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295812, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: экономика и управление на предприятии машиностроения
+квалификация: экономист-менеджер;</t>
+  </si>
+  <si>
+    <t>"ESG управление бизнесом: тренды и риски", 16 час. (от 26.12.2022 040000486571, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Повышение квалификации в форме стажировки в ОАО "КОРМЗ" на тему "Современные аспекты эффективности производства", 36 час. (от 29.12.2022 ААА 104208010073, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" (Институт непрерывного образования));
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347736, актион Университет. Онлайн обучение);
+"Технологии "Фабрик Будущего", 108 час. (от 01.12.2023 10710-23-03, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063861, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000604146, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295812, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл);
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Животова Ирина Петровна</t>
   </si>
   <si>
     <t>МДК.01.01 Порядок проведения оценки качества продукции на каждой стадии производственного процесса</t>
   </si>
   <si>
+    <t>Среднее профессиональное образование:
+* направление подготовки и (или) специальности: водоснабжение,канализация и очистка промышленных сточ. вод
+квалификация: техник-технолог;</t>
+  </si>
+  <si>
     <t>25 лет
 8 месяцев</t>
   </si>
   <si>
     <t>27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Жиронкин Сергей Александрович</t>
   </si>
   <si>
     <t>Решение горных задач на ПК;
 История горного дела и открытых горных работ;
 Информационные технологии в горном деле;
 Практический курс линейного руководства;
 Экономическое обоснование технологических решений на карьерах;
 Основы горного дела (открытая геотехнология);
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Обеспечение объективной оценки качества образования", 72 час. (от 15.01.2025 422423865341, &lt;Объект не найден&gt; (297:a6775ef3fcdadd2311ebd8983df73a49));
-"Доступная среда в образовательной организации", 72 час. (от 18.01.2025 422423865340, &lt;Объект не найден&gt; (297:a6775ef3fcdadd2311ebd8983df73a49))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: открытые горные работы
+квалификация: горный инженер;
+* направление подготовки и (или) специальности: экономика и управление на предприятии
+квалификация: инженер-экономист;</t>
+  </si>
+  <si>
+    <t>"Обеспечение объективной оценки качества образования", 72 час. (от 15.01.2025 422423865341, АНО ДПО "Межрегиональный институт повышения квалификации и профессиональной переподготовки");
+"Доступная среда в образовательной организации", 72 час. (от 18.01.2025 422423865340, АНО ДПО "Межрегиональный институт повышения квалификации и профессиональной переподготовки")</t>
   </si>
   <si>
     <t>6 лет
-4 месяца</t>
+5 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Завьялов Валерий Михайлович</t>
   </si>
   <si>
     <t>Преобразовательная техника</t>
   </si>
   <si>
-    <t>"Основы организации и управления коммуникациями в современной медиасреде", 16 час. (от 20.04.2023 7723 4811008 0000001145, &lt;Объект не найден&gt; (297:83035ef3fcdadd2311ee67d3b9142fc3));
-[...5 lines deleted...]
-"Экологическая, промышленная и энергетическая безопасность", 72 час. (от 18.09.2023 813102912893 33-33/5006/пк, &lt;Объект не найден&gt; (297:83035ef3fcdadd2311ee674cd5981a09))</t>
+    <t>"Основы организации и управления коммуникациями в современной медиасреде", 16 час. (от 20.04.2023 7723 4811008 0000001145, ФГАНУ НИИ "Спецвузавтоматика");
+"Виртуальная реальность и 3D моделирование", 16 час. (от 26.06.2023 54ПК0003958 37885, ФГБОУ ВО "Новосибирский государственный технический университет");
+"Интеллектуальные системы в электроэнергетике", 16 час. (от 26.06.2023 54ПК0003985 37912, ФГБОУ ВО "Новосибирский государственный технический университет");
+"Мехатронные и робототехнические модули и системы", 16 час. (от 26.06.2023 54ПК0003877 37804, ФГБОУ ВО "Новосибирский государственный технический университет");
+"Синтез современных систем автоматического управления в электроэнергетике и электротехнике", 16 час. (от 26.06.2023 54ПК0003904 37831, ФГБОУ ВО "Новосибирский государственный технический университет");
+"Управление промышленными работами", 16 час. (от 26.06.2023 54ПК0003931 37858, ФГБОУ ВО "Новосибирский государственный технический университет");
+"Экологическая, промышленная и энергетическая безопасность", 72 час. (от 18.09.2023 813102912893 33-33/5006/пк, ФГАОУ ВО "Севастопольский государственный университет")</t>
   </si>
   <si>
     <t>Завьялова Екатерина Валерьевна</t>
   </si>
   <si>
     <t>Геодезия;
 Маркшейдерия;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Позиционирование образовательного учреждения в социальных сетях", 16 час. (от 30.10.2023 ПК 323021, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34));
-[...3 lines deleted...]
-"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295785, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: горное дело
+квалификация: горный инженер (специалист);
+Среднее профессиональное образование:
+* направление подготовки и (или) специальности: технология продуктов общественного питания
+квалификация: технолог информационного обеспечения;</t>
+  </si>
+  <si>
+    <t>"Позиционирование образовательного учреждения в социальных сетях", 16 час. (от 30.10.2023 ПК 323021, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Основы наставничества", 16 час. (от 22.12.2023 1222, ГБУ "Кузбасская школа управления");
+"Психолого-педагогическая подготовка преподавателя технического университета", 16 час. (от 24.05.2024 080000064410, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Работа с геоинформационной системой Аксиома", 40 час. (от 09.11.2024 502422317617, ООО "Электронные технологии");
+"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295785, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Зайнулин Ринат Равильевич</t>
   </si>
   <si>
     <t>Физико-химическая геотехнология;
 Управление состоянием массива горных пород;
 Подземная разработка рудных месторождений;
 Основы горного дела (подземная геотехнология)</t>
   </si>
   <si>
-    <t>"Инновационные и цифровые технологи в образовании", 72 час. (от 24.04.2023 , &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad));
-"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000667745, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: физические процессы горного производства
+квалификация: горный инженер-физик;</t>
+  </si>
+  <si>
+    <t>"Инновационные и цифровые технологи в образовании", 72 час. (от 24.04.2023 , ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000667745, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>1 год
-3 месяца</t>
+4 месяца</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Зайцева Ирина Сергеевна</t>
   </si>
   <si>
     <t>Очистка сточных вод с вопросами проектирования систем;
 Химия воды и микробиология;
 Контроль качества воды;
 Основы научных исследований</t>
   </si>
   <si>
-    <t>"Водоснабжение и водоотведение. Ресурсосбережение в системах водоснабжения и водоотведения", 72 час. (от 16.05.2024 64.1-02, &lt;Объект не найден&gt; (297:804f5ef3fcdadd2311ef37564c1a4288))</t>
+    <t>"Водоснабжение и водоотведение. Ресурсосбережение в системах водоснабжения и водоотведения", 72 час. (от 16.05.2024 64.1-02, АНО ДПО "Промышленная безопасность")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений</t>
   </si>
   <si>
     <t>Зайцева Наталья Александровна</t>
   </si>
   <si>
     <t>Водопроводные сети и водозаборные сооружения;
 Очистка сточных вод с вопросами проектирования систем;
 Водоснабжение и водоотведение малых населенных пунктов;
 Производственная, Преддипломная практика;
 Учебная, Изыскательская практика;
 Системы водоснабжения и водоотведения в особых природных и климатических условиях;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Водоснабжение и водоотведение. Ресурсосбережение в системах водоснабжения и водоотведения", 72 час. (от 16.05.2024 64.1-01, &lt;Объект не найден&gt; (297:804f5ef3fcdadd2311ef37564c1a4288))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: очистка природных и сточных вод
+квалификация: инженер-технолог;</t>
+  </si>
+  <si>
+    <t>"Водоснабжение и водоотведение. Ресурсосбережение в системах водоснабжения и водоотведения", 72 час. (от 16.05.2024 64.1-01, АНО ДПО "Промышленная безопасность")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Водоснабжение и водоотведение</t>
   </si>
   <si>
     <t>Закамская Лариса Леонидовна</t>
   </si>
   <si>
     <t>Стратегическое и оперативное планирование деятельности предприятий сервиса;
 Технология, организация производства и обслуживания на предприятиях общественного питания;
 Анализ деятельности сервисных предприятий;
 Стратегическое и оперативное планирование сервисной деятельности;
 Технология, организация и управление в сфере гостеприимства;
 Маркетинг;
 Производственная, Сервисная практика;
 Производственная, Аналитическая практика;
 Производственная, Преддипломная практика;
 Учебная, Ознакомительная практика;
 Производственная, Организационно-управленческая практика;
 МДК.02.01 Организация деятельности службы приема, размещения и бронирования гостиницы;
 МДК.02.03 Организация деятельности департамента маркетинга и рекламы;
 ОПЦ.01 Сервисная деятельность в туризме и гостеприимстве;
 ОПЦ.06 Экономика и бухгалтерский учет предприятий туризма и гостиничного дела;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ);
 ПП.02.01 Производственная практика (Предоставление гостиничных услуг)</t>
   </si>
   <si>
-    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009993, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-"Маркетинговые технологии формирования бизнес-экосистемы средства размещения", 72 час. (от 30.05.2025 0000 00000098, &lt;Объект не найден&gt; (297:9c2a5ef3fcdadd2311ed17867503a89e))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология и организация общественного питания
+квалификация: инженер-технолог;</t>
+  </si>
+  <si>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009993, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Маркетинговые технологии формирования бизнес-экосистемы средства размещения", 72 час. (от 30.05.2025 0000 00000098, ФГБОУ ВО "Российский государственный университет туризма и сервиса" )</t>
+  </si>
+  <si>
+    <t>Экономика и управление на предприятии;
+Диплом предоставляет право на ведение профессиональной деятельности в сфере педагогической деятельности по образовательным программам высшего образования</t>
   </si>
   <si>
     <t>43.02.14 Гостиничное дело - Специалист по гостеприимству (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (11 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл);
 43.03.01 Сервис - Сервис на предприятиях малого и среднего бизнеса;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Закрасовский Дмитрий Иванович</t>
   </si>
   <si>
     <t>Интегрированные инженерные расчеты</t>
   </si>
   <si>
-    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227615, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076952, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: автоматизация технологических процессов и производств 
+квалификация: бакалавр;</t>
+  </si>
+  <si>
+    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227615, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076952, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253413, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы</t>
   </si>
   <si>
     <t>Заруба Наталья Андреевна</t>
   </si>
   <si>
     <t>Заведующий кафедрой;
 Профессор</t>
   </si>
   <si>
     <t>Теория социального управления;
 Исследование систем управления;
 Психология управления в социально-производственной сфере;
 Управленческий консалтинг;
 Инновационный менеджмент в социально-производственной сфере;
 Теория организации и организационное поведение;
 Муниципальное право;
 Теория и механизмы современного государственного управления;
 Теория управления</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:bf065cf3fc3b846a11e82e95f2e53367)</t>
-[...3 lines deleted...]
-"Организация работы по защите персональных данных", 108 час. (от 16.09.2024 423104246116, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311efe1fc3f39a9b9))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: русский язык и литература
+квалификация: учитель русского языка и литературы средней школы;</t>
+  </si>
+  <si>
+    <t>Доктор социологических наук</t>
+  </si>
+  <si>
+    <t>"Развитие компетенций эксперта при оценке профессиональной деятельности педагогических работников в процессе аттестации", 48 час. (от 31.05.2023 420800182633, ГОУ ДПО (ПК)С "Кузбасский региональный институт повышения квалификации и переподготовки работников образования");
+"Организация работы по защите персональных данных", 108 час. (от 16.09.2024 423104246116, ГОУ ДПО "Институт развития образования Кузбасса");
+"Управление образованием на муниципальном уровне", 28 час. (от 14.11.2025 423104991078, ГОУ ДПО "Институт развития образования Кузбасса")</t>
   </si>
   <si>
     <t>Захаренко Сергей Геннадьевич</t>
   </si>
   <si>
     <t>Электрические трансформаторы</t>
   </si>
   <si>
-    <t>"Общие вопросы охраны труда и функционирования системы управления охраной труда", 16 час. (от 19.09.2025 42171, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e8ebd142fdb438));
-"Обучение безопас. методам и приемам выполн. работ при воздействии вредн.и (или) опасн.производ.факторов, источников опасности, идентифицир.в рамках спец. оценки условий труда и оценки профес. рисков", 16 час. (от 23.09.2025 42220, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e8ebd142fdb438))</t>
+    <t>"Общие вопросы охраны труда и функционирования системы управления охраной труда", 16 час. (от 19.09.2025 42171, ЧУП ПО "Сибирский корпоративный энергетический учебный центр");
+"Обучение безопас. методам и приемам выполн. работ при воздействии вредн.и (или) опасн.производ.факторов, источников опасности, идентифицир.в рамках спец. оценки условий труда и оценки профес. рисков", 16 час. (от 23.09.2025 42220, ЧУП ПО "Сибирский корпоративный энергетический учебный центр")</t>
   </si>
   <si>
     <t>15 лет
-10 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Электроснабжение</t>
   </si>
   <si>
     <t>Захаров Александр Викторович</t>
   </si>
   <si>
     <t>ОГСЭ.04 Физическая культура;
 ОГСЭ.05 Физическая культура;
 ОУП.12 Физическая культура</t>
   </si>
   <si>
-    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1474, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec742063c91372));
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064452, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: командная тактическая войск связи
+квалификация: инженер по эксплуатации средств электросвязи;
+* направление подготовки и (или) специальности: физическая культура и спорт
+квалификация: специалист по физической культуре и спорту;</t>
+  </si>
+  <si>
+    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1474, ГБУ "Кузбасская школа управления");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064452, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (11кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 38.02.06 Финансы - Финансист (9 кл);
 43.02.14 Гостиничное дело - Специалист по гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Захаров Александр Юрьевич</t>
   </si>
   <si>
     <t>Конвейерный транспорт;
 Карьерные транспортные машины и оборудование;
 Карьерный транспорт</t>
   </si>
   <si>
-    <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063629 55, &lt;Объект не найден&gt; (297:83035ef3fcdadd2311ee6818db17b4cb));
-"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000262007 ГОТиМ-183-2023, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b))</t>
+    <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063629 55, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000262007 ГОТиМ-183-2023, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000604136, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы</t>
   </si>
   <si>
     <t>Захаров Сергей Александрович</t>
   </si>
   <si>
     <t>Проектирование энергообъектов;
 Инвестиционное проектирование систем электроснабжения</t>
   </si>
   <si>
-    <t>"Судебная электротехническая экспертиза", 600 час. (от 04.10.2022 612413282908, &lt;Объект не найден&gt; (297:832f5ef3fcdadd2311ed58ca09be5da5));
-[...1 lines deleted...]
-"Беспилотные летатетльные аппараты: применение и технологические аспекты", 72 час. (от 07.03.2024 160300059309, &lt;Объект не найден&gt; (297:b1985ef3fcdadd2311eae1d3cf44f48f))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: автоматизация технологических процессов и производств
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Судебная электротехническая экспертиза", 600 час. (от 04.10.2022 612413282908, ЧОУ ДПО "Академия повышения квалификации и профессиональной переподготовки");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 01.12.2023 , актион Университет. Онлайн обучение);
+"Беспилотные летатетльные аппараты: применение и технологические аспекты", 72 час. (от 07.03.2024 160300059309, АНО ВО "Университет Иннополис")</t>
+  </si>
+  <si>
+    <t>Управление проектами в цифровой среде;
+Судебный эксперт;
+Преподаватель высшей школы</t>
   </si>
   <si>
     <t>Захарова Алла Геннадьевна</t>
   </si>
   <si>
     <t>Представление и защита результатов научных исследований;
 Электрические машины переменного тока;
 Автоматизация тепловых процессов;
 Надежность изделий и систем;
 Диагностика электрооборудования;
 Производственная, Эксплуатационная практика;
 Производственная, Проектная практика</t>
   </si>
   <si>
-    <t>"По программе повышения квалификации в форме стажировки на тему "Оборудование электростанций и АСУ ТП" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010027, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...3 lines deleted...]
-"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295813, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: электрофикация и автоматизация горных работ
+квалификация: горный инженер-электрик;</t>
+  </si>
+  <si>
+    <t>"По программе повышения квалификации в форме стажировки на тему "Оборудование электростанций и АСУ ТП" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010027, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080010002, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Цифровая инженераня горная школа "Новые технологические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 ГОТиМ-185-2023, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Цифровая инженераня горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000604135, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295813, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.04.02 Электроэнергетика и электротехника - Электротехнические комплексы и системы</t>
   </si>
   <si>
     <t>Захарова Ирина Викторовна</t>
   </si>
   <si>
     <t>Строительная физика;
 Основы архитектуры;
 Основы строительных конструкций;
 Архитектура промышленных и гражданских зданий</t>
   </si>
   <si>
-    <t>"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 02.12.2024 782400102576, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: архитектура
+квалификация: архитектор;</t>
+  </si>
+  <si>
+    <t>"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 02.12.2024 782400102576, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.03.01 Строительство - Экспертиза и управление недвижимостью;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений</t>
   </si>
   <si>
     <t>Зиновьев Василий Валентинович</t>
   </si>
   <si>
     <t>Математическое моделирование;
 Моделирование процессов и систем</t>
   </si>
   <si>
-    <t>"Проектировние управленческой и исследовательской деятельности", 16 час. (от 20.09.2023 423103226899, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: конструирование и производство горных машин и оборудования
+квалификация: горный инженер-механик;</t>
+  </si>
+  <si>
+    <t>"Проектировние управленческой и исследовательской деятельности", 16 час. (от 20.09.2023 423103226899, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+  </si>
+  <si>
+    <t>Информатика и информационные технологии</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности</t>
   </si>
   <si>
     <t>Золотухин Владимир Михайлович</t>
   </si>
   <si>
     <t>Философия экономики и управления;
 Философия;
 Правоведение;
 Основы трудового законодательства;
 Судебная экономическая экспертиза;
 Криминалистика</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:bf065cf3fc3b846a11e82e95f2e5336f)</t>
-[...4 lines deleted...]
-"Военная история России в структуре исторического образования и воспитания", 108 час. (от 17.04.2025 423103865369, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: философия
+квалификация: философ, преподаватель философии, социально-политич дисциплин в средних учебных заведениях;</t>
+  </si>
+  <si>
+    <t>Доктор философских наук</t>
+  </si>
+  <si>
+    <t>"Россия и страны Востока: социокультурные коммуникации на евразийском пространстве в новое время", 36 час. (от 24.03.2023 423102334403, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Актуализация содержания и методики преподования дисциплины "Право", 16 час. (от 02.04.2024 700800136744, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Военная история России в структуре исторического образования и воспитания", 108 час. (от 17.04.2025 423103865369, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
@@ -4129,7837 +5016,9381 @@
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.04.02 Менеджмент - Стратегическое управление;
 38.04.02 Менеджмент - Стратегическое управление минерально-сырьевыми компаниями;
 38.04.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Золотухина Наталья Анатольевна</t>
   </si>
   <si>
     <t>Молекулярный дизайн неорганических соединений и материалов;
 Теоретические и экспериментальные методы исследования в химии;
 Контроль качества в химической промышленности;
 Химия;
 Теоретические и экспериментальные методы исследования;
 Избранные главы неорганической химии;
 История химии и химической технологии;
 Производственная, Преддипломная практика;
 Учебная, Ознакомительная практика;
 МДК.02.01 Основы качественного и количественного анализа природных и промышленных материалов</t>
   </si>
   <si>
-    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227616, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295722, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34))</t>
+    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227616, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295722, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Инфохимия;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Зонова Ольга Васильевна</t>
   </si>
   <si>
     <t>Организационное проектирование субъекта экономики;
 Финансовые стратегии фирмы;
 Инвестиции;
 Ценообразование;
 Банковские информационно-аналитические системы;
 Страхование;
 Рынок ценных бумаг;
 Оценка рисков;
 Экономика труда;
 Экономическая культура и финансовая грамотность</t>
   </si>
   <si>
-    <t>"Позиционирование образовательного учреждения в социальных сетях", 16 час. (от 30.10.2023 ПК 323022, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34));
-[...5 lines deleted...]
-"Создание стартапа: привлечение инвестиций", 48 час. (от 25.12.2025 10820 0022878, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: финансы и кредит
+квалификация: экономист;</t>
+  </si>
+  <si>
+    <t>"Позиционирование образовательного учреждения в социальных сетях", 16 час. (от 30.10.2023 ПК 323022, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Основы наставничества", 16 час. (от 22.12.2023 1224, ГБУ "Кузбасская школа управления");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096905, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Методика антикоррупционного просвещения и воспитания в организациях высшего образования (для педагогических работников)", 18 час. (от 28.09.2024 7220324004246, ФГАОУ ВО "Тюменский государственный университет");
+"Прикладное управление рисками", 72 час. (от 20.12.2024 700800215201, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Как контролировать и вдохновлять сотрудников, чтобы получить от них максимум", 60 час. (от 04.02.2025 У2025047852, НОЧУО ДПО "Актион");
+"Создание стартапа: привлечение инвестиций", 48 час. (от 25.12.2025 10820 0022878, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
+  </si>
+  <si>
+    <t>Руководитель компании</t>
   </si>
   <si>
     <t>09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Зотеев Евгений Борисович</t>
   </si>
   <si>
     <t>ЕН.02 Информатика;
 ОП.03 Информационные технологии;
 ОП.11 Компьютерные сети</t>
   </si>
   <si>
-    <t>"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064453, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064453, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл)</t>
   </si>
   <si>
     <t>Зубарева Вера Андреевна</t>
   </si>
   <si>
     <t>Нормативное регулирование безопасности;
 Охрана труда и промышленная безопасность;
 Аэрология горных предприятий;
 Безопасность ведения горных работ и горноспасательное дело</t>
   </si>
   <si>
-    <t>"По дополнительной профессиональной программе повышения квалификации преподавателей ОБЖ, преподавателей БЖД и консультантов УКП категория: преподаватели БЖД", 64 час. (от 13.09.2023 42№1411 478662, &lt;Объект не найден&gt; (297:bf065cf3fc3b846a11e807fb3d01f09f));
-[...4 lines deleted...]
-11 месяцев</t>
+    <t>"По дополнительной профессиональной программе повышения квалификации преподавателей ОБЖ, преподавателей БЖД и консультантов УКП категория: преподаватели БЖД", 64 час. (от 13.09.2023 42№1411 478662, КОУМЦ по ГО и ЧС);
+"Безопасное управление горными и взрывными работами на угольных предприятиях", 72 час. (от 25.04.2025 27579, Кемеровский региональный институт повышения квалификации имени В.П.Романова)</t>
+  </si>
+  <si>
+    <t>45 лет</t>
   </si>
   <si>
     <t>20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства;
 21.05.05 Физические процессы горного или нефтегазового производства - Физические процессы горного производства</t>
   </si>
   <si>
     <t>Иванов Геннадий Викторович</t>
   </si>
   <si>
     <t>Методы и процедуры комплексной экспертизы безопасности;
 Экспертиза безопасности;
 Аэрология горных предприятий;
 Промышленная безопасность;
 Производственная, Организационно-управленческая практика</t>
   </si>
   <si>
-    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485782, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b));
-"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323136, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: обогащение полезных ископаемых
+квалификация: горный инженер технолог;</t>
+  </si>
+  <si>
+    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485782, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323136, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Иванов Сергей Александрович</t>
   </si>
   <si>
     <t>Основы проектирования автомобильных дорог;
 Основы кадастра недвижимости;
 Основы строительства автомобильных дорог;
 Основы технической эксплуатации автомобильных дорог;
 Строительство автомобильных дорог;
 Мониторинг и экспертиза автомобильных дорог;
-Дорожный сервис;
 Инженерные сооружения на автомобильных дорогах;
 Инженерные сети и оборудование;
 Проектирование автомобильных дорог;
 Документооборот;
 Учебная, Организационно-управленческая практика;
 Учебная, Ознакомительная практика;
 Производственная, Технологическая практика;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Судебная строительно-техническая и стоимостная зкспертиза объектов недвижимости" (от 14.11.2022 372418025093, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed90b8d2099b9b));
-[...4 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076953, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>"Судебная строительно-техническая и стоимостная зкспертиза объектов недвижимости" (от 14.11.2022 372418025093, ЧОУ ДПО "ОТКРЫТАЯ АКАДЕМИЯ ПРОФЕССИОНАЛЬНОГО ОБРАЗОВАНИЯ" );
+"Управление проектными командами", 36 час. (от 18.11.2022 423102332297, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У20233477775, актион Университет. Онлайн обучение);
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227617, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Полимерные композиционные материалы", 72 час. (от 21.06.2024 782400097083, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076953, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+  </si>
+  <si>
+    <t>Строительный эксперт</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Автомобильные дороги;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.04.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Ивина Оксана Анатольевна</t>
   </si>
   <si>
     <t>Алгоритмизация и программирование;
 Информационные технологии в профессиональной деятельности;
 Управление IT-проектами;
 Основы информационных технологий;
 Производственная, Научно-исследовательская работа.;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123187, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология жиров
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123187, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
+  </si>
+  <si>
+    <t>Преподаватель математики и информатики;
+Диплом предоставляет право на ведение профессиональной деятельности в сфере образования</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.04.02 Информационные системы и технологии - Искусственный интеллект и системная интеграция информационных процессов;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Ивлева Евгения Александровна</t>
   </si>
   <si>
     <t>Преподаватель;
 Преподаватель ( высшая квалификационная категория)</t>
   </si>
   <si>
     <t>Реагенты в физико-химических процессах;
 Физическая и коллоидная химия;
 Основы обогащения и переработки полезных ископаемых;
 МДК.04.01 Технология выполнения работ;
 ОУП.07 Химия;
 ОУП.13 Основы безопасности и защиты Родины</t>
   </si>
   <si>
-    <t>"Актуальные методы и специфика проведения инклюзивного образования для лиц с ограниченными возможностями здоровья и инвалидов в образов.орган-циях сред.проф. и высш.образ. в условиях реализации ФГОС", 36 час. (от 25.03.2024 193104053504, &lt;Объект не найден&gt; (297:868a5ef3fcdadd2311eca0f224452b06));
-[...2 lines deleted...]
-"Искусственный интеллект для педагогической деятельности", 16 час. (от 07.12.2025 722025023360, &lt;Объект не найден&gt; (297:821c5ef3fcdadd2311ec4048b72528f7))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: химическая технология
+квалификация: бакалавр;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: химическая технология
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Актуальные методы и специфика проведения инклюзивного образования для лиц с ограниченными возможностями здоровья и инвалидов в образов.орган-циях сред.проф. и высш.образ. в условиях реализации ФГОС", 36 час. (от 25.03.2024 193104053504, ООО "Институт развития образования, повышения квалификации и переподготовки");
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1479, ГБУ "Кузбасская школа управления");
+"Общие вопросы охраны труда и функционирования системы управления, оказание первой помощи пострадавшим", 36 час. (от 16.06.2025 ПК 295752, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Искусственный интеллект для педагогической деятельности", 16 час. (от 07.12.2025 722025023360, ФГАОУ ВО "Тюменский государственный университет")</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 15.02.03 Монтаж, техническое обслуживание и ремонт гидравлического и пневматического оборудования (по отраслям) - Техник-механик (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.02.19 Сварочное производство - Техник (9 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 38.02.06 Финансы - Финансист (9 кл);
 38.02.07 Банковское дело - Специалист банковского дела (9 кл);
 40.02.04 Юриспруденция - Юрист (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Игнатов Юрий Михайлович</t>
   </si>
   <si>
     <t>Компьютерное моделирование пластовых месторождений;
 Основы научных исследований;
 Геоинформационные системы;
 Геоинформационные технологии в горном деле;
 Маркшейдерия;
 Производственная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Работа с геоинформационной системой Аксиома", 40 час. (от 09.11.2024 502422317612, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311efef443be7cd16));
-"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594108, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Работа с геоинформационной системой Аксиома", 40 час. (от 09.11.2024 502422317612, ООО "Электронные технологии");
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594108, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Игнатова Алла Юрьевна</t>
   </si>
   <si>
     <t>Управление рисками;
 Основы научных исследований;
 Разработка научных проектов;
 Производственная безопасность;
 Введение в специальность;
 Охрана труда и промышленная безопасность;
 Безопасность жизнедеятельности;
 Надзор и контроль в сфере безопасности;
 Основы делопроизводства;
 Информационные технологии в профессиональной деятельности;
 Производственная, Преддипломная практика;
 Учебная, Учебно-технологическая (учебная экспертно-надзорная) практика</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:bf065cf3fc3b846a11e82e95f2e5335a)</t>
-[...8 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295844, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: биология
+квалификация: биолог, преподаватель биологии и химии;</t>
+  </si>
+  <si>
+    <t>Кандидат биологических наук</t>
+  </si>
+  <si>
+    <t>"Техносферная безопасность", 260 час. (от 06.10.2022 0227 00001908, Общество с ограниченной ответственностью "Регион");
+"Английский язык для профессиональных целей (с использованием онлайн-платформы "Английский пациент")", 144 час. (от 15.05.2023 700800126670, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Передовые производственные технологи", 150 час. (от 18.09.2023 782400086455, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Повышение квалификаци преподавателей ОБЖ, преподавателей БЖД и консультантов УКП категория: преподаватели БЖД", 64 час. (от 10.04.2024 42 1411, ГОБУ ДПО "КОУМЦ по ГОиЧС");
+"Цифровые двойники изделий", 72 час. (от 27.06.2024 782400096822, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Общие вопросы охраны труда и функционирования системы управления, оказание первой помощи пострадавшим", 36 час. (от 16.06.2025 ПК 295753, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295844, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>Специалист в области охраны труда и техносферной безопасности;
+Профессиональная переподготовка по программе психология.</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование</t>
   </si>
   <si>
     <t>Игнатьева Елена Александровна</t>
   </si>
   <si>
     <t>Разработка технической документации;
 Основы информационных технологий;
 МДК.07.02 Сертификация информационных систем</t>
   </si>
   <si>
-    <t>"Введение в машинное обучение", 16 час. (от 19.10.2022 70АВ 041019, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e8b7d66f622471));
-[...1 lines deleted...]
-"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134191, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: автоматизация технологических процессов и производств (в машиностроении)
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Введение в машинное обучение", 16 час. (от 19.10.2022 70АВ 041019, Национальный исследовательский Томский политехнический университет);
+"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123188, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134191, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Системная интеграция и автоматизация информационных процессов;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Изместьев Анатолий Григорьевич</t>
   </si>
   <si>
     <t>Фотограмметрия и дистанционные методы зондирования Земли;
 Сфероидическая геодезия;
 Геолого-геодезическое обеспечение строительства;
 Фотограмметрия и дистанционное зондирование</t>
   </si>
   <si>
-    <t>"Работа с геоинформационной системой Аксиома", 40 час. (от 09.11.2024 502422317613, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311efef443be7cd16))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: командно-штабная, военно-топографической службы
+квалификация: офицер с высшим военным образованием;</t>
+  </si>
+  <si>
+    <t>"Работа с геоинформационной системой Аксиома", 40 час. (от 09.11.2024 502422317613, ООО "Электронные технологии")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Маркшейдерское дело</t>
   </si>
   <si>
     <t>Илюшин Андрей Михайлович</t>
   </si>
   <si>
-    <t>"Информационно-коммуникативные технологии в деятельности музеев", 72 час. (от 10.04.2023 223102608110 723, &lt;Объект не найден&gt; (297:a63c5cf3fc3b846a11eab05bf04fefc9))</t>
+    <t>"Информационно-коммуникативные технологии в деятельности музеев", 72 час. (от 10.04.2023 223102608110 723, ФГБОУ ВО "Алтайский государственный университет")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Илюшкин Владислав Дмитриевич</t>
   </si>
   <si>
     <t>Маркшейдерские работы при открытой разработке полезных ископаемых;
 Автоматизированное проектирование по цифровым планам</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332278, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...8 lines deleted...]
-    <t>7 лет</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332278, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Маркшейдерское дело", 72 час. (от 24.11.2022 ВНИМИ ПК 001158, Учебный центр АО "ВНИМИ");
+"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485795, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227618, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533167, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076954, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594109, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Основы обеспечения безопасности применения беспилотных авиационных систем", 72 час. (от 12.12.2025 ПК-I 060236, ФГАОУ ВО "Самарский национальный исследовательский университет им.академика С.П.Королева")</t>
+  </si>
+  <si>
+    <t>7 лет
+1 месяц</t>
   </si>
   <si>
     <t>Ингула Наталья Викторовна</t>
   </si>
   <si>
     <t>Математика;
 Дополнительные главы математики</t>
   </si>
   <si>
-    <t>"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295845, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4));
-"Внешняя оценка качества образовательных программ профессионального образования: основные направления", 24 час. (от 31.10.2025 4818, &lt;Объект не найден&gt; (297:97715ef3fcdadd2311ee1661fae8ef0f))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: государственное и муниципальное управление
+квалификация: менеджер;
+* направление подготовки и (или) специальности: математика
+квалификация: учитель математики и информатики;</t>
+  </si>
+  <si>
+    <t>"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295845, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Внешняя оценка качества образовательных программ профессионального образования: основные направления", 24 час. (от 31.10.2025 4818, ФГБУ "Национальное аккредитационное агенство в сфере образования")</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 18.03.01 Химическая технология - Инновационные химические технологии;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Исакова Ирина Валериевна</t>
   </si>
   <si>
     <t>Катализ в химической технологии неорганических веществ;
 Информационное обеспечение инженерной деятельности;
 Катализ в химической технологии;
 Контроль качества материалов в химической технологии;
 Контроль качества в химической промышленности;
 Химия;
 Общая и неорганическая химия;
 Производственная, Научно-исследовательская работа;
 Учебная, Технологическая (проектно-технологическая) практика;
 Производственная, Технологическая (проектно-технологическая) практика;
 МДК.01.01 Основы аналитической химии и физико-химических методов анализа;
 Применение прикладных программ в химии и химической технологии</t>
   </si>
   <si>
-    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227619, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Передовые производственные технологии", 150 час. (от 04.07.2024 782400096991, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: химическая технология органических веществ
+квалификация: инженер химик-технолог;</t>
+  </si>
+  <si>
+    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227619, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Передовые производственные технологии", 150 час. (от 04.07.2024 782400096991, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Инфохимия;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Искакова Галия Сейтжановна</t>
   </si>
   <si>
     <t>Физическая культура и спорт;
 Дисциплины по физической культуре и спорту - базовые виды спорта;
 Дисциплины по физической культуре и спорту - фитнес</t>
   </si>
   <si>
-    <t>"Организация спортивно-массовой работы в студенческом спортивном клубе", 148 час. (от 26.11.2022 772417294020, &lt;Объект не найден&gt; (297:b4315ef3fcdadd2311edced53a3a27cc));
-[...20 lines deleted...]
-"Профилактика безнадзорности и правонарушений несовершеннолетних: правовое регулирование и организационные основы функционирования", 24 час. (от 07.11.2025 643105479231, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f0cc0e449250bb))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: геофизические методы поисков и разведки месторождений полезных ископаемых
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Организация спортивно-массовой работы в студенческом спортивном клубе", 148 час. (от 26.11.2022 772417294020, ФГБОУ ВО "Российский университет спорта "ГЦОЛИФК");
+"Пожарная безопасность для руководителей и ответстсенных лиц", 30 час. (от 15.11.2023 У2023347784, НОЧУО ДПО "Актион");
+"Актуальные вопросы развития студенческого спорта", 16 час. (от 08.12.2023 782421246025, ФГАОУ ВО "Национальный исследовательский университет ИТМО" г.Санкт-Петербург);
+"Мастер воспитания. Организаторы.", 72 час. (от 27.12.2023 440600077914, ФГБОУ ВО "Костромской государственный университет");
+"Организация деятельности учебных подразделений образовательных организаций высшего образования, реализующих дисциплины по физической культуре и спорту", 108 час. (от 20.09.2024 240400076180, ФГАОУ ВО "Сибирский федеральный университет");
+"Психолого-педагогическое сопровождение процессов социокультурной адаптации в образовательной среде", 18 час. (от 05.11.2024 УПК 23 172152, Центр дополнительного образования "Горизонт" Института русского языка РУДН);
+"Реализация мероприятий Комплексного плана противодействия идеологии терроризма в Российской Федерации", 72 час. (от 11.11.2024 520600029467, ФГБОУ ВО "Нижегородский государственный лингвистический университет имени Н.А. Добролюбова" (НГЛУ));
+"Аналитика данных и создание дашбордов в Excel", 72 час. (от 27.12.2024 700800164527, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Воспитание будущего: инструменты реализации молодежной политики и воспитательной деятельности в системе высшего образования", 36 час. (от 27.12.2024 773400862106, ФГБОУВО "Государственный университет управления");
+"Геймификация в бизнесе и образовании", 16 час. (от 27.12.2024 700800219080, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Критическое мышление", 48 час. (от 27.12.2024 700800181186, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Основы антикоррупционной деятельности в образовательных учреждениях", 36 час. (от 27.12.2024 080000064533, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Практика разрешения конфликтов: я - семья - работа - общество", 72 час. (от 27.12.2024 700800184135, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Психология призвания", 72 час. (от 27.12.2024 700800164776, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10275, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования");
+"Современные подходы к укреплению общероссийской гражданской идентичности", 36 час. (от 08.04.2025 423103865298, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Тренды и новации современного образования", 72 час. (от 23.04.2025 782422163883, ЧПОУ "ЦПДО ЛАНЬ");
+"Методика сохранения и укрепления традиционных российских духовно-нравственных ценностей и профилактики деструктивной идеологии", 36 час. (от 26.04.2025 423103865429, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Профилактика терроризма", 72 час. (от 12.05.2025 520600031441, ФГБОУ ВО "Нижегородский государственный лингвистический университет имени Н.А. Добролюбова" (НГЛУ));
+"Основы преподавания на основе традиционных российских духовно-нравственных ценностей в соответствии с обновленными ФГОС", 72 час. (от 07.07.2025 1021-2701503, ООО "Центр инновационного образования и воспитания");
+"Основы преподавания празднования юбилея 80-летия Победы в Великой Отечественной войне в соответствии с обновленными ФГОС", 72 час. (от 07.07.2025 1014-2701503, ООО "Центр инновационного образования и воспитания");
+"Профилактика безнадзорности и правонарушений несовершеннолетних: правовое регулирование и организационные основы функционирования", 24 час. (от 07.11.2025 643105479231, ФГБОУ ВО "Саратовская государственная юридическая академия")</t>
+  </si>
+  <si>
+    <t>Управление некоммерческим спортивным клубом;
+Менеджмент в индустрии спорта;
+Цивилизационная идентичность России и воспитательная работы в высшей школе</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 18.03.01 Химическая технология - Инновационные химические технологии;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Исмаилова Шахназ Ямиловна</t>
   </si>
   <si>
     <t>Методы механической обработки;
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332266, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...6 lines deleted...]
-"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295724, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: конструкторско-технологическое обеспечение машиностроительных производств
+квалификация: бакалавр;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: конструкторско-технологическое обеспечение машиностроительных производств
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332266, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Цифровая инженерная горная школа ''Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий''", 16 час. (от 31.10.2023 040000262028 ГОТиМ-204-2023, Национальный исследовательский технологический университет "МИСИС");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227620, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"''3D-дизайн и прототипирование  инновационного продукта''", 76 час. (от 01.12.2023 782400089349 11057/23-03, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Управление проектами", 500 час. (от 16.12.2023 0227 00002468, ООО "Регион");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600748, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076955, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Внутренняя и внешняя коммуникация в организации в условиях трансформации образовательной среды", 36 час. (от 16.06.2025 ПК 295700, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295724, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Аддитивные технологии: Взгляд в будующее", 16 час. (от 12.11.2025 040000671936, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069317, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет");
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253406, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
+  </si>
+  <si>
+    <t>Управление проектными командами;
+Менеджер</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения</t>
   </si>
   <si>
     <t>Кабанов Юрий Евгеньевич</t>
   </si>
   <si>
     <t>Основы строительства автомобильных дорог;
 Геоинформационные и компьютерные технологии;
 Дорожные условия и безопасность движения;
 Дорожный сервис;
 Основы геотехники;
 Информационные технологии в профессиональной деятельности;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Основы наставничество", 16 час. (от 22.12.2023 1227, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec742063c91372));
-[...1 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076956, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>"Основы наставничество", 16 час. (от 22.12.2023 1227, ГБУ "Кузбасская школа управления");
+"Технологии "Фабрик Будущего", 108 час. (от 22.12.2023 782400088127, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076956, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Кабачевская Елена Вячеславовна</t>
   </si>
   <si>
     <t>Заведующий кафедрой;
 Преподаватель ( высшая квалификационная категория)</t>
   </si>
   <si>
     <t>ЕН.01 Математика;
 ОУП.06 Физика;
 ОУП.09 История;
 ОУП(у).03 Математика;
 ОУП(у).06 Физика</t>
   </si>
   <si>
-    <t>"Прикладной искусственный интеллект в программах дисциплин (уровень СПО)", 144 час. (от 29.11.2022 160300052367, &lt;Объект не найден&gt; (297:b1985ef3fcdadd2311eae1d3cf44f48f));
-[...6 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295847, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Прикладной искусственный интеллект в программах дисциплин (уровень СПО)", 144 час. (от 29.11.2022 160300052367, АНО ВО "Университет Иннополис");
+"Пожарная безопасность  для руководителей и ответственных лиц", 30 час. (от 01.12.2023 У2023384004, Негосударственное образовательное частное учреждение организации дополнительного профессионального образования ''Актион'');
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1480, ГБУ "Кузбасская школа управления");
+"Психолого-педагогическая подготовка преподавателя технического университета", 16 час. (от 24.05.2024 080000064412, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Работа преподавателя в LMS Moodle", 36 час. (от 07.12.2024 ПК 971062, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064454, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295814, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295847, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>Преподаватель высшей школы</t>
   </si>
   <si>
     <t>10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 15.02.03 Монтаж, техническое обслуживание и ремонт гидравлического и пневматического оборудования (по отраслям) - Техник-механик (9 кл);
 15.02.19 Сварочное производство - Техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 38.02.06 Финансы - Финансист (9 кл);
 38.02.07 Банковское дело - Специалист банковского дела (9 кл);
 40.02.04 Юриспруденция - Юрист (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Казарян Маник Татуловна</t>
   </si>
   <si>
     <t>Организация и планирование предпринимательской деятельности;
 Общественный проект «Обучение служением»</t>
   </si>
   <si>
-    <t>"По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063862, &lt;Объект не найден&gt; (297:83035ef3fcdadd2311ee6818db17b4cb));
-[...2 lines deleted...]
-"Психология призвания", 72 час. (от 25.12.2024 700800228214, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: бухгалтерский учет, анализ и аудит
+квалификация: экономист;</t>
+  </si>
+  <si>
+    <t>"По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063862, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Инновационные и цифровые технологии в образовании", 72 час. (от 20.05.2024 782400095760, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600778, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Психология призвания", 72 час. (от 25.12.2024 700800228214, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
 38.03.01 Экономика - Экономика предприятий и организаций</t>
   </si>
   <si>
     <t>Казунина Галина Алексеевна</t>
   </si>
   <si>
     <t>Дополнительные главы математики;
 Математика;
 Прикладная математика</t>
   </si>
   <si>
-    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009973, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-"Современные технологии в образовании: от педагогического дизайна до искусственного интеллекта", 36 час. (от 26.02.2025 703104075688, &lt;Объект не найден&gt; (297:806a5ef3fcdadd2311ec690eb5be6ff9))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: физика
+квалификация: физик (молекулярная оптика);</t>
+  </si>
+  <si>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009973, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Современные технологии в образовании: от педагогического дизайна до искусственного интеллекта", 36 час. (от 26.02.2025 703104075688, Институт непрерывного образования при Томском государственном архитектурно-строительном университете (ИНО-ТГАСУ))</t>
   </si>
   <si>
     <t>08.04.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электротехнические комплексы и системы;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Капралова Виктория Евгеньевна</t>
   </si>
   <si>
     <t>МДК.01.06 Техническое обслуживание и ремонт шасси автомобилей</t>
   </si>
   <si>
+    <t>Среднее профессиональное образование:
+* направление подготовки и (или) специальности: 23.02.07 техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей
+квалификация: ;</t>
+  </si>
+  <si>
     <t>23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл)</t>
   </si>
   <si>
     <t>Каргин Алексей Александрович</t>
   </si>
   <si>
     <t>Строительная механика</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332301, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...3 lines deleted...]
-"Деятельность по монтажу, техническому обслуживанию и ремонту средств обеспечения пожарной безопасности зданий и сооружений, а также и проектированию", 256 час. (от 12.08.2025 ИПП 000221, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f09829e73cbc2c))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332301, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Английский язык для профессиональных целей (с использованием онлайн-платформы "Английский пациент")", 144 час. (от 15.05.2023 700800126671, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227621, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076957, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Деятельность по монтажу, техническому обслуживанию и ремонту средств обеспечения пожарной безопасности зданий и сооружений, а также и проектированию", 256 час. (от 12.08.2025 ИПП 000221, НОУ ДПО "Учебный методический центр по гражданской защите и пожарной безопасности")</t>
+  </si>
+  <si>
+    <t>Руководитель подразделения (лаборатории);
+Инженер по проектированию средств обеспечения пожарной безопасности зданий и сооружений,кот. введены</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Карпинец Татьяна Анатольевна</t>
   </si>
   <si>
     <t>Русский язык и культура речи</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:a4684ccc6a8e64d511e7f2b0be4247a5)</t>
-[...3 lines deleted...]
-"Организация методической работы преподавателя ВУЗа в современных реалиях", 72 час. (от 02.06.2025 193105160183, &lt;Объект не найден&gt; (297:868a5ef3fcdadd2311eca0f224452b06))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: филология
+квалификация: учитель русского языка и литературы, педагог-психолог;</t>
+  </si>
+  <si>
+    <t>Кандидат филологических наук</t>
+  </si>
+  <si>
+    <t>"Подготовка к сдаче ЕГЭ по предмету "Русский язык" в условиях реализации ФГОС СОО", 72 час. (от 06.12.2024 193104751835, ООО "Институт развития образования, повышения квалификации и переподготовки");
+"Организация методической работы преподавателя ВУЗа в современных реалиях", 72 час. (от 02.06.2025 193105160183, ООО "Институт развития образования, повышения квалификации и переподготовки")</t>
+  </si>
+  <si>
+    <t>Педагогика высшей "школы</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Карташова Елизавета Эдуардовна</t>
   </si>
   <si>
     <t>Введение в электроснабжение;
 Электрическая часть электростанций и подстанций;
 Электрические станции и подстанции</t>
   </si>
   <si>
-    <t>"Актуальные вопросы и современные практики естественнонаучного и инженерно-технического образования одаренных школьников", 72 час. (от 07.07.2023 223102298007, &lt;Объект не найден&gt; (297:83d05ef3fcdadd2311eb3609739dff9c));
-[...7 lines deleted...]
-    <t>4 месяца</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: электроэнергетика и электротехника
+квалификация: бакалавр;</t>
+  </si>
+  <si>
+    <t>"Актуальные вопросы и современные практики естественнонаучного и инженерно-технического образования одаренных школьников", 72 час. (от 07.07.2023 223102298007, ФГБОУ ВО "Алтайский государственый технический университет им.И.И.Ползунова" г.Барнаул);
+"Школа фермера: сельский и агротуризм", 312 час. (от 07.07.2023 422415052506, ФГБОУ ВО "Кузбасская государственная сельскохозяйственная академия");
+"Энергетика и цифровая трансформация", 16 час. (от 26.04.2024 340000742485, ФГБОУ ВО "Казанский государственный энергетический университет");
+"Водородная энергетика и химическая технология топлива", 72 час. (от 12.07.2024 542419574701, ФГА ОУ ВО "Новосибирский национальный исследовательский государственный университет");
+"Современные каталитические процессы в энергетике", 72 час. (от 20.06.2025 542423425317, ФГА ОУ ВО "Новосибирский национальный исследовательский государственный университет");
+"Избранные практики нового энергетического уклада", 72 час. (от 16.07.2025 163401090830, ФГБОУ ВО "Казанский государственный энергетический университет")</t>
+  </si>
+  <si>
+    <t>Ведение проф. деятельности в сфере малого и среднего предприним-ва в агропром. комплексе и туризме</t>
+  </si>
+  <si>
+    <t>5 месяцев</t>
   </si>
   <si>
     <t>Кассихина Елена Геннадьевна</t>
   </si>
   <si>
     <t>Моделирование физических процессов в горном деле;
 Строительные конструкции;
 Моделирование процессов строительной геотехнологии;
 Основы горного дела (строительная геотехнология);
 Производственная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 11.11.2024 782400101237, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 11.11.2024 782400101237, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>16 лет
-8 месяцев</t>
+9 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Касьянова Ольга Викторовна</t>
   </si>
   <si>
     <t>Реология полимеров;
 Экологические движения;
 Конструкционные полимерные материалы;
 Технологии утилизации и переработки промышленных отходов;
 Основы отраслевых технологий и организация производств;
 Основы проектирования и оборудование;
 Технологии отраслевых производств;
 Экструзионное оборудование для переработки полимеров;
 Вторичная переработка и утилизация отходов пластмасс;
 Герметизация оборудования;
 Основы теория горения и взрыва;
 Информационные технологии в переработке полимеров;
 Пластические массы;
 Утилизация отходов промышленных предприятий Кузбасса;
 Информационные технологии в профессиональной деятельности;
 Производственная, Экспертно-надзорная практика;
 Производственная, Преддипломная практика;
 УП.03.01 Учебная практика (Организация ремонтных, монтажных и наладочных работ по промышленному оборудованию);
 УП.04.01 Учебная практика (Выполнение работ по профессии слесарь-ремонтник)</t>
   </si>
   <si>
-    <t>"Система обучающих цифровых моделей для подготовки и оценки студентов и специалистов нефтегазовой отрасли РТСИМ. Карьера" (от 01.04.2024 000782, &lt;Объект не найден&gt; (297:8e645ef3fcdadd2311ede8a12714a77d));
-[...2 lines deleted...]
-"Инновационные и цифровые технологии в образовании", 72 час. (от 28.12.2024 782400103558, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: машины и аппараты пищевых производств
+квалификация: инженер-механик;</t>
+  </si>
+  <si>
+    <t>"Система обучающих цифровых моделей для подготовки и оценки студентов и специалистов нефтегазовой отрасли РТСИМ. Карьера" (от 01.04.2024 000782, РТСИМ. Карьера );
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1484, ГБУ "Кузбасская школа управления");
+"Полимерные композиционнные материалы", 72 час. (от 01.07.2024 782400097091, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 28.12.2024 782400103558, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 18.03.01 Химическая технология - Технология и переработка полимеров;
 18.04.01 Химическая технология - Технология и переработка полимеров;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 20.04.01 Техносферная безопасность - Инженерная защита окружающей среды</t>
   </si>
   <si>
     <t>Кижаева Наталья Николаевна</t>
   </si>
   <si>
     <t>Геология;
 Геодезия;
 Правовые основы недропользования;
 Геолого-геодезическое обеспечение строительства;
 Учебная, Геологическая практика;
 Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
-    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 11.12.2024 782400103296, &lt;Объект не найден&gt; (297:96095ef3fcdadd2311ef0386bb127727))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: гидрогеология и инженерная геология
+квалификация: горный инженер-гидрогеолог;</t>
+  </si>
+  <si>
+    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 11.12.2024 782400103296, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>54 года
 1 месяц</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Кизилов Сергей Александрович</t>
   </si>
   <si>
     <t>Автоматизация производственных процессов в машиностроении;
 Основы робототехники;
 Электроника;
 Основы информационных технологий</t>
   </si>
   <si>
-    <t>"Разработка приложений для систем машинного зрения", 72 час. (от 19.06.2025 АА 06100, &lt;Объект не найден&gt; (297:bf065cf3fc3b846a11e8309596815940))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: электропривод и автоматика промышленных установок и технологических комплексов
+квалификация: инженер;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: автоматизация технологических процессов и производств 
+квалификация: магистр;
+Послевузовское образование:
+* направление подготовки и (или) специальности: науки о земле
+квалификация: ;</t>
+  </si>
+  <si>
+    <t>"Разработка приложений для систем машинного зрения", 72 час. (от 19.06.2025 АА 06100, ЧОУ ДПО "УДЦ "ДИНКОМ")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения</t>
   </si>
   <si>
     <t>Ким Татьяна Леонидовна</t>
   </si>
   <si>
-    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 11.12.2024 782400103297, &lt;Объект не найден&gt; (297:96095ef3fcdadd2311ef0386bb127727));
-[...2 lines deleted...]
-"Внешняя оценка качества образовательных программ профессионального образования: основные направления", 24 час. (от 28.11.2025 4905, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f0ce663b2a6693))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: физика
+квалификация: физик;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: государственное и муниципальное управление
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 11.12.2024 782400103297, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000595675, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Основы антикоррупционной деятельности в образовательных учреждениях", 36 час. (от 27.12.2024 080000064534, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Внешняя оценка качества образовательных программ профессионального образования: основные направления", 24 час. (от 28.11.2025 4905, ФГБУ "Национальное аккредитационное агентство в сфере образования");
+"Школа технологического ДПО", 72 час. (от 26.12.2025 700800230699, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 18.03.01 Химическая технология - Инновационные химические технологии;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Киреева Кристина Александровна</t>
   </si>
   <si>
     <t>Базы данных</t>
   </si>
   <si>
-    <t>"Повышение эффективности использования ресурсов автотранспорта с использованием цифровых технологий мониторинга транспорта", 96 час. (от 15.02.2024 3, &lt;Объект не найден&gt; (297:aec35ef3fcdadd2311eef300a7187c06))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: прикладная информатика в экономике
+квалификация: информатик-экономист;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: прикладная информатика
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Повышение эффективности использования ресурсов автотранспорта с использованием цифровых технологий мониторинга транспорта", 96 час. (от 15.02.2024 3, ООО "АС-Телематика" (АвтоСкан Система контроля транспорта))</t>
+  </si>
+  <si>
+    <t>13 лет
+2 месяца</t>
   </si>
   <si>
     <t>Киренберг Александр Григорьевич</t>
   </si>
   <si>
     <t>Информационные угрозы;
 Классификация защищаемой информации и информационных систем;
 Методы и средства защиты информационных систем;
 Методы анализа защищенных информационных систем;
 Безопасность систем баз данных;
 Безопасность операционных систем;
 Методы и средства криптографической защиты информации;
 Разработка и эксплуатация автоматизированных систем в защищенном исполнении;
 Защита информации от утечки по техническим каналам;
 Моделирование и испытание систем защиты информационных систем;
 Защищенные информационные системы;
 Реинжиниринг программного обеспечения;
 Основы информатики, организации ЭВМ, вычислительных и информационных систем;
 Сети и системы передачи информации;
 МДК.01.04 Эксплуатация автоматизированных (информационных) систем в защищенном исполнении;
 МДК.02.01 Программные и программно-аппаратные средства защиты информации;
 ОП.01 Основы информационной безопасности;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ)</t>
   </si>
   <si>
-    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485836, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60));
-"Информационная безопасность в сети Интернет", 36 час. (от 22.03.2025 180003889371, &lt;Объект не найден&gt; (297:80d95ef3fcdadd2311eb5609aa856a8a))</t>
+    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485836, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Информационная безопасность в сети Интернет", 36 час. (от 22.03.2025 180003889371, ООО "Центр повышения квалификации и переподготовки "Луч знаний")</t>
+  </si>
+  <si>
+    <t>Информационные технологии</t>
   </si>
   <si>
     <t>10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 10.04.01 Информационная безопасность - Организация и технология защиты информации;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем</t>
   </si>
   <si>
     <t>Китаева Екатерина Михайловна</t>
   </si>
   <si>
     <t>Преподаватель ( высшая квалификационная категория)</t>
   </si>
   <si>
     <t>ОУП.09 История;
 ОУП.10 Обществознание;
 ОУП.14 Индивидуальный проект;
 ОУП(у).10 Обществознание</t>
   </si>
   <si>
-    <t>"Преподавание предметной области "Искусство", ОДНКНР в условиях реализации обновленных ФГОС НОО, ООО", 16 час. (от 07.09.2022 422417377189, &lt;Объект не найден&gt; (297:86f85ef3fcdadd2311ee471c065b86e3));
-[...3 lines deleted...]
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064455, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: история
+квалификация: историк, преподаватель истории;</t>
+  </si>
+  <si>
+    <t>"Преподавание предметной области "Искусство", ОДНКНР в условиях реализации обновленных ФГОС НОО, ООО", 16 час. (от 07.09.2022 422417377189, МБОУ ДПО " Научно-методический центр");
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1488, ГБУ "Кузбасская школа управления");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 14.08.2024 782400098256, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Работа преподавателя в LMS Moodle", 36 час. (от 07.12.2024 ПК 971063, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064455, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 15.02.03 Монтаж, техническое обслуживание и ремонт гидравлического и пневматического оборудования (по отраслям) - Техник-механик (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.02.19 Сварочное производство - Техник (9 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 38.02.06 Финансы - Финансист (9 кл);
 38.02.07 Банковское дело - Специалист банковского дела (9 кл);
 40.02.04 Юриспруденция - Юрист (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Клавецка Татьяна Яковлевна</t>
   </si>
   <si>
     <t>ОУП.06 Физика;
 ОУП.14 Индивидуальный проект;
 ОУП(у).06 Физика</t>
   </si>
   <si>
-    <t>"Цифровой дизайн в программах дисциплин (уровень СПО)", 144 час. (от 29.11.2022 160300053063, &lt;Объект не найден&gt; (297:b1985ef3fcdadd2311eae1d3cf44f48f));
-[...3 lines deleted...]
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064456, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Цифровой дизайн в программах дисциплин (уровень СПО)", 144 час. (от 29.11.2022 160300053063, АНО ВО "Университет Иннополис");
+"Оказание первой помощи пострадавшим на производстве", 16 час. (от 31.12.2023 , Актион Университет. Онлайн-обучение);
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1489, ГБУ "Кузбасская школа управления");
+"Работа преподавателя в LMS Moodle", 36 час. (от 07.12.2024 ПК 971064, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064456, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 38.02.06 Финансы - Финансист (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Клейн Михаил Симхович</t>
   </si>
   <si>
     <t>Обогащение полезных ископаемых;
 Технологии обогащения полезных ископаемых;
 Процессы обезвоживания, окомкования и складирования продуктов обогащения;
 Подготовительные процессы обогащения (дробление, грохочение, измельчение);
 Проектирование обогатительных фабрик;
 Опробование и контроль процессов обогащения</t>
   </si>
   <si>
-    <t>"Программа повышения квалификации в форме стажировки в АО "ЦОФ "Березовская", 16 час. (от 25.10.2022 ААА 104208010010, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...1 lines deleted...]
-"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600828, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Программа повышения квалификации в форме стажировки в АО "ЦОФ "Березовская", 16 час. (от 25.10.2022 ААА 104208010010, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000161847, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600828, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Обогащение полезных ископаемых;
 2.8 Недропользование и горные науки - Обогащение полезных ископаемых</t>
   </si>
   <si>
     <t>Клепцова Лиля Николаевна</t>
   </si>
   <si>
     <t>Экономика труда и управление персоналом;
 Бизнес-прогнозирование и планирование;
 Правовое обеспечение логистической деятельности;
 Менеджмент транспортного процесса;
 Экономическая оценка профессиональной деятельности;
 Экономика дорожного движения;
 Экономика;
 Транспортное право</t>
   </si>
   <si>
-    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063942, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: бухгалтерский учет и анализ хозяйственной деятельности
+квалификация: экономист;</t>
+  </si>
+  <si>
+    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063942, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253395, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 23.03.01 Технология транспортных процессов - Организация и безопасность дорожного движения;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.04.01 Технология транспортных процессов - Организация и управление транспортными процессами</t>
   </si>
   <si>
     <t>Клызбаева Асия Равильевна</t>
   </si>
   <si>
     <t>МДК.03.01 Технология анализа, оценки и учета результатов контроля качества</t>
+  </si>
+  <si>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: инженер -менеджер
+квалификация: ;
+Среднее профессиональное образование:
+* направление подготовки и (или) специальности: открытые горные работы
+квалификация: горный техник-технолог;</t>
   </si>
   <si>
     <t>Князьков Константин Викторович</t>
   </si>
   <si>
     <t>Современные материалы для сварки и наплавки;
 Основы импульсного управления процессами сварки и наплавки;
 Проектирование сборочно-сварочной оснастки;
 Оборудование и источники питания для сварочных процессов;
 Источники питания и оборудование для сварочных процессов;
 Технология и оборудование термической резки материалов</t>
   </si>
   <si>
-    <t>"Инструменты электронной информационно-образовательной среды", 16 час. (от 21.09.2023 550400002734 ИДО-23-442, &lt;Объект не найден&gt; (297:a6b35ef3fcdadd2311eb767639bda744))</t>
-[...3 lines deleted...]
-11 месяцев</t>
+    <t>"Инструменты электронной информационно-образовательной среды", 16 час. (от 21.09.2023 550400002734 ИДО-23-442, ФГБОУ ВО "СибАДИ" институт дополнительного образования)</t>
+  </si>
+  <si>
+    <t>17 лет</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.04.01 Машиностроение - Сварка и родственные технологии</t>
   </si>
   <si>
     <t>Кобылянский Дмитрий Михайлович</t>
   </si>
   <si>
-    <t>"Основы военной подготовки", 320 час. (от 20.10.2023 6327 00008893, &lt;Объект не найден&gt; (297:86f85ef3fcdadd2311ee47a525328b81));
-"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10277, &lt;Объект не найден&gt; (297:a1035ef3fcdadd2311eb69aa6369a760))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: горные машины и оборудование
+квалификация: горный инженер;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: педагогическое образование
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Основы военной подготовки", 320 час. (от 20.10.2023 6327 00008893, ЧОУ ДПО "Региональная академия делового образования");
+"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10277, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования")</t>
+  </si>
+  <si>
+    <t>Физическая культура и спорт;
+Основы военной подготовки</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Ковалевич Дарья Олеговна</t>
   </si>
   <si>
-    <t>"Методика преподавания русского языка как иностранного", 144 час. (от 09.09.2025 422425481493, &lt;Объект не найден&gt; (297:a6775ef3fcdadd2311ebd8983df73a49));
-"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069331, &lt;Объект не найден&gt; (297:9d485ef3fcdadd2311ebdefa8ead8d5f))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: филология
+квалификация: ;</t>
+  </si>
+  <si>
+    <t>"Методика преподавания русского языка как иностранного", 144 час. (от 09.09.2025 422425481493, АНО ДПО "Межрегиональный институт повышения квалификации и профессиональной переподготовки");
+"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069331, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов</t>
   </si>
   <si>
     <t>Коваленко Лариса Викторовна</t>
   </si>
   <si>
     <t>Налоговая система и налоговая политика государства;
 Экономика общественного сектора и некоммерческих организаций;
 Государственное регулирование экономики;
 Общественный проект «Обучение служением»;
 Экономика;
 Экономика государственного сектора</t>
   </si>
   <si>
-    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 20.11.2023 782400089069, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: политическая экономия
+квалификация: экономист, преподаватель политической экономии;</t>
+  </si>
+  <si>
+    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 20.11.2023 782400089069, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Водоснабжение и водоотведение;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Кожуренко Глеб Александрович</t>
   </si>
   <si>
-    <t>Аэрология горных предприятий;
-[...5 lines deleted...]
-20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: техносферная безопасность
+квалификация: бакалавр техносферная безопасность;</t>
+  </si>
+  <si>
+    <t>09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Козлов Алексей Петрович</t>
   </si>
   <si>
     <t>Цифровая культура в профессиональной деятельности;
 Моделирование энерго- и ресурсосберегающих процессов в химической технологии, нефтехимии и биотехнологии;
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Цифровые модели как инструмент для обучения специалистов нефтегазовой отрасли", 16 час. (от 27.12.2023 ПК 735143, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34));
-[...2 lines deleted...]
-"Аналитик данных в сфере БАС", 144 час. (от 25.11.2024 160300043132, &lt;Объект не найден&gt; (297:b1985ef3fcdadd2311eae1d3cf44f48f))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: машины и аппараты химических производств и предприятий строительных материалов
+квалификация: инженер-механик;</t>
+  </si>
+  <si>
+    <t>"Цифровые модели как инструмент для обучения специалистов нефтегазовой отрасли", 16 час. (от 27.12.2023 ПК 735143, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Искусственный интеллект и основы аналитики (больших) данных", 108 час. (от 30.05.2024 160300061110, АНО ВО "Университет Иннополис");
+"Беспилотные авиационные системы: правовые и технические аспекты (вводный курс)", 16 час. (от 12.09.2024 У2035 ПК 000015703, АНО  «Университет Национальной Технологической Инициативы 2035»);
+"Аналитик данных в сфере БАС", 144 час. (от 25.11.2024 160300043132, АНО ВО "Университет Иннополис")</t>
   </si>
   <si>
     <t>29 лет
-9 месяцев</t>
+10 месяцев</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инфохимия;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг</t>
   </si>
   <si>
     <t>Козлов Илья Владимирович</t>
   </si>
   <si>
     <t>Гидропривод;
 Стационарные установки;
 Грузоподъемные машины и механизмы;
 Компьютерная графика</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Козлов Сергей Дмитриевич</t>
   </si>
   <si>
-    <t>"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10279, &lt;Объект не найден&gt; (297:a1035ef3fcdadd2311eb69aa6369a760))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: промышленное и гражданское строительство
+квалификация: инженер-строитель;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: педагогическое образование
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10279, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 18.03.01 Химическая технология - Инновационные химические технологии;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Козлов Сергей Игоревич</t>
   </si>
   <si>
     <t>Основы проектирования автомобильных дорог;
 Основы инженерных сооружений на автомобильных дорогах;
 Основы технической эксплуатации автомобильных дорог;
 Геодезическое сопровождение строительных процессов</t>
   </si>
   <si>
-    <t>"Технологии "Фабрик будущего", 108 час. (от 03.11.2023 782400088128, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad));
-[...1 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076959, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>"Технологии "Фабрик будущего", 108 час. (от 03.11.2023 782400088128, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Основы наставничества", 16 час. (от 22.12.2023 рег.№1232, Министерство науки, высшего образования и молодежной политики Кузбасса государственное бюджетное учреждение "Кузбасская школа управления");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076959, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Козлова Дарья Александровна</t>
   </si>
   <si>
     <t>Спецкурс по технологии строительного производства;
 Технологические процессы в строительстве;
 Технологии строительного производства</t>
   </si>
   <si>
-    <t>"Ценообразование и сметное нормирование в строительстве", 256 час. (от 29.06.2024 080000016631, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed909891697ed7))</t>
+    <t>"Ценообразование и сметное нормирование в строительстве", 256 час. (от 29.06.2024 080000016631, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" )</t>
+  </si>
+  <si>
+    <t>Ценообразование и сметное нормирование в строительстве</t>
+  </si>
+  <si>
+    <t>1 год
+3 месяца</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений</t>
   </si>
   <si>
     <t>Козырева Марина Васильевна</t>
   </si>
   <si>
     <t>История России;
 Правоведение;
 Административное право;
 ОП.05 Правовое обеспечение профессиональной деятельности;
 ОП.07 Правовое обеспечение профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Россия и страны Востока: социокультурные коммуникации на евразийском пространстве в новое время", 36 час. (от 24.03.2023 423102334409, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...1 lines deleted...]
-"Военная история России в структуре исторического образования и воспитания", 108 час. (от 17.04.2025 423103865374, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: экономическая теория
+квалификация: экономист;</t>
+  </si>
+  <si>
+    <t>"Россия и страны Востока: социокультурные коммуникации на евразийском пространстве в новое время", 36 час. (от 24.03.2023 423102334409, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Актуализация содержания и методики преподавания дисциплины "Право", 16 час. (от 02.04.2024 700800136748, Национальный исследовательский Томский государственный университет);
+"Военная история России в структуре исторического образования и воспитания", 108 час. (от 17.04.2025 423103865374, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (11 кл);
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Колокольникова Алла Ивановна</t>
   </si>
   <si>
     <t>Информационные технологии в науке и технике;
 Корпоративные информационные системы;
 Информационные системы в экономике;
 Информационное обеспечение профессиональной деятельности;
 Основы информационных технологий;
 Информационные системы и технологии;
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Эффективные инструменты для вовлечения студентов в обучение на электронном курсе", 18 час. (от 06.06.2023 782419761066, &lt;Объект не найден&gt; (297:b8395ef3fcdadd2311ecab36d9be033e));
-[...6 lines deleted...]
-11 месяцев</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: экономическая кибернетика
+квалификация: экономист- математик;</t>
+  </si>
+  <si>
+    <t>"Эффективные инструменты для вовлечения студентов в обучение на электронном курсе", 18 час. (от 06.06.2023 782419761066, ЧПОУ "Центр профессионального и дополнительного образования Лань" г. Санкт-Петербург);
+"Новые эффективные инструменты для вовлечения студентов в обучение на электронном курсе", 18 час. (от 23.11.2023 ЭД 7824000600, ЧПОУ "Центр профессионального и дополнительного образования Лань" г. Санкт-Петербург);
+"Инновационные и цифровые технологии в образовании", 72 час. (от 27.09.2024 782400099477, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295786, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>Практико-ориентировочные образовательные технологии</t>
+  </si>
+  <si>
+    <t>11 лет</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 38.04.02 Менеджмент - Стратегическое управление минерально-сырьевыми компаниями;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Кондрина Ирина Валентиновна</t>
   </si>
   <si>
     <t>Педагогика высшей школы;
 Психология и педагогика высшей школы;
 История России;
 Основы управления профессиональной деятельностью;
 Основы российской государственности;
 ОГСЭ.03 Психология общения;
 ОГСЭ.05 Психология общения;
 Социально-психологические аспекты организационно-управленческой деятельности;
 Социально-психологические аспекты в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295815, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295815, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>Педагого высшего образования.Разработка научно-педагогического обеспечения и преподавания учебных курсов,дисциплин (модулей) по программам подготовки кадров высшей квалификации</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика;
 15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Коновалова Екатерина Александровна</t>
   </si>
   <si>
     <t>Геолого-геодезическое обеспечение строительства;
 Учебная, Изыскательская практика</t>
   </si>
   <si>
-    <t>"Управление проектными командами" (от 18.11.2022 423102332282, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...1 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076961, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>"Управление проектными командами" (от 18.11.2022 423102332282, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227624, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076961, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений</t>
   </si>
   <si>
     <t>Кононыхина Ольга Владимировна</t>
   </si>
   <si>
     <t>ОП.06 Информационные технологии в профессиональной деятельности;
 ОУП.14 Индивидуальный проект;
 ОУП(у).05 Информатика;
 УП.05.01 Учебная практика (Проектирование и разработка информационных систем)</t>
   </si>
   <si>
-    <t>"Новые технологии в развитии гибких навыков студентов", 16 час. (от 10.01.2024 420400012570, &lt;Объект не найден&gt; (297:a6775ef3fcdadd2311ebd88410a71bea));
-[...3 lines deleted...]
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064457, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: математика
+квалификация: математик;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: товароведение
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Новые технологии в развитии гибких навыков студентов", 16 час. (от 10.01.2024 420400012570, ГПОУ "Сибирский политехнический техникум");
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1497, ГБУ "Кузбасская школа управления");
+"Сеть Интернет в противодействии террористическим угрозам", 16 час. (от 20.05.2024 423103228473, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Межнациональные и межконфессиональные отношения в современной России", 36 час. (от 27.05.2024 423103228597, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064457, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл)</t>
   </si>
   <si>
     <t>Копытов Александр Иванович</t>
   </si>
   <si>
     <t>Исторические этапы горного дела;
 Построение деловой карьеры горным инженером;
 Производственная, Практика по профилю профессиональной деятельности;
 Производственная, Производственно-технологическая практика;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
-    <t>"Комплексное проектирование и капитальное строительство горных предприятий с применением ГГИС" (от 03.10.2025 МВ031025-01-SH-EX, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f0c361937d233a))</t>
+    <t>"Комплексное проектирование и капитальное строительство горных предприятий с применением ГГИС" (от 03.10.2025 МВ031025-01-SH-EX, Республика Казахстан, г. Алматы ТОО "МАЙКРОМАЙН")</t>
   </si>
   <si>
     <t>17 лет
 2 месяца</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Корниенко Игорь Леонидович</t>
   </si>
   <si>
     <t>Старший преподаватель;
 Старший учебный мастер</t>
+  </si>
+  <si>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: прикладная информатика в экономике
+квалификация: информатик-экономист;</t>
   </si>
   <si>
     <t>Королева Татьяна Геннадьевна</t>
   </si>
   <si>
     <t>Управление технологическими инновациями: кооперация и развитие инновационной среды;
 Современные аспекты технологии и эффективности горного производства;
 Экономический анализ затрат для реализации технологий обогащения полезных ископаемых;
 Экономика и менеджмент горного производства;
 Введение в профессию (на английском языке);
 Организация горного производства</t>
   </si>
   <si>
-    <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 01.12.2023 У2023384051, &lt;Объект не найден&gt; (297:8ece5ef3fcdadd2311ee9243bed45524));
-"По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063863, &lt;Объект не найден&gt; (297:83035ef3fcdadd2311ee6818db17b4cb))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: экономика и управление на предприятии
+квалификация: горный инженер-экономист;</t>
+  </si>
+  <si>
+    <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 01.12.2023 У2023384051, Актион Университет. Онлайн-обучение);
+"По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063863, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Школа технологического ДПО", 72 час. (от 26.12.2025 700800230704, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
+  </si>
+  <si>
+    <t>Специалист по инновациям;
+Диплом предоставляет право на ведение профессиональной деятельности в сфере педагогической деятельности по образовательным программам высшего образования</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства;
 21.05.05 Физические процессы горного или нефтегазового производства - Физические процессы горного производства;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.04.02 Менеджмент - Стратегическое управление минерально-сырьевыми компаниями</t>
   </si>
   <si>
     <t>Корольков Александр Андреевич</t>
   </si>
   <si>
     <t>МДК.01.02 Технология настройки и регулировки электронных приборов и устройств;
 МДК.02.03 Настройка и наладка промышленных и бытовых устройств автоматики;
 МДК.02.04 Монтаж и наладка электротехнических комплексов и устройств;
 ОП.10 Прикладное программное обеспечение профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Основы наставничества", 16 час. (от 22.12.2023 1233, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec742063c91372));
-[...1 lines deleted...]
-"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541079, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4e6645b8f6e2))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: электроэнергетика и электротехника
+квалификация: бакалавр электроэнергетика и электротехника;</t>
+  </si>
+  <si>
+    <t>"Основы наставничества", 16 час. (от 22.12.2023 1233, ГБУ "Кузбасская школа управления");
+"Азбука педагогического мастерства", 36 час. (от 16.06.2025 ПК 295683, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541079, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
+  </si>
+  <si>
+    <t>Менеджмент. Эффективность руководителя</t>
   </si>
   <si>
     <t>11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (11кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл)</t>
   </si>
   <si>
     <t>Коротин Владимир Олегович</t>
   </si>
   <si>
     <t>Системы компьютерной поддержки инженерных решений;
 Материаловедение;
 Информационные технологии в профессиональной деятельности;
 Математические методы в инженерных расчетах;
 Компьютерная графика;
 МДК.01.05 Эксплуатация компьютерных сетей</t>
   </si>
   <si>
-    <t>"Цифровая сертификация изделий из полимерных композиционных материалов общегражданского назначения и объектов транспортной инфраструктуры", 72 час. (от 11.10.2022 ПК 000456, &lt;Объект не найден&gt; (297:a86e5ef3fcdadd2311edae834fb377ac));
-[...9 lines deleted...]
-"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541100, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4e6645b8f6e2))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: конструкторско-технологическое обеспечение машиностроительных производств
+квалификация: бакалавр;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: конструкторско-технологическое обеспечение машиностроительных производств
+квалификация: магистр;
+Послевузовское образование:
+* направление подготовки и (или) специальности: машиностроение
+квалификация: исследователь. преподаватель-исследователь;</t>
+  </si>
+  <si>
+    <t>"Цифровая сертификация изделий из полимерных композиционных материалов общегражданского назначения и объектов транспортной инфраструктуры", 72 час. (от 11.10.2022 ПК 000456, АНО ОВО  "Сколковский институт науки и технологий");
+"Управление проектными командами", 36 час. (от 18.11.2022 423102332263, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Цифровые двойники изделий", 72 час. (от 09.12.2022 7824000073743, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Информационная безопасность при использовании мобильных технологий", 72 час. (от 13.11.2023 702420312647, ФГАОУ ВО "Томский государственный университет систем управления и радиоэлектроники");
+"Безопасность информационных систем", 72 час. (от 24.11.2023 ПК101627327, НОУ "ИНТУИТ");
+"Основы наставничества", 16 час. (от 22.12.2023 1234, ГБУ "Кузбасская школа управления");
+"Полимерные композиционные материалы", 72 час. (от 01.07.2024 782400097092, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000595830, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Внутренняя и внешняя коммуникация в организации в условиях трансформации образовательной среды", 36 час. (от 16.06.2025 ПК 295701, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Внешняя оценка качества образовательных программ профессионального образования: основные направления", 24 час. (от 28.11.2025 4910, ФГБУ "Национальное аккредитационное агентство в сфере образования");
+"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541100, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
+  </si>
+  <si>
+    <t>Подготовка руководителей научных, научно-технических проектов и лабораторий</t>
   </si>
   <si>
     <t>10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении</t>
   </si>
   <si>
     <t>Коротков Александр Николаевич</t>
   </si>
   <si>
     <t>Профессор;
 Заведующий кафедрой</t>
   </si>
   <si>
     <t>Алмазно-абразивные материалы;
 Шлифовальные инструменты;
 Организация научных исследований;
 Введение в направление подготовки;
 Оборудование машиностроительных производств;
 Введение в специальность;
 Профессиональные качества бакалавра</t>
   </si>
   <si>
-    <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347840, &lt;Объект не найден&gt; (297:8b355ef3fcdadd2311edb6394f227ba8));
-[...1 lines deleted...]
-"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541101, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4e6645b8f6e2))</t>
+    <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347840, актион Университет. Онлайн обучение);
+"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069341, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет");
+"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541101, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование механообрабатывающих и инструментальных комплексов в машиностроении;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Коротков Виталий Александрович</t>
   </si>
   <si>
     <t>Программирование автоматизированного оборудования для механической обработки;
 Установка и монтаж металлорежущих станков;
 Процессы механической обработки;
 Анализ особенностей производства ведущих станкостроительных фирм;
 Приспособления для металлорежущих станков и станочных комплексов;
 Режущий инструмент иностранных фирм;
 Алмазно-абразивные инструменты;
 Процессы формообразования и инструмент;
 Алмазно-абразивные материалы;
 Специфика производства ведущих станкоинструментальных фирм;
 Моделирование при конструировании и испытание инструмента;
 Прогрессивные процессы механической обработки;
 Расчет, моделирование и конструирование оборудования с компьютерным управлением;
 Программирование и наладка станков с числовым программным управлением;
 Производственная, Преддипломная практика;
 Эксплуатация и наладка станков с ЧПУ токарной группы;
 Комплексный экзамен по модулю (квалификационный экзамен)</t>
   </si>
   <si>
-    <t>"Перспективные конструкторские и технологические решения для повышения производит-ти и качества механической обработки деталей и изделий на металлорежущем оборудовании, в том числе с програм.управл.", 132 час. (от 27.06.2025 08000064707, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Перспективные конструкторские и технологические решения для повышения производит-ти и качества механической обработки деталей и изделий на металлорежущем оборудовании, в том числе с програм.управл.", 132 час. (от 27.06.2025 08000064707, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Конструкторское обеспечение машиностроительных производств;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование механообрабатывающих и инструментальных комплексов в машиностроении;
 27.04.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Короткова Лидия Павловна</t>
   </si>
   <si>
     <t>Контроль качества инструментальных материалов;
 Конструкционное материаловедение;
 Аудит качества;
 Контроль качества материалов;
 Инструментальные материалы;
 Материаловедение;
 Производственная, Технологическая практика;
 Учебная, Научно-исследовательская работа;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069342, &lt;Объект не найден&gt; (297:9d485ef3fcdadd2311ebdefa8ead8d5f))</t>
+    <t>"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069342, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
+  </si>
+  <si>
+    <t>Педагог профессионального образования;
+Управление качеством</t>
   </si>
   <si>
     <t>11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Конструкторское обеспечение машиностроительных производств;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование механообрабатывающих и инструментальных комплексов в машиностроении;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Косинский Петр Дмитриевич</t>
   </si>
   <si>
     <t>Методы принятия управленческих решений;
 Экономика общественного сектора;
 Муниципальное управление и местное самоуправление;
 Управление конфликтами в социально-производственной сфере;
 Управление экономикой и экономическим развитием;
 Управление проектами;
 Региональная экономика и управление;
 Экономика России;
 Управление конфликтами;
 Менеджмент профессиональной деятельности;
 Основы государственного и муниципального управления;
 Государственная и муниципальная служба;
 Этика государственной и муниципальной службы</t>
   </si>
   <si>
-    <t>"Основы антикоррупционной деятельности в образовательных учреждениях", 16 час. (от 23.06.2023 42ПК 6274, &lt;Объект не найден&gt; (297:bf065cf3fc3b846a11e807fc9be216bb))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: механизация сельского хозяйства
+квалификация: инженер-механик сельского хозяйства;</t>
+  </si>
+  <si>
+    <t>"Основы антикоррупционной деятельности в образовательных учреждениях", 16 час. (от 23.06.2023 42ПК 6274, ГБУ ДПО "КРИРПО");
+"Управление образованием на муниципальном уровне", 28 час. (от 14.11.2025 423104991079, ГОУ ДПО "Институт развития образования Кузбасса")</t>
   </si>
   <si>
     <t>08.04.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 09.04.02 Информационные системы и технологии - Искусственный интеллект и системная интеграция информационных процессов;
 09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 10.04.01 Информационная безопасность - Организация и технология защиты информации;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.02 Электроэнергетика и электротехника - Электротехнические комплексы и системы;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика;
 15.04.01 Машиностроение - Сварка и родственные технологии;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Конструкторское обеспечение машиностроительных производств;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении;
 18.04.01 Химическая технология - Технология и переработка полимеров;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 18.04.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.04.02 Землеустройство и кадастры - Кадастр недвижимости;
 23.04.01 Технология транспортных процессов - Организация и управление транспортными процессами;
 23.04.03 Эксплуатация транспортно-технологических машин и комплексов - Транспортные и транспортно-технологические машины;
 27.04.02 Управление качеством - Управление качеством в производственно-технологических системах;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.04.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера</t>
   </si>
   <si>
     <t>Косолапов Андрей Валентинович</t>
   </si>
   <si>
     <t>Международные перевозки;
 Информационные технологии на пассажирском транспорте;
 Моделирование систем дорожного движения;
 Пассажирские перевозки;
 Интеллектуальные технологии и системы на транспорте;
 Имитационное моделирование транспортных процессов;
 Технический осмотр транспортных средств;
 Моделирование дорожного движения;
 Экспертный анализ технического состояния автотранспортных средств;
 Дорожные условия и безопасность движения;
 Проектирование цифровой карты транспортной сети;
 Методология научного творчества</t>
   </si>
   <si>
-    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323137, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34));
-[...3 lines deleted...]
-"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295726, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34))</t>
+    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323137, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227626, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063943, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134141, Национальный исследовательский Томский государственный университет);
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295726, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253396, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>1 год
 9 месяцев</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 23.03.01 Технология транспортных процессов - Организация и безопасность дорожного движения;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.04.01 Технология транспортных процессов - Организация и управление транспортными процессами;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Костенко Ольга Васильевна</t>
   </si>
   <si>
     <t>Основы изобретательства;
 Основы патентных исследований</t>
   </si>
   <si>
-    <t>"Государственный (муниципальный) аудит в строительстве. Ценообразование и сметное дело в строительстве.", 40 час. (от 01.12.2023 540800398831 1835/23, &lt;Объект не найден&gt; (297:9e5a5ef3fcdadd2311eebe77f3ac864a));
-"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295787, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология переработки пластических масс и эластомеров
+квалификация: инженер;
+* направление подготовки и (или) специальности: экономика и управление на предприятии (по отраслям)
+квалификация: экономист-менеджер;</t>
+  </si>
+  <si>
+    <t>"Государственный (муниципальный) аудит в строительстве. Ценообразование и сметное дело в строительстве.", 40 час. (от 01.12.2023 540800398831 1835/23, ФГБОУ ВО "Новосибирский государственный университет экономики и управления "НИНХ");
+"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295787, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>Бухгалтерский учет в бюджетных учреждениях</t>
   </si>
   <si>
     <t>19 лет
 7 месяцев</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.04.01 Химическая технология - Технология и переработка полимеров;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды</t>
   </si>
   <si>
     <t>Котельникова Татьяна Сергеевна</t>
   </si>
   <si>
     <t>Основы нефтепереработки и нефтехимии;
 Основы нефтехимии и технологии органических веществ;
 Химия и технология органических веществ;
 Оборудование предприятий основного органического синтеза;
 Сырьевые источники для производств основного органического синтеза;
 Архитектура химических соединений и молекулярный дизайн;
 Основы научных исследований и инженерного творчества;
 Органоминеральные удобрения;
 Производственная, Технологическая (проектно-технологическая) практика;
 Производственная, Преддипломная практика;
 МДК.01.01 Основы аналитической химии и физико-химических методов анализа;
 ОП.02 Органическая химия;
 УП.04.01 Учебная практика (Выполнение работ по профессии лаборант химического анализа)</t>
   </si>
   <si>
-    <t>"Система обучающих цифровых моделей для подготовки и оценки студентов и специалистов нефтегазовой отрасли РТСИМ.Карьера" (от 01.04.2024 000783, &lt;Объект не найден&gt; (297:8e645ef3fcdadd2311ede8a12714a77d));
-[...1 lines deleted...]
-"Оказание первой помощи пострадавшим на производстве", 16 час. (от 14.12.2024 , &lt;Объект не найден&gt; (297:8ece5ef3fcdadd2311ee9243bed45524))</t>
+    <t>"Система обучающих цифровых моделей для подготовки и оценки студентов и специалистов нефтегазовой отрасли РТСИМ.Карьера" (от 01.04.2024 000783, РТСИМ. Карьера );
+"Инновационные и цифровые технологии в образовании", 72 час. (от 14.08.2024 782400098260, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Оказание первой помощи пострадавшим на производстве", 16 час. (от 14.12.2024 , Актион Университет. Онлайн-обучение)</t>
   </si>
   <si>
     <t>18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза</t>
   </si>
   <si>
     <t>Котляров Роман Витальевич</t>
   </si>
   <si>
     <t>Электропривод и автоматизация горного производства;
 Корпусирование электронных устройств;
 Элементы систем автоматики;
 Автоматизация производственных процессов;
 Основы электротехники и электроники;
 Производственная, Технологическая (проектно-технологическая) практика 1;
 Производственная, Технологическая (проектно-технологическая) практика 2;
 Производственная, Преддипломная практика;
 Учебная, Ознакомительная практика;
 МДК.03.01 Схематическое проектирование электронных приборов и устройств;
 МДК.03.03 Основы программирования промышленных логических контроллеров</t>
   </si>
   <si>
-    <t>"По программе повышения квалификации в форме стажировки на тему "Оборудование электростанций и АСУ ТП" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010024, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...5 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295848, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"По программе повышения квалификации в форме стажировки на тему "Оборудование электростанций и АСУ ТП" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010024, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Аддитивные технологии.Базовый курс.", 48 час. (от 26.01.2024 782400092913, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Преподователь университета в новой системе российского образования", 72 час. (от 26.04.2024 782422162340, ЧПОУ "ЦПДО ЛАНЬ");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600790, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Тренды и новации современного образования", 72 час. (от 23.04.2025 782422163976, ЧПОУ "ЦПДО ЛАНЬ");
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295727, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295848, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (11кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.04.02 Электроэнергетика и электротехника - Электротехнические комплексы и системы;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Котов Дмитрий Николаевич</t>
   </si>
   <si>
     <t>ОП.08 Микропроцессорные системы;
 ПП.02.01 Производственная практика (Проведение технического обслуживания и ремонта электронных приборов и устройств);
 УП.02.01 Учебная практика (Проведение технического обслуживания и ремонта электронных приборов и устройств)</t>
   </si>
   <si>
-    <t>"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000262088, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000262088, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>Кречетов Андрей Александрович</t>
   </si>
   <si>
     <t>Проектирование сварных конструкций</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332262, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332262, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+  </si>
+  <si>
+    <t>Управление проектами;
+Ведение проф.деяте-ти в сфере Управления проектами развития;
+Менеджмент</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства</t>
   </si>
   <si>
     <t>Крупина Наталья Васильевна</t>
   </si>
   <si>
     <t>Основания и фундаменты транспортных сооружений;
 Основания и фундаменты;
 Методы повышения несущей способности и стабильности грунтов;
 Основы геотехники;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.04.01 Строительство - Автомобильные дороги</t>
   </si>
   <si>
     <t>Крутский Дмитрий Львович</t>
   </si>
   <si>
     <t>Управление ИТ-проектами;
 Информационная безопасность;
 Информационные технологии в профессиональной деятельности;
 Основы информационных технологий</t>
   </si>
   <si>
-    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009982, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-"Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134138, &lt;Объект не найден&gt; (297:a4684ccc6a8e64d511e7f2e549153ab7))</t>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009982, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134138, Национальный исследовательский Томский государственный университет)</t>
+  </si>
+  <si>
+    <t>Информационная безопасность</t>
   </si>
   <si>
     <t>17 лет
-6 месяцев</t>
+7 месяцев</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера</t>
   </si>
   <si>
     <t>Кудреватых  Карина Андреевна</t>
   </si>
   <si>
     <t>Основы российской государственности</t>
   </si>
   <si>
-    <t>"Психология", 56 час. (от 15.08.2023 013927 062295 33732, &lt;Объект не найден&gt; (297:b1485ef3fcdadd2311eb7d80cc27f262));
-[...1 lines deleted...]
-"Методика преподавания дисциплины "Основы российской государственности", 72 час. (от 06.06.2025 540400025955, &lt;Объект не найден&gt; (297:9e5a5ef3fcdadd2311eebe77f3ac864a))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: государственное и муниципальное управление
+квалификация: бакалавр;</t>
+  </si>
+  <si>
+    <t>"Психология", 56 час. (от 15.08.2023 013927 062295 33732, ФГАОУ ВО "Балтийский федеральный университет имени Иммануила Канта");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000595935, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Методика преподавания дисциплины "Основы российской государственности", 72 час. (от 06.06.2025 540400025955, ФГБОУ ВО "Новосибирский государственный университет экономики и управления "НИНХ")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Кудреватых Андрей Валерьевич</t>
   </si>
   <si>
     <t>Теория автомобиля;
 Производственная, Технологическая (производственно-технологическая) практика</t>
   </si>
   <si>
-    <t>"Пожарная безопасность для руководителей и ответственных лиц" (от 15.12.2023 У2023390349, &lt;Объект не найден&gt; (297:8b355ef3fcdadd2311edb6394f227ba8));
-[...2 lines deleted...]
-"Управление образованием на муниципальном уровне", 28 час. (от 14.11.2025 423104991085, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311efe1fc3f39a9b9))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: автомобили и автомобильное хозяйство
+квалификация: инженер;
+Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: техники и технологии
+квалификация: бакалавр;</t>
+  </si>
+  <si>
+    <t>"Управление деятельностью вузов. Новое поколение стандартов высшего образования", 16 час. (от 07.02.2023 040000485445, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Пожарная безопасность для руководителей и ответственных лиц" (от 15.12.2023 У2023390349, актион Университет. Онлайн обучение);
+"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063944, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Организация проектной деятельности в воспитательной работе педагога высшего образования", 74 час. (от 16.06.2025 7743 5140745, МОО "Лига Преподователей Высшей школы");
+"Управление образованием на муниципальном уровне", 28 час. (от 14.11.2025 423104991085, ГОУ ДПО "Институт развития образования Кузбасса");
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253384, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ");
+"Основы контроля технического состояния автотранспортных средств в эксплуатации", 16 час. (от 28.01.2026 772420687676, ФГБОУ ВО "Московский автомобильно-дорожный государственный технический университет (МАДИ)")</t>
+  </si>
+  <si>
+    <t>Педагог профессионального обучения;
+Инженер по транспорту</t>
   </si>
   <si>
     <t>23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Кудреватых Наталья Владимировна</t>
-  </si>
-[...2 lines deleted...]
-Директор института</t>
   </si>
   <si>
     <t>Общественный проект «Обучение служением»;
 Экономическая безопасность;
 Производственная, Организационно-аналитическая практика;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Основы антикоррупционной деятельности в образовательных учреждениях", 36 час. (от 29.12.2022 ААА 104208010047, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...10 lines deleted...]
-"Управление образованием на муниципальном уровне", 28 час. (от 14.11.2025 423104991086, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311efe1fc3f39a9b9))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: бухгалтерский учет и аудит
+квалификация: экономист;</t>
+  </si>
+  <si>
+    <t>"Основы антикоррупционной деятельности в образовательных учреждениях", 36 час. (от 29.12.2022 ААА 104208010047, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Управление деятельностью вузов. Новое поколение стандартов высшего образования", 16 час. (от 07.02.2023 040000485444, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Патриотизм и патриотическое воспитание современного поколения подростков и молодежи", 16 час. (от 28.02.2023 70АВ 046020, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет");
+"Лидеры управленческих команд", 44 час. (от 28.04.2023 918, ГБУ "Кузбасская школа управления");
+"По программе повышения квалификации в форме стажировки "Эффективные технологии управления организациями: лучшие практики", 36 час. (от 20.05.2023 ААА 104208001040, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Введение в игровые технологии в высшем образовании", 24 час. (от 27.09.2023 722023006782, ФГАОУ ВО "Тюменский государственный университет");
+"Предупреждение коррупции в организациях", 18 час. (от 11.12.2023 423103227958, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Методика "обучение служением", 18 час. (от 14.05.2024 3.50-65/24-00198, Национальный исследовательский университет "Высшая школа экономики");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600779, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Разработка и внедрение инновационных методов обучения в сфере инженерного образования", 74 час. (от 18.05.2025 770400673939, МОО "Лига Преподователей Высшей школы");
+"Эффективный руководитель в эпоху цифровой трансформации", 144 час. (от 03.06.2025 160300044946, АНО ВО "Университет Иннополис");
+"Организация проектной деятельности в воспитательной работе педагога высшего образования", 74 час. (от 16.06.2025 7743 5140746, МОО "Лига Преподователей Высшей школы");
+"Управление образованием на муниципальном уровне", 28 час. (от 14.11.2025 423104991086, ГОУ ДПО "Институт развития образования Кузбасса")</t>
+  </si>
+  <si>
+    <t>Педагог Профессионального, Дополнительного Профессионального Образования;
+Менеджер</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Кудряшов Дмитрий Семенович</t>
   </si>
   <si>
     <t>Введение в электроснабжение;
 Трансформаторы;
 Электрические трансформаторы;
 Управление энергосбережением в системах электроснабжения;
 Электрическая часть электростанций и подстанций;
 Электрические станции и подстанции;
 Проектирование энергообъектов;
 Инвестиционное проектирование систем электроснабжения;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Основы обеспечения безопасности применения беспилотных авиационных систем", 72 час. (от 12.12.2025 ПК-I 060240, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f0da41e6cbccc7))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: высоковольтная электроэнергетика и электротехника
+квалификация: инженер;
+* направление подготовки и (или) специальности: химия
+квалификация: химик;</t>
+  </si>
+  <si>
+    <t>"Основы обеспечения безопасности применения беспилотных авиационных систем", 72 час. (от 12.12.2025 ПК-I 060240, ФГАОУ ВО "Самарский национальный исследовательский университет им.академика С.П.Королева")</t>
   </si>
   <si>
     <t>25 лет
 10 месяцев</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Менеджмент в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика</t>
   </si>
   <si>
     <t>Кузнецов Владимир Всеволодович</t>
   </si>
   <si>
     <t>Гидропривод;
 Механика жидкости и газа;
 Гидравлика;
 Гидромеханика;
 Учебная, Организационно-управленческая практика;
 Производственная, Практика по профилю профессиональной деятельности;
 Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
-    <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063631 57, &lt;Объект не найден&gt; (297:83035ef3fcdadd2311ee6818db17b4cb));
-"Цифровая инженерная горная школа "Новые технологические решения в сфере высокопроизводительных конвейерных систем горных предприятий" (от 31.10.2023 040000262098 ГОТиМ-273-2023, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b))</t>
+    <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063631 57, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Цифровая инженерная горная школа "Новые технологические решения в сфере высокопроизводительных конвейерных систем горных предприятий" (от 31.10.2023 040000262098 ГОТиМ-273-2023, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС")</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Кузнецов Егор Евгеньевич</t>
   </si>
   <si>
     <t>ОУП(у).05 Информатика</t>
   </si>
   <si>
     <t>38.02.07 Банковское дело - Специалист банковского дела (9 кл)</t>
   </si>
   <si>
     <t>Кузнецов Игорь Сергеевич</t>
   </si>
   <si>
     <t>Моделирование процессов и систем;
 Основы разработки месторождений твердых полезных ископаемых (открытая геотехнология);
 Компьютерная графика;
 Основы горного дела (открытая геотехнология);
 Информационные технологии и программирование</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123644, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134135, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: автоматизация технологических процессов и производств 
+квалификация: магистр;
+Послевузовское образование:
+* направление подготовки и (или) специальности: науки о земле
+квалификация: исследователь. преподаватель-исследователь;</t>
+  </si>
+  <si>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123644, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134135, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
+  </si>
+  <si>
+    <t>Руководитель научного проекта</t>
   </si>
   <si>
     <t>7 лет
-4 месяца</t>
+5 месяцев</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы</t>
   </si>
   <si>
     <t>Кузнецов Илья Витальевич</t>
   </si>
   <si>
     <t>Водопроводные сети и водозаборные сооружения;
 Водопроводные очистные сооружения с вопросами проектирования;
 Санитарно-техническое оборудование зданий;
 Нормативная база проектирования высотных и большепролетных зданий и сооружений;
 Сопротивление материалов;
 Основы технической механики;
 Основы водоснабжения и водоотведения;
 Производственная, Преддипломная практика;
 МДК.03.02 Модернизация и внедрение новых методов и средств контроля;
 ОП.03 Техническая механика;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ);
 ПП.02.01 Производственная практика (Подготовка, оформление и учет технической документации);
 ПП.03.01 Производственная практика (Анализ и систематизация результатов контроля качества сырья и продукции, разработка предложений по корректирующим действиям);
 ПП.04.01 Производственная практика (Выполнение работ по профессии контролер качества обработки изделий);
 УП.03.01 Учебная практика (Анализ и систематизация результатов контроля качества сырья и продукции, разработка предложений по корректирующим действиям)</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332313, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...3 lines deleted...]
-"Трансформация образовательной организации и ее сотрудников: управленческий, правовой и финансовый аспект", 36 час. (от 16.06.2025 ПК 295802, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332313, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347867, актион Университет. Онлайн обучение);
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227628, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076963, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Трансформация образовательной организации и ее сотрудников: управленческий, правовой и финансовый аспект", 36 час. (от 16.06.2025 ПК 295802, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.03.01 Строительство - Экспертиза и управление недвижимостью;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Кузнецова Алла Валериевна</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123645, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-"Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134134, &lt;Объект не найден&gt; (297:a4684ccc6a8e64d511e7f2e549153ab7))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: прикладная математика и информатика
+квалификация: математик, системный программист;</t>
+  </si>
+  <si>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123645, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134134, Национальный исследовательский Томский государственный университет)</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Обогащение полезных ископаемых</t>
   </si>
   <si>
     <t>Кулак Илья Валериевич</t>
   </si>
   <si>
     <t>Системы искусственного интеллекта;
 Технологии искусственного интеллекта в управлении;
 Автоматизированные интегрированные системы управления;
 Интеллектуальные системы и технологии;
 Корпоративные информационные системы;
 Интегрированные системы проектирования и управления;
 Интеллектуальный анализ исследовательской информации и первичная обработка информационных потоков;
 Основы САПР;
 Информационные технологии и программирование;
 Производственная, Технологическая (проектно-технологическая) практика;
 МДК.06.02 Инженерно-техническая поддержка сопровождения информационной системы;
 ОП.01 Операционные системы и среды;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123647, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134131, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология, оборудование и автоматизация машиностроительных производств
+квалификация: магистр техники и технологии;</t>
+  </si>
+  <si>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123647, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134131, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Системная интеграция и автоматизация информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Кулиничев Константин Андреевич</t>
   </si>
   <si>
     <t>МДК.02.03 Математическое моделирование;
 МДК.03.02 Управление проектами;
 МДК.06.04 Интеллектуальные системы и технологии;
 МДК.06.05 Программные решения для бизнеса на платформе 1С;
 ОП.01 Информационные технологии в профессиональной деятельности;
 ОП.02 Архитектура аппаратных средств;
 УП.03.01 Учебная практика (Ревьюирование программных модулей)</t>
   </si>
   <si>
-    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1509, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec742063c91372));
-[...1 lines deleted...]
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064459, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1509, ГБУ "Кузбасская школа управления");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 14.08.2024 782400098265, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064459, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (11 кл);
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл)</t>
   </si>
   <si>
     <t>Кульпин Александр Геннадьевич</t>
   </si>
   <si>
     <t>Автоматические и автоматизированные трансмиссии;
 Техническая эксплуатация карьерного транспорта;
 Автоматические системы автомобиля;
 Основы проектирования производственно-технической базы карьерного транспорта;
 Эксплуатационные материалы;
 Эксплуатация, ремонт и утилизация автомобилей;
 Информационное обеспечение автотранспортных систем;
 Конструкция автомобилей;
 МДК.01.02 Технологические процессы технического обслуживания и ремонта автомобилей;
 МДК.01.03 Технологические процессы технического обслуживания и ремонта автомобилей;
 МДК.02.02 Управление процессом технического обслуживания и ремонта автомобилей;
 МДК.03.04 Производственное оборудование</t>
   </si>
   <si>
-    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063945, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063945, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253397, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 23.03.03 Эксплуатация транспортно-технологических машин и комплексов - Автомобили и автомобильное хозяйство;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Кульпина Евдокия Евгеньевна</t>
   </si>
   <si>
     <t>Технология, организация и управление выставочной деятельностью;
 Технология, организация и управление в сфере гостеприимства;
 Технология продаж сервисных услуг;
 Теория менеджмента;
 Экономика и предпринимательство;
 Стандартизация и управление качеством;
 Менеджмент;
 Технологии делового общения;
 Экономика транспорта;
 МДК.01.01 Координация работы служб предприятий туризма и гостеприимства;
 МДК.03.01 Технология выполнения работ;
 МДК.04.01 Организация и контроль текущей деятельности работников службы бронирования и продаж гостиничного продукта;
 ОПЦ.04 Менеджмент в туризме и гостеприимстве;
 ПП.01.01 Производственная практика (Организация и контроль текущей деятельности работников службы предприятий туризма и гостеприимства);
 ПП.03.01 Производственная практика (Освоение  профессии портье);
 ПП.04.01 Производственная практика (Организация и контроль текущей деятельности работников службы бронирования и продаж);
 УП.03.01 Учебная практика (Освоение  профессии портье)</t>
   </si>
   <si>
-    <t>"По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063864, &lt;Объект не найден&gt; (297:83035ef3fcdadd2311ee6818db17b4cb));
-[...1 lines deleted...]
-"Эффективные hr-практики как драйвер развития предприятий индустрии гостеприимства", 72 час. (от 04.07.2025 0000 00001335, &lt;Объект не найден&gt; (297:9c2a5ef3fcdadd2311ed17867503a89e))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: экономика и управление на предприятии машиностроения
+квалификация: инженер-экономист;</t>
+  </si>
+  <si>
+    <t>"По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063864, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Инновационные и цифровые технологии в образовании", 72 час. (от 17.06.2024 782400096627, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Эффективные hr-практики как драйвер развития предприятий индустрии гостеприимства", 72 час. (от 04.07.2025 0000 00001335, ФГБОУ ВО "Российский государственный университет туризма и сервиса" )</t>
   </si>
   <si>
     <t>23.03.03 Эксплуатация транспортно-технологических машин и комплексов - Автомобили и автомобильное хозяйство;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 43.02.14 Гостиничное дело - Специалист по гостеприимству (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (11 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл);
 43.03.01 Сервис - Сервис на предприятиях малого и среднего бизнеса;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Куманеева Мария Константиновна</t>
   </si>
   <si>
     <t>Деньги, кредит, банки;
 Бюджетирование на предприятии;
 Финансовое право;
 Коммуникации в цифровой экономике и управлении;
-Планирование и бюджетирование деятельности организации;
 Бюджетная система Российской Федерации;
 Региональная экономическая безопасность;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
-    <t>"Основы наставничества", 16 час. (от 22.12.2023 1240, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec742063c91372));
-[...1 lines deleted...]
-"Технологическое предпринимательство", 72 час. (от 15.12.2025 040000675714, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Основы наставничества", 16 час. (от 22.12.2023 1240, ГБУ "Кузбасская школа управления");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 11.12.2024 782400103314, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Технологическое предпринимательство", 72 час. (от 15.12.2025 040000675714, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
-38.03.01 Экономика - Экономика предприятий и организаций;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.04.02 Менеджмент - Стратегическое управление;
 38.04.02 Менеджмент - Стратегическое управление минерально-сырьевыми компаниями;
 38.04.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Курзанцева Елизавета Евгеньевна</t>
   </si>
   <si>
     <t>ОГСЭ.03 Иностранный язык в профессиональной деятельности</t>
   </si>
   <si>
     <t>15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл)</t>
   </si>
   <si>
     <t>Курышкин Николай Петрович</t>
   </si>
   <si>
     <t>Системы управления и программирование промышленных роботов;
 Робототехника в сварке;
 Основы робототехники;
 Теория механизмов и машин;
 Основы проектирования;
 Механика;
 Теория машин и механизмов</t>
   </si>
   <si>
-    <t>"Генеративный искусственный интеллект для преподователя: стратегии, иснтрументы, этика", 72 час. (от 05.04.2024 700800134130, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a))</t>
+    <t>"Генеративный искусственный интеллект для преподователя: стратегии, иснтрументы, этика", 72 час. (от 05.04.2024 700800134130, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Кусургашева Людмила Васильевна</t>
   </si>
   <si>
     <t>Российская экономика</t>
   </si>
   <si>
-    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009997, &lt;Объект не найден&gt; (297:88fa5ef3fcdadd2311ee3b20204bf906));
-"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323138, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34))</t>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009997, ФГБОУ ВПО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323138, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>38.03.01 Экономика - Экономика предприятий и организаций</t>
   </si>
   <si>
     <t>Латагуз Марина Михайловна</t>
   </si>
   <si>
     <t>Маркшейдерско-геодезические приборы;
 Маркшейдерские работы при подземной разработке полезных ископаемых;
 Опорные маркшейдерско-геодезические сети;
 Маркшейдерия;
 Производственная, Практика по профилю профессиональной деятельности;
 Производственная, Производственно-технологическая практика;
 Производственная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Работа с геоинформационной системой Аксиома", 40 час. (от 09.11.2024 502422317614, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311efef443be7cd16))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: маркшейдерское дело
+квалификация: инженер-маркшейдер;
+Среднее профессиональное образование:
+* направление подготовки и (или) специальности: профессиональное обучение (по отраслям)
+квалификация: педагог профессионального обучения ;</t>
+  </si>
+  <si>
+    <t>"Работа с геоинформационной системой Аксиома", 40 час. (от 09.11.2024 502422317614, ООО "Электронные технологии")</t>
+  </si>
+  <si>
+    <t>Управление проектной деятельностью в цифровой образовательной среде университета</t>
   </si>
   <si>
     <t>42 года
-1 месяц</t>
+2 месяца</t>
   </si>
   <si>
     <t>Лащинина Светлана Викторовна</t>
   </si>
   <si>
     <t>Конструкционное материаловедение;
 Контроль качества материалов;
 Материаловедение;
 Материаловедение и ТКМ;
 Учебная,  Ознакомительная практика;
 Производственная, Организационно-управленческая практика;
 МДК.02.03 Неразрушающий контроль;
 ОП.04 Материаловедение;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ);
 УП.04.01 Учебная практика (Выполнение работ по профессии контролер качества обработки изделий);
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Подготовка преподователей, обучающих приемам оказания первой помощи", 24 час. (от 14.05.2024 , &lt;Объект не найден&gt; (297:8ece5ef3fcdadd2311ee9243bed45524));
-"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069356, &lt;Объект не найден&gt; (297:9d485ef3fcdadd2311ebdefa8ead8d5f))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: промышленное и гражданское строительство
+квалификация: инженер-строитель;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: конструкторско-технологическое обеспечение машиностроительных производств
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Подготовка преподователей, обучающих приемам оказания первой помощи", 24 час. (от 14.05.2024 , Актион Университет. Онлайн-обучение);
+"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069356, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
+  </si>
+  <si>
+    <t>Подготовка преподователей, обучающих приемам оказания первой помощи</t>
   </si>
   <si>
     <t>11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Лебедев Геннадий Михайлович</t>
   </si>
   <si>
     <t>Нормативно-правовая база энергетики;
 Специальные главы электроснабжения;
 Надежность электроснабжения;
 Электроснабжение опасных производственных объектов;
 Диагностика систем электроснабжения;
 Диагностика электрооборудования</t>
   </si>
   <si>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: электронные вычислительные машины
+квалификация: инженер-электрик;</t>
+  </si>
+  <si>
     <t>3 года
-10 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика</t>
   </si>
   <si>
     <t>Лебединцев Сергей Владимирович</t>
   </si>
   <si>
     <t>Иностранный язык;
 ОУП.04 Иностранный язык</t>
   </si>
   <si>
-    <t>"Традиционные методы, мобильные технологии и нейросети в преподавании английского языка", 72 час. (от 07.02.2025 782419192224, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311eff41a479a94ba))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: немецкий язык и литература
+квалификация: филолог, преподаватель немецкого языка, литературы, переводчик;</t>
+  </si>
+  <si>
+    <t>"Традиционные методы, мобильные технологии и нейросети в преподавании английского языка", 72 час. (от 07.02.2025 782419192224, Автономная некоммерческая организация дополнительного профессионального образования "Институт иностранных языков")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 38.02.07 Банковское дело - Специалист банковского дела (9 кл)</t>
   </si>
   <si>
     <t>Левашова Елена Евгеньевна</t>
   </si>
   <si>
     <t>Сертификация в сварочном и реновационном производстве;
 Основы физики и механики разрушения;
 История развития сварочного производства;
 Контроль качества сварных соединений;
 Производство сварных конструкций;
 Теория сварочных процессов;
 Основы теории сварки</t>
   </si>
   <si>
-    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 28.12.2024 782400103572, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 28.12.2024 782400103572, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>12 лет
-8 месяцев</t>
+9 месяцев</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств</t>
   </si>
   <si>
     <t>Леонова Юлия Юрьевна</t>
   </si>
   <si>
     <t>Введение в автоматику;
 Экологический менеджмент;
 Компьютерная графика в электротехнике;
 Электрические и электронные аппараты;
 Производственная, Технологическая практика;
 Учебная, Ознакомительная практика;
 МДК.02.02 Техническое обслуживание, ремонт и оценка качества электронных приборов и устройств;
 ПП.02.01 Производственная практика (Проведение технического обслуживания и ремонта электронных приборов и устройств)</t>
   </si>
   <si>
-    <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация газотурбинной электростанции" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010028, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...3 lines deleted...]
-"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603072, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация газотурбинной электростанции" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010028, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Прикладной искусственный интеллект в прогаммах дисциплин", 144 час. (от 29.11.2022 160300051828, АНО ВО "Университет Иннополис");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076965, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Использование искусственного интеллекта в работе преподавателя и исследователя", 65 час. (от 25.12.2024 700800180955, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603072, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (11кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети</t>
   </si>
   <si>
     <t>Лесникова Елена Сергеевна</t>
   </si>
   <si>
     <t>ОГСЭ.03 Иностранный язык в профессиональной деятельности;
 ОУП.04 Иностранный язык;
 СГ.02 Иностранный язык в профессиональной деятельности;
 СГЦ.02 Иностранный язык в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1514, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec742063c91372));
-[...2 lines deleted...]
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064460, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1514, ГБУ "Кузбасская школа управления");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096925, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Английский язык в академической сфере", 36 час. (от 15.12.2024 ПК 972346, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064460, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>15.02.03 Монтаж, техническое обслуживание и ремонт гидравлического и пневматического оборудования (по отраслям) - Техник-механик (9 кл);
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.02.19 Сварочное производство - Техник (9 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 38.02.06 Финансы - Финансист (9 кл);
 38.02.07 Банковское дело - Специалист банковского дела (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Лимаков Сергей Александрович</t>
   </si>
   <si>
     <t>Информационная безопасность в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Повышение эффективности использования ресурсов автотранспорта с использованием цифровых технологий мониторинга транспорта", 96 час. (от 22.03.2024 2, &lt;Объект не найден&gt; (297:aec35ef3fcdadd2311eef300a7187c06))</t>
-[...2 lines deleted...]
-    <t>18 лет</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: прикладная информатика в экономике
+квалификация: информатик-экономист;</t>
+  </si>
+  <si>
+    <t>"Повышение эффективности использования ресурсов автотранспорта с использованием цифровых технологий мониторинга транспорта", 96 час. (от 22.03.2024 2, ООО "АС-Телематика" (АвтоСкан Система контроля транспорта))</t>
+  </si>
+  <si>
+    <t>18 лет
+1 месяц</t>
   </si>
   <si>
     <t>38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Липина Галина Александровна</t>
   </si>
   <si>
     <t>Математика;
 Дискретная математика</t>
   </si>
   <si>
-    <t>"Приемы формирования профессиональной коммуникативной компетентности при инклюзивном образовании", 36 час. (от 08.11.2022 702404049568, &lt;Объект не найден&gt; (297:806a5ef3fcdadd2311ec690eb5be6ff9));
-"Современные технологии в образовании: от педагогического дизайна до искусственного интеллекта", 36 час. (от 26.02.2025 703104075689, &lt;Объект не найден&gt; (297:806a5ef3fcdadd2311ec690eb5be6ff9))</t>
+    <t>"Приемы формирования профессиональной коммуникативной компетентности при инклюзивном образовании", 36 час. (от 08.11.2022 702404049568, Институт непрерывного образования при Томском государственном архитектурно-строительном университете (ИНО-ТГАСУ));
+"Современные технологии в образовании: от педагогического дизайна до искусственного интеллекта", 36 час. (от 26.02.2025 703104075689, Институт непрерывного образования при Томском государственном архитектурно-строительном университете (ИНО-ТГАСУ))</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Лобур Ирина Анатольевна</t>
   </si>
   <si>
     <t>Теория автоматического управления. Линейные системы.;
 Теория автоматического управления. Нелинейные системы.;
 Теория автоматического управления;
 МДК.01.04 Обслуживание автоматических систем;
 ОП.09 Электрорадиоизмерения;
 Инжиниринг</t>
   </si>
   <si>
-    <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация газотурбинной электростанции" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010020, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...3 lines deleted...]
-"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295817, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация газотурбинной электростанции" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010020, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123650, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603110, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Английский язык в академической сфере", 36 час. (от 16.06.2025 ПК 295690, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295817, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>4 года
 2 месяца</t>
   </si>
   <si>
     <t>11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений</t>
   </si>
   <si>
     <t>Логачев Владимир Анатольевич</t>
   </si>
   <si>
     <t>Современные проблемы национальной экономики;
 Организация научной работы в экономике;
 Основы управленческой экономики;
 Экономическая теория</t>
   </si>
   <si>
-    <t>"Технологии "Фабрик будущего", 108 час. (от 22.12.2023 11736-23-03, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>"Технологии "Фабрик будущего", 108 час. (от 22.12.2023 11736-23-03, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Лукина Людмила Юрьевна</t>
   </si>
   <si>
     <t>ОУП.01 Русский язык;
 ОУП.02 Литература</t>
   </si>
   <si>
-    <t>"Проектирование и методики реализации образовательного процесса по предмету "Русский язык и литература" в организациях среднего профессионального образования в соответствии с требованиями ФГОС СПО", 144 час. (от 30.11.2023 71/196831, &lt;Объект не найден&gt; (297:804f5ef3fcdadd2311ef38530df6d2ac));
-[...3 lines deleted...]
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064461, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: филология
+квалификация: филолог;</t>
+  </si>
+  <si>
+    <t>"Проектирование и методики реализации образовательного процесса по предмету "Русский язык и литература" в организациях среднего профессионального образования в соответствии с требованиями ФГОС СПО", 144 час. (от 30.11.2023 71/196831, ООО СПб  ИДПО "Смольный");
+"Проектирование и методики реализации образовательного процесса по предмету "Русский язык и литература" в организациях среднего профессионального образования в соответствии с требованиями ФГОС СПО", 144 час. (от 30.11.2023 783103761725, ООО СПб  ИДПО "Смольный");
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1518, ГБУ "Кузбасская школа управления");
+"Работа преподавателя в LMS Moodle", 36 час. (от 07.12.2024 ПК 971065, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064461, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>Луценко Марина Евгеньевна</t>
   </si>
   <si>
     <t>МДК.01.07 Ремонт кузовов автомобилей;
 МДК.02.01 Техническая документация;
 МДК.02.03 Управление коллективом исполнителей</t>
   </si>
   <si>
-    <t>"Современные аспекты организации обслуживания, технического контроля и ремонта транспортных средств", 72 час. (от 29.03.2024 080000063947, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67));
-[...5 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295852, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: менеджмент в социальной сфере
+квалификация: менеджер;</t>
+  </si>
+  <si>
+    <t>"Современные аспекты организации обслуживания, технического контроля и ремонта транспортных средств", 72 час. (от 29.03.2024 080000063947, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134125, Национальный исследовательский Томский государственный университет);
+"Инновационные и цифровые технологии в образовании", 72 час. (от 27.09.2024 782400099488, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Конфликтология (для педагогических работников)", 16 час. (от 05.06.2025 762423831422, ФГБОУ ВО "Ярославский государственный университет им.П.Г.Демидова");
+"Методы оценивания в цифровой образовательной среде", 16 час. (от 05.06.2025 762423832091, ФГБОУ ВО "Ярославский государственный университет им.П.Г.Демидова");
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295731, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295852, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>Луцык Виктор Эдуардович</t>
   </si>
   <si>
     <t>Маркшейдерские работы при подземной разработке полезных ископаемых;
 Опорные маркшейдерско-геодезические сети;
 Маркшейдерские работы при строительстве горного предприятия</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332288, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...9 lines deleted...]
-11 месяцев</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332288, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление беспилотными летательными аппаратами", 32 час. (от 06.07.2023 540800371324, ООО "Центр беспилотных технологий");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227632, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Ребования в области маркшейдерского обеспечения безопасного ведения горных работ", 72 час. (от 01.12.2023 080000063871 293, "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт дополнительного профессионального образования);
+"Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533264, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076968, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594162, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+  </si>
+  <si>
+    <t>4 года</t>
   </si>
   <si>
     <t>Любимов Олег Владиславович</t>
   </si>
   <si>
     <t>Автоматизированное проектирование роботизированных технических систем;
 Интегрированные инженерные расчеты;
 Технические средства автоматизации;
 Прикладная механика;
 Планирование эксперимента;
 Основы проектирования;
 Механика;
 Основы теории изобретательства;
 Детали машин</t>
   </si>
   <si>
-    <t>"Введение в машинное обучение", 16 час. (от 19.10.2022 70АВ 041022, &lt;Объект не найден&gt; (297:9d485ef3fcdadd2311ebdefa8ead8d5f));
-[...10 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295853, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Введение в машинное обучение", 16 час. (от 19.10.2022 70АВ 041022, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет");
+"Судебная пожарно-техническая экспертиза" (от 14.11.2022 372418025095, ЧОУ ДПО "ОТКРЫТАЯ АКАДЕМИЯ ПРОФЕССИОНАЛЬНОГО ОБРАЗОВАНИЯ" );
+"Управление проектными командами", 36 час. (от 18.11.2022 423102332257, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123653, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Практикум по использованию инструментов ТРИЗ", 36 час. (от 31.08.2023 7819 00664471 3677, ЦДПО - "АЛЬФА-ДИАЛОГ");
+"Развитие творческого мышления детей средствами ТРИЗ", 36 час. (от 11.12.2023 781900664484, ЦДПО - "АЛЬФА-ДИАЛОГ");
+"Развитие творческого мышления детей средствами ТРИЗ (углубленный уровень)", 36 час. (от 01.04.2024 781900664525, ЦДПО - "АЛЬФА-ДИАЛОГ");
+"Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134124, Национальный исследовательский Томский государственный университет);
+"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096927, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Методы оценивания в цифровой образовательной среде", 16 час. (от 05.06.2025 762423832092, ФГБОУ ВО "Ярославский государственный университет им.П.Г.Демидова");
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295732, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295853, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>Пожарно-технический эксперт;
+Информатика и информационные технологии</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Люкшин Владимир Сергеевич</t>
   </si>
   <si>
     <t>Метрология;
 Основы теории эксперимента;
 Транспортно-складская система машиностроительного производства;
 Математические методы обработки экспериментальных данных;
 Методы и средства измерений, испытаний и контроля;
 Управление процессами;
 Системы компьютерной поддержки инженерных решений;
 Интенсификация процессов механической обработки;
 Режимы процессов формообразования;
 Применение ЭВМ в инженерных расчетах;
 Процессы и операции формообразования</t>
   </si>
   <si>
-    <t>"Современная цифровая образовательная среда", 36 час. (от 16.10.2025 193105569349, &lt;Объект не найден&gt; (297:868a5ef3fcdadd2311eca0f224452b06));
-"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069361, &lt;Объект не найден&gt; (297:9d485ef3fcdadd2311ebdefa8ead8d5f))</t>
+    <t>"Современная цифровая образовательная среда", 36 час. (от 16.10.2025 193105569349, ООО "Институт развития образования, повышения квалификации и переподготовки");
+"Аддитивные технологии: Взгляд в будущее", 16 час. (от 12.11.2025 040000671073, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069361, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
+  </si>
+  <si>
+    <t>Диплом предоставляет право на ведение профессиональной деятельности в сфере управления качеством</t>
   </si>
   <si>
     <t>28 лет
-2 месяца</t>
+3 месяца</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Конструкторское обеспечение машиностроительных производств;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование механообрабатывающих и инструментальных комплексов в машиностроении;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
 27.04.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Маевская Валерия Евгеньевна</t>
   </si>
   <si>
     <t>МДК.01.01 Порядок проведения оценки качества продукции на каждой стадии производственного процесса;
 УП.01.01 Учебная практика (Контроль качества продукции на каждой стадии производственного процесса);
 УП.04.01 Учебная практика (Выполнение работ по профессии контролер качества обработки изделий)</t>
   </si>
   <si>
-    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1522, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec742063c91372));
-"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541103, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4e6645b8f6e2))</t>
+    <t>Среднее профессиональное образование:
+* направление подготовки и (или) специальности: техническое регулирование и управление качеством
+квалификация: техник ;</t>
+  </si>
+  <si>
+    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1522, ГБУ "Кузбасская школа управления");
+"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541103, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
   </si>
   <si>
     <t>Майоров Сергей Алексеевич</t>
   </si>
   <si>
     <t>Современные технологии отделки интерьеров;
 Реконструкция зданий и сооружений;
 Технологические процессы в строительстве</t>
+  </si>
+  <si>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: инженер-строитель, пользователь сапр
+квалификация: ;</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство;
 08.03.01 Строительство - Экспертиза и управление недвижимостью</t>
   </si>
   <si>
     <t>Макаревич Евгения Анатольевна</t>
   </si>
   <si>
     <t>Экология;
 Энерготехнологические процессы углехимии;
 Адсорбция и поверхностные явления;
 Аналитическая химия и физико-химические методы анализа;
 Общая химическая технология;
 Учебная, Ознакомительная практика;
 ОП.03 Аналитическая химия</t>
   </si>
   <si>
-    <t>"Юрайт: вводный курс для преподавателя", 3 час. (от 19.09.2022 344599, &lt;Объект не найден&gt; (297:bfdd5cf3fc3b846a11e94708fb3d15fe));
-[...3 lines deleted...]
-"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295789, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: химия
+квалификация: химик;
+Послевузовское образование:
+* направление подготовки и (или) специальности: неорганическая химия
+квалификация: исследователь.преподаватель-исследователь;</t>
+  </si>
+  <si>
+    <t>"Юрайт: вводный курс для преподавателя", 3 час. (от 19.09.2022 344599, ООО "Юрайт-Академия");
+"Управление проектными командами", 36 час. (от 18.11.2022 423102332331, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Искусственный интеллект и трансформация преподавания", 18 час. (от 27.09.2024 368596, ООО "Юрайт-Академия");
+"Основы информационной безопасности", 36 час. (от 16.06.2025 ПК 295768, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295789, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование механообрабатывающих и инструментальных комплексов в машиностроении;
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.04.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы</t>
   </si>
   <si>
     <t>Макаров Алексей Геннадьевич</t>
   </si>
   <si>
     <t>ОУП.08 Биология;
 ОУП.13 Основы безопасности и защиты Родины</t>
   </si>
   <si>
-    <t>"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064462, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67));
-"Общие вопросы охраны труда и функционирования системы управления, оказание первой помощи пострадавшим", 36 час. (от 16.06.2025 ПК 295755, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: биология
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064462, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Общие вопросы охраны труда и функционирования системы управления, оказание первой помощи пострадавшим", 36 час. (от 16.06.2025 ПК 295755, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>Преподаватель биологии и экологии</t>
   </si>
   <si>
     <t>Максимова Татьяна Сергеевна</t>
   </si>
   <si>
-    <t>"Современные аспекты методики обучения легкой атлетике", 72 час. (от 08.10.2024 550800045822, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f09dbdf7cbd07e));
-"Подготовка спортивных судей главной судейской коллегии и судейских бригад в рамках Всероссийского физкультурно-спортивного комплекса "Готов к труду и обороне" (ВФСК ГТО)", 48 час. (от 28.02.2025 423104249745, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311efe1fc3f39a9b9))</t>
+    <t>"Современные аспекты методики обучения легкой атлетике", 72 час. (от 08.10.2024 550800045822, ФГБОУ ВО "Сибирский государственный университет физической культуры и спорта");
+"Подготовка спортивных судей главной судейской коллегии и судейских бригад в рамках Всероссийского физкультурно-спортивного комплекса "Готов к труду и обороне" (ВФСК ГТО)", 48 час. (от 28.02.2025 423104249745, ГОУ ДПО "Институт развития образования Кузбасса")</t>
+  </si>
+  <si>
+    <t>Специалист по физической культуре и спорту</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
+08.03.01 Строительство - Водоснабжение и водоотведение;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
+09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
-21.05.04 Горное дело - Открытые горные работы;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Малахов Юрий Валентинович</t>
   </si>
   <si>
     <t>Основы научных исследований и патентоведение;
 Метрология, стандартизация и сертификация в горном деле;
 Основы горного дела (открытая геотехнология)</t>
   </si>
   <si>
-    <t>"", 16 час. (от 09.11.2022 050365, &lt;Объект не найден&gt; (297:b7c05ef3fcdadd2311ee61abf2fcf8a0));
-[...2 lines deleted...]
-"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000604133, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"", 16 час. (от 09.11.2022 050365, ФГА ОУ ДПО "Академия стандартизации, метрологии и сертификации (учебная)");
+"", 24 час. (от 19.04.2023 053240, ФГА ОУ ДПО "Академия стандартизации, метрологии и сертификации (учебная)");
+"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565615, Национальный исследовательский технологический университет "МИСИС");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000604133, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>3 года
-4 месяца</t>
+5 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Малахова Татьяна Федоровна</t>
   </si>
   <si>
     <t>Техника высоких напряжений;
 Техника высоких напряжений в электроэнергетике;
 Электробезопасность в электроэнергетике;
 Электрооборудование станций и подстанций;
 Электробезопасность;
 Электротехническое и конструкционное материаловедение</t>
   </si>
   <si>
-    <t>"По программе "Испытания, измерения, диагностика и управление техническим состоянием электроустановок 110 кВ и выше", 72 час. (от 16.02.2024 782420042413, &lt;Объект не найден&gt; (297:aef85ef3fcdadd2311eee0f75527c193))</t>
+    <t>"По программе "Испытания, измерения, диагностика и управление техническим состоянием электроустановок 110 кВ и выше", 72 час. (от 16.02.2024 782420042413, ФГАОУ ДПО "Петербургский энергетический институт повышения квалификации")</t>
   </si>
   <si>
     <t>6 лет
-3 месяца</t>
+4 месяца</t>
   </si>
   <si>
     <t>Малушин Сергей Алексеевич</t>
   </si>
   <si>
     <t>МДК.02.02 Управление ремонтом промышленного оборудования и контроль над ним;
 МДК.04.01 Технология выполнения работ</t>
   </si>
   <si>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: подземная разработка месторождений полезных ископаемых
+квалификация: горный инженер;</t>
+  </si>
+  <si>
     <t>Мальшин Анатолий Александрович</t>
   </si>
   <si>
     <t>Основы теории колебаний механических систем;
 Физика</t>
   </si>
   <si>
-    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323139, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34));
-"Инновационные и цифровые технологии в образовании", 72 час. (от 03.03.2025 782400105315, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323139, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 03.03.2025 782400105315, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Малюгин Алексей Николаевич</t>
   </si>
   <si>
     <t>Конкурентные стратегии в бизнесе;
 Проектирование процесса оказания услуг;
 Технико-экономическое обоснование строительства автомобильных дорог;
 Экономическая оценка инвестиционных проектов в минерально-сырьевом комплексе;
 Оценка кадастровой стоимости объектов недвижимости;
 Современный стратегический анализ;
 Проектный менеджмент;
 Основы предпринимательства;
 Экспертиза и диагностика объектов сервиса;
 Учебная, Ознакомительная практика;
 ОП.04 Экономика организации;
 ОП.05 Основы экономики;
 ОП.05 Экономика и управление;
 ОП.10 Экономика отрасли;
 ОПЦ.05 Информационно-коммуникационные технологии в туризме и гостеприимстве;
 СГЦ.05 Основы финансовой грамотности</t>
   </si>
   <si>
-    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009967, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...4 lines deleted...]
-"Организация и технологии деятельности хозяйственной службы средства размещения", 72 час. (от 04.07.2025 0000 00001178, &lt;Объект не найден&gt; (297:9c2a5ef3fcdadd2311ed17867503a89e))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: экономика и управление на предприятии
+квалификация: инженер-экономист;</t>
+  </si>
+  <si>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009967, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Аналитик-экономист", 260 час. (от 16.01.2023 0227 00002626, ООО "Регион");
+"Бизнес-аналитик", 260 час. (от 16.01.2023 0227 00002627, ООО "Регион");
+"Управление проектами", 500 час. (от 16.01.2023 0227 00002628, ООО "Регион");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227633, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Организация и технологии деятельности хозяйственной службы средства размещения", 72 час. (от 04.07.2025 0000 00001178, ФГБОУ ВО "Российский государственный университет туризма и сервиса" )</t>
+  </si>
+  <si>
+    <t>Специалист по инновациям;
+Менеджер;
+Бизнес-аналитик;
+Диплом предоставляет право на ведение профессиональной деятельности в сфере педагогической деятельности по образовательным программам высшего образования;
+Аналитик-экономист</t>
   </si>
   <si>
     <t>15 лет
-6 месяцев</t>
+7 месяцев</t>
   </si>
   <si>
     <t>08.04.01 Строительство - Автомобильные дороги;
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (11кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности;
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.04.02 Землеустройство и кадастры - Кадастр недвижимости;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.04.02 Менеджмент - Стратегическое управление;
 38.04.02 Менеджмент - Стратегическое управление минерально-сырьевыми компаниями;
 38.04.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (11 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл);
 43.03.01 Сервис - Сервис на предприятиях малого и среднего бизнеса</t>
   </si>
   <si>
     <t>Маметьев Леонид Евгеньевич</t>
   </si>
   <si>
     <t>Рабочие процессы горных машин;
 Горные машины, комплексы и оборудование</t>
   </si>
   <si>
-    <t>"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000161793, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b));
-[...2 lines deleted...]
-"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594171, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000161793, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063632 58, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600867, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594171, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>3 года
 6 месяцев</t>
   </si>
   <si>
     <t>Мамзина Татьяна Федоровна</t>
   </si>
   <si>
-    <t>"Прогрессивные педагогические технологи и методики: вариативность подходов к развитию творческой личности обучающегося", 48 час. (от 22.04.2023 162419487543, &lt;Объект не найден&gt; (297:a4365ef3fcdadd2311edef029db3195d));
-[...2 lines deleted...]
-"Пожарная безопасность для руковдителей и ответственных лиц", 30 час. (от 05.03.2024 У2024109850, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eecfc1fca062da))</t>
+    <t>"Прогрессивные педагогические технологи и методики: вариативность подходов к развитию творческой личности обучающегося", 48 час. (от 22.04.2023 162419487543, НОУ ДПО "Центр социально-гуманитарного образования");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 24.04.2023 782400081619, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Актуальные вопросы и современные практики естественнонаучного и инженерно-технического образования одаренных школьников", 72 час. (от 07.07.2023 223102298026, ФГБОУ ВО "Алтайский государственый технический университет им.И.И.Ползунова" г.Барнаул);
+"Пожарная безопасность для руковдителей и ответственных лиц", 30 час. (от 05.03.2024 У2024109850, НОЧУО ДПО "Актион");
+"Школа технологического ДПО", 72 час. (от 26.12.2025 700800230707, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
+  </si>
+  <si>
+    <t>Управление проектами развития</t>
   </si>
   <si>
     <t>08.04.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 18.04.01 Химическая технология - Технология и переработка полимеров;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 18.04.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.04.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Мамонтова Алена Игоревна</t>
   </si>
   <si>
-    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1524, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec742063c91372))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: управление качеством
+квалификация: бакалавр;</t>
+  </si>
+  <si>
+    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1524, ГБУ "Кузбасская школа управления")</t>
   </si>
   <si>
     <t>Мамонтова Наталья Юрьевна</t>
   </si>
   <si>
-    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 14.08.2024 782400098270, &lt;Объект не найден&gt; (297:96095ef3fcdadd2311ef0386bb127727));
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295854, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: английский язык и литература
+квалификация: филолог, преподаватель английского языка и литературы, переводчик;</t>
+  </si>
+  <si>
+    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 14.08.2024 782400098270, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295854, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 1.2 Компьютерные науки и информатика - Математические моделирование, численные методы и комплексы программ;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 2.3 Информационные технологии и телекоммуникации - Автоматизация и управление технологическими процессами и производствами;
 2.3 Информационные технологии и телекоммуникации - Управление в организационных системах;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 2.5 Машиностроение - Технология и оборудование механической и физико-технической обработки;
 2.5 Машиностроение - Технология машиностроения;
 2.9 Транспортные системы - Эксплуатация автомобильного транспорта;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 5.2 Экономика - Экономическая теория</t>
   </si>
   <si>
     <t>Марков Сергей Олегович</t>
   </si>
   <si>
     <t>Технология разработки сложноструктурных месторождений;
 Управление качеством продукции карьеров;
 Процессы открытых горных работ;
 Региональная геология;
 Управление состоянием массива горных пород;
 Геология;
 Основы горного дела (открытая геотехнология)</t>
   </si>
   <si>
-    <t>"Цифровые двойники изделий", 72 час. (от 09.12.2022 782400073805, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad));
-[...10 lines deleted...]
-    <t>6 месяцев</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: открытые горные работы
+квалификация: магистр техники и технологии;</t>
+  </si>
+  <si>
+    <t>"Цифровые двойники изделий", 72 час. (от 09.12.2022 782400073805, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063633 59, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000262136, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565619, Национальный исследовательский технологический университет "МИСИС");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600848, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Основы инженерного проектирования в среде nanoCAD (Платформа nanoCAD с модулем "СПДС")", 24 час. (от 09.09.2024 7819 00767988, ФГБОУ ВО "Санкт-Петербурский государственный архитектурно-строительный университет" г. Санкт-Петербург);
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603251, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295819, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295855, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>7 месяцев</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы</t>
   </si>
   <si>
     <t>Марцияш Дмитрий Алексеевич</t>
   </si>
   <si>
     <t>Основы обогащения и переработки полезных ископаемых</t>
   </si>
   <si>
-    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323140, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: химическая технология
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323140, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Марченко Марина Николаевна</t>
   </si>
   <si>
     <t>ОГСЭ.03 Иностранный язык в профессиональной деятельности;
 ОГСЭ.04 Иностранный язык в профессиональной деятельности;
 ОУП.04 Иностранный язык</t>
   </si>
   <si>
-    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1472, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec742063c91372));
-[...1 lines deleted...]
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064451, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: филология
+квалификация: филолог, преподаватель немецкого и английского языков и литературы.;</t>
+  </si>
+  <si>
+    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1472, ГБУ "Кузбасская школа управления");
+"Английский язык в академической сфере", 36 час. (от 15.12.2024 ПК 972345, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064451, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 38.02.06 Финансы - Финансист (9 кл);
 43.02.14 Гостиничное дело - Специалист по гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Масаев Владислав Юрьевич</t>
   </si>
   <si>
     <t>Процессы и основы технологии горного производства;
 Строительство горизонтальных и наклонных горных выработок;
 Основы горного дела (строительная геотехнология);
 Технология и безопасность взрывных работ</t>
   </si>
   <si>
-    <t>"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000261287, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b));
-[...1 lines deleted...]
-"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000668383, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: строительство подземных сооружений и шахт
+квалификация: горный инженер;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: экономика
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000261287, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323141, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000668383, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>20 лет
 3 месяца</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Маслов Иван Петрович</t>
   </si>
   <si>
     <t>Технология изготовления электронных изделий;
 Конструирование устройств автоматики;
 Электромеханические преобразователи;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
-    <t>"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603268, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603268, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>18 лет
-10 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электротехнические комплексы и системы</t>
   </si>
   <si>
     <t>Маслова Жанна Михайловна</t>
   </si>
   <si>
     <t>ОГСЭ.05 Психология общения;
 ОПЦ.08 Психология делового общения и конфликтология</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:a4684ccc6a8e64d511e7f2b0be4247ae)</t>
-[...6 lines deleted...]
-"Тьюторское сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 256 час. (от 06.06.2025 420800004484, &lt;Объект не найден&gt; (297:a1035ef3fcdadd2311eb69aa6369a760))</t>
+    <t>Кандидат психологических наук</t>
+  </si>
+  <si>
+    <t>"Психолого-педагогическая подготовка преподавателя технического университета", 16 час. (от 24.05.2024 080000064416, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Обновленная Единная методика социально-психологического тестирования: проведение и использование результатов в коррекционной и профилактической работе педагога-психолога", 36 час. (от 25.09.2024 422418411567, Кузбасский региональный центр психолого-педагогической, медицинской и социальной помощи "Здоровье и развитие личности");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 11.11.2024 ПК 975681, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Внутренняя и внешняя коммуникация в организации в условиях трансформации образовательной среды", 36 час. (от 06.12.2024 ПК 985622, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Тьюторское сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 256 час. (от 06.06.2025 420800004484, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования")</t>
+  </si>
+  <si>
+    <t>Тьюторское сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации;
+Диплом предоставляет право на ведение профессиональной деятельности в сфере клинической (медицинской) психологии;
+Диплом предоставляет право на ведение профессиональной деятельности в сфере МВД</t>
   </si>
   <si>
     <t>18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Матисов Александр Вениаминович</t>
   </si>
   <si>
     <t>Компьютерные технологии в автоматизации деятельности предприятий;
 Протоколы и интерфейсы информационных систем;
 Теория информации, данные, знания;
 Инструментальные средства информационных систем;
 ОП.04 Основы алгоритмизации и программирования</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123657, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-[...1 lines deleted...]
-"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134057, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a))</t>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123657, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Мастер воспитания. Организаторы.", 72 час. (от 27.12.2023 440600077926, ФГБОУ ВО "Костромской государственный университет");
+"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134057, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов</t>
   </si>
   <si>
     <t>Махалов Максим Сергеевич</t>
   </si>
   <si>
     <t>Системы и проектирование технологической оснастки для современного оборудования;
 Производственная, Преддипломная практика;
 Учебная, Ознакомительная практика;
 Производственная, Организационно-управленческая практика</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении</t>
   </si>
   <si>
     <t>Махамбетов Эдуард Муратович</t>
   </si>
   <si>
     <t>Графическое конструирование;
 Прикладные компьютерные программы;
 Основы автоматизированного проектирования;
 Информационные технологии в профессиональной деятельности;
 МДК.01.01 Организация и осуществление монтажных работ промышленного (технологического) оборудования;
 МДК.01.02 Осуществление пусконаладочных работ промышленного (технологического) оборудования;
 МДК.03.03 Организация наладочных работ по промышленному оборудованию;
 ОП.07 Технология отрасли;
 УП.04.01 Учебная практика (Выполнение работ по профессии слесарь-ремонтник)</t>
   </si>
   <si>
-    <t>"Система обучающих цифровых моделей для подготовки и оценки студентов и специалистов нефтегазовой отрасли", 8 час. (от 18.04.2023 000434, &lt;Объект не найден&gt; (297:8e645ef3fcdadd2311ede8a12714a77d));
-"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347928, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eecfc1fca062da))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии
+квалификация: бакалавр;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Система обучающих цифровых моделей для подготовки и оценки студентов и специалистов нефтегазовой отрасли", 8 час. (от 18.04.2023 000434, РТСИМ. Карьера );
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347928, НОЧУО ДПО "Актион")</t>
   </si>
   <si>
     <t>5 лет
 10 месяцев</t>
   </si>
   <si>
     <t>15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг</t>
   </si>
   <si>
     <t>Медведев Алексей Викторович</t>
   </si>
   <si>
     <t>Методы научных исследований;
 Основы научных исследований</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:bf065cf3fc3b846a11e82e95f2e5336b)</t>
-[...3 lines deleted...]
-"Информационная безопасность в сети Интернет", 36 час. (от 21.04.2025 180004155197, &lt;Объект не найден&gt; (297:80d95ef3fcdadd2311eb5609aa856a8a))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: математика
+квалификация: математик, преподаватель;
+* направление подготовки и (или) специальности: финансы и кредит
+квалификация: экономист;</t>
+  </si>
+  <si>
+    <t>Доктор физико-математических наук</t>
+  </si>
+  <si>
+    <t>"Охрана труда", 16 час. (от 22.02.2023 220223142130, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Информационная безопасность в сети Интернет", 36 час. (от 21.04.2025 180004155197, ООО "Центр повышения квалификации и переподготовки "Луч знаний")</t>
   </si>
   <si>
     <t>10.04.01 Информационная безопасность - Организация и технология защиты информации;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем</t>
   </si>
   <si>
     <t>Медведев Евгений Геннадьевич</t>
   </si>
   <si>
     <t>Информационные технологии и программирование</t>
   </si>
   <si>
     <t>Медведева Елена Валерьевна</t>
   </si>
   <si>
     <t>Русский язык</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Инженерная защита окружающей среды</t>
   </si>
   <si>
     <t>Меркурьев Владимир Владимирович</t>
   </si>
   <si>
-    <t>"Методика преподавания основ российской государственности", 72 час. (от 18.08.2023 0000128651 00702-2023-У-ФИРО, &lt;Объект не найден&gt; (297:a4684ccc6a8e64d511e7f2e542e6bcc6));
-[...2 lines deleted...]
-"Эффективный руководитель в эпоху цифровой трансформации", 144 час. (от 03.06.2025 160300044959, &lt;Объект не найден&gt; (297:b1985ef3fcdadd2311eae1d3cf44f48f))</t>
+    <t>"Методика преподавания основ российской государственности", 72 час. (от 18.08.2023 0000128651 00702-2023-У-ФИРО, Российская академия народного хозяйства и государственной службы при Президенте Российской Федерации);
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347938, актион Университет. Онлайн обучение);
+"Основы антикоррупционной деятельности в образовательных учреждениях", 36 час. (от 27.12.2024 080000064540, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Эффективный руководитель в эпоху цифровой трансформации", 144 час. (от 03.06.2025 160300044959, АНО ВО "Университет Иннополис");
+"Школа технологического ДПО", 72 час. (от 26.12.2025 700800230708, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>8 лет
 1 месяц</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Мешков Денис Михайлович</t>
   </si>
   <si>
     <t>Технические средства диспетчерского и технологического управления в системах электроснабжения;
 Метрология, стандартизация и сертификация</t>
   </si>
   <si>
-    <t>"Основы разработки программного обеспечения беспилотных авиационных систем", 72 час. (от 10.12.2025 ПК-I 059998, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f0da41e6cbccc7))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: автоматизация технологических процессов и производств
+квалификация: инженер;
+* направление подготовки и (или) специальности: экономика и управление на предприятии
+квалификация: экономист-менеджер;</t>
+  </si>
+  <si>
+    <t>"Основы разработки программного обеспечения беспилотных авиационных систем", 72 час. (от 10.12.2025 ПК-I 059998, ФГАОУ ВО "Самарский национальный исследовательский университет им.академика С.П.Королева")</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети</t>
   </si>
   <si>
     <t>Мещерякова Елизавета Денисовна</t>
   </si>
   <si>
     <t>Лидерство и командообразование</t>
   </si>
   <si>
-    <t>"Основы наставничества", 16 час. (от 22.12.2023 1210, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec742063c91372));
-[...7 lines deleted...]
-"Профилактика наркопотребления и зависимого поведения: межведомственный стандарт и стратегии", 20 час. (от 22.12.2025 УПК 24 197109, &lt;Объект не найден&gt; (297:bfeb5ef3fcdadd2311ed5e43bc667a8f))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: государственное и муниципальное управление
+квалификация: бакалавр государственное и муниципальное управление;</t>
+  </si>
+  <si>
+    <t>"Основы наставничества", 16 час. (от 22.12.2023 1210, ГБУ "Кузбасская школа управления");
+"Мастер воспитания. Организаторы", 72 час. (от 27.12.2023 440600077899, ФГБОУ ВО "Костромской государственный университет");
+"Профилактика терроризма", 36 час. (от 14.05.2024 423103228379, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Воспитание будущего: инструменты реализации молодежной политики и воспитательной деятельности в системе высшего образования", 36 час. (от 27.12.2024 773400861855, ФГБОУВО "Государственный университет управления");
+"Мастер воспитания. Организаторы", 72 час. (от 27.12.2024 440600083852, ФГБОУ ВО "Костромской государственный университет");
+"Современные подходы к укреплению общероссийской гражданской идентичности", 36 час. (от 08.04.2025 423103865293, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Основы профилактики деструктивного воздействия на молодежь в сети Интернет", 72 час. (от 10.06.2025 520600031696, ФГБОУ ВО "Нижегородский государственный лингвистический университет имени Н.А. Добролюбова" (НГЛУ));
+"Управление образованием на муниципальном уровне", 28 час. (от 14.11.2025 423104991087, ГОУ ДПО "Институт развития образования Кузбасса");
+"Профилактическая работа в молодежной среде: психологические аспекты отклоняющегося поведения", 18 час. (от 19.12.2025 УПК 24 186928, Центр дополнительного образования "Горизонт" Института русского языка РУДН);
+"Профилактика наркопотребления и зависимого поведения: межведомственный стандарт и стратегии", 20 час. (от 22.12.2025 УПК 24 197109, Центр дополнительного образования "Горизонт" Института русского языка РУДН)</t>
   </si>
   <si>
     <t>38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Миленький Илья Олегович</t>
   </si>
   <si>
-    <t>"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10285, &lt;Объект не найден&gt; (297:a1035ef3fcdadd2311eb69aa6369a760));
-"Основы преподавания начальной военной подготовки", 72 час. (от 18.08.2025 180004167982, &lt;Объект не найден&gt; (297:80d95ef3fcdadd2311eb5609aa856a8a))</t>
+    <t>Высшее образование - подготовка кадров высшей квалификации:
+* направление подготовки и (или) специальности: промышленная экология и биотехнологии
+квалификация: исследователь. преподаватель-исследователь;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: пожарная безопасность
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10285, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования");
+"Основы преподавания начальной военной подготовки", 72 час. (от 18.08.2025 180004167982, ООО "Центр повышения квалификации и переподготовки "Луч знаний")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
+15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Миллер Никита Дмитриевич</t>
   </si>
   <si>
     <t>МДК.03.02 Основы проектирования электронных приборов и устройств на основе печатного монтажа;
 ПП.03.01 Производственная практика (Проектирование электронных приборов и устройств на основе печатного монтажа)</t>
   </si>
   <si>
-    <t>"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603326, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60));
-"Азбука педагогического мастерства", 36 час. (от 16.06.2025 ПК 295684, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603326, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Азбука педагогического мастерства", 36 час. (от 16.06.2025 ПК 295684, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>Михайлов Владимир Геннадьевич</t>
   </si>
   <si>
     <t>Доцент;
 Заведующий кафедрой</t>
   </si>
   <si>
     <t>Экономика безопасности;
 Экономика и управление промышленными предприятиями;
 Экономика природопользования;
 Производственные риски;
-Основы экономики и управления производством;
-[...10 lines deleted...]
-"Охрана труда 2025-2030: Новые вызовы, новые решения", 16 час. (от 14.11.2025 423103866142, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+Основы экономики и управления производством</t>
+  </si>
+  <si>
+    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323143, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Передовой инженерной школы ''Промхимтех"' '' Повышение ресурсной эффективности производства на основе гаилучших доступных технологий''", 40 час. (от 27.12.2023 ПК 735389, Казанский национальный исследовательский технологический университет г. Казань);
+"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565631, Национальный исследовательский технологический университет "МИСИС");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600876, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594181, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Общие вопросы охраны труда и функционирования системы управления, оказание первой помощи пострадавшим", 36 час. (от 16.06.2025 ПК 295756, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Природоохранные технологии и управление природопользованием", 36 час. (от 16.06.2025 ПК 295777, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Охрана труда 2025-2030: Новые вызовы, новые решения", 16 час. (от 14.11.2025 423103866142, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
-20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств;
-21.05.04 Горное дело - Технологическая безопасность и горноспасательное дело</t>
+20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств</t>
   </si>
   <si>
     <t>Михайлов Геннадий Сергеевич</t>
   </si>
   <si>
     <t>Процессы и аппараты защиты окружающей среды;
 Физика поверхностных явлений;
 Процессы и аппараты природоохранных производств;
 Процессы и аппараты химического производства;
 Процессы и аппараты химической технологии</t>
   </si>
   <si>
-    <t>"Повышение ресурной эффективности производства на основе наилучших доступных технологий", 40 час. (от 27.12.2023 ПК 735388, &lt;Объект не найден&gt; (297:b1485ef3fcdadd2311eb7b319dd7874b))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология основного органического и нефтехимического синтеза
+квалификация: инженер химик-технолог;</t>
+  </si>
+  <si>
+    <t>"Повышение ресурной эффективности производства на основе наилучших доступных технологий", 40 час. (от 27.12.2023 ПК 735388, Казанский национальный исследовательский технологический университет г. Казань)</t>
   </si>
   <si>
     <t>45 лет
 8 месяцев</t>
   </si>
   <si>
     <t>15.05.01 Проектирование технологических машин и комплексов - Проектирование механообрабатывающих и инструментальных комплексов в машиностроении;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Инфохимия;
 18.03.01 Химическая технология - Технология и переработка полимеров;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды</t>
   </si>
   <si>
     <t>Михайлова Татьяна Викторовна</t>
   </si>
   <si>
     <t>Маркшейдерско-геодезические приборы;
 Маркшейдерские работы при открытой разработке полезных ископаемых;
 Опорные маркшейдерско-геодезические сети;
 Сфероидическая геодезия;
 Маркшейдерия;
 Производственная, Производственно-технологическая практика;
 Производственная, Преддипломная практика;
 Учебная, Изыскательская практика</t>
   </si>
   <si>
-    <t>"Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с испльзованием современных программных решений", 16 час. (от 13.12.2023 У655-1833, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b));
-[...2 lines deleted...]
-"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594182, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с испльзованием современных программных решений", 16 час. (от 13.12.2023 У655-1833, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.12.2023 У2023390418, актион Университет. Онлайн обучение);
+"Работа с геоинформационной системой Аксиома", 40 час. (от 09.11.2024 502422317615, ООО "Электронные технологии");
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594182, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+  </si>
+  <si>
+    <t>Научная и образовательная повестка развития Кемеровской области: вызовы будушего;
+Проектирование, строительство и эксплуатация гидротехнических сооружений</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Михайлова Яна Сергеевна</t>
   </si>
   <si>
     <t>Технология, организация производства и обслуживания на предприятиях общественного питания;
 Управление качеством;
 Сервисная деятельность;
 Стандартизация и управление качеством;
 Теория организации;
 Технологии делового общения</t>
   </si>
   <si>
-    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323144, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34));
-"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600860, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: химическая технология органических веществ
+квалификация: инженер;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: менеджмент
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323144, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600860, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.02 Менеджмент - Организация и управление отраслевыми предприятиями;
 43.03.01 Сервис - Сервис на предприятиях малого и среднего бизнеса;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Мищенко Владимир Владимирович</t>
   </si>
   <si>
     <t>Внутрифирменное бюджетирование;
 Налоговый контроль;
 Налоги и налогообложение;
 Оценка и управление стоимостью бизнеса;
 Организация и методика проведения налоговых проверок;
 Оценка бизнеса</t>
   </si>
   <si>
-    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 17.06.2024 782400096636, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 17.06.2024 782400096636, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Молев Даниил Алексеевич</t>
+  </si>
+  <si>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: бакалавр по направлению 03.03.02 физика
+квалификация: физика;</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Мякинников Сергей Петрович</t>
   </si>
   <si>
     <t>Философия</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:bf065cf3fc3b846a11e82e95f2e53370)</t>
-[...2 lines deleted...]
-    <t>"Особенности организации дистанционного обучения в образовательной организации", 72 час. (от 09.04.2024 771800802525, &lt;Объект не найден&gt; (297:bfdd5cf3fc3b846a11e92f5a0ef7d0c8))</t>
+    <t>Кандидат философских наук</t>
+  </si>
+  <si>
+    <t>"Особенности организации дистанционного обучения в образовательной организации", 72 час. (от 09.04.2024 771800802525, АНО ДПО "Московская академия профессиональных компетенций")</t>
+  </si>
+  <si>
+    <t>Преподаватель. Диплом подтверждает присвоение квалификации преподаватель философии.</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 18.03.01 Химическая технология - Инновационные химические технологии;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Назаров Дмитрий Иванович</t>
   </si>
   <si>
     <t>Основы научных исследований;
 Проектирование горнотехнических зданий и сооружений;
 Основы горного дела (строительная геотехнология)</t>
   </si>
   <si>
-    <t>"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565641, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e8fc36c1c3b404));
-[...1 lines deleted...]
-"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000668505, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: инженер-строитель, пользователь сапр
+квалификация: инженер-строитель;</t>
+  </si>
+  <si>
+    <t>"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565641, Национальный исследовательский технологический университет "МИСИС");
+"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541104, ГОБУ ДПО "КОУМЦ по ГОиЧС");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000668505, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>32 года
-9 месяцев</t>
+10 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Назарова Адель Эдуардовна</t>
   </si>
   <si>
     <t>МДК.02.01 Практические основы бухгалтерского учета источников формирования имущества организации;
 МДК.03.01 Организация расчетов с бюджетом и внебюджетными фондами;
 ОП.01 Экономика организации;
 ОП.06 Статистика;
 ОП.08 Основы предпринимательской деятельности;
 ПП.03.01 Производственная практика (Проведение расчетов с бюджетом и внебюджетными фондами);
 СГ.06 Основы финансовой грамотности</t>
   </si>
   <si>
     <t>38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл)</t>
   </si>
   <si>
     <t>Назимов Александр Сергеевич</t>
   </si>
   <si>
     <t>Математическая логика и теория алгоритмов;
 Основы информационных технологий;
 Технологии проектирования информационных систем и технологий;
 Теория информационных процессов и систем;
 Производственная, Эксплуатационная практика;
 МДК.02.01 Технология разработки программного обеспечения</t>
   </si>
   <si>
-    <t>"Введение в машинное обучение", 16 час. (от 19.10.2022 70АВ 041024, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e8b7d66f622471));
-[...1 lines deleted...]
-"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800133171, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a))</t>
+    <t>"Введение в машинное обучение", 16 час. (от 19.10.2022 70АВ 041024, Национальный исследовательский Томский политехнический университет);
+"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123664, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800133171, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
+  </si>
+  <si>
+    <t>Информационные технологии в экономике</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.04.02 Информационные системы и технологии - Искусственный интеллект и системная интеграция информационных процессов;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Начев Константин Викторович</t>
   </si>
   <si>
     <t>Механика жидкости и газа;
 Гидравлика</t>
   </si>
   <si>
-    <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063634 60, &lt;Объект не найден&gt; (297:83035ef3fcdadd2311ee6818db17b4cb));
-"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600880, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063634 60, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600880, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Неведров Александр Викторович</t>
   </si>
   <si>
     <t>Теория химических процессов природных энергоносителей и углеродных материалов;
 Химическая технология природных энергоносителей;
 Технология углеграфитных материалов;
 Общая химическая технология;
 Производственная, Научно-исследовательская работа;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332332, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...2 lines deleted...]
-"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295790, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: химическая технология природных энергоносителей и углеродных материалов
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332332, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347965, актион Университет. Онлайн обучение);
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227637, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295790, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.04.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов</t>
   </si>
   <si>
     <t>Негадаев Владислав Александрович</t>
   </si>
   <si>
     <t>Электромагнитная совместимость;
 Силовая электроника;
 Электропривод и автоматизация горных машин;
 Электрический привод;
 Автоматизированный электропривод машин и установок горного производства;
 Электроснабжение горных предприятий и подземных сооружений;
 Электрооборудование технологических установок;
 Электротехника;
 Электрооборудование предприятий;
 Электротехника и электроника;
 Методы и средства проведения испытаний оборудования АСУ ТП;
 Численные методы;
 Электротехника и электроснабжение;
 ОП.05 Электронная техника</t>
   </si>
   <si>
-    <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация газотурбинной электростанции" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010022, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...3 lines deleted...]
-"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603460, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация газотурбинной электростанции" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010022, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"В форме стажировки "Обогащение полезных ископаемых", 60 час. (от 26.05.2023 420800167933, Кузбасский государственный технический университет имени Т.Ф.Горбачева филиал КУЗГТУ в г. Прокопьевске);
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600894, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Перспективные направления развития в энергетике", 16 час. (от 08.11.2024 163400885442, ФГБОУ ВО "Казанский государственный энергетический университет");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603460, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.04.02 Электроэнергетика и электротехника - Электротехнические комплексы и системы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства</t>
   </si>
   <si>
     <t>Недобежкин Вадим Германович</t>
   </si>
   <si>
     <t>Профессиональные качества бакалавра;
 Программирование и наладка станков с числовым программным управлением;
 Автоматизированное проектирование технологических процессов в машиностроении;
 МДК.03.04 Организация фрезерных работ на станках с ЧПУ</t>
   </si>
   <si>
-    <t>"Управление научными проектами", 16 час. (от 25.10.2024 423102076973, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: конструкторско-технологическое обеспечение машиностроительных производств
+квалификация: бакалавр конструкторско-технологическое обеспечение машиностроительных производств;</t>
+  </si>
+  <si>
+    <t>"Управление научными проектами", 16 час. (от 25.10.2024 423102076973, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253408, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения</t>
   </si>
   <si>
     <t>Немов Владислав Николаевич</t>
   </si>
   <si>
     <t>Промышленная электроника;
 Основы электроники;
 Телекоммуникационные устройства и системы;
 Физические основы электроники;
 МДК.01.01 Технология сборки, монтажа и демонтажа электронных приборов и устройств;
 МДК.03.04 Проектирование и изготовление комплексных устройств;
 ОП.06 Материаловедение, электрорадиоматериалы и радиокомпоненты</t>
   </si>
   <si>
-    <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация газотурбинной электростанции" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010023, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...1 lines deleted...]
-"Внутренняя и внешняя коммуникация в организации в условиях трансформации образовательной среды", 36 час. (от 16.06.2025 ПК 295702, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: электропривод и автоматика промышленных установок и технологических комплексов
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация газотурбинной электростанции" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010023, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076974, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Внутренняя и внешняя коммуникация в организации в условиях трансформации образовательной среды", 36 час. (от 16.06.2025 ПК 295702, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети</t>
   </si>
   <si>
     <t>Непомнящих Юлия Викторовна</t>
   </si>
   <si>
     <t>Теоретические основы технологии органического и нефтехимического синтеза;
 Катализ в технологии органических веществ и нефтехимии;
 Основы биохимии;
 Химия и технология органических веществ;
 Биотехнология;
 Спецхимтехнология;
 Органическая химия;
 Учебная, Технологическая (проектно-технологическая) практика</t>
   </si>
   <si>
-    <t>"Позиционирование образовательного учреждения в социальных сетях", 16 час. (от 21.10.2023 ПК 323023, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34));
-[...1 lines deleted...]
-"Подготовка к ОГЭ и ЕГЭ по химии - тактика и стратегия", 36 час. (от 22.08.2025 ПК МГУ 060026, &lt;Объект не найден&gt; (297:bd065ef3fcdadd2311ed64b080df9989))</t>
+    <t>"Позиционирование образовательного учреждения в социальных сетях", 16 час. (от 21.10.2023 ПК 323023, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227638, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Подготовка к ОГЭ и ЕГЭ по химии - тактика и стратегия", 36 час. (от 22.08.2025 ПК МГУ 060026, ФГБОУ ВО "Московский государственный университет имени М.В. Ломоносова" )</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза</t>
   </si>
   <si>
     <t>Никитенко Михаил Сергеевич</t>
   </si>
   <si>
     <t>Технологическая подготовка производства на базе CAD/CAM систем;
 Математическое моделирование в машиностроении</t>
   </si>
   <si>
-    <t>"Охрана труда", 16 час. (от 06.12.2022 423102332571, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Триботехнические свойства и методы испытаний смазочных материалов", 18 час. (от 21.03.2025 , &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f0094664b8b966))</t>
+    <t>"Охрана труда", 16 час. (от 06.12.2022 423102332571, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Триботехнические свойства и методы испытаний смазочных материалов", 18 час. (от 21.03.2025 , ФГБУН  Институт машиноведения им. А.А. Благонравова Российской Академии наук)</t>
   </si>
   <si>
     <t>15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Конструкторское обеспечение машиностроительных производств;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении</t>
   </si>
   <si>
     <t>Никифорова Ольга Алексеевна</t>
   </si>
   <si>
     <t>Психология управления;
 Основы делопроизводства;
 Производственная, Организационно-управленческая практика;
 Производственная, Профессиональная практика по профилю деятельности;
 Производственная, Преддипломная практика;
 Учебная, Ознакомительная практика;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Конфликт интересов на государственной и муниципальной службе и порядок его урегулирования", 72 час. (от 22.09.2022 0227 00019269, &lt;Объект не найден&gt; (297:bd735ef3fcdadd2311ed50540b1b502a));
-[...2 lines deleted...]
-"Управление образованием на муниципальном уровне", 28 час. (от 14.11.2025 423104991083, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311efe1fc3f39a9b9))</t>
+    <t>"Конфликт интересов на государственной и муниципальной службе и порядок его урегулирования", 72 час. (от 22.09.2022 0227 00019269, Общество с ограниченной ответственностью "Регион");
+"Управленческие навыки руководителя", 16 час. (от 22.09.2022 0227 00019246, Общество с ограниченной ответственностью "Регион");
+"Организация методической работы преподавателя ВУЗа в современных реалиях", 72 час. (от 31.03.2025 193104960133, ООО "Институт развития образования, повышения квалификации и переподготовки");
+"Управление образованием на муниципальном уровне", 28 час. (от 14.11.2025 423104991083, ГОУ ДПО "Институт развития образования Кузбасса")</t>
+  </si>
+  <si>
+    <t>Государственное и муниципальное управление;
+Педагогика и психология;
+Менеджмент в социальной сфере</t>
   </si>
   <si>
     <t>Николаев Петр Игоревич</t>
   </si>
   <si>
     <t>Методы и средства проектирования информационных систем и технологий;
 Управление данными;
 Теория информационных процессов и систем</t>
   </si>
   <si>
-    <t>"Soft Skills для руководителей и научных проектов и лабораторий (till Time to Mind Manajement)", 16 час. (от 10.04.2023 423102334499, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Создание команды научно-технических проектов", 16 час. (от 13.06.2024 423103228960, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: информационные системы и технологии
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Soft Skills для руководителей и научных проектов и лабораторий (till Time to Mind Manajement)", 16 час. (от 10.04.2023 423102334499, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Создание команды научно-технических проектов", 16 час. (от 13.06.2024 423103228960, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>11 лет
-5 месяцев</t>
+6 месяцев</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Системная интеграция и автоматизация информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы</t>
   </si>
   <si>
     <t>Николаева Евгения Александровна</t>
   </si>
   <si>
     <t>Теория системного анализа;
 Математика;
 Дополнительные главы математики;
 Экономико-математическое моделирование</t>
   </si>
   <si>
-    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485001, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b));
-[...7 lines deleted...]
-"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069374, &lt;Объект не найден&gt; (297:9d485ef3fcdadd2311ebdefa8ead8d5f))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: прикладная математика
+квалификация: математик;</t>
+  </si>
+  <si>
+    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485001, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123667, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347974, актион Университет. Онлайн обучение);
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 16 час. (от 18.12.2023 040000534092, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565648, Национальный исследовательский технологический университет "МИСИС");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600909, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000601574, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603505, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069374, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
+  </si>
+  <si>
+    <t>Преподаватель высшей щколы</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика</t>
   </si>
   <si>
     <t>Новиньков Алексей Геннадьевич</t>
   </si>
   <si>
     <t>Спецкурс металлические конструкции;
 Геометрическое моделирование и прочностной анализ строительных конструкций в САПР;
 Сейсмостойкость сооружений;
 Спецкурс строительных конструкций;
 Вероятностные методы строительной механики и теория надежности строительных конструкций;
 Моделирование напряжённо-деформированного состояния строительных конструкций</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332295, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...1 lines deleted...]
-"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295820, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332295, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227640, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295820, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений</t>
   </si>
   <si>
     <t>Овсянникова Евгения Александровна</t>
   </si>
   <si>
     <t>Компьютерное моделирование информационных систем;
 Начертательная геометрия и инженерная графика;
 Начертательная геометрия. Инженерная графика;
 Начертательная геометрия, инженерная и компьютерная графика;
 Инженерная и компьютерная графика;
 Начертательная геометрия;
 Инженерная графика;
 Информационные технологии в профессиональной деятельности;
 ОП.01 Инженерная графика</t>
   </si>
   <si>
-    <t>"Преподавание инженерной графики в образовательной организации" (от 13.12.2022 ПП 0017813, &lt;Объект не найден&gt; (297:a3c75ef3fcdadd2311eb91d9d6e35053));
-[...1 lines deleted...]
-"Цифровые двойники изделий", 72 час. (от 14.06.2024 782400096447, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология бродильных производств и виноделия
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Преподавание инженерной графики в образовательной организации" (от 13.12.2022 ПП 0017813, ООО "Московский институт профессиональной переподготовки и повышения квалификации педагогов");
+"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 21.11.2023 11274/23-03, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Цифровые двойники изделий", 72 час. (от 14.06.2024 782400096447, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
+  </si>
+  <si>
+    <t>Преподаватель инженерной графики</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Овсянникова Светлана Васильевна</t>
   </si>
   <si>
     <t>Классификация объектов недвижимости;
 Основы внутрихозяйственной организации территорий;
 Кадастр природных ресурсов;
 Рекультивация нарушенных территорий;
 Экология;
 Основы землеустройства;
 Охрана и мониторинг земель и недвижимости;
 Почвоведение и инженерная геология;
 Производственная, Преддипломная практика;
 Производственная, Организационно-управленческая практика</t>
   </si>
   <si>
-    <t>"Нормативное обеспечение подтверждения соответствия и качества угольной продукции" (от 20.12.2022 040000161732, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b));
-[...3 lines deleted...]
-"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603560, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: агрохимия и почвоведение
+квалификация: агрохимик-почвовед;</t>
+  </si>
+  <si>
+    <t>"Нормативное обеспечение подтверждения соответствия и качества угольной продукции" (от 20.12.2022 040000161732, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000262188, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565654, Национальный исследовательский технологический университет "МИСИС");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000604049, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603560, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000668586, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+  </si>
+  <si>
+    <t>Радиационная безопасность, радиационный контроль, основы защиты от ионизирующих излучений;
+Инженер по землеустройству;
+Экология и рациональное природопользование</t>
   </si>
   <si>
     <t>21.03.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Овчинников Александр Геннадьевич</t>
   </si>
   <si>
     <t>Интеллектуальные электрические сети;
+Переходные процессы;
 Основы энергосбережения;
 Энергосбережение;
 Электрооборудование предприятий;
 Компенсация реактивной мощности;
 Метрология, стандартизация и сертификация;
 Производственная, Организационно-управленческая практика;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: экономика и управление на предприятии (по отраслям)
+квалификация: экономист-менеджер;
+* направление подготовки и (или) специальности: электроснабжение
+квалификация: инженер;</t>
+  </si>
+  <si>
     <t>13.03.02 Электроэнергетика и электротехника - Менеджмент в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети</t>
   </si>
   <si>
     <t>Огородников Иван Вячеславович</t>
   </si>
   <si>
     <t>Монтаж и наладка электрооборудования;
 Монтаж и наладка электрооборудования промышленных предприятий;
 Диагностика и ремонт электрооборудования;
 Монтаж и наладка систем автоматики</t>
   </si>
   <si>
-    <t>"Автоматизация технологических процессов и производств", 72 час. (от 31.01.2024 Н24ПК001652, &lt;Объект не найден&gt; (297:ab125ef3fcdadd2311eeeb4f23c09054))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: электроснабжение (по отраслям)
+квалификация: инженер;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: строительство
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Автоматизация технологических процессов и производств", 72 час. (от 31.01.2024 Н24ПК001652, Научная Академия ИНГЕНИУМ)</t>
+  </si>
+  <si>
+    <t>Сметное нормирование и ценообразование в строительстве;
+Менеджер</t>
   </si>
   <si>
     <t>18 лет
-2 месяца</t>
+3 месяца</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений</t>
   </si>
   <si>
     <t>Осокина Наталья Викторовна</t>
   </si>
   <si>
     <t>Мировая экономика и международные экономические отношения</t>
   </si>
   <si>
-    <t>"Технологии "Фабрик Будующего", 108 час. (от 02.07.2024 782400096849, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: экономика и организация горной промышленности
+квалификация: инженер-экономист;</t>
+  </si>
+  <si>
+    <t>"Технологии "Фабрик Будующего", 108 час. (от 02.07.2024 782400096849, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>Останин Олег Александрович</t>
   </si>
   <si>
     <t>Научные основы технологии машиностроения;
 Наноинженерия поверхности;
 Технология машиностроения</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332341, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...3 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076976, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: государственное и муниципальное управление
+квалификация: менеджер;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: технология, оборудование и автоматизация машиностроительных производств
+квалификация: магистр техники и технологии;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332341, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Цифровые двойники изделий" (от 09.12.2022 782400073852 11394/22-03, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 22.11.2023 У2023351231, НОЧУО ДПО "Актион");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227641, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076976, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 15.04.01 Машиностроение - Сварка и родственные технологии;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении</t>
   </si>
   <si>
     <t>Ощепкова Елена Александровна</t>
   </si>
   <si>
     <t>ОП.03 Информационные технологии;
 ОУП.14 Индивидуальный проект;
 ОУП(у).05 Информатика</t>
   </si>
   <si>
-    <t>"Цифровой дизайн в программах дисциплин (уровень СПО)", 144 час. (от 29.11.2022 160300053093, &lt;Объект не найден&gt; (297:b1985ef3fcdadd2311eae1d3cf44f48f));
-[...3 lines deleted...]
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064463, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Цифровой дизайн в программах дисциплин (уровень СПО)", 144 час. (от 29.11.2022 160300053093, АНО ВО "Университет Иннополис");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У 2023347992, Негосударственное образовательное частное учреждение организации дополнительного профессионального образования ''Актион'');
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1538, ГБУ "Кузбасская школа управления");
+"Психолого-педагогическая подготовка преподавателя технического университета", 16 час. (от 24.05.2024 080000064421, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064463, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
+  </si>
+  <si>
+    <t>Педагог Профессионального, Дополнительного Профессионального Образования;
+Учитель, преподаватель информатики</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Папин Андрей Владимирович</t>
   </si>
   <si>
     <t>Химия природных энергоносителей;
 Генезис и свойства твердых горючих ископаемых;
 Технический анализ углей;
 Энерготехнологические процессы углехимии;
 Улавливание химических продуктов коксования;
 Технология получения углеродных волокон и композиционных материалов;
 Общая химическая технология;
 Производственная, Технологическая (проектно-технологическая) практика</t>
   </si>
   <si>
-    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227642, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295791, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: химич. технол. природных энергоносителей и углер.матер.
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227642, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295791, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.04.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых</t>
   </si>
   <si>
     <t>Паскарь Иван Николаевич</t>
   </si>
   <si>
     <t>Электроснабжение потребителей электрической энергии;
 Монтаж, наладка, эксплуатация и ремонт электрооборудования;
 Электроснабжение опасных производственных объектов;
 Электрооборудование предприятий;
 Производственная, Эксплуатационная практика</t>
   </si>
   <si>
-    <t>"Подготовка преподавателей в сфере программной инженерии", 144 час. (от 24.11.2025 163105183364, &lt;Объект не найден&gt; (297:b1985ef3fcdadd2311eae1d3cf44f48f))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: электроснабжение
+квалификация: инженер;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: экономика
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Подготовка преподавателей в сфере программной инженерии", 144 час. (от 24.11.2025 163105183364, АНО ВО "Университет Иннополис")</t>
+  </si>
+  <si>
+    <t>Удостоверяет право на ведение проф.деятельности в сфере Управления проектами развития</t>
   </si>
   <si>
     <t>Пачкин Сергей Геннадьевич</t>
   </si>
   <si>
     <t>Инжиниринг;
 Основы схемотехники и технического проектирования;
 Основы микропроцессорной техники;
 Микропроцессорная техника</t>
   </si>
   <si>
-    <t>"Практико-ориентированные подходы при реализации компетенций FutureSkills в образовательных организациях высшего образования", 72 час. (от 24.10.2022 782416102419, &lt;Объект не найден&gt; (297:aa505ef3fcdadd2311ee583f5ca3fb62));
-"Проектирование автоматизированных систем управления технологическими процессами (АСУ ТП). Программирование логических контроллеров", 144 час. (от 26.06.2023 550400017605, &lt;Объект не найден&gt; (297:a86e5ef3fcdadd2311edab599255b45a))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: автоматизация технологических процессов и производств
+квалификация: инженер по автоматизации;</t>
+  </si>
+  <si>
+    <t>"Практико-ориентированные подходы при реализации компетенций FutureSkills в образовательных организациях высшего образования", 72 час. (от 24.10.2022 782416102419, ФГАОУ ВО "Санкт-Петербургский государственный университет аэрокосмического приборостроения");
+"Проектирование автоматизированных систем управления технологическими процессами (АСУ ТП). Программирование логических контроллеров", 144 час. (от 26.06.2023 550400017605, ФГАОУ ВО "Омский государственный технический университет")</t>
+  </si>
+  <si>
+    <t>Преподаватель высшей школы;
+Мехатроника и робототехника</t>
   </si>
   <si>
     <t>11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике</t>
   </si>
   <si>
     <t>Певнева Инна Владимировна</t>
   </si>
   <si>
     <t>Ведущий специалист;
 Заведующий кафедрой</t>
   </si>
   <si>
     <t>Иностранный язык;
 Иностранный язык в профессиональной деятельности;
 Русский язык;
 Профессиональный русский язык</t>
   </si>
   <si>
-    <t>"Развитеие университета в меняющихся условиях: стратегические партнерства и новые формы кооперации", 36 час. (от 26.09.2022 УПК 21 128315, &lt;Объект не найден&gt; (297:bfeb5ef3fcdadd2311ed5e43bc667a8f));
-[...8 lines deleted...]
-"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069384, &lt;Объект не найден&gt; (297:9d485ef3fcdadd2311ebdefa8ead8d5f))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: антикризисное управление
+квалификация: экономист-менеджер;
+* направление подготовки и (или) специальности: филология
+квалификация: филолог. преподаватель английского языка и литературы. переводчик в сфере профессиональной коммуник.;</t>
+  </si>
+  <si>
+    <t>"Развитеие университета в меняющихся условиях: стратегические партнерства и новые формы кооперации", 36 час. (от 26.09.2022 УПК 21 128315, Центр дополнительного образования "Горизонт" Института русского языка РУДН);
+"Основные направления международной деятельности ВУЗа на современном этапе", 36 час. (от 26.10.2022 УПК 21 128775, Центр дополнительного образования "Горизонт" Института русского языка РУДН);
+"Охрана труда", 16 час. (от 17.11.2022 171122142111 ПК-876, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Акселератор интернациональных программ ДПО-русский язык и не только" в объеме 72 часов (из них 44 часа контактной работы)", 72 час. (от 01.12.2022 19 0356653, ФГБОУ ВО "Санкт-Петербургский государственный университет");
+"Оказание первой помощи пострадавшим", 16 час. (от 08.12.2022 081222142117 ПК-1012, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Организация образовательной деятельности преподавателя иностранного языка в условиях цифровой трансформации высшей школы", 72 час. (от 20.06.2023 422419977995, АНО ДПО "Межрегиональный институт повышения квалификации и профессиональной переподготовки");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347999, НОЧУО ДПО "Актион");
+"Цифровая лингводидактика в контексте развития технологий искусственного интелекта  Модуль 3. Технологии искусственного интелекта в обучении иностранному языку", 18 час. (от 29.02.2024 3118 2189569, ФГБОУ ВО "Ижевский государственный технический университет имени М.Т. Калашникова" г. Ижевск);
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295858, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069384, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
+  </si>
+  <si>
+    <t>Диплом предоставляет право на ведение профессиональной деятельности в сфере преподавания русского языка как иностранного;
+Диплом предоставляет право на ведение профессиональной деятельности в сфере профессионального и дополнительного профессионального образования</t>
   </si>
   <si>
     <t>09.04.02 Информационные системы и технологии - Искусственный интеллект и системная интеграция информационных процессов;
 09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 1.3 Физические науки - Теплофизика и теоретическая теплотехника;
 1.4 Химические науки - Неорганическая химия;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 2.4 Энергетика и электротехника - Электротехнические комплексы и системы;
 2.6 Химические технологии, науки о материалах, металлургия - Технология неорганических веществ;
 2.6 Химические технологии, науки о материалах, металлургия - Химическая технология топлива и высокоэнергетических веществ;
 2.9 Транспортные системы - Эксплуатация автомобильного транспорта;
 5.2 Экономика - Региональная и отраслевая экономика;
 5.2 Экономика - Экономическая теория;
 5.8 Педагогика - Методология и технология профессионального образования</t>
   </si>
   <si>
     <t>Перкель Александр Львович</t>
   </si>
   <si>
     <t>Основы органического анализа;
 Стратегия органического синтеза;
 Основы биохимии;
 Радикальные реакции в нефтехимическом синтезе;
 Органическая химия;
 Избранные главы органической химии</t>
   </si>
   <si>
-    <t>"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295792, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология консервирования
+квалификация: инженер-технолог холодильной промышленности;</t>
+  </si>
+  <si>
+    <t>"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295792, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза</t>
   </si>
   <si>
     <t>Петерс Елена Викторовна</t>
   </si>
   <si>
     <t>Учебная, Организационно-управленческая практика;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>&lt;Объект не найден&gt; (299:bf065cf3fc3b846a11e82e95f2e53359)</t>
-[...2 lines deleted...]
-    <t>"BIM технологии как будующее проектирования. Основы работы в программном комплексе REVIT", 72 час. (от 09.11.2022 702409484464, &lt;Объект не найден&gt; (297:806a5ef3fcdadd2311ec690eb5be6ff9))</t>
+    <t>Кандидат архитектуры наук</t>
+  </si>
+  <si>
+    <t>"BIM технологии как будующее проектирования. Основы работы в программном комплексе REVIT", 72 час. (от 09.11.2022 702409484464, Институт непрерывного образования при Томском государственном архитектурно-строительном университете (ИНО-ТГАСУ))</t>
   </si>
   <si>
     <t>27 лет
-8 месяцев</t>
+9 месяцев</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Информационное моделирование зданий и сооружений</t>
   </si>
   <si>
     <t>Петренко Константин Петрович</t>
   </si>
   <si>
     <t>Метрология, стандартизация и сертификация;
 Материаловедение;
 Технология конструкционных материалов;
 Технологические процессы в машиностроении;
 Метрология, стандартизация и сертификация в горном деле;
 Основы проектирования и производства заготовок;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Полимерные композиционные материалы", 72 час. (от 03.03.2025 782400105517, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>"Полимерные композиционные материалы", 72 час. (от 03.03.2025 782400105517, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
+  </si>
+  <si>
+    <t>Управление качеством</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Петрова Светлана Сергеевна</t>
   </si>
   <si>
-    <t>"Английский язык в академической сфере", 36 час. (от 15.12.2024 ПК 972348, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4));
-[...2 lines deleted...]
-"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295821, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: иностранный язык
+квалификация: учитель иностранного языка;</t>
+  </si>
+  <si>
+    <t>"Английский язык в академической сфере", 36 час. (от 15.12.2024 ПК 972348, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064465, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Внутренняя и внешняя коммуникация в организации в условиях трансформации образовательной среды", 36 час. (от 16.06.2025 ПК 295704, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295821, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (11 кл);
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл)</t>
   </si>
   <si>
     <t>Пилин Максим Олегович</t>
   </si>
   <si>
     <t>Малоотходные и ресурсосберегающие  технологии;
 Промышленная безопасность химических производств;
 Ноксология;
 Управление техносферной безопасностью;
 Управление персоналом;
 Полимерные композиционные материалы;
 Безопасность жизнедеятельности;
 Избранные главы физической химии;
 Охрана труда и промышленная безопасность;
 ОП.06 Безопасность жизнедеятельности;
 ОП.09 Безопасность жизнедеятельности;
 ОП.11 Безопасность жизнедеятельности;
 ОП.12 Безопасность жизнедеятельности;
 ОУП.13 Основы безопасности и защиты Родины;
 СГ.03 Безопасность жизнедеятельности;
 СГЦ.03 Безопасность жизнедеятельности</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332328, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...3 lines deleted...]
-"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541086, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4e6645b8f6e2))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: химическая технология
+квалификация: магистр;
+* направление подготовки и (или) специальности: химическая технология неорганических веществ
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332328, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227644, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Мастер воспитания. Организаторы.", 72 час. (от 27.12.2023 440600077932, ФГБОУ ВО "Костромской государственный университет");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076977, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541086, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (11 кл);
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (11кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 15.02.03 Монтаж, техническое обслуживание и ремонт гидравлического и пневматического оборудования (по отраслям) - Техник-механик (9 кл);
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.02.19 Сварочное производство - Техник (9 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Технология и переработка полимеров;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл);
 40.02.04 Юриспруденция - Юрист (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (11 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Пилина Елизавета Олеговна</t>
   </si>
   <si>
     <t>ОУП.09 История</t>
   </si>
   <si>
+    <t>Среднее профессиональное образование:
+* направление подготовки и (или) специальности: право и организация социального обеспечения
+квалификация: юрист;</t>
+  </si>
+  <si>
+    <t>Педагог профессионального образования;
+Преподаватель истории и обществознания</t>
+  </si>
+  <si>
     <t>Пимонов Александр Григорьевич</t>
   </si>
   <si>
     <t>Математическое моделирование, численные методы и комплексы программ;
 Основы научно-исследовательской деятельности;
 Теория систем и системный анализ;
 Математическое и имитационное моделирование</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123670, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-[...1 lines deleted...]
-"Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800133165, &lt;Объект не найден&gt; (297:a4684ccc6a8e64d511e7f2e549153ab7))</t>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123670, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348010, актион Университет. Онлайн обучение);
+"Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800133165, Национальный исследовательский Томский государственный университет)</t>
   </si>
   <si>
     <t>10 лет
-9 месяцев</t>
+10 месяцев</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 1.2 Компьютерные науки и информатика - Математические моделирование, численные методы и комплексы программ</t>
   </si>
   <si>
     <t>Пимонов Максим Владимирович</t>
   </si>
   <si>
     <t>Теоретические основы диагностики;
 Проектирование сварочных участков и цехов;
 Технология и оборудование сварки полимерных материалов;
 Производство сварных конструкций;
 Патентоведение;
 Функционально-стоимостной анализ;
 Теория сварочных процессов;
 Проектирование сварных конструкций;
 Основы инновационного бизнеса;
 Производственная, Технологическая (проектно-технологическая) практика;
 Производственная, Эксплуатационная практика;
 Производственная, Научно-исследовательская работа;
 Производственная, Преддипломная практика;
 Учебная, Ознакомительная практика;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332264, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...4 lines deleted...]
-    <t>17 лет</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332264, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227646, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076979, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+  </si>
+  <si>
+    <t>17 лет
+1 месяц</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.04.01 Машиностроение - Сварка и родственные технологии;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении</t>
   </si>
   <si>
     <t>Писаренко Марина Владимировна</t>
   </si>
   <si>
     <t>Геометрия недр;
 Рациональное использование и охрана недр</t>
   </si>
   <si>
-    <t>"Нормотивное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 ЦИОП-216-2022 040000161784, &lt;Объект не найден&gt; (297:a9635ef3fcdadd2311ec87bf700df1e1));
-[...4 lines deleted...]
-    <t>29 лет</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: маркшейдерское дело
+квалификация: инженер-маркшейдер;</t>
+  </si>
+  <si>
+    <t>"Нормотивное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 ЦИОП-216-2022 040000161784, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594217, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 28.12.2024 782400103609, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
+  </si>
+  <si>
+    <t>29 лет
+1 месяц</t>
   </si>
   <si>
     <t>Плаксин Максим Сергеевич</t>
   </si>
   <si>
     <t>Аэрология горных предприятий;
 Безопасность ведения горных работ и горноспасательное дело</t>
   </si>
   <si>
-    <t>"Энергосбережение и повышение энергоэффективности в организациях", 16 час. (от 06.12.2023 080000063832, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67));
-[...4 lines deleted...]
-"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295822, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: техники и технологии по направлению "горное дело"
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Энергосбережение и повышение энергоэффективности в организациях", 16 час. (от 06.12.2023 080000063832, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Регистрация объектов интеллектуальной собственности", 16 час. (от 20.05.2024 423103228532, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Основы патентного поиска", 16 час. (от 24.05.2024 771803730014, ФГБУ "Федеральный институт промышленной собственности");
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594218, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Общие вопросы охраны труда и функционирования системы управления, оказание первой помощи пострадавшим", 36 час. (от 16.06.2025 ПК 295758, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295822, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>21 год
-7 месяцев</t>
+8 месяцев</t>
   </si>
   <si>
     <t>Плотников Вячеслав Алексеевич</t>
   </si>
   <si>
     <t>Расчет и конструирование аппаратов и машин химических производств;
 Надёжность и диагностика оборудования;
 Монтаж, эксплуатация и ремонт химико-технологического оборудования</t>
   </si>
   <si>
     <t>52 года
 9 месяцев</t>
   </si>
   <si>
     <t>18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств</t>
   </si>
   <si>
     <t>Победаш Павел Николаевич</t>
   </si>
   <si>
-    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009998, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-"Современные технологии в образовании: от педагогического дизайна до искусственного интеллекта", 36 час. (от 26.02.2025 703104075690, &lt;Объект не найден&gt; (297:806a5ef3fcdadd2311ec690eb5be6ff9))</t>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009998, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Современные технологии в образовании: от педагогического дизайна до искусственного интеллекта", 36 час. (от 26.02.2025 703104075690, Институт непрерывного образования при Томском государственном архитектурно-строительном университете (ИНО-ТГАСУ))</t>
+  </si>
+  <si>
+    <t>По программе "Информационные технологии в управлении"  с правом ведения профессиональной деятельности в сфере Информационных технологий в управлении с 03.03.2016 по 25.08.2016, в Кемеровском институте</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Подберезен Григорий Игоревич</t>
   </si>
   <si>
     <t>МДК.02.02 Инструментальные средства разработки программного обеспечения;
 МДК.06.03 Устройство и функционирование информационной системы;
 ОП.04 Основы алгоритмизации и программирования;
 ОУП.05 Информатика;
 ОУП.14 Индивидуальный проект</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (11 кл);
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Подгорный Александр Иванович</t>
   </si>
   <si>
     <t>Теоретические основы надежности и ресурса несущих систем автомобилей;
 Технический осмотр транспортных средств;
 Современные конструкции транспортных и транспортно-технологических машин и комплексов;
 Методы и средства бортовой диагностики;
 Охрана труда на предприятиях автомобильного транспорта;
 Влияние эксплуатационных условий на надежность транспортно-технологических машин и комплексов;
 Теория автомобиля;
 Системы технического обслуживания и текущего ремонта транспортных и транспортно-технологических машин</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123673, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063948, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123673, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063948, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253398, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>Подкур Полина Николаевна</t>
   </si>
   <si>
     <t>Математика;
 Дискретная математика;
 Теория вероятностей и математическая статистика</t>
   </si>
   <si>
-    <t>"Позиционирование образовательного учреждения в социальных сетях", 16 час. (от 30.10.2023 ПК 323024, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34));
-"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069387, &lt;Объект не найден&gt; (297:9d485ef3fcdadd2311ebdefa8ead8d5f))</t>
+    <t>"Позиционирование образовательного учреждения в социальных сетях", 16 час. (от 30.10.2023 ПК 323024, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069387, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Позолотин Александр Сергеевич</t>
   </si>
   <si>
-    <t>"Главный инженер проекта (специалист по организации архитектурно-строительного пректирования)" (от 28.04.2023 10.01500.01.00000517.28, &lt;Объект не найден&gt; (297:9a5f5ef3fcdadd2311edf94b52d24576))</t>
+    <t>Учебная, Ознакомительная практика</t>
+  </si>
+  <si>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: техники и технологии
+квалификация: бакалавр;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: техники и технологии
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Главный инженер проекта (специалист по организации архитектурно-строительного пректирования)" (от 28.04.2023 10.01500.01.00000517.28, ООО "Центр квалификации" г. Москва)</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Покатилов Андрей Владимирович</t>
   </si>
   <si>
     <t>Железобетонные конструкции;
 Технология и организация проектной деятельности, включая документооборот;
 Патологии строительных конструкций;
 Документооборот проектной деятельности;
 Производственная, Организационно-управленческая практика</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332291, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...2 lines deleted...]
-"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227647, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332291, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Проектирование зданий и сооружений. Проектирование особо опасных, технически сложных и уникальных объектов капитального строительства. Конструктивные решения", 72 час. (от 17.12.2022 РН 001454256, ЧОУ ДПО "Учебный центр технико-экономических знаний");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348016, актион Университет. Онлайн обучение);
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227647, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений</t>
   </si>
   <si>
     <t>Покатилов Юрий Владимирович</t>
   </si>
   <si>
     <t>Управление трудовым коллективом строительного предприятия;
 Основы инженерных сооружений на автомобильных дорогах;
 Техническое регулирование и управление качеством;
 Технология возведения сложных зданий и сооружений;
 Строительство в зимних условиях;
 Современные технологии отделки интерьеров;
 Экспертиза и инспектирование инвестиционного процесса;
 Основы строительного производства;
 Средства механизации строительства;
 Организация и управление строительным производством;
 Организация строительного производства;
 Механизация  строительства;
 Производственная, Технологическая практика;
 ПП.01.01 Производственная практика (Контроль качества продукции на каждой стадии производственного процесса);
 УП.01.01 Учебная практика (Контроль качества продукции на каждой стадии производственного процесса);
 УП.02.01 Учебная практика (Подготовка, оформление и учет технической документации);
 УП.04.01 Учебная практика (Выполнение работ по профессии контролер качества обработки изделий)</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332302, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Повышение квалификации (в форме стажировки): Обогащение полезных ископаемых", 60 час. (от 26.05.2023 420800167937, &lt;Объект не найден&gt; (297:821c5ef3fcdadd2311ec42aadef34dd7))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332302, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Повышение квалификации (в форме стажировки): Обогащение полезных ископаемых", 60 час. (от 26.05.2023 420800167937, Филиал ФГБОУВО "Кузбасский государственный технический университет им. Т.Ф.Горбачава" в г.Прокопьевске)</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Полтавец Алексей Викторович</t>
   </si>
   <si>
     <t>Эксплуатация теплоэнергетических установок и сетей;
 Основы тарифообразования</t>
   </si>
   <si>
     <t>10 лет
-6 месяцев</t>
+7 месяцев</t>
   </si>
   <si>
     <t>Полуэктова Наталья Сергеевна</t>
   </si>
   <si>
     <t>ОУП.05 Информатика</t>
   </si>
   <si>
-    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1545, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec742063c91372));
-[...3 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295859, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: математика
+квалификация: математик;</t>
+  </si>
+  <si>
+    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1545, ГБУ "Кузбасская школа управления");
+"Трансформация образовательной организации и ее сотрудников: управленческий, правовой и финансовый аспект", 36 час. (от 06.12.2024 ПК 985079, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064466, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295735, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295859, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>Преподаватель;
+Менеджер в образовании</t>
   </si>
   <si>
     <t>Полякова Яна Викторовна</t>
   </si>
   <si>
     <t>МДК.02.03 Неразрушающий контроль;
 ПП.01.01 Производственная практика (Контроль качества продукции на каждой стадии производственного процесса);
 ПП.02.01 Производственная практика (Подготовка, оформление и учет технической документации);
 ПП.03.01 Производственная практика (Анализ и систематизация результатов контроля качества сырья и продукции, разработка предложений по корректирующим действиям);
 ПП.04.01 Производственная практика (Выполнение работ по профессии контролер качества обработки изделий);
 УП.02.01 Учебная практика (Подготовка, оформление и учет технической документации)</t>
   </si>
   <si>
-    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1546, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec742063c91372));
-"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541118, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4e6645b8f6e2))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология бродильных производств и виноделия
+квалификация: инженер;
+Среднее профессиональное образование:
+* направление подготовки и (или) специальности: право и организация социального обеспечения
+квалификация: юрист;</t>
+  </si>
+  <si>
+    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1546, ГБУ "Кузбасская школа управления");
+"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541118, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
   </si>
   <si>
     <t>15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Попов Игорь Викторович</t>
   </si>
   <si>
-    <t>Техник I категории</t>
+    <t>Старший преподаватель;
+Техник I категории</t>
   </si>
   <si>
     <t>Введение в электроснабжение;
 Введение в электроэнергетику;
+Информационные технологии и программирование;
 Информационные технологии в профессиональной деятельности</t>
+  </si>
+  <si>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: электроснабжение промышленных предприятий
+квалификация: инженер-электрик;
+* направление подготовки и (или) специальности: юриспруденция
+квалификация: юрист;</t>
   </si>
   <si>
     <t>Попова Ольга Владимировна</t>
   </si>
   <si>
     <t>Введение в электроснабжение;
 Введение в электроэнергетику;
 Электроэнергетические сети и системы;
 Электроэнергетические системы и сети;
 Электрические системы и сети;
 Оперативно-диспетчерское управление;
 Производственная, Педагогическая практика;
 Производственная, Эксплуатационная практика;
 Производственная, Организационно-управленческая практика;
 Производственная, Практика по получению профессиональных умений и опыта профессиональной деятельности;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: электроснабжение промышленных предприятий
+квалификация: инженер-электрик;</t>
+  </si>
+  <si>
     <t>Портола Вячеслав Алексеевич</t>
   </si>
   <si>
     <t>Организационные основы техносферной безопасности;
 Пожаровзрывозащита;
 Современные проблемы БЖД;
 Техническое регулирование технологических процессов;
 Пожарная безопасность;
 Производственная, Технологическая (проектно-технологическая) практика;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332274, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...3 lines deleted...]
-"Общие вопросы охраны труда и функционирования системы управления, оказание первой помощи пострадавшим", 36 час. (от 16.06.2025 ПК 295759, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: теплофизика
+квалификация: инженер теплофизик;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332274, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485068, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Повышение квалификации преподавателей ОБЖ, преподавателей БЖД и консультантов УПК категория: преподаватели БЖД", 64 час. (от 13.09.2023 42 1411 478668, ГОБУ ДПО "КОУМЦ по ГОиЧС");
+"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323146, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Общие вопросы охраны труда и функционирования системы управления, оказание первой помощи пострадавшим", 36 час. (от 16.06.2025 ПК 295759, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>Инженер По Дозиметрическому Контролю</t>
   </si>
   <si>
     <t>32 года
-5 месяцев</t>
+6 месяцев</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств</t>
   </si>
   <si>
     <t>Порываев Михаил Андреевич</t>
   </si>
   <si>
     <t>Основы робототехники</t>
   </si>
   <si>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: автоматизация технологических процессов и производств 
+квалификация: магистр;</t>
+  </si>
+  <si>
     <t>Потапов Михаил Алексеевич</t>
   </si>
   <si>
     <t>Спутниковые навигационные системы;
 Метрология, стандартизация и сертификация в горном деле</t>
   </si>
   <si>
-    <t>"Оформление технической документации в соответствии с требованиями федеральных авиационных правил на получение сертификата эксплуатанта", 40 час. (от 20.02.2023 312402057786, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f0136f60b3ed10));
-"Основы проектного управления в сфере беспилотных авиационных систем", 72 час. (от 02.12.2025 ПК-I 059694, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f0da41e6cbccc7))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: городской кадастр
+квалификация: инженер городского кадастра;</t>
+  </si>
+  <si>
+    <t>"Оформление технической документации в соответствии с требованиями федеральных авиационных правил на получение сертификата эксплуатанта", 40 час. (от 20.02.2023 312402057786, ФГБОУ ВО  "Сибирский государственный университет науки и технологий имени академика М.Ф. Решетнева");
+"Основы проектного управления в сфере беспилотных авиационных систем", 72 час. (от 02.12.2025 ПК-I 059694, ФГАОУ ВО "Самарский национальный исследовательский университет им.академика С.П.Королева")</t>
   </si>
   <si>
     <t>17 лет
-8 месяцев</t>
+9 месяцев</t>
   </si>
   <si>
     <t>Прейс Елена Валерьевна</t>
   </si>
   <si>
-    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080010003, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...1 lines deleted...]
-"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603796, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080010003, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594226, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603796, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>Прокопенко Евгения Викторовна</t>
   </si>
   <si>
     <t>Построение моделей угроз информационной безопасности;
 Проектирование систем защиты информации;
 Проектный практикум;
 Управление информационной безопасностью;
 Организационно-распорядительная документация по обеспечению информационной безопасности;
 Технологии обеспечения информационной безопасности;
 Информационные технологии в профессиональной деятельности;
 Основы информационных технологий;
 Производственная, Практика по профилю профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Оценка деятельности образовательной организации", 24 час. (от 26.11.2022 2476, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4cd4f2e2d45a));
-[...6 lines deleted...]
-"Аккредитационные показатели в государственной регламентации образовательной деятельности по программам высшего образования", 32 час. (от 13.09.2024 4240, &lt;Объект не найден&gt; (297:97715ef3fcdadd2311ee1661fae8ef0f))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: математика
+квалификация: математик;
+* направление подготовки и (или) специальности: прикладная математика и информатика
+квалификация: математик, системный программист;</t>
+  </si>
+  <si>
+    <t>"Оценка деятельности образовательной организации", 24 час. (от 26.11.2022 2476, ФГБУ Национальное Аккредитационное агенство в сфере образования г.Москва);
+"Основы антикоррупционной деятельности в образовательных учреждениях", 36 час. (от 29.12.2022 ААА 104208010070, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"По программе повышения квалификации в форме стажировки "Эффективные технологии управления организациями: лучшие практики", 36 час. (от 20.05.2023 ААА 104208001041, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Новая модель государственной аккредитации образовательной деятельности: подходы, технологии, инструменты", 24 час. (от 21.06.2023 3251, ФГБУ "Национальное аккредитационное агенство в сфере образования");
+"Информационная безопасность при использовании мобильных технологий", 72 час. (от 13.11.2023 702420312661, Томский государственный университет систем управления и радиоэлектроники);
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348037, НОЧУО ДПО "Актион");
+"Предупреждение коррупции в организациях", 18 час. (от 11.12.2023 423103227978, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Аккредитационные показатели в государственной регламентации образовательной деятельности по программам высшего образования", 32 час. (от 13.09.2024 4240, ФГБУ "Национальное аккредитационное агенство в сфере образования")</t>
+  </si>
+  <si>
+    <t>Менеджмент;
+Специалист по управлению персоналом;
+Менеджер;
+Специалист по технической защите информации</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 10.04.01 Информационная безопасность - Организация и технология защиты информации;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Простов Сергей Михайлович</t>
   </si>
   <si>
     <t>Основы научных исследований в строительстве;
 Основы научных исследований</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332307, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227648, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332307, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227648, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>08.04.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 21.04.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Протодьяконов Андрей Владимирович</t>
   </si>
   <si>
     <t>Системы искусственного интеллекта;
 Технологии искусственного интеллекта в управлении;
 Архитектуры моделей глубокого обучения;
 Интеллектуальные системы и технологии;
 Нейронные сети;
 Нечёткая логика и искусственные нейронные сети;
 Корпоративные информационные системы;
 Введение в нейронные сети;
 Искусственный интеллект;
 Интеллектуальный анализ исследовательской информации и первичная обработка информационных потоков;
 Базы данных и архитектурная организация хранилищ больших данных;
 Введение в интеллектуальный анализ данных;
 Математические основы алгоритмов машинного обучения</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123675, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800133163, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a))</t>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123675, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800133163, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
+  </si>
+  <si>
+    <t>Информатика и информационные технологии;
+Искусственный интелект</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Системная интеграция и автоматизация информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.04.02 Информационные системы и технологии - Искусственный интеллект и системная интеграция информационных процессов;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности</t>
   </si>
   <si>
     <t>Пузынин Андрей Владимирович</t>
   </si>
   <si>
-    <t>"Информационные технологии в управлении", 72 час. (от 01.11.2023 ПК 101622618, &lt;Объект не найден&gt; (297:bcf05ef3fcdadd2311ee7921d65311ed));
-[...1 lines deleted...]
-"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541105, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4e6645b8f6e2))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: физика
+квалификация: физик;</t>
+  </si>
+  <si>
+    <t>"Информационные технологии в управлении", 72 час. (от 01.11.2023 ПК 101622618, НОЧУ ДПО "Национальный Открытый Университет "ИНТУИТ");
+"Индивидуализация инженерного образования через проектную деятельность", 24 час. (от 12.12.2023 ПК 087915, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
+"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541105, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 18.03.01 Химическая технология - Инновационные химические технологии;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Пузырев Максим Олегович</t>
   </si>
   <si>
     <t>Преподаватель;
 Ассистент</t>
   </si>
   <si>
     <t>Проектирование систем защиты информации;
 Безопасность операционных систем;
 МДК.02.01 Программные и программно-аппаратные средства защиты информации;
 ОП.02 Организационно-правовое обеспечение информационной безопасности</t>
   </si>
   <si>
-    <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 01.11.2023 У2023341373, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eecfc1fca062da));
-"Выявление инцидентов м противодействие атакам на объекты КИИ", 72 час. (от 11.12.2023 702420313004 23/866, &lt;Объект не найден&gt; (297:a4684ccc6a8e64d511e7f2e53c8aa096))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: математика
+квалификация: математик;
+Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: информационная безопасность
+квалификация: бакалавр;</t>
+  </si>
+  <si>
+    <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 01.11.2023 У2023341373, НОЧУО ДПО "Актион");
+"Выявление инцидентов м противодействие атакам на объекты КИИ", 72 час. (от 11.12.2023 702420313004 23/866, ФГАОУ ВО "Томский государственный университет систем управления и радиоэлектроники")</t>
+  </si>
+  <si>
+    <t>Преподаватель;
+Менеджер</t>
   </si>
   <si>
     <t>14 лет
-9 месяцев</t>
+10 месяцев</t>
   </si>
   <si>
     <t>10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем</t>
   </si>
   <si>
     <t>Пучков Сергей Вениаминович</t>
   </si>
   <si>
     <t>Катализ в нефтепереработке и нефтехимии;
 Теоретические основы технологии органического и нефтехимического синтеза;
 Основы квантовой химии;
 Химия и технология органических веществ;
 Оборудование предприятий основного органического синтеза;
 Основы автоматизации производств органического и нефтехимического синтеза;
 Спецхимтехнология;
 Учебная, Ознакомительная практика;
 Производственная, Технологическая (проектно-технологическая) практика</t>
   </si>
   <si>
-    <t>"Позиционирование образовательного учреждения в социальных сетях", 16 час. (от 30.10.2023 ПК 323025, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34));
-[...1 lines deleted...]
-"Подготовка к ОГЭ и ЕГЭ по химии - тактика и стратегия", 36 час. (от 22.08.2025 ПК МГУ 060031, &lt;Объект не найден&gt; (297:bd065ef3fcdadd2311ed64b080df9989))</t>
+    <t>"Позиционирование образовательного учреждения в социальных сетях", 16 час. (от 30.10.2023 ПК 323025, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227649, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Подготовка к ОГЭ и ЕГЭ по химии - тактика и стратегия", 36 час. (от 22.08.2025 ПК МГУ 060031, ФГБОУ ВО "Московский государственный университет имени М.В. Ломоносова" )</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Химическая технология органических веществ;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза</t>
   </si>
   <si>
     <t>Пушкарева Алла Николаевна</t>
   </si>
   <si>
     <t>МДК.01.01 Порядок проведения оценки качества продукции на каждой стадии производственного процесса;
 МДК.02.01 Порядок работы с технической документацией</t>
   </si>
   <si>
-    <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348046, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eecfc1fca062da));
-[...1 lines deleted...]
-"Инновационные и цифровые технологии в образовании", 72 час. (от 17.06.2024 782400096650, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: экономика и управление на предприятии в строительстве
+квалификация: инженер-экономист;
+Среднее профессиональное образование:
+* направление подготовки и (или) специальности: промышленная электронника
+квалификация: техник-строитель;</t>
+  </si>
+  <si>
+    <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348046, НОЧУО ДПО "Актион");
+"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 21.11.2023 11287/23-03, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 17.06.2024 782400096650, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>Равочкин Никита Николаевич</t>
   </si>
   <si>
     <t>История и философия науки;
 Философия;
 Философские проблемы науки и техники</t>
   </si>
   <si>
-    <t>"Управление персоналом", 524 час. (от 30.09.2022 ПП 0122787, &lt;Объект не найден&gt; (297:84e55ef3fcdadd2311ed6fc694f40c0c));
-[...1 lines deleted...]
-"Инфографика и визуализация данных научных исследований", 16 час. (от 27.10.2023 423103227344, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: бухгалтерский учет, анализ и аудит
+квалификация: экономист;
+* направление подготовки и (или) специальности: социально-культурный сервис и туризм
+квалификация: специалист по сервису и туризму;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: педагогическое образование
+квалификация: магистр;
+* направление подготовки и (или) специальности: социальная работа
+квалификация: магистр;
+* направление подготовки и (или) специальности: социология
+квалификация: магистр;
+* направление подготовки и (или) специальности: философия
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Управление персоналом", 524 час. (от 30.09.2022 ПП 0122787, АНОО ВО Центрсоюза РФ "Сибирский университет потребительской кооперации" );
+"По программе "Data Science ("Наука о данных")", 288 час. (от 28.02.2023 080000019468, ФГБОУ ВО "Сибирский государственный университет телекоммуникаций и информатики");
+"Инфографика и визуализация данных научных исследований", 16 час. (от 27.10.2023 423103227344, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+  </si>
+  <si>
+    <t>Государственное и муниципальное управление;
+Учитель русского языка и литературы;
+Связь с общественностью;
+Преподаватель высшей школы;
+Учитель обществознания;
+Судебный эксперт;
+Преподаватель;
+Специалист по управлению персоналом;
+Судебный эксперт в области лингистической экспертизы;
+Преподаватель уголовно-правовых дисциплин;
+Литературное редактирование и современная издательская деятельность;
+Градостроитель;
+Менеджер;
+Преподаватель латинского языка;
+По программе "Data Science ("Наука о данных");
+Юрист;
+Философия: история и современный проблемы;
+Педагог-андгог. Психолого-педагогические технологии обучения и самаразвития взрослых;
+GR-менеджмент. Технологии и инструменты взаимодействия с органами власти;
+Патентовед;
+Учитель истории;
+Аналитика данных</t>
   </si>
   <si>
     <t>08.04.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.02 Электроэнергетика и электротехника - Электротехнические комплексы и системы;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика;
 15.04.01 Машиностроение - Сварка и родственные технологии;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Конструкторское обеспечение машиностроительных производств;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении;
 18.04.01 Химическая технология - Технология и переработка полимеров;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 18.04.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.04.02 Землеустройство и кадастры - Кадастр недвижимости;
 23.04.01 Технология транспортных процессов - Организация и управление транспортными процессами;
 23.04.03 Эксплуатация транспортно-технологических машин и комплексов - Транспортные и транспортно-технологические машины;
 2.4 Энергетика и электротехника - Электротехнические комплексы и системы;
 27.04.02 Управление качеством - Управление качеством в производственно-технологических системах;
 2.9 Транспортные системы - Эксплуатация автомобильного транспорта;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе);
 5.2 Экономика - Региональная и отраслевая экономика;
 5.2 Экономика - Экономическая теория</t>
   </si>
   <si>
     <t>Радионова Елена Александровна</t>
   </si>
   <si>
     <t>Экономика, организация и планирование инвестиционно-инновационной деятельности предприятия;
 Управление устойчивым развитием предприятий и организаций по Модели Совершенствования;
 Управление затратами и ценообразование на предприятии (в организации);
 Организация и ведение делопроизводства на предприятии;
 Основы управленческой экономики;
 Экономическая теория;
 Экономика;
 Учебная, Научно-исследовательская работа (получение первичных навыков научно-исследовательской работы);
-Производственная, Преддипломная практика;
 Учебная, Ознакомительная практика;
 Актуальные проблемы развития предприятия</t>
   </si>
   <si>
-    <t>"Разработка и реализация рабочих программ дисциплин (модулей) для формирования универсальной компетенции в области экономической культуры, в том числе финансовой грамотности", 108 час. (от 25.12.2023 ПК МГУ 044985, &lt;Объект не найден&gt; (297:9bca5ef3fcdadd2311ed1d40edfbf134));
-"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295823, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Разработка и реализация рабочих программ дисциплин (модулей) для формирования универсальной компетенции в области экономической культуры, в том числе финансовой грамотности", 108 час. (от 25.12.2023 ПК МГУ 044985, ФГБОУ ВО "Московский государственный университет имени М.В. Ломоносова");
+"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295823, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.04.01 Экономика - Практическая экономика;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Раевская Елена Александровна</t>
   </si>
   <si>
     <t>Графические средства информационных систем;
 Математические методы и модели поддержки принятия решений;
 Информационные системы и технологии</t>
   </si>
   <si>
-    <t>"Финансовый директор", 260 час. (от 10.11.2022 0227 00002211, &lt;Объект не найден&gt; (297:98035ef3fcdadd2311ed49de8db14512))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: прикладная информатика в экономике
+квалификация: информатик-экономист;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: прикладная информатика
+квалификация: магистр;
+Послевузовское образование:
+* направление подготовки и (или) специальности: информатика и вычислительная техника
+квалификация: исследователь. преподаватель-исследователь;</t>
+  </si>
+  <si>
+    <t>"Финансовый директор", 260 час. (от 10.11.2022 0227 00002211, ООО "Регион")</t>
+  </si>
+  <si>
+    <t>Финансовый директор</t>
   </si>
   <si>
     <t>9 лет
-7 месяцев</t>
+8 месяцев</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.04.03 Прикладная информатика - Прикладная информатика в экономике</t>
   </si>
   <si>
     <t>Райс Валерия Александровна</t>
   </si>
   <si>
     <t>Финансовый менеджмент;
 Рынок ценных бумаг;
 Оценка рисков</t>
   </si>
   <si>
-    <t>"Мастер воспитания. Организаторы", 72 час. (от 10.09.2024 440600080900, &lt;Объект не найден&gt; (297:94db5ef3fcdadd2311eeaecab958a698));
-[...2 lines deleted...]
-"Современные подходы к укреплению общероссийской гражданской идентичности", 36 час. (от 08.04.2025 423103865313, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: экономическая безопасность
+квалификация: экономист;</t>
+  </si>
+  <si>
+    <t>"Мастер воспитания. Организаторы", 72 час. (от 10.09.2024 440600080900, ФГБОУ ВО "Костромской государственный университет");
+"Воспитание будущего: инструменты реализации молодежной политики и воспитательной деятельности в системе высшего образования", 36 час. (от 27.12.2024 773400862706, ФГБОУВО "Государственный университет управления");
+"Мастер воспитания. Организаторы", 72 час. (от 27.12.2024 440600083975, ФГБОУ ВО "Костромской государственный университет");
+"Современные подходы к укреплению общероссийской гражданской идентичности", 36 час. (от 08.04.2025 423103865313, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Рвалов Павел Николаевич</t>
   </si>
   <si>
-    <t>"Основы антикоррупционной деятельности в образовательных учреждениях", 36 час. (от 29.12.2022 ААА 104208010052, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...1 lines deleted...]
-"Предупреждение коррупции в организациях", 18 час. (от 11.12.2023 423103227962, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: котло- и реакторостроение
+квалификация: инженер;
+Послевузовское образование:
+* направление подготовки и (или) специальности: философия, этика и религионоведение
+квалификация: исследователь. преподаватель-исследователь;</t>
+  </si>
+  <si>
+    <t>"Основы антикоррупционной деятельности в образовательных учреждениях", 36 час. (от 29.12.2022 ААА 104208010052, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Патриотизм и патриотическое воспитание современного поколения подростков и молодежи", 16 час. (от 28.02.2023 70АВ 046059, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет");
+"Предупреждение коррупции в организациях", 18 час. (от 11.12.2023 423103227962, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+  </si>
+  <si>
+    <t>Школа ректоров 19: управление трансформацией университета</t>
   </si>
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Реветнева Анастасия Павловна</t>
   </si>
   <si>
     <t>МДК.01.04 Осуществление расчетов с клиентом за предоставление услуги туризма и гостеприимства;
 МДК.02.02 Организация деятельности службы управления номерного фонда и дополнительных услуг;
 МДК.03.01 Организация и контроль текущей деятельности работников службы обслуживания и эксплуатации номерного фонда;
 ПП.03.01 Производственная практика (Организация и контроль текущей деятельности работников службы обслуживания и эксплуатации номерного фонда);
 УП.01.01 Учебная практика (Организация и контроль текущей деятельности работников службы предприятий туризма и гостеприимства);
 УП.02.01 Учебная практика (Предоставление гостиничных услуг);
 УП.03.01 Учебная практика (Организация и контроль текущей деятельности работников службы обслуживания и эксплуатации номерного фонда);
 УП.04.01 Учебная практика (Организация и контроль текущей деятельности работников службы бронирования и продаж)</t>
   </si>
   <si>
-    <t>"Организация и технологии деятельности хозяйственной службы средства размещения", 72 час. (от 04.07.2025 0000 00001209, &lt;Объект не найден&gt; (297:9c2a5ef3fcdadd2311ed17867503a89e))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: сервис
+квалификация: сервис;</t>
+  </si>
+  <si>
+    <t>"Организация и технологии деятельности хозяйственной службы средства размещения", 72 час. (от 04.07.2025 0000 00001209, ФГБОУ ВО "Российский государственный университет туризма и сервиса" )</t>
   </si>
   <si>
     <t>43.02.14 Гостиничное дело - Специалист по гостеприимству (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (11 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Резанова Елена Викторовна</t>
   </si>
   <si>
     <t>Расчет и конструирование металлорежущих станков;
 Детали машин;
 Сопротивление материалов;
 Теория механизмов и машин;
 Техническая механика;
 Детали машин и основы конструирования;
 Механика;
 Основы CAD и CAE;
 Системы автоматизации в инженерных расчетах;
 ОУП(у).05 Информатика</t>
   </si>
   <si>
-    <t>"Цифровая сертификация изделий из полимерных композиционных материалов общегражданского назначения и объектов транспортной инфраструктуры", 72 час. (от 11.10.2022 ПК 000455, &lt;Объект не найден&gt; (297:a86e5ef3fcdadd2311edae834fb377ac));
-[...15 lines deleted...]
-"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069396, &lt;Объект не найден&gt; (297:9d485ef3fcdadd2311ebdefa8ead8d5f))</t>
+    <t>"Цифровая сертификация изделий из полимерных композиционных материалов общегражданского назначения и объектов транспортной инфраструктуры", 72 час. (от 11.10.2022 ПК 000455, АНО ОВО  "Сколковский институт науки и технологий");
+"Бухгалтерский учет +1С", 260 час. (от 13.10.2022 0227 00001928, ООО "Регион");
+"Аналитик-экономист", 260 час. (от 13.10.2022 0227 00002060, ООО "Регион");
+"Бухгалтерский учет", 260 час. (от 13.10.2022 0227 00001933, ООО "Регион");
+"Менеджмент и экономика", 260 час. (от 13.10.2022 0227 00001940, ООО "Регион");
+"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123676, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Преподаватель-инструктор обучения приемам оказания первой помощи", 256 час. (от 17.06.2023 23-06-17-013, АНО УЦ  ДПО "Академия");
+"Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800131416, Национальный исследовательский Томский государственный университет);
+"Цифровые двойники изделий", 72 час. (от 27.06.2024 782400096830, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Аддитивные технологии 2024: от порошков к 3D изделиям", 16 час. (от 07.11.2024 040000567174, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Подготовка преподавателей, обучающих приемам оказания первой помощи", 24 час. (от 18.02.2025 У2025071264, НОЧУО ДПО "Актион");
+"Обучение по охране труда: организация, проведение, оформление документов", 24 час. (от 04.03.2025 У2025084728, НОЧУО ДПО "Актион");
+"Всероссийская аттестация специалистов по охране труда - 2025", 120 час. (от 02.04.2025 У2025116161, НОЧУО ДПО "Актион");
+"Лидерство в охране труда: как влиять на сотрудников всех подразделений компании", 30 час. (от 06.05.2025 У2025179458, НОЧУО ДПО "Актион");
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295736, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295860, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069396, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет");
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253410, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
+  </si>
+  <si>
+    <t>Менеджер;
+Преподаватель-инструктор обучения приемам оказания первой помощи;
+БУХГАЛТЕР в области бухгалтерский и налоговый учет +1С;
+Аналитик-экономист;
+Техносферная безопасность;
+Бухгалтер;
+Диплом предоставляет право на ведение профессиональной деятельности в сфере Педагогика профессионального образования;
+Информатика и информационные технологии</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 15.02.03 Монтаж, техническое обслуживание и ремонт гидравлического и пневматического оборудования (по отраслям) - Техник-механик (9 кл);
 15.02.19 Сварочное производство - Техник (9 кл);
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.02.06 Финансы - Финансист (9 кл)</t>
   </si>
   <si>
     <t>Ренев Алексей Агафангелович</t>
   </si>
   <si>
     <t>Геомеханика, разрушение горных пород, рудничная аэрогазодинамика и горная теплофизика;
 Комплексное освоение недр;
 Горная геомеханика;
 Подземная разработка рудных месторождений;
 Геомеханика</t>
   </si>
   <si>
-    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227650, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...2 lines deleted...]
-"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000668820, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227650, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565688, Национальный исследовательский технологический университет "МИСИС");
+"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541107, ГОБУ ДПО "КОУМЦ по ГОиЧС");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000668820, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+  </si>
+  <si>
+    <t>Нормтивно-правовое обеспечение программ повышения квалификации и профессиональной переподготовки" с</t>
   </si>
   <si>
     <t>19 лет
 10 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 2.8 Недропользование и горные науки - Геомеханика, разрушение горных пород, рудничная аэрогазодинамика и горная теплофизика</t>
   </si>
   <si>
     <t>Речко Галина Николаевна</t>
   </si>
   <si>
     <t>Исследование операций и методы оптимизации</t>
   </si>
   <si>
-    <t>"Цифровые решения для моделирования и анализа экономических процессов", 72 час. (от 29.03.2024 11, &lt;Объект не найден&gt; (297:aec35ef3fcdadd2311eef09b32c476cc))</t>
-[...2 lines deleted...]
-    <t>45 лет</t>
+    <t>"Цифровые решения для моделирования и анализа экономических процессов", 72 час. (от 29.03.2024 11, Академия Менеджмента Консалтинга и Стратегии (ООО "Аймекс"))</t>
   </si>
   <si>
     <t>Решетникова Наталья Геннадьевна</t>
   </si>
   <si>
     <t>Управление трудовым коллективом строительного предприятия;
 Экономика недвижимости;
 Планирование и контроллинг;
 Учет и анализ в строительстве;
 Основы сервейинга и риэлтерской деятельностью</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332306, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: бухгалтеский учет, анализ и аудит
+квалификация: экономист;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: строительство
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332306, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Рогова Тамара Борисовна</t>
   </si>
   <si>
     <t>Горнопромышленная и нефтегазопромысловая геология, геофизика, маркшейдерское дело и геометрия недр;
 Компьютерные технологии для решения геодезических задач;
 Анализ точности маркшейдерских измерений;
 Маркшейдерское обеспечение безопасности горных работ;
 Геометрия недр;
-Сдвижение пород и земной поверхности при ведении горных работ;
-[...5 lines deleted...]
-"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594235, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+Сдвижение пород и земной поверхности при ведении горных работ</t>
+  </si>
+  <si>
+    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323147, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с испльзованием современных программных решений", 16 час. (от 13.12.2023 040000533372 У655-1915, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594235, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Маркшейдерское дело;
 2.8 Недропользование и горные науки - Горнопромышленная и нефтегазопромысловая геология, геофизика, маркшейдерское дело и геометрия недр</t>
   </si>
   <si>
     <t>Родин Роман Иванович</t>
   </si>
   <si>
-    <t>"Энергосбережение и повышение энергоэффективности в организациях", 16 час. (от 06.12.2023 080000063835 257, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67));
-[...3 lines deleted...]
-"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295824, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: физические процессы горного производства
+квалификация: горный инженер;</t>
+  </si>
+  <si>
+    <t>"Энергосбережение и повышение энергоэффективности в организациях", 16 час. (от 06.12.2023 080000063835 257, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Регистрация объектов интеллектуальной собственности", 16 час. (от 20.05.2024 423103228534, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Основы патентного поиска", 16 час. (от 24.05.2024 771803730019, ФГБУ "Федеральный институт промышленной собственности");
+"Общие вопросы охраны труда и функционирования системы управления, оказание первой помощи пострадавшим", 36 час. (от 16.06.2025 ПК 295760, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295824, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>16 лет
-6 месяцев</t>
-[...2 lines deleted...]
-    <t>21.05.04 Горное дело - Горные машины и оборудование;
+7 месяцев</t>
+  </si>
+  <si>
+    <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
+21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Рожнева Елена Михайловна</t>
   </si>
   <si>
     <t>Деловой иностранный язык;
 Иностранный язык;
 Иностранный язык в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295825, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4));
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295861, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: филология
+квалификация: филолог. преподаватель английского языка и литературы. переводчик в сфере профессиональной коммуник.;</t>
+  </si>
+  <si>
+    <t>"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295825, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295861, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>По программе" Менеджмент" в КузГТУ г.Кемерово с 07.10.2014 по 23.05.2015, диплом серия ДДД  №104296 от 23.05.2015</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Романенко Андрей Михайлович</t>
   </si>
   <si>
     <t>Математические методы в инженерных расчетах;
 Организация инструментального производства;
 Проектирование штампов и прессформ;
 Технология и автоматизация инструментального производства;
 Автоматизация проектирования инструментов;
 Основы проектирование инструментов;
 Методы повышения эффективности режущих инструментов;
 Надежность и диагностика технологических систем;
 Современное состояние инструментального обеспечения машиностроительных производств;
 Технология конструкционных материалов;
 Режущий инструмент</t>
   </si>
   <si>
+    <t>"Аддитивные технологии: Взгляд в будущее", 16 час. (от 12.11.2025 040000671258, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+  </si>
+  <si>
+    <t>Управление качеством;
+Специалист в области охраны труда (по стандартам Ворлдскиллс) (с учетом стандарта Ворлдскиллс по компетенции "Охрана труда")</t>
+  </si>
+  <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Конструкторское обеспечение машиностроительных производств;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование механообрабатывающих и инструментальных комплексов в машиностроении;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.04.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Романова Вера Васильевна</t>
   </si>
   <si>
     <t>Алгоритмизация и программирование;
 Тестирование информационных систем;
 Основы информационных технологий;
 МДК.05.03 Тестирование информационных систем</t>
   </si>
   <si>
-    <t>"Администрирование и безопасность", 22 час. (от 21.11.2023 ПК№081791 63004, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9190ce5f3da2))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология жиров
+квалификация: инженер;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: менеджмент
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Администрирование и безопасность", 22 час. (от 21.11.2023 ПК№081791 63004, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ")</t>
+  </si>
+  <si>
+    <t>Преподаватель математики и информатики;
+Преподаватель высшей школы</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (11 кл);
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы</t>
   </si>
   <si>
     <t>Романова Ирина Владиславовна</t>
   </si>
   <si>
     <t>Ромашкин Владислав Дмитриевич</t>
   </si>
   <si>
     <t>Ведущий программист;
 Преподаватель</t>
   </si>
   <si>
     <t>Безопасность систем баз данных;
 Методы и средства криптографической защиты информации;
 МДК.01.02 Базы данных;
 МДК.01.04 Эксплуатация автоматизированных (информационных) систем в защищенном исполнении;
 МДК.02.01 Программные и программно-аппаратные средства защиты информации;
 МДК.02.02 Криптографические средства защиты информации;
 МДК.04.01 Технология выполнения работ;
 ОП.07 Технические средства информатизации;
 ПП.02.01 Производственная практика (Защита информации в автоматизированных системах программными и программно-аппаратными средствами);
 УП.02.01 Учебная практика (Защита информации в автоматизированных системах программными и программно-аппаратными средствами)</t>
   </si>
   <si>
-    <t>"Криптографические методы защиты", 72 час. (от 30.10.2023 ПК 101622368, &lt;Объект не найден&gt; (297:bcf05ef3fcdadd2311ee7921d65311ed));
-[...2 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295862, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Криптографические методы защиты", 72 час. (от 30.10.2023 ПК 101622368, НОЧУ ДПО "Национальный Открытый Университет "ИНТУИТ");
+"Информационная безопасность при использовании мобильных технологий", 72 час. (от 13.11.2023 702420312662, ФГАОУ ВО "Томский государственный университет систем управления и радиоэлектроники");
+"Азбука педагогического мастерства", 36 час. (от 16.06.2025 ПК 295685, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295862, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>Россиева Дарья Владимировна</t>
   </si>
   <si>
     <t>Аудит качества;
 Менеджмент качества;
 Экологический менеджмент;
 Международные системы менеджмента качества;
 Производственная, Преддипломная практика;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332259, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076980, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: управление качеством
+квалификация: инженер-менеджер;
+Высшее образование - подготовка кадров высшей квалификации:
+* направление подготовки и (или) специальности: промышленная экология и биотехнологии
+квалификация: исследователь. преподаватель-исследователь;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332259, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076980, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Рудковская Надежда Юрьевна</t>
   </si>
   <si>
     <t>Технология возведения зданий и сооружений;
 Спецкурс по технологии строительного производства;
 Современные технологии отделки интерьеров;
 Технологические процессы в строительстве;
 Учебная, Организационно-управленческая практика;
 Производственная, Технологическая практика</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332303, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Разработка, внедрение и анализ наружных фасадных решений", 72 час. (от 26.09.2025 080000064733, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332303, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Разработка, внедрение и анализ наружных фасадных решений", 72 час. (от 26.09.2025 080000064733, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство;
 08.03.01 Строительство - Экспертиза и управление недвижимостью;
 08.04.01 Строительство - Промышленное и гражданское строительство</t>
   </si>
   <si>
     <t>Рудковский Дмитрий Игоревич</t>
   </si>
   <si>
     <t>Технология возведения зданий и сооружений;
 Спецкурс по технологии строительного производства;
 Организация и документирование проектно-изыскательской деятельности;
 Технологические процессы в строительстве;
 Производственная,Технологическая практика</t>
   </si>
   <si>
-    <t>"Главный инженер проекта (специалист по организации архитектурно-строительного проектирования)", 40 час. (от 12.05.2023 283618, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f0e135f42b1273))</t>
+    <t>"Главный инженер проекта (специалист по организации архитектурно-строительного проектирования)", 40 час. (от 12.05.2023 283618, Автономная некомерческая организация дополнительного профессионального образования "Институт повышения квалификации ТЕХНОПРОГРЕСС" )</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство;
 08.04.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Промышленное и гражданское строительство</t>
   </si>
   <si>
     <t>Русакова Нина Александровна</t>
   </si>
   <si>
     <t>Численные методы;
 Статистический анализ данных;
 Системы статистического анализа данных</t>
   </si>
   <si>
-    <t>"Особенности инклюзивного образования в вузе", 72 час. (от 14.11.2022 141122142005 ПК-602, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>"Особенности инклюзивного образования в вузе", 72 час. (от 14.11.2022 141122142005 ПК-602, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные аспекты преподавания математики и информатики", 16 час. (от 02.12.2024 423103865141, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Особенности инклюзивного образования в ВУЗе", 72 час. (от 23.06.2025 200625142088, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Электронная информационно-образовательная среда ВУЗа", 16 час. (от 22.10.2025 211025142134, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>6 лет
-2 месяца</t>
+3 месяца</t>
   </si>
   <si>
     <t>Рыжикова Людмила Витальевна</t>
   </si>
   <si>
     <t>МДК.02.01 Порядок работы с технической документацией;
 ОП.06 Обработка металлов резанием, станки и инструменты;
 ОП.09 Стандартизация, сертификация и техническое документирование</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Рябов Сергей Александрович</t>
   </si>
   <si>
     <t>Основы проектирования машиностроительных комплексов;
 Техническая эксплуатация, обслуживание и ремонт металлообрабатывающего оборудования;
 Конкурентная стратегия производства;
 Расчет и конструирование металлорежущих станков;
 Установка и монтаж металлорежущих станков;
 Металлорежущие станки;
 Приспособления для металлорежущих станков и станочных комплексов;
 Проектирование металлорежущих станков;
 Техническое обслуживание и ремонт металлорежущих станков;
 Техническая эксплуатация, обслуживание и ремонт металлорежущего оборудования;
 Технологическое оборудование в автоматизированном производстве;
 Исследование и испытание металлорежущих станков и станочных комплексов;
 Оборудование машиностроительных производств;
 Режущий инструмент</t>
   </si>
   <si>
-    <t>"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 18.12.2023 782400090723, &lt;Объект не найден&gt; (297:ab125ef3fcdadd2311eeeb4bf7f4e505))</t>
+    <t>"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 18.12.2023 782400090723, Санкт-Петербургский политехнический университет Петра Великого)</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Конструкторское обеспечение машиностроительных производств;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование механообрабатывающих и инструментальных комплексов в машиностроении;
 27.04.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Рябова Елена Анатольевна</t>
   </si>
   <si>
     <t>Администрирование информационных систем;
 Основы информационных технологий</t>
   </si>
   <si>
-    <t>"Инструменты электронной информационно-образовательной среды", 16 час. (от 21.09.2023 550400002735 ИДО-23-443, &lt;Объект не найден&gt; (297:a6b35ef3fcdadd2311eb767639bda744))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: экономика труда
+квалификация: экономист;</t>
+  </si>
+  <si>
+    <t>"Инструменты электронной информационно-образовательной среды", 16 час. (от 21.09.2023 550400002735 ИДО-23-443, ФГБОУ ВО "СибАДИ" институт дополнительного образования)</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 18.03.01 Химическая технология - Инновационные химические технологии;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Сагайдак Кристина Александровна</t>
   </si>
   <si>
     <t>Общественный проект «Обучение служением»</t>
   </si>
   <si>
-    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323149, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34));
-"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348071, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eecfc1fca062da))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: бухгалтерский учет, анализ и аудит
+квалификация: экономист;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: экономическая безопасность
+квалификация: экономист;
+Среднее профессиональное образование:
+* направление подготовки и (или) специальности: экономика и бухгалтерский учет
+квалификация: бухгалтер;</t>
+  </si>
+  <si>
+    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323149, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348071, НОЧУО ДПО "Актион")</t>
+  </si>
+  <si>
+    <t>Управление в сфере культуры</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Садовец Владимир Юрьевич</t>
   </si>
   <si>
     <t>Основы научных исследований;
 Мобильная робототехника;
 Детали машин и основы конструирования;
 Механика;
 Сопротивление материалов;
 Прикладная механика</t>
   </si>
   <si>
-    <t>"Менеджмент и экономика", 260 час. (от 07.02.2023 0227 00002861, &lt;Объект не найден&gt; (297:98035ef3fcdadd2311ed49de8db14512));
-[...9 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295864, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: техники и технологии
+квалификация: бакалавр техники и технологии;
+* направление подготовки и (или) специальности: технология, оборудование и автоматизация машиностроительных производств
+квалификация: магистр техники и технологии;</t>
+  </si>
+  <si>
+    <t>"Менеджмент и экономика", 260 час. (от 07.02.2023 0227 00002861, ООО "Регион");
+"Управление проектами", 500 час. (от 07.02.2023 0227 00002862, ООО "Регион");
+"Специалист в сфере закупок 44-ФЗ и 223-ФЗ", 500 час. (от 16.02.2023 0227 00002900, ООО "Регион");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227651, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"3D-дизайн и прототипирования инновационного продукта", 72 час. (от 15.12.2023 542408586979 0053, ФГБУН "Институт горного дела им. Н.А.Чинакала" (ИГД СО РАН));
+"Оказание первой помощи пострадавшим на производстве", 16 час. (от 31.12.2023 , Актион Университет. Онлайн-обучение);
+"Цифровые двойники изделий", 72 час. (от 27.06.2024 782400096832, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000604110, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076981, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295738, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295864, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253407, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
+  </si>
+  <si>
+    <t>Специалист в сфере закупок;
+Менеджер;
+Информатика и информационные технологии;
+Педагогика профессионального образования</t>
   </si>
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Сакнэ Павел Русланович</t>
   </si>
   <si>
     <t>Электроника и схемотехника</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332314, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Актуальные вопросы и современные практики естественнонаучного и инженерно-технического образования одаренных школьников", 72 час. (от 07.07.2023 223102298371, &lt;Объект не найден&gt; (297:83d05ef3fcdadd2311eb3609739dff9c))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332314, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Актуальные вопросы и современные практики естественнонаучного и инженерно-технического образования одаренных школьников", 72 час. (от 07.07.2023 223102298371, ФГБОУ ВО "Алтайский государственый технический университет им.И.И.Ползунова" г.Барнаул)</t>
   </si>
   <si>
     <t>10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем</t>
   </si>
   <si>
     <t>Салтымакова Ольга Анатольевна</t>
   </si>
   <si>
-    <t>"Оказание первой медицинской помощи в образовательной организации", 36 час. (от 27.12.2024 422422715729, &lt;Объект не найден&gt; (297:aa515ef3fcdadd2311ef4d780b639bd1));
-"Организация обучения лиц с ограниченными возможностями здоровья и инвалидов в образовательных организациях среднего профессионального и высшего образования", 36 час. (от 27.12.2024 422422715888, &lt;Объект не найден&gt; (297:aa515ef3fcdadd2311ef4d780b639bd1))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: филология
+квалификация: филолог, преподаватель русского языка и литературы;</t>
+  </si>
+  <si>
+    <t>"Оказание первой медицинской помощи в образовательной организации", 36 час. (от 27.12.2024 422422715729, ФГБОУ ВО "Кузбасский государственный аграрный университет имени В.Н.Полецкова");
+"Организация обучения лиц с ограниченными возможностями здоровья и инвалидов в образовательных организациях среднего профессионального и высшего образования", 36 час. (от 27.12.2024 422422715888, ФГБОУ ВО "Кузбасский государственный аграрный университет имени В.Н.Полецкова")</t>
+  </si>
+  <si>
+    <t>Литературное редактирование и издательская деятельность</t>
   </si>
   <si>
     <t>38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Саможникова Татьяна Геннадьевна</t>
   </si>
   <si>
     <t>ОУП.14 Индивидуальный проект;
 ОУП(у).03 Математика</t>
   </si>
   <si>
-    <t>"Пожарная безопасность для руководителей образовательных организаций, работников, ответсвенных за обеспечение пожарной безопасности", 16 час. (от 29.10.2022 0165228, &lt;Объект не найден&gt; (297:bf065cf3fc3b846a11e8151c55512e90));
-[...7 lines deleted...]
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064467, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Пожарная безопасность для руководителей образовательных организаций, работников, ответсвенных за обеспечение пожарной безопасности", 16 час. (от 29.10.2022 0165228, Кузбасский региональный институт повышения квалификации и переподготовки работников образования);
+"Менеджмент в организации", 520 час. (от 02.11.2022 422417934543 3769, АНО ДПО "Межрегиональный институт повышения квалификации и профессиональной переподготовки");
+"О проверке знаний по оказанию первой помощи пострадавщим", 16 час. (от 03.11.2022 935, Кузбасский региональный институт повышения квалификации и переподготовки работников образования);
+"О проверке знания требований охраны труда", 16 час. (от 03.11.2022 926, Кузбасский региональный институт повышения квалификации и переподготовки работников образования);
+"Контрактная система в сфере закупок товаров, работ, услуг для обеспечения государственных и муниципальных нужд", 260 час. (от 29.12.2022 772418829306 29095, АНО ДПО "Национальная академия дополнительного профессионального образования");
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1572, ГБУ "Кузбасская школа управления");
+"Роль педагога в реализации концепции патриотического воспитания", 144 час. (от 18.05.2024 180003710419, ООО "Центр повышения квалификации и переподготовки "Луч знаний");
+"Работа преподавателя в LMS Moodle", 36 час. (от 07.12.2024 ПК 971066, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064467, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
+  </si>
+  <si>
+    <t>Контрактный управляющий (специалист-эксперт в сфере закупок);
+Менеджмент в организации</t>
   </si>
   <si>
     <t>23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Самусев Павел Александрович</t>
   </si>
   <si>
     <t>Разрушение горных пород взрывом;
 Гидромеханизация открытых горных работ;
 Производственная, Практика по профилю профессиональной деятельности;
 Производственная, Производственно-технологическая практика;
 Производственная, Преддипломная практика;
 Производственная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295739, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34));
-"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295793, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: открытые горные работы
+квалификация: горный инженер;</t>
+  </si>
+  <si>
+    <t>"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295739, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295793, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Открытые горные работы</t>
   </si>
   <si>
     <t>Санарова Анна Викторовна</t>
   </si>
   <si>
     <t>Спецкурс по технологии строительного производства;
 Технология монолитного и сборного железобетона;
 Капитальный ремонт зданий;
 Основы технической эксплуатации зданий и сооружений;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Управление научными проектами", 16 час. (от 25.10.2024 423102076982, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: строительство
+квалификация: бакалавр строительство;</t>
+  </si>
+  <si>
+    <t>"Управление научными проектами", 16 час. (от 25.10.2024 423102076982, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.03.01 Строительство - Экспертиза и управление недвижимостью</t>
   </si>
   <si>
     <t>Санталова Татьяна Николаевна</t>
   </si>
   <si>
     <t>Экспертиза недвижимости, реконструкции, реновации;
 Строительство в сложных условиях;
 Технология возведения зданий и сооружений;
 Спецкурс по технологии строительства;
 Управление ЖКК;
 Организационно-технологическое обеспечение строительства гражданских зданий и сооружений;
 Организационно-технологическое обеспечение строительства промышленных зданий и сооружений;
 Технологические процессы в строительстве;
 Организация строительного производства;
 Учебная, Организационно-управленческая практика</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332304, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...1 lines deleted...]
-"Разработка, внедрение и анализ наружных фасадных решений", 72 час. (от 26.09.2025 080000064732, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332304, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"В форме стажировки в ГБУ "ПИ "Кузбасспроект" на тему "Организация проектной и изыскательной деятельности   в строительстве", 72 час. (от 25.01.2023 ААА 104208010103, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Разработка, внедрение и анализ наружных фасадных решений", 72 час. (от 26.09.2025 080000064732, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>10 лет
 1 месяц</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.03.01 Строительство - Экспертиза и управление недвижимостью;
 08.04.01 Строительство - Промышленное и гражданское строительство</t>
   </si>
   <si>
     <t>Сапрыкин Александр Александрович</t>
   </si>
   <si>
     <t>Технология машиностроения</t>
   </si>
   <si>
-    <t>"Цифровой маркетинг и позиционирование образовательной программы", 32 час. (от 15.05.2023 70 АВ 047830, &lt;Объект не найден&gt; (297:8b355ef3fcdadd2311edb992f376da7e));
-"Передовые технологии аддитивного производства", 72 час. (от 02.10.2023 ПК 000793, &lt;Объект не найден&gt; (297:a86e5ef3fcdadd2311edae834fb377ac))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология машиностроения
+квалификация: технология машиностроения;</t>
+  </si>
+  <si>
+    <t>"Цифровой маркетинг и позиционирование образовательной программы", 32 час. (от 15.05.2023 70 АВ 047830, ФГАО УВО "Национальный исследовательский Томский политехнический университет");
+"Передовые технологии аддитивного производства", 72 час. (от 02.10.2023 ПК 000793, АНО ОВО  "Сколковский институт науки и технологий")</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения</t>
   </si>
   <si>
     <t>Свадковская Евгения Витальевна</t>
   </si>
   <si>
     <t>ОГСЭ.03 Иностранный язык в профессиональной деятельности;
 ОГСЭ.04 Иностранный язык в профессиональной деятельности;
 ОУП.04 Иностранный язык;
 СГ.02 Иностранный язык в профессиональной деятельности;
 СГЦ.02 Иностранный язык в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Актуальные вопросы преподавания английского языка в условиях реализации ФГОС", 72 час. (от 16.08.2023 ПК 00558688, &lt;Объект не найден&gt; (297:88f95ef3fcdadd2311ec144fac179671));
-[...6 lines deleted...]
-"Обучение иностранному языку - современные проблемы и решения", 16 час. (от 07.11.2025 ЭЭЭ 8462, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f0cf1e8305ac45))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: французский язык и литература
+квалификация: филолог, преподаватель французкого языка и литературы;
+Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: юриспруденция
+квалификация: бакалавр;</t>
+  </si>
+  <si>
+    <t>"Актуальные вопросы преподавания английского языка в условиях реализации ФГОС", 72 час. (от 16.08.2023 ПК 00558688, ООО "Инфоурок");
+"Обновленный ФГОС среднего общего образования: образовательные траектории старшеклассников и студентов СПО (английский язык)", 16 час. (от 13.11.2023 772420080565, Акционерное общество "Издательство "Просвещение");
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1577, ГБУ "Кузбасская школа управления");
+"Технология развития гибких навыков на уроке английского языка", 16 час. (от 23.05.2024 772421990006, Акционерное общество "Издательство "Просвещение");
+"Работа преподавателя в LMS Moodle", 36 час. (от 07.12.2024 ПК 971067, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064469, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Английский язык в академической сфере", 36 час. (от 16.06.2025 ПК 295693, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Обучение иностранному языку - современные проблемы и решения", 16 час. (от 07.11.2025 ЭЭЭ 8462, ФГАОУ ВО "Московский гос. институт международных отношений (университет) Минист.иностр.дел РФ")</t>
+  </si>
+  <si>
+    <t>Преподаватель высшей школы;
+Учитель-логопед</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл);
 40.02.04 Юриспруденция - Юрист (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Седых Дина Викторовна</t>
   </si>
   <si>
-    <t>"Взаимодействие преподавателя с субъектами педагогического процесса", 72 час. (от 26.02.2024 2018991330, &lt;Объект не найден&gt; (297:83025ef3fcdadd2311eee72ccf6480d3));
-"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 36 час. (от 24.12.2024 700800225531, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: филология
+квалификация: филолог. преподаватель английского языка и литературы. переводчик в сфере профессиональной коммуник.;
+Среднее профессиональное образование:
+* направление подготовки и (или) специальности: преподавание в начальных классах
+квалификация: учитель начальных классов, учитель иностранного языка в основной общнобразовательной школе;</t>
+  </si>
+  <si>
+    <t>"Взаимодействие преподавателя с субъектами педагогического процесса", 72 час. (от 26.02.2024 2018991330, Научно-образовательное учреждение дополнительного профессионального образования гуманитарном национальном исследовательском институте "Нацразвитие");
+"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 36 час. (от 24.12.2024 700800225531, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
 38.03.01 Экономика - Экономика предприятий и организаций</t>
   </si>
   <si>
     <t>Селюков Алексей Владимирович</t>
   </si>
   <si>
     <t>Проектирование карьеров;
 Ресурсосберегающие технологии;
 Планирование открытых горных работ;
 Учебная, Организационно-управленческая практика;
 Производственная, Практика по профилю профессиональной деятельности;
 Производственная, Преддипломная практика;
 Производственная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Аддитивные технологии. Базовый курс", 48 час. (от 11.11.2024 782400101260, &lt;Объект не найден&gt; (297:96095ef3fcdadd2311ef0386bb127727));
-[...1 lines deleted...]
-"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295740, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Аддитивные технологии. Базовый курс", 48 час. (от 11.11.2024 782400101260, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Азбука педагогического мастерства", 36 час. (от 16.06.2025 ПК 295686, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295740, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>Семенов Юрий Николаевич</t>
   </si>
   <si>
     <t>Экспертиза дорожно-транспортных происшествий;
 Информационное взаимодействие в человеко-машинных системах;
 Транспортная психология;
 Основы теории изобретательства;
 Информационные технологии на транспорте;
 Теория информационных процессов и систем;
 Инфокоммуникационные системы и сети;
 Информационные технологии в профессиональной деятельности;
 Производственная, Преддипломная практика;
 Учебная, Ознакомительная практика;
 Производственная, Эксплуатационная практика;
 МДК.01.01 Устройство автомобилей;
 МДК.02.01 Технология разработки программного обеспечения;
 МДК.02.04 Проектирование и разработка веб-приложений;
 МДК.03.01 Особенности конструкций автотранспортных средств;
 МДК.06.01 Внедрение информационной системы;
 МДК.07.01 Управление и автоматизация баз данных;
 ПП.05.01 Производственная практика (Проектирование и разработка информационных систем);
 ПП.06.01 Производственная практика (Сопровождение информационных систем);
 ПП.07.01 Производственная практика (Соадминистрирование баз данных и серверов);
 УП.06.01 Учебная практика (Сопровождение информационных систем)</t>
   </si>
   <si>
-    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063949, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67));
-[...4 lines deleted...]
-11 месяцев</t>
+    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063949, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800131412, Национальный исследовательский Томский государственный университет);
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253399, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
+  </si>
+  <si>
+    <t>18 лет</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (11 кл);
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 23.03.01 Технология транспортных процессов - Организация и безопасность дорожного движения;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.03.03 Эксплуатация транспортно-технологических машин и комплексов - Автомобили и автомобильное хозяйство</t>
   </si>
   <si>
     <t>Семенова Ольга Сергеевна</t>
   </si>
   <si>
     <t>Объектно-ориентированное программирование и разработка информационных систем;
 Прикладное программирование в отрасли;
 Управление данными;
 Теория информационных процессов и систем;
 МДК.07.01 Управление и автоматизация баз данных;
 ОП.08 Основы проектирования баз данных;
 ОУП.05 Информатика;
 ОУП(у).05 Информатика;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ)</t>
   </si>
   <si>
-    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063950, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67));
-[...2 lines deleted...]
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064470, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063950, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800131411, Национальный исследовательский Томский государственный университет);
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1578, ГБУ "Кузбасская школа управления");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064470, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253400, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (11 кл);
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 38.02.07 Банковское дело - Специалист банковского дела (9 кл);
 40.02.04 Юриспруденция - Юрист (9 кл)</t>
   </si>
   <si>
     <t>Серебренников Сергей Владимирович</t>
   </si>
   <si>
-    <t>"Экстренная допсихологическая помощь больным и пострадавшим при авариях и несчастных случаях" (от 17.10.2022 ДУ 17102275, &lt;Объект не найден&gt; (297:9dba5ef3fcdadd2311ef48c8b074db28));
-[...15 lines deleted...]
-"Охрана труда 2025-2030: Новые вызовы, новые решения", 16 час. (от 14.11.2025 423103866154, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: история
+квалификация: историк, преподаватель историии обществоведения;</t>
+  </si>
+  <si>
+    <t>"Экстренная допсихологическая помощь больным и пострадавшим при авариях и несчастных случаях" (от 17.10.2022 ДУ 17102275, ООО "Профессиональная академия");
+"", 72 час. (от 30.11.2022 ДУ  3011225, ООО "Профессиональная академия");
+"Современные требования к проведению сердечно-легочной реанимации в рамках первой помощи", 16 час. (от 28.04.2023 ДУ 2804236, ООО "Профессиональная академия");
+"Первая помощь при кровотечениях и травмах", 16 час. (от 05.05.2023 ДУ 05052315, ООО "Профессиональная академия");
+"Первая помощь при ожогах и отморожениях" (от 23.04.2024 ФДУ 23042423, ООО "Профессиональная академия");
+"Лидерство в охране труда: как влиять на сотрудников всех подразделений компании", 30 час. (от 03.12.2024 У2024429412, НОЧУО ДПО "Актион");
+"Всеросийская аттестация специалистов по охране труда - 2024", 120 час. (от 05.12.2024 У2024449616, НОЧУО ДПО "Актион");
+"Медосмотры и психосвидетельствования: организуем процесс без ошибок", 16 час. (от 05.12.2024 У2024449091, НОЧУО ДПО "Актион");
+"Несчастный случай в компании: как действовать специалисту по охране труда", 40 час. (от 05.12.2024 У2024449218, НОЧУО ДПО "Актион");
+"Оценка и управление профессиональными рисками", 40 час. (от 05.12.2024 У2024449578, НОЧУО ДПО "Актион");
+"Подготовка преподавателей, обучающих приемам первой помощи", 24 час. (от 05.12.2024 У2024449231, НОЧУО ДПО "Актион");
+"Стратегический менеджмент в охране труда: планирование, управление, результат", 72 час. (от 05.12.2024 У2024449189, НОЧУО ДПО "Актион");
+"Локальные документы по охране труда: что проверить и разработать в компании", 40 час. (от 10.12.2024 У2024450464, НОЧУО ДПО "Актион");
+"СОУТ: как организовать и проконтролировать процедуру в компании", 24 час. (от 10.01.2025 У2025003805, НОЧУО ДПО "Актион");
+"Обеспечение антитеррористической защищенности объектов", 30 час. (от 16.01.2025 У2025033761, НОЧУО ДПО "Актион");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 16.01.2025 У2025035030, НОЧУО ДПО "Актион");
+"Охрана труда 2025-2030: Новые вызовы, новые решения", 16 час. (от 14.11.2025 423103866154, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+  </si>
+  <si>
+    <t>Специалист по персоналу;
+Государственное и муниципальное управление;
+Правоведение в системе высшего профессионального образования. Преподаватель правоведения в высшем учебном заведении.;
+Разработка месторождений полезных ископаемых подземным способом;
+Преподаватель культурологии;
+Преподаватель философии;
+Психолог-консультант. Психология труда</t>
   </si>
   <si>
     <t>4 года
-6 месяцев</t>
+7 месяцев</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Сивакова Лариса Григорьевна</t>
   </si>
   <si>
     <t>Химия окружающей среды;
 Физико-химические методы исследования;
 Организация деятельности предприятия по охране среды обитания в ЧС;
 Экологическая экспертиза промышленных предприятий и проектов;
 Контроль окружающей среды;
 Методы очистки газообразных выбросов;
 Экологическая экспертиза;
 ОП.04 Физическая и коллоидная химия</t>
   </si>
   <si>
-    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009979, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b))</t>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009979, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования)</t>
   </si>
   <si>
     <t>18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 20.04.01 Техносферная безопасность - Инженерная защита окружающей среды</t>
   </si>
   <si>
     <t>Сивачев Евгений Леонидович</t>
   </si>
   <si>
     <t>Применение прикладных программ в  проектировании химических производств;
 Основы проектирования и оборудование;
 Современные методы проектирования химических производств;
 Технологические машины и оборудование;
 Основы проектирования и оборудование химических производств;
 Современные проблемы химической технологии неорганических веществ</t>
   </si>
   <si>
-    <t>"Промышленная безопасность на опасных производственных объектах", 72 час. (от 17.02.2023 ПКПБ 9.17022023, &lt;Объект не найден&gt; (297:99615cf3fc3b846a11ea5c55020f9187));
-"Психолого-педагогические основы обучения взрослых", 16 час. (от 06.03.2024 42ПК 7671, &lt;Объект не найден&gt; (297:bf065cf3fc3b846a11e807fc9be216bb))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технологии переработки пластмасс
+квалификация: инженер химик-технолог;</t>
+  </si>
+  <si>
+    <t>"Промышленная безопасность на опасных производственных объектах", 72 час. (от 17.02.2023 ПКПБ 9.17022023, ООО "ПромЭксперт");
+"Психолого-педагогические основы обучения взрослых", 16 час. (от 06.03.2024 42ПК 7671, ГБУ ДПО "КРИРПО")</t>
+  </si>
+  <si>
+    <t>Специалист по пожарной профилактике</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза;
 18.04.01 Химическая технология - Химическая технология неорганических веществ</t>
   </si>
   <si>
     <t>Сиводедова Марина Викторовна</t>
   </si>
   <si>
     <t>Основы информационных технологий</t>
   </si>
   <si>
-    <t>"Разработка цифровых решений на базе технологий 1С", 256 час. (от 18.07.2025 782422871135, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: прикладная информатика
+квалификация: ;</t>
+  </si>
+  <si>
+    <t>"Разработка цифровых решений на базе технологий 1С", 256 час. (от 18.07.2025 782422871135, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
+  </si>
+  <si>
+    <t>Специалист по информационным системам</t>
   </si>
   <si>
     <t>2 года
 9 месяцев</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Сивушкин Александр Сергеевич</t>
   </si>
   <si>
     <t>Проектирование машиностроительного производства;
 САПР в сварке;
 Проектирование сварочных участков и цехов;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Цифровая сертификация изделий из полимерных композиционных материалов общегражданского назначения и объектов транспортной инфраструктуры", 72 час. (от 11.10.2022 ПК 000458, &lt;Объект не найден&gt; (297:a86e5ef3fcdadd2311edae834fb377ac));
-[...2 lines deleted...]
-"Технологии "Фабрик Будущего", 108 час. (от 11.12.2024 782400102864, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: технология, оборудование и автоматизация машиностроительных производств
+квалификация: магистр техники и технологий;</t>
+  </si>
+  <si>
+    <t>"Цифровая сертификация изделий из полимерных композиционных материалов общегражданского назначения и объектов транспортной инфраструктуры", 72 час. (от 11.10.2022 ПК 000458, АНО ОВО  "Сколковский институт науки и технологий");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227653, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076984, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Технологии "Фабрик Будущего", 108 час. (от 11.12.2024 782400102864, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения</t>
   </si>
   <si>
     <t>Сидельников Сергей Александрович</t>
   </si>
   <si>
     <t>Основы технической механики;
 Сопротивление материалов</t>
   </si>
   <si>
-    <t>"Английский язык для профессиональных целей (с использованием онлайн-платформы "Английский пациент")", 144 час. (от 15.05.2023 700800126678, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295794, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Английский язык для профессиональных целей (с использованием онлайн-платформы "Английский пациент")", 144 час. (от 15.05.2023 700800126678, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295794, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг</t>
   </si>
   <si>
     <t>Сидорова Светлана Николаевна</t>
   </si>
   <si>
     <t>Общий курс транспорта;
 Основы системного анализа;
 Основы логистики;
 Правовое обеспечение логистической деятельности;
 Комплексная автоматизация логистических процессов;
 Основы цифровизации;
 Методология научных исследований;
 Основы научных исследований;
 Рынок транспортных услуг;
 Современные транспортные технологии в отраслях экономики;
 Основы менеджмента;
 Управление IT-проектами;
 История информатики;
 Системы управления базами данных;
 Производственная, Организационно-управленческая практика;
 Производственная, Преддипломная практика;
 МДК.03.02 Организация работ по модернизации автотранспортных средств;
 Системы технического обслуживания и текущего ремонта транспортных и транспортно-технологических машин</t>
   </si>
   <si>
-    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063951, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: организация перевозок и управление на автотранспорте
+квалификация: инженер-менеджер;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: педагогическое образование
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063951, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253401, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
+  </si>
+  <si>
+    <t>Диплом предоставляет право на ведение профессиональной деятельности в сфере Информатики и информационных технологий</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 23.03.01 Технология транспортных процессов - Организация и безопасность дорожного движения;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.04.01 Технология транспортных процессов - Организация и управление транспортными процессами;
 23.04.03 Эксплуатация транспортно-технологических машин и комплексов - Транспортные и транспортно-технологические машины;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Симикова Анна Алексеевна</t>
   </si>
   <si>
     <t>Автоматизация и управление технологическими процессами и производствами;
 Теория автоматического управления;
 Основы бизнес инжиниринга;
 Системы поддержки принятия решений;
 Современная теория управления;
 Теория дискретных систем управления;
 Управление в автоматизированном производстве;
 Технология автоматизации документооборота;
 Визуализация данных и представление знаний;
 Проектирование компьютерно-интегрированных производственных систем;
 Научная публицистика</t>
   </si>
   <si>
-    <t>"Патриотизм и патриотическое воспитание современного поколения подростков и молодежи", 16 час. (от 28.02.2023 70АВ 046072, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e8b7d66f622471));
-[...1 lines deleted...]
-"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800131410, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: автоматизация технологических процессов и производств
+квалификация: инженер;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: автоматизация технологических процессов и производств
+квалификация: магистр;
+Послевузовское образование:
+* направление подготовки и (или) специальности: информатика и вычислительная техника
+квалификация: исследователь. преподаватель-исследователь;</t>
+  </si>
+  <si>
+    <t>"Патриотизм и патриотическое воспитание современного поколения подростков и молодежи", 16 час. (от 28.02.2023 70АВ 046072, Национальный исследовательский Томский политехнический университет);
+"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123683, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800131410, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
+  </si>
+  <si>
+    <t>Техносферная безопасность;
+Диплом предоставляет право на ведение профессиональной деятельности в профессионального образования</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.04.02 Информационные системы и технологии - Искусственный интеллект и системная интеграция информационных процессов;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование механообрабатывающих и инструментальных комплексов в машиностроении;
 2.3 Информационные технологии и телекоммуникации - Автоматизация и управление технологическими процессами и производствами</t>
   </si>
   <si>
     <t>Синьков Александр Алексеевич</t>
   </si>
   <si>
+    <t>Начальник</t>
+  </si>
+  <si>
     <t>Управление проектами;
 Основы российской государственности</t>
   </si>
   <si>
-    <t>"Методика преподавания основ российской государственности", 72 час. (от 18.08.2023 0000128877 00924-2023-У-ФИРО, &lt;Объект не найден&gt; (297:a4684ccc6a8e64d511e7f2e542e6bcc6))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология продуктов общественного питания
+квалификация: инженер;
+* направление подготовки и (или) специальности: экономика и управление на предприятии
+квалификация: экономист-менеджер;</t>
+  </si>
+  <si>
+    <t>"Методика преподавания основ российской государственности", 72 час. (от 18.08.2023 0000128877 00924-2023-У-ФИРО, Российская академия народного хозяйства и государственной службы при Президенте Российской Федерации);
+"Школа технологического ДПО", 72 час. (от 26.12.2025 700800230717, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
+  </si>
+  <si>
+    <t>Оценка стоимости предприятия (бизнеса);
+Финансовый менеджмент;
+Педагог высшего и дополнительного профессионального образования</t>
   </si>
   <si>
     <t>09.04.02 Информационные системы и технологии - Искусственный интеллект и системная интеграция информационных процессов;
 10.04.01 Информационная безопасность - Организация и технология защиты информации;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.04.01 Технология транспортных процессов - Организация и управление транспортными процессами;
 23.04.03 Эксплуатация транспортно-технологических машин и комплексов - Транспортные и транспортно-технологические машины;
 27.04.02 Управление качеством - Управление качеством в производственно-технологических системах;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Сиренко Анастасия Васильевна</t>
   </si>
   <si>
     <t>Связи с общественностью в органах власти;
 Стратегический менеджмент;
 Зарубежный опыт управления;
 Инновационный менеджмент;
 Правовые основы государственного и муниципального управления;
 Основы социального государства;
 Управление государственным и муниципальным заказом;
 Лидерство и командообразование;
 Введение в специальность;
 История государственного управления;
 Основы управления персоналом;
 Деловые коммуникации;
 Принятие и исполнение государственных решений</t>
   </si>
   <si>
-    <t>"Актуальные проблемы управления муниципальным хозяйством", 72 час. (от 03.03.2023 0227 00020949, &lt;Объект не найден&gt; (297:98035ef3fcdadd2311ed49de8db14512));
-[...5 lines deleted...]
-"Управление образованием на муниципальном уровне", 28 час. (от 14.11.2025 423104991084, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311efe1fc3f39a9b9))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: государственное и муниципальное управление
+квалификация: бакалавр;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: государственное и муниципальное управление
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Актуальные проблемы управления муниципальным хозяйством", 72 час. (от 03.03.2023 0227 00020949, ООО "Регион");
+"Аналитик-экономист", 260 час. (от 03.03.2023 0227 00002943, ООО "Регион");
+"Конфликт интересов на государственной и муниципальной службе и порядок его урегулирования", 72 час. (от 03.03.2023 0227 00020948, ООО "Регион");
+"Менеджмент и экономика", 260 час. (от 03.03.2023 0227 00002944, ООО "Регион");
+"Управление проектами", 500 час. (от 03.03.2023 0227 00002945, ООО "Регион");
+"Цифровая трансформация в АПК", 72 час. (от 16.07.2025 193105360478, ООО "Институт развития образования, повышения квалификации и переподготовки");
+"Управление образованием на муниципальном уровне", 28 час. (от 14.11.2025 423104991084, ГОУ ДПО "Институт развития образования Кузбасса")</t>
+  </si>
+  <si>
+    <t>Аналитик-экономист;
+Менеджер</t>
   </si>
   <si>
     <t>Сирота Дмитрий Юрьевич</t>
   </si>
   <si>
     <t>Механика разрушения горных пород;
 Подземная гидрогазодинамика;
 Теоретическая механика</t>
   </si>
   <si>
-    <t>"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000261303, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b));
-[...4 lines deleted...]
-"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295795, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000261303, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Эффективность цифрового образования: от целей к результатам", 72 час. (от 06.07.2023 24890, ООО "Юрайт-Академия");
+"Нормативное регулирование в области подтверждения соответствия угольной продукции", 16 час. (от 16.04.2024 040000565847, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 27.09.2024 782400099521, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295741, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295795, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.05 Физические процессы горного или нефтегазового производства - Физические процессы горного производства</t>
   </si>
   <si>
     <t>Скворцова Марина Юрьевна</t>
   </si>
   <si>
-    <t>"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10299, &lt;Объект не найден&gt; (297:a1035ef3fcdadd2311eb69aa6369a760))</t>
+    <t>"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10299, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования")</t>
+  </si>
+  <si>
+    <t>Физическая культура и спорт</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Скорняков Иван Анатольевич</t>
   </si>
   <si>
-    <t>"Методика преподавания курса "Основы российской государственности", 72 час. (от 07.02.2025 ПК 106066, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f00e9ba57d69f3))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: международные отношения
+квалификация: специалсит в области международных отношений;</t>
+  </si>
+  <si>
+    <t>"Методика преподавания курса "Основы российской государственности", 72 час. (от 07.02.2025 ПК 106066, ФГАОУ ВО "Национальный исследовтельский ядерный университет "МИФИ")</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств</t>
   </si>
   <si>
     <t>Скребнева Евгения Владимировна</t>
   </si>
   <si>
     <t>Компенсация реактивной мощности в системах электроснабжения;
 Интеллектуальные электрические сети;
 Электрооборудование и электроснабжение открытых горных работ;
 Электроснабжение и электрооборудование горных машин;
 Электроснабжение открытых горных работ;
 Электроснабжение обогатительных фабрик;
 Экономика в электроэнергетике;
 Экономика электроэнергетики;
 Оптовый и розничный рынок электроэнергии;
 Инвестиционное проектирование систем электроснабжения;
 Учет и реализация электрической энергии;
 Организация производства и инвестиционная деятельность в электроэнергетике;
 Возобновляемые источники энергии;
 Автономные источники энергии;
 Эксплуатация горного электрооборудования;
 Производственная, Эксплуатационная практика;
-Основы электробезопасности</t>
-[...9 lines deleted...]
-"Водородная энергетика и химическая технология топлива", 72 час. (от 15.08.2025 542423425380, &lt;Объект не найден&gt; (297:821c5ef3fcdadd2311ec4049c4f2d326))</t>
+Основы электробезопасности;
+Электробезопасность на горных предприятиях</t>
+  </si>
+  <si>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: финансы и кредит
+квалификация: экономист;
+* направление подготовки и (или) специальности: химия
+квалификация: бакалавр химии;</t>
+  </si>
+  <si>
+    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485127, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"ESG управления бизнесом: тренды и риски", 16 час. (от 26.12.2022 04000048620, Национальный исследовательский технологический университет "МИСИС");
+"Управление деятельностью вузов. Новое поколение стандартов высшего образования", 16 час. (от 07.02.2023 773500017177, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Инновационные и цифровые технологи в образовании", 72 час. (от 24.04.2023 782400081255, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063635 61, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295742, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295796, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Избранные практики нового энергетического уклада", 72 час. (от 16.07.2025 163401090859, ФГБОУ ВО "Казанский государственный энергетический университет");
+"Водородная энергетика и химическая технология топлива", 72 час. (от 15.08.2025 542423425380, ФГА ОУ ВО "Новосибирский национальный исследовательский государственный университет")</t>
+  </si>
+  <si>
+    <t>Электроснабжение</t>
   </si>
   <si>
     <t>11 лет
-2 месяца</t>
+3 месяца</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Менеджмент в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства</t>
   </si>
   <si>
     <t>Славолюбова Ярославна Викторовна</t>
   </si>
   <si>
     <t>Информационно-аналитические технологии в экономике и управлении;
 Математическое моделирование;
 Системы искусственного интеллекта;
 Современные проблемы распределенных информационных систем;
 Управление информационными системами и ресурсами;
 Аппаратно-информационное обеспечение организации;
 Информационно-аналитические технологии в экономике;
 Проектирование информационных систем;
 Математическое и имитационное моделирование;
 Учебная, Эксплуатационная практика;
 Учебная, Технологическая (проектно-технологическая) практика;
 Производственная, Проектно-технологическая практика</t>
   </si>
   <si>
-    <t>"Введение в машинное обучение", 16 час. (от 19.10.2022 70АВ 041028, &lt;Объект не найден&gt; (297:9d485ef3fcdadd2311ebdefa8ead8d5f));
-[...2 lines deleted...]
-"Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800131409, &lt;Объект не найден&gt; (297:a4684ccc6a8e64d511e7f2e549153ab7))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: математика
+квалификация: математик;
+Дополнительное образование для детей и взрослых:
+* направление подготовки и (или) специальности: преподаватель высшей школы
+квалификация: математик;</t>
+  </si>
+  <si>
+    <t>"Введение в машинное обучение", 16 час. (от 19.10.2022 70АВ 041028, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет");
+"Прикладной искусственный интеллект в программах дисциплин", 144 час. (от 29.11.2022 160300052099, АНО ВО "Университет Иннополис");
+"Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800131409, Национальный исследовательский Томский государственный университет);
+"Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800131409, Национальный исследовательский Томский государственный университет)</t>
+  </si>
+  <si>
+    <t>По программе "Преподаватель</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 15.04.01 Машиностроение - Сварка и родственные технологии;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Конструкторское обеспечение машиностроительных производств;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 18.04.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 23.04.01 Технология транспортных процессов - Организация и управление транспортными процессами;
 23.04.03 Эксплуатация транспортно-технологических машин и комплексов - Транспортные и транспортно-технологические машины;
 27.04.02 Управление качеством - Управление качеством в производственно-технологических системах;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.04.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера</t>
   </si>
   <si>
     <t>Слесарев Андрей Александрович</t>
   </si>
   <si>
     <t>ОГСЭ.01 Основы философии;
 ОУП.09 История;
 СГ.01 История России;
 СГЦ.01 История России</t>
   </si>
   <si>
-    <t>"Методика антикоррупционного просвещения и воспитания в организациях высшего образования (для педагогических работников)", 18 час. (от 28.09.2024 7220324005740, &lt;Объект не найден&gt; (297:821c5ef3fcdadd2311ec4048b72528f7));
-[...2 lines deleted...]
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064471, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: история
+квалификация: учитель истории;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: философия
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Методика антикоррупционного просвещения и воспитания в организациях высшего образования (для педагогических работников)", 18 час. (от 28.09.2024 7220324005740, ФГАОУ ВО "Тюменский государственный университет");
+"Актуальные вопросы преподавания истории в системе СПО", 42 час. (от 28.10.2024 000023, АНО "Национальное агентство развития профессионального образования");
+"Работа преподавателя в LMS Moodle", 36 час. (от 07.12.2024 ПК 971068, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064471, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
+  </si>
+  <si>
+    <t>Диплом предоставляет право на ведение профессиональной деятельности в сфере кадрового менеджмента</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (11 кл);
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (11 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Слесаренко Екатерина Владимировна</t>
   </si>
   <si>
     <t>Корпоративные финансы;
 Бизнес-планирование;
 Формирование и оценка корпоративных финансов;
 Антикризисное управление;
 Финансы организаций (предприятий);
 Управление капиталом организации;
 Деньги, кредит, банки;
 Финансы;
 Таможенное дело;
 Практические аспекты обеспечения экономической безопасности в финансово-кредитных учреждениях;
 Производственная, Практика по профилю профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Прикладное управление рисками", 72 час. (от 20.12.2024 700800215389, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a))</t>
+    <t>"Прикладное управление рисками", 72 час. (от 20.12.2024 700800215389, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>38.03.01 Экономика - Экономика предприятий и организаций;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Слонов Егор Алексеевич</t>
   </si>
   <si>
     <t>Основы технической механики</t>
   </si>
   <si>
     <t>Смирнов Александр Николаевич</t>
   </si>
   <si>
     <t>Теоретические основы надежности и ресурса сварных конструкций;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Оборудование и технология сварочного производства", 72 час. (от 24.10.2025 70АВ 068267, &lt;Объект не найден&gt; (297:9d485ef3fcdadd2311ebdefa8ead8d5f))</t>
+    <t>"Оборудование и технология сварочного производства", 72 час. (от 24.10.2025 70АВ 068267, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
   </si>
   <si>
     <t>15.04.01 Машиностроение - Сварка и родственные технологии</t>
   </si>
   <si>
     <t>Смирнова Арина Дмитриевна</t>
   </si>
   <si>
     <t>Основы научных исследований;
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Применение ГГИС Micromine для цифровизации производственных процессов горнодобывающих предприятий", 72 час. (от 03.11.2022 180002046917, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b));
-[...5 lines deleted...]
-"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594255, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: прикладная геология
+квалификация: горный инженер-геолог;</t>
+  </si>
+  <si>
+    <t>"Применение ГГИС Micromine для цифровизации производственных процессов горнодобывающих предприятий", 72 час. (от 03.11.2022 180002046917, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Управление проектными командами", 36 час. (от 18.11.2022 423102332276, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227655, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с испльзованием современных программных решений", 16 час. (от 13.12.2023 040000533424 Д655-1967, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076985, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Работа с геоинформационной системой Аксиома", 40 час. (от 09.11.2024 502422317616, ООО "Электронные технологии");
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594255, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+  </si>
+  <si>
+    <t>Управления  экологическими проектами</t>
   </si>
   <si>
     <t>Смыков Анатолий Борисович</t>
   </si>
   <si>
     <t>Объектно-ориентированная разработка систем;
 Современные технологии разработки программного обеспечения;
 Операционные системы</t>
   </si>
   <si>
-    <t>"Краткосрочное планирование электроэнергетических режимов энергосистем", 85 час. (от 18.10.2024 14829, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f0d0de10045a5a))</t>
-[...2 lines deleted...]
-    <t>21 год</t>
+    <t>"Краткосрочное планирование электроэнергетических режимов энергосистем", 85 час. (от 18.10.2024 14829, АО "Системный оператор единой энергетической системы")</t>
+  </si>
+  <si>
+    <t>20 лет
+8 месяцев</t>
   </si>
   <si>
     <t>Соколов Михаил Валерьевич</t>
   </si>
   <si>
     <t>Каменные и армокаменные конструкции;
 Основы САПР;
 Железобетонные конструкции;
 Каменные и армокаменные материалы и конструкции;
 Информационные технологии в науке и технике;
 Основы BIM технологий в системах автоматизированного проектирования;
 Каменные и арокаменные конструкции</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332298, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...2 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076986, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332298, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Проектирование зданий и сооружений. Проектирование особо опасных, технически сложных и уникальных объектов капитального строительства. Конструктивные решения", 72 час. (от 17.12.2022 РН 001454257, ЧОУ ДПО "Учебный центр технико-экономических знаний");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227656, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076986, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений</t>
   </si>
   <si>
     <t>Солодов Вячеслав Сергеевич</t>
   </si>
   <si>
     <t>Оборудование коксохимических предприятий;
 Высокотемпературные процессы технологии топлива;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
-    <t>"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000261294, &lt;Объект не найден&gt; (297:a9635ef3fcdadd2311ec87bf700df1e1));
-[...1 lines deleted...]
-"Руководитель испытательной лаборатории (центра) / Менеджер по качеству испытательной лаборатории (центра).", 160 час. (от 07.04.2023 1823/0701, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f0a4afc6f3a877))</t>
+    <t>"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000261294, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"В области пожарной безопасности для руководителей организаций, лиц, назначенных руководителем организации ответственными за обеспечение пожарной безопасности, в том числе в обособленных структурных...", 24 час. (от 20.12.2022 187, Публичное акционерное общество "Кокс" (ПАО "Кокс"));
+"Руководитель испытательной лаборатории (центра) / Менеджер по качеству испытательной лаборатории (центра).", 160 час. (от 07.04.2023 1823/0701, АДПО "Центр условий и охраны труда")</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.04.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов</t>
   </si>
   <si>
     <t>Соринская Светлана Викторовна</t>
   </si>
   <si>
     <t>ОУП.02 Литература;
 ОУП(у).02 Литература</t>
   </si>
   <si>
-    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009976, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...4 lines deleted...]
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064472, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009976, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1588, ГБУ "Кузбасская школа управления");
+"Информационные технологии и нейросети для педагогов: применение и интеграция в образовательный процесс", 72 час. (от 31.10.2024 КПК 4379732298, ООО "Высшая школа делового администрирования");
+"Участник онлайн-семинара на тему: "Использование социальных сетей и виртуальной обучающей среды в образовании", 9 час. (от 31.10.2024 196743154508, ООО "Высшая школа делового администрирования");
+"Работа преподавателя в LMS Moodle", 36 час. (от 07.12.2024 ПК 971069, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064472, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
+  </si>
+  <si>
+    <t>Участник онлайн-семинара на тему: "Использование социальных сетей и виртуальной обучающей среды в образовании</t>
   </si>
   <si>
     <t>Спирин Сергей Константинович</t>
   </si>
   <si>
     <t>Комплексный экономический анализ финансово-хозяйственной деятельности;
 Управление затратами и ценообразование на предприятии (в организации)</t>
   </si>
   <si>
-    <t>"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565719, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e8fc36c1c3b404))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: экономика и управление на предприятии (в отраслях химико-лесного комплекса)
+квалификация: инженер-экономист;</t>
+  </si>
+  <si>
+    <t>"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565719, Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>11 лет
-7 месяцев</t>
+8 месяцев</t>
   </si>
   <si>
     <t>Старикова Елена Юрьевна</t>
   </si>
   <si>
     <t>Планирование эксперимента, методы анализа и обработка данных;
 Процессы и аппараты природоохранных производств;
 Процессы и аппараты химической технологии;
 Защита металлов от коррозии;
 Защита от коррозии;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Цифровые модели как инструмент для обучения специалистов нефтегазовой отрасли", 16 час. (от 27.12.2023 Пк 735141, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология неорганических веществ
+квалификация: инженер химик-технолог;</t>
+  </si>
+  <si>
+    <t>"Цифровые модели как инструмент для обучения специалистов нефтегазовой отрасли", 16 час. (от 27.12.2023 Пк 735141, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>44 года
 7 месяцев</t>
   </si>
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 18.03.01 Химическая технология - Инфохимия;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды</t>
   </si>
   <si>
     <t>Стародубов Алексей Николаевич</t>
   </si>
   <si>
     <t>Моделирование процессов жизненного цикла продукции;
 Компьютерная имитация производственных систем;
 Методы исследования и моделирования информационных процессов и технологий;
 Распределенные компьютерные информационно-управляющие системы;
 Управление жизненным циклом информационных систем;
 Распределенные системы и алгоритмы</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123684, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-[...4 lines deleted...]
-7 месяцев</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: тех-логия оборудов.и автоматиз.машин.пр-в
+квалификация: магистр техники и технологии;</t>
+  </si>
+  <si>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123684, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800138051, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.04.02 Информационные системы и технологии - Искусственный интеллект и системная интеграция информационных процессов;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности</t>
   </si>
   <si>
     <t>Степанова Татьяна Владимировна</t>
   </si>
   <si>
     <t>Философские проблемы науки и техники;
 Основы управления профессиональной деятельностью;
 Русский язык и культура речи;
 Социально-психологические аспекты организационно управленческой деятельности</t>
   </si>
   <si>
-    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009968, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...5 lines deleted...]
-"Профилактическая работа в молодежной среде: психологические аспекты отклоняющегося поведения", 18 час. (от 19.12.2025 УПК 24 196625, &lt;Объект не найден&gt; (297:bfeb5ef3fcdadd2311ed5e43bc667a8f))</t>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009968, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Повышение педагогического мастерства. Актуальная общественно-политическая повестка", 72 час. (от 15.03.2023 ПК 076890, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
+"Повышение педагогического мастерства. Современное проектирование информационно-коммуникационной работы со студентами вуза", 72 час. (от 16.03.2023 ПК 077191, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
+"Повышение педагогического мастерства. Формирование мировоззрения, обеспечивающее реализацию знаний студентов в профессиональной практической деятельности", 72 час. (от 17.03.2023 ПК 077734, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
+"Мастер воспитания. Организаторы.", 72 час. (от 27.12.2023 440600077940, ФГБОУ ВО "Костромской государственный университет");
+"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295826, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Профилактическая работа в молодежной среде: психологические аспекты отклоняющегося поведения", 18 час. (от 19.12.2025 УПК 24 196625, Центр дополнительного образования "Горизонт" Института русского языка РУДН)</t>
+  </si>
+  <si>
+    <t>Практический психолог;
+Преподавание русского языка и культуры речи в профессиональном образовании</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.04.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.04.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Стрельников Павел Алексеевич</t>
   </si>
   <si>
     <t>Иностранный язык;
 Деловой иностранный язык в профессиональной деятельности;
 Иностранный язык в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Основы антикоррупционной деятельности в образовательных учреждениях", 36 час. (от 29.12.2022 ААА 104208010071, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...2 lines deleted...]
-"Основы антикоррупционной деятельности в образовательных учреждениях", 36 час. (от 27.12.2024 080000064545, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: филология
+квалификация: филолог, преподаватель английского языка, переводчик;</t>
+  </si>
+  <si>
+    <t>"Основы антикоррупционной деятельности в образовательных учреждениях", 36 час. (от 29.12.2022 ААА 104208010071, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Организация образовательной деятельности преподавателя иностранного языка в условиях цифровой трансформации высшей школы", 72 час. (от 20.06.2023 422419977997, АНО ДПО "Межрегиональный институт повышения квалификации и профессиональной переподготовки");
+"Предупреждение коррупции в организациях", 18 час. (от 11.12.2023 423103227984, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Основы антикоррупционной деятельности в образовательных учреждениях", 36 час. (от 27.12.2024 080000064545, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.04.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 10.04.01 Информационная безопасность - Организация и технология защиты информации;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.02 Электроэнергетика и электротехника - Электротехнические комплексы и системы;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика;
 15.04.01 Машиностроение - Сварка и родственные технологии;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Конструкторское обеспечение машиностроительных производств;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении;
 18.04.01 Химическая технология - Технология и переработка полимеров;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 18.04.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 2.1 Строительство и архитектура - Строительные материалы и изделия;
 21.04.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Маркшейдерское дело;
 23.04.01 Технология транспортных процессов - Организация и управление транспортными процессами;
 23.04.03 Эксплуатация транспортно-технологических машин и комплексов - Транспортные и транспортно-технологические машины;
 27.04.02 Управление качеством - Управление качеством в производственно-технологических системах;
 2.8 Недропользование и горные науки - Геомеханика, разрушение горных пород, рудничная аэрогазодинамика и горная теплофизика;
 2.8 Недропользование и горные науки - Геотехнология, горные машины;
 2.8 Недропользование и горные науки - Горнопромышленная и нефтегазопромысловая геология, геофизика, маркшейдерское дело и геометрия недр;
 2.8 Недропользование и горные науки - Обогащение полезных ископаемых;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.04.02 Менеджмент - Стратегическое управление;
 38.04.02 Менеджмент - Стратегическое управление минерально-сырьевыми компаниями;
 38.04.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 5.2 Экономика - Региональная и отраслевая экономика</t>
   </si>
   <si>
     <t>Струкова Юлия Викторовна</t>
   </si>
   <si>
     <t>ЕН.01 Математика;
 ЕН.02 Физика;
 ОУП.14 Индивидуальный проект;
 ОУП(у).03 Математика;
 ОУП(у).06 Физика</t>
   </si>
   <si>
-    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1592, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec742063c91372));
-[...2 lines deleted...]
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064473, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: физика
+квалификация: физик преподаватель;</t>
+  </si>
+  <si>
+    <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1592, ГБУ "Кузбасская школа управления");
+"Организация учебно-исследовательской деятельности учащихся как средство развития познавательной активности при обучении математике в условиях реализации ФГОС ООО и ФГОС СОО", 36 час. (от 14.08.2024 ПК 0122450, ООО "Московский институт профессиональной переподготовки и повышения квалификации педагогов");
+"Работа преподавателя в LMS Moodle", 36 час. (от 07.12.2024 ПК 971070, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064473, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
+  </si>
+  <si>
+    <t>Учитель математики</t>
   </si>
   <si>
     <t>10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 38.02.06 Финансы - Финансист (9 кл);
 38.02.07 Банковское дело - Специалист банковского дела (9 кл)</t>
   </si>
   <si>
     <t>Супруненко Александр Николаевич</t>
   </si>
   <si>
     <t>Геотехнология, горные машины;
 Патентоведение;
 Основы научных исследований;
 Основы горного дела (подземная геотехнология);
 Информационные технологии в профессиональной деятельности;
-Производственная, Практика по профилю профессиональной деятельности;
-[...7 lines deleted...]
-11 месяцев</t>
+Производственная, Практика по профилю профессиональной деятельности</t>
+  </si>
+  <si>
+    <t>"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565723, Национальный исследовательский технологический университет "МИСИС");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000669628, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+  </si>
+  <si>
+    <t>10 лет</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 2.8 Недропользование и горные науки - Геотехнология, горные машины</t>
   </si>
   <si>
     <t>Суровая Виктория Эдуардовна</t>
   </si>
   <si>
     <t>ОУП.14 Индивидуальный проект;
 ОУП(у).07 Химия</t>
   </si>
   <si>
-    <t>"Основы наставничества", 16 час. (от 22.12.2023 1256, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec742063c91372));
-[...7 lines deleted...]
-"Профилактика безнадзорности и правонарушений несовершеннолетних: правовое регулирование и организационные основы функционирования", 24 час. (от 07.11.2025 643105479342, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f0cc0e449250bb))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: химическая технология неорганических веществ
+квалификация: инженер;
+* направление подготовки и (или) специальности: юриспруденция
+квалификация: бакалавр;</t>
+  </si>
+  <si>
+    <t>"Основы наставничества", 16 час. (от 22.12.2023 1256, ГБУ "Кузбасская школа управления");
+"Мастер воспитания. Организаторы.", 72 час. (от 27.12.2023 440600077942, ФГБОУ ВО "Костромской государственный университет");
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1593, ГБУ "Кузбасская школа управления");
+"Психолого-педагогическая подготовка преподавателя технического университета", 16 час. (от 24.05.2024 080000064426, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Трансформация образовательной организации и ее сотрудников: управленческий, правовой и финансовый аспект", 36 час. (от 06.12.2024 ПК 985080, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 28.12.2024 782400103153, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Патриотическое воспитание обучающихся в образовательной организации", 36 час. (от 16.06.2025 ПК 295774, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295865, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Профилактика безнадзорности и правонарушений несовершеннолетних: правовое регулирование и организационные основы функционирования", 24 час. (от 07.11.2025 643105479342, ФГБОУ ВО "Саратовская государственная юридическая академия")</t>
+  </si>
+  <si>
+    <t>Диплом предоставляет право на ведение профессиональной деятельности в сфере образования;
+Педагог профессионального обучения и профессионального образования</t>
   </si>
   <si>
     <t>Сурунов Николай Федорович</t>
   </si>
   <si>
     <t>Горнопромышленная экология</t>
   </si>
   <si>
-    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323150, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34));
-"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295797, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: география
+квалификация: географ-геомарфолог;</t>
+  </si>
+  <si>
+    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323150, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295797, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>21.05.05 Физические процессы горного или нефтегазового производства - Физические процессы горного производства</t>
   </si>
   <si>
     <t>Суслина Людмила Алексеевна</t>
   </si>
   <si>
     <t>Магнитные, электрические и специальные методы обогащения;
 Научно-исследовательская деятельность;
 Гравитационные процессы обогащения;
 Переработка полезных ископаемых;
 Основы научных исследований;
 Реагенты в физико-химических процессах;
 Флотационные процессы обогащения;
 Физическая и коллоидная химия;
 Исследование полезных ископаемых на обогатимость;
 Основы обогащения и переработки полезных ископаемых;
 Производственная, Производственно-технологическая практика;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
-    <t>"В форме стажировки в АО "ЦОФ "Березовская", 16 час. (от 25.10.2022 ААА 104208010012, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...2 lines deleted...]
-"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600802, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"В форме стажировки в АО "ЦОФ "Березовская", 16 час. (от 25.10.2022 ААА 104208010012, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Обогащение поленых ископаемых", 60 час. (от 26.05.2023 420800167939, Кузбасский государственный технический университет имени Т.Ф.Горбачева филиал КУЗГТУ в г. Прокопьевске);
+"Оказание первой помощи пострадавшим на производстве", 16 час. (от 31.12.2023 , Актион Университет. Онлайн-обучение);
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600802, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Искусственный интеллект для педагогической деятельности", 16 час. (от 07.12.2025 722025023498, ФГАОУ ВО "Тюменский государственный университет")</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Съедина Наталья Валерьевна</t>
   </si>
   <si>
     <t>Доцент;
 Старший преподаватель</t>
   </si>
   <si>
     <t>Основы российской государственности;
 Уголовный процесс;
 Правонарушения в сфере экономики;
 Уголовное право;
 Правовые аспекты обеспечения экономической безопасности</t>
   </si>
   <si>
-    <t>"Цифровые технологии в юридической деятельности", 16 час. (от 03.11.2022 031122142217 ПК-458, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...10 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295866, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: история и обществоведение
+квалификация: историк преподаватель;
+* направление подготовки и (или) специальности: юриспруденция
+квалификация: юрист;</t>
+  </si>
+  <si>
+    <t>"Цифровые технологии в юридической деятельности", 16 час. (от 03.11.2022 031122142217 ПК-458, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Особенности инклюзивного образования в вузе", 72 час. (от 14.11.2022 141122142103 ПК-700, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Повышение педагогического мастерства. Актуальная общественно-политическая повестка", 72 час. (от 15.03.2023 ПК 076893, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
+"Повышение педагогического мастерства. Современное проектирование информационно-коммуникационной работы со студентами вуза", 72 час. (от 16.03.2023 ПК 077194, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
+"Повышение педагогического мастерства. Формирование мировоззрения, обеспечивающее реализацию знаний студентов в профессиональной практической деятельности", 72 час. (от 17.03.2023 ПК 077737, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
+"Введение в игровые технологии в высшем образованиии", 24 час. (от 27.09.2023 722023006812, ФГАОУ ВО "Тюменский государственный университет");
+"Стратегия управления персоналом и кадровая политика современного российского университета. Вводный курс.", 16 час. (от 27.09.2023 722023006853, ФГАОУ ВО "Тюменский государственный университет");
+"Специфика преподования конституционного права с учетом реализации ФГОС", 72 час. (от 04.09.2024 ПК 0130965, ООО "Московский институт профессиональной переподготовки и повышения квалификации педагогов");
+"Методика преподавания курса "Основы российской государственности", 72 час. (от 16.09.2024 700800154930, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Организация проектно-исследовательской деятельности в ходе изучения курса  права в условиях реализации ФГОС", 72 час. (от 25.09.2024 ПК 0140472, ООО "Московский институт профессиональной переподготовки и повышения квалификации педагогов");
+"Специфика преподавания трудового права с учетом реализации ФГОС", 72 час. (от 25.09.2024 ПК 0140448, ООО "Московский институт профессиональной переподготовки и повышения квалификации педагогов");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295866, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Геймификация в бизнесе и образовании", 16 час. (от 25.12.2025 10820 0015591, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Маркетинг для стартапа: от исследований до привлечения клиентов", 32 час. (от 25.12.2025 10820 0022570, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Создание стартапа: привлечение инвестиций", 48 час. (от 25.12.2025 10820 0022916, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Сыркин Илья Сергеевич</t>
   </si>
   <si>
     <t>Руководитель;
 Доцент</t>
   </si>
   <si>
     <t>Основы бизнес анализа данных;
 Мультимедиа технологии;
 Программирование обработки на станках с числовым программным управлением;
 Технологии программирования;
 Основы бизнес-аналитики;
 Технологии обработки информации</t>
   </si>
   <si>
-    <t>"Введение в машинное обучение", 16 час. (от 19.10.2022 70АВ 041032, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e8b7d66f622471));
-[...2 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076988, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>"Введение в машинное обучение", 16 час. (от 19.10.2022 70АВ 041032, Национальный исследовательский Томский политехнический университет);
+"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123685, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Эксплуатация и обслуживание беспилотных авиационных систем(БАС)малого и среднего класса(весом до 30 кг,MAVIC 3E),функционального оборудования полезной нагрузки, систем передачи и обработки информации", 40 час. (от 20.04.2024 080000063966, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" (Институт непрерывного образования));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076988, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253409, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
+  </si>
+  <si>
+    <t>Специалист по технической защите информации;
+Информатика и информационные технологии</t>
   </si>
   <si>
     <t>Сытник Владимир Анатольевич</t>
   </si>
   <si>
     <t>Электрические машины переменного тока;
 Общий курс электропривода;
 Электрические машины горного оборудования;
 Теоретические основы электротехники;
 Электромеханические преобразователи;
 Электротехника</t>
   </si>
   <si>
-    <t>"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000602280, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: электропривод и автоматизация промышленных установок и технологических комплексов
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000602280, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+  </si>
+  <si>
+    <t>Разработка приложений виртуальной реальности на движке Unity;
+Диплом предоставляет право на ведение профессиональной деятельности в сфере экономики и управления на предприятии</t>
   </si>
   <si>
     <t>11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 21.05.04 Горное дело - Горные машины и оборудование</t>
   </si>
   <si>
     <t>Сычев Алексей Петрович</t>
   </si>
   <si>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: экономика и управление на предприятии в строительстве
+квалификация: инженер;
+* направление подготовки и (или) специальности: экономика и управление на предприятии в строительстве
+квалификация: менеджер;</t>
+  </si>
+  <si>
     <t>Тайлакова Анна Александровна</t>
   </si>
   <si>
     <t>Интеллектуальные информационные системы;
 Системы искусственного интеллекта;
 Программная инженерия;
 Информационные системы и технологии;
 Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123686 23.29.449-01.99, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295827, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123686 23.29.449-01.99, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295827, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.04.02 Менеджмент - Стратегическое управление</t>
   </si>
   <si>
     <t>Тациенко Виктор Прокопьевич</t>
   </si>
   <si>
     <t>Производственная, Производственно-технологическая практика;
 Производственная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332275, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...1 lines deleted...]
-"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227661, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология и комплексная механизация подземной разработки месторождений полезных ископаемых
+квалификация: горный инженер;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332275, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348127, Негосударственное образовательное частное учреждение организации дополнительного профессионального образования ''Актион'');
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227661, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+  </si>
+  <si>
+    <t>32 года
+5 месяцев</t>
   </si>
   <si>
     <t>Темникова Елена Юрьевна</t>
   </si>
   <si>
     <t>Введение в профессиональную деятельность;
 Технологии инженерного проектирования;
 Энергетические системы обеспечения жизнедеятельности;
 Теоретические основы теплотехники;
 Спецвопросы тепломассообмена;
 Методы научных исследований;
 Техническая термодинамика;
 Тепломассообмен;
 Основы интеллектуальной собственности;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
-    <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация оборудования ТЭС" в Кузбасском филиале ООО "СГК", 72 час. (от 22.09.2022 ААА 104208010009, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...2 lines deleted...]
-"Достижения в области теплофизики и энергетических технологий", 36 час. (от 21.04.2025 240400085329, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f01372634f2177))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: машины и аппараты химических производств и предприятий строительных материалов
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация оборудования ТЭС" в Кузбасском филиале ООО "СГК", 72 час. (от 22.09.2022 ААА 104208010009, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227662, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Основы патентного поиска", 16 час. (от 24.05.2024 771803730031, ФГБУ "Федеральный институт промышленной собственности");
+"Достижения в области теплофизики и энергетических технологий", 36 час. (от 21.04.2025 240400085329, ФГАОУ ВО "Сибирский федеральный университет" НОЦ "Институт непрерывного образования")</t>
   </si>
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика</t>
   </si>
   <si>
     <t>Теряева Татьяна Николаевна</t>
   </si>
   <si>
     <t>Химия и физика наполненных полимеров;
 Тенденции развития технологий и оборудования переработки полимеров;
 Основы получения и переработки смесей полимеров;
 Технология переработки полимеров;
 Современные технологии формования экструзионных изделий;
 Математическое планирование эксперимента;
 Надежность технических систем и техногенный риск</t>
+  </si>
+  <si>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: химическая технология пластических масс
+квалификация: инженер химик-технолог;</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Технология и переработка полимеров;
 18.04.01 Химическая технология - Технология и переработка полимеров;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств</t>
   </si>
   <si>
     <t>Тиунова Наталья Владимировна</t>
   </si>
   <si>
     <t>Промышленная экология;
 Техника и процессы переработки отходов химико-технологического производства;
 Цифровая культура в профессиональной деятельности;
 Процессы и аппараты химической технологии;
 Экология;
 Прикладные компьютерные программы;
 Производственная, Организационно-управленческая практика;
 Производственная, Преддипломная практика;
 Производственная, Научно-исследовательская работа</t>
   </si>
   <si>
     <t>23 года
 5 месяцев</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инфохимия;
 18.03.01 Химическая технология - Технология и переработка полимеров;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг</t>
   </si>
   <si>
     <t>Тихомирова Анастасия Владимировна</t>
   </si>
   <si>
     <t>Теоретические основы химической технологии неорганических веществ;
 Технология минеральных удобрений;
 Химическая технология неорганических веществ;
 Актуальные направления химической технологии неорганических веществ;
 Технологические инновации в производстве неорганических веществ;
 Химия;
 Учебная, Технологическая (проектно-технологическая) практика;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
-    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227664, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...1 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076990, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227664, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Технологии "Фабрик Будующего", 108 час. (от 27.09.2024 782400099371, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076990, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+  </si>
+  <si>
+    <t>Педагог профессионального обучения и профессионального образования</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 18.03.01 Химическая технология - Инфохимия;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Тихонов Виктор Владимирович</t>
   </si>
   <si>
     <t>Процессы и аппараты защиты окружающей среды;
 Процессы и аппараты химической технологии</t>
   </si>
   <si>
-    <t>"По программе "Стажировка в области повышения надежности и продления ресурса технологического оборудования", 72 час. (от 26.06.2023 70 АВ 050071, &lt;Объект не найден&gt; (297:a4684ccc6a8e64d511e7f2e542e6bcd5))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: основные процессы химических производств и химическая кибернетика
+квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"По программе "Стажировка в области повышения надежности и продления ресурса технологического оборудования", 72 час. (от 26.06.2023 70 АВ 050071, Томский политехнический институт)</t>
   </si>
   <si>
     <t>40 лет
 7 месяцев</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств</t>
   </si>
   <si>
     <t>Тихонов Николай Викторович</t>
   </si>
   <si>
     <t>Химические реакторы;
 Процессы и аппараты химической технологии</t>
   </si>
   <si>
-    <t>"Организация адаптации и академической поддержки студентов университета", 24 час. (от 09.09.2022 70АВ 040737, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e8b7d66f622471));
-[...6 lines deleted...]
-10 месяцев</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: химическая технология  и биотехнология
+квалификация: магистр техники и технологии;</t>
+  </si>
+  <si>
+    <t>"Организация адаптации и академической поддержки студентов университета", 24 час. (от 09.09.2022 70АВ 040737, Национальный исследовательский Томский политехнический университет);
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227665, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076991, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541112, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инфохимия;
 18.03.01 Химическая технология - Технология и переработка полимеров;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 18.04.01 Химическая технология - Технология и переработка полимеров;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 18.04.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов</t>
   </si>
   <si>
     <t>Тихонова Ирина Юрьевна</t>
   </si>
   <si>
     <t>Геоинформационные и компьютерные технологии;
 Классификация объектов недвижимости;
 Компьютерные технологии управления в дорожном строительстве;
 Основы внутрихозяйственной организации территорий;
 Документоведение;
 Экология;
 Техническая инвентаризация объектов недвижимости;
 Метрология, стандартизация и сертификация;
 Экономико-математические методы в науке;
 Топографическое черчение и картография;
 Метрология, стандартизация и сертификация в строительстве;
 Учебная, Исполнительская практика;
 100 шагов к успеху</t>
   </si>
   <si>
     <t>Томилин Кирилл Валерьевич</t>
   </si>
   <si>
-    <t>"Мотивация студентов к обучению и профессиональному развитию", 18 час. (от 01.09.2022 МО22 00343860, &lt;Объект не найден&gt; (297:bfdd5cf3fc3b846a11e94708fb3d15fe));
-[...10 lines deleted...]
-"Антитеррористическая деятельность в образовательной организации", 24 час. (от 19.09.2025 РК 3101079821, &lt;Объект не найден&gt; (297:8a3d5ef3fcdadd2311ecaff4051f7962))</t>
+    <t>"Мотивация студентов к обучению и профессиональному развитию", 18 час. (от 01.09.2022 МО22 00343860, ООО "Юрайт-Академия");
+"Методика преподавания основ российской государственности", 72 час. (от 22.09.2023 0000138843 84876-2023-У-ФИРО, Российская академия народного хозяйства и государственной службы при Президенте Российской Федерации);
+"Геймификация в бизнесе и образовании", 16 час. (от 25.12.2024 700800218144, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Использование искусственного интеллекта в работе преподавателя и исследователя", 65 час. (от 25.12.2024 700800180947, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Психология призвания", 72 час. (от 25.12.2024 700800228209, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Наставник по воспитательной работе: технологии деятельного патриотизма и созидательного труда в студенческой среде", 24 час. (от 14.01.2025 773400953918, ФГБОУ ВО "Российский экономический университет имени Г.В. Плеханова"  );
+"Методики подготовки цифрового курса. Базовый курс", 18 час. (от 06.05.2025 МБ25 00378103, ООО "Юрайт-Академия");
+"Внутренняя и внешняя коммуникация в организации в условиях трансформации образовательной среды", 36 час. (от 16.06.2025 ПК 295705, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Трансформация образовательной организации и ее сотрудников: управленческий, правовой и финансовый аспект", 36 час. (от 16.06.2025 ПК 295804, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Развитие коммуникативных навыков в помогающих профессиях", 16 час. (от 08.07.2025 ПКВШЭ2025 016299, ФГАОУВО "Национальный исследовательский университет "Высшая школа экономики");
+"Разработка и реализация программы воспитательной работы летнего оздоровительного лагеря", 36 час. (от 15.09.2025 РК 3101079723, АНО ДПО "Инновационный образовательный центр повышения квалификации и переподготовки "Мой университет");
+"Антитеррористическая деятельность в образовательной организации", 24 час. (от 19.09.2025 РК 3101079821, АНО ДПО "Инновационный образовательный центр повышения квалификации и переподготовки "Мой университет");
+"Основы обеспечения безопасности применения беспилотных авиационных систем", 72 час. (от 12.12.2025 ПК-I 060254, ФГАОУ ВО "Самарский национальный исследовательский университет им.академика С.П.Королева");
+"Школа технологического ДПО", 72 час. (от 26.12.2025 700800230720, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.02 Электроэнергетика и электротехника - Электротехнические комплексы и системы;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.04.01 Машиностроение - Сварка и родственные технологии;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Конструкторское обеспечение машиностроительных производств;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.04.03 Эксплуатация транспортно-технологических машин и комплексов - Транспортные и транспортно-технологические машины;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Третьяков Владимир Никифорович</t>
   </si>
   <si>
     <t>Химические свойства и горючесть полимеров;
 Организация обращения с отходами;
 Технология переработки полимеров;
 Основы технологии пластмасс;
 Управление техносферной безопасностью;
 Введение в специальность;
 Технологии переработки полимерного сырья;
 Производственные риски;
 Производственная, Преддипломная практика;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009977, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...3 lines deleted...]
-"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295798, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: технология переработки пластических масс
+квалификация: инженер-химик-технолог;</t>
+  </si>
+  <si>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009977, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 03.11.2023 106886/23-03, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348144, актион Университет. Онлайн обучение);
+"Система обучающих цифровых моделей для подготовки и оценки студентов и специалистов нефтегазовой отрасли РТСИМ.Карьера" (от 01.04.2024 000780, РТСИМ. Карьера );
+"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295798, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Технология и переработка полимеров;
 18.04.01 Химическая технология - Технология и переработка полимеров;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 20.04.01 Техносферная безопасность - Инженерная защита окружающей среды</t>
   </si>
   <si>
     <t>Третьякова Инга Николаевна</t>
   </si>
   <si>
     <t>Стратегический маркетинг;
 Экономика и архитектура предприятия;
 Управление логистическими системами;
 Менеджмент и маркетинг;
 Основы маркетинга;
 Производственная, Преддипломная практика;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080010000, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...1 lines deleted...]
-"Маркетинговые технологии формирования бизнес-экосистемы средства размещения", 72 час. (от 30.05.2025 0000 00000298, &lt;Объект не найден&gt; (297:9c2a5ef3fcdadd2311ed17867503a89e))</t>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080010000, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063865, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Маркетинговые технологии формирования бизнес-экосистемы средства размещения", 72 час. (от 30.05.2025 0000 00000298, ФГБОУ ВО "Российский государственный университет туризма и сервиса" )</t>
+  </si>
+  <si>
+    <t>Диплом предоставляет право на ведение профессиональной деятельности в сфере педагогической деятельности по образовательным программам высшего образования;
+Специалист по инновациям</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.02 Менеджмент - Организация и управление отраслевыми предприятиями;
 38.04.02 Менеджмент - Стратегическое управление;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Тришина Ольга Юрьевна</t>
   </si>
   <si>
     <t>Социально-психологические аспекты организационно-управленческой деятельности;
 Основы управления профессиональной деятельностью;
 Педагогика и андрагогика;
 Основы педагогики и андрагогики;
 Социально-психологические аспекты в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 09.12.2022 782400076943, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 09.12.2022 782400076943, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
+  </si>
+  <si>
+    <t>Профессиональная переподготовка по программе "Преподаватель высшей школы" с 01.11.2004 по 30.06.2005 г. Диплом ПП № 511455 от 30.06.2005;
+Менеджмент в организации;
+Преподаватель психологии в условиях реализации ФГОС;
+Практический психолог</t>
   </si>
   <si>
     <t>9 месяцев</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.04.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.05 Физические процессы горного или нефтегазового производства - Физические процессы горного производства</t>
   </si>
   <si>
     <t>Трофимов Иван Евгеньевич</t>
   </si>
   <si>
     <t>Методологии разработки информационных систем;
 Проектный практикум</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123688, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-[...4 lines deleted...]
-    <t>11 лет</t>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123688, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800135676, Национальный исследовательский Томский государственный университет);
+"Передовые производственные технологии", 150 час. (от 14.08.2024 782400098212, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
+  </si>
+  <si>
+    <t>11 лет
+1 месяц</t>
   </si>
   <si>
     <t>Трусов Александр Николаевич</t>
   </si>
   <si>
     <t>Проектирование автоматизированных систем;
 Технологическое оснащение автоматизированного производства;
 Автоматизация технологических процессов и производств;
 Системы автоматизированного проектирования;
 Проектирование автоматизированных технологических процессов;
 Производственная, Научно-исследовательская работа;
 Производственная, Преддипломная практика;
 Учебная, Научно-исследовательская работа;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Инструменты электронной информационно-образовательной среды", 16 час. (от 21.09.2023 550400002736 ИДО-23-444, &lt;Объект не найден&gt; (297:a6b35ef3fcdadd2311eb767639bda744))</t>
+    <t>"Инструменты электронной информационно-образовательной среды", 16 час. (от 21.09.2023 550400002736 ИДО-23-444, ФГБОУ ВО "СибАДИ" институт дополнительного образования)</t>
   </si>
   <si>
     <t>Тур Кирилл Андреевич</t>
   </si>
   <si>
     <t>Расчет устойчивости откосов при открытой геотехнологии;
 Автоматизированное проектирование по цифровым планам</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332279, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...5 lines deleted...]
-"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594270, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332279, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Маркшейдерское дело", 72 час. (от 24.11.2022 ВНИМИ ПК 001157, Учебный центр АО "ВНИМИ");
+"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485183, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227666, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533457, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление научными проектами", 16 час. (от 25.10.2024 423103229353, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594270, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Основы обеспечения безопасности применения беспилотных авиационных систем", 72 час. (от 12.12.2025 ПК-I 060256, ФГАОУ ВО "Самарский национальный исследовательский университет им.академика С.П.Королева")</t>
   </si>
   <si>
     <t>7 лет
 7 месяцев</t>
   </si>
   <si>
     <t>Тыра Анна Валерьевна</t>
   </si>
   <si>
     <t>Тепловые двигатели и нагнетатели</t>
   </si>
   <si>
-    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227671, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076994, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: теплоэнергетика и теплотехника
+квалификация: бакалавр теплоэнергетика и теплотехника;</t>
+  </si>
+  <si>
+    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227671, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076994, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Тюленев Максим Анатольевич</t>
   </si>
   <si>
     <t>Технология разработки сложноструктурных месторождений;
 Технология и комплексная механизация открытых горных работ</t>
   </si>
   <si>
-    <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063636 62, &lt;Объект не найден&gt; (297:83035ef3fcdadd2311ee6818db17b4cb));
-[...3 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295867, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063636 62, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Пожарная безопасность для руковдителей и ответственных лиц", 30 час. (от 01.02.2024 У2024049857, НОЧУО ДПО "Актион");
+"Основы инженерного проектирования в среде nanoCAD (Платформа nanoCAD с модулем "СПДС")", 24 час. (от 09.09.2024 7819 00768020, ФГБОУ ВО "Санкт-Петербурский государственный архитектурно-строительный университет" г. Санкт-Петербург);
+"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295829, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295867, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>Тюленева Татьяна Александровна</t>
   </si>
   <si>
     <t>Преподаватель ( первая квалификационная категория );
 Доцент</t>
   </si>
   <si>
     <t>Анализ финансовой отчетности;
 Статистика;
 Экономический анализ;
 Бухгалтерский учет;
 Информационные технологии в профессиональной деятельности;
 Экономическая культура и финансовая грамотность;
 Контроль и ревизия;
 МДК.04.01 Технология составления бухгалтерской отчетности;
 МДК.04.02 Основы анализа бухгалтерской отчетности;
 МДК.06.01 Организация кассовых операций;
 ОП.02 Основы бухгалтерского учета;
 ОП.08 Бухгалтерский учет с применением цифровых технологий;
 ОП.09 Бухгалтерский учет на платформе 1С:Предприятие;
 ОП.09 Информационные технологии в профессиональной деятельности;
 ПП.04.01 Производственная практика (Составление и использование бухгалтерской (финансовой) отчетности);
 ПП.05.01 Производственная практика (Выполнение работ по профессии Кассир);
 УП.06.01 Учебная практика (Выполнение работ по профессии Кассир)</t>
   </si>
   <si>
-    <t>"Взаимодействие куратора практики с обучающимся инвалидом, в том числе с применением дистанционных технологий", 72 час. (от 02.12.2022 540800388611, &lt;Объект не найден&gt; (297:83d05ef3fcdadd2311eb33aca83545fa));
-[...27 lines deleted...]
-"Технологическое предпринимательство", 72 час. (от 15.12.2025 040000675891, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Взаимодействие куратора практики с обучающимся инвалидом, в том числе с применением дистанционных технологий", 72 час. (от 02.12.2022 540800388611, ФГБОУ ВО "Новосибирский государственный технический университет");
+"ESG управление бизнесом: тренды и риски", 16 час. (от 26.12.2022 040000486849, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Позиционирование образовательного учреждения в социальных сетях", 16 час. (от 30.10.2023 ПК 323027, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 03.11.2023 782400088066, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Методика антикоррупционного просвещения и воспитания в организациях высшего образования (для руководителей образовательных учреждений)", 18 час. (от 08.11.2023 722023008065, ФГАОУ ВО "Тюменский государственный университет");
+"Финансово-здоровое поведение населения как драйвер устойчивости роста экономики", 36 час. (от 20.11.2023 0062-02/2023, Ассоциация развития финансовой грамотности);
+"Новые эффективные инструменты для вовлечения студентов в обучение на электронном курсе", 18 час. (от 23.11.2023 ЭД 7824001342, ЧПОУ "Центр профессионального и дополнительного образования Лань" г. Санкт-Петербург);
+"Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533461, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063866, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565740, Национальный исследовательский технологический университет "МИСИС");
+"Безопасность устойчивого развития бизнеса", 72 час. (от 13.05.2024 223400682423, ФГБОУ ВО "Алтайский государственный университет");
+"Развитие академического наставничества в системе высшего образования", 74 час. (от 27.05.2024 7743 4959848, МОО "Лига Преподователей Высшей школы");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий.", 16 час. (от 28.06.2024 040000600795, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Основы робототехники", 16 час. (от 22.10.2024 160300041833, АНО ВО "Университет Иннополис");
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594274, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Подготовка к новому семестру с Юрайтом: вебинар для преподавателей" (от 20.01.2025 373693, ООО "Юрайт-Академия");
+"Смарт-образование: цифровой контент, сервисы и данные" (от 31.01.2025 374031, ООО "Юрайт-Академия");
+"Всероссийское совещание по вопросам организации и проведения ГИА в форме ДЭ в 2025 году" (от 23.04.2025 5621818638, ООО "ТаймПэд Лтд");
+"Методики подготовки цифрового курса", 18 час. (от 01.05.2025 377999, ООО "Юрайт-Академия");
+"Проверка дипломных работ (ВКР) в системе "Антиплагиат". Мастер-класс онлайн" (от 21.05.2025 20250521/36, АО "АНТИПЛАГИАТ");
+"Генеративный ИИ в дипломных работах: первый опыт регулирования и контроля. Круглый стол онлайн" (от 27.05.2025 20250527/168, АО "АНТИПЛАГИАТ");
+"Тьюторское сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации" (от 06.06.2025 420800004490, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования");
+"Патриотическое воспитание обучающихся в образовательной организации", 36 час. (от 16.06.2025 ПК 295775, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295868, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Модели формирования универсальной компетенции в области экономической культуры, в том числе финансовой грамотности", 108 час. (от 07.07.2025 ПК МГУ 057684, ФГБОУ ВО "Московский государственный университет имени М.В. Ломоносова" );
+"Высшее образование сегодня: тренды, вызовы, решения", 16 час. (от 19.09.2025 25-4890, ФГАОУ ВО "Дальневосточный федеральный университет");
+"ОВЗ и трудности в обучении: разработка адаптированной образовательной программы в массовой школе", 72 час. (от 13.10.2025 004114, ООО "Учи.ру");
+"Программная инженерия и новые технологии разработки ПО", 256 час. (от 15.12.2025 163100814037, Автономная некоммерческая организация высшего образования "Университет Иннополис");
+"Технологическое предпринимательство", 72 час. (от 15.12.2025 040000675891, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+  </si>
+  <si>
+    <t>Преподаватель образовательной организации высшего образования;
+Главный бухгалтер;
+Тьюторское сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации;
+Преподаватель среднего профессионального образования;
+Руководитель подразделения (лаборатории);
+Архитектор программного обеспечения;
+Разработки, поддержки и внедрения систем автоматизации управления бизнесом на базе технологической платформы "1С:Предприятие 8</t>
   </si>
   <si>
     <t>38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл);
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Тюрин Алексей Юрьевич</t>
   </si>
   <si>
     <t>Международная терминология на транспорте;
 Информационные технологии в транспортно-грузовых системах;
 Информационное обеспечение логистики;
 Основы транспортно-экспедиционного обслуживания;
 Транспортное обеспечение логистики;
 Транспортное обеспечение внешнеэкономической деятельности;
 Прикладная математика;
 Производственная, Технологическая (производственно-технологическая) практика;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123691, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-[...1 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295869, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123691, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063953, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295869, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253402, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.04.01 Технология транспортных процессов - Организация и управление транспортными процессами;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Тюрин Максим Васильевич</t>
   </si>
   <si>
     <t>Автоматизированный электропривод машин и установок горного производства</t>
   </si>
   <si>
-    <t>"Проведение энергетических обследований с целью повышения энергоэффективности и энергосбережения", 72 час. (от 31.10.2024 661610038687, &lt;Объект не найден&gt; (297:ae725ef3fcdadd2311eed60d1086cdc8));
-"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000602417, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: энергетическое машиностроение
+квалификация: бакалавр;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: электроэнергетика и электротехника
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Проведение энергетических обследований с целью повышения энергоэффективности и энергосбережения", 72 час. (от 31.10.2024 661610038687, ФГАОУВО "Уральский федеральный университет имени первого Президента России Б.Н. Ельцина");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000602417, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Электрификация и автоматизация горного производства</t>
   </si>
   <si>
     <t>Тютеньков Сергей Борисович</t>
   </si>
   <si>
     <t>Дисциплины по физической культуре и спорту - базовые виды спорта;
 ОГСЭ.04 Физическая культура</t>
   </si>
   <si>
-    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009983, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed84eeaf25aefe));
-[...1 lines deleted...]
-"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10303, &lt;Объект не найден&gt; (297:a1035ef3fcdadd2311eb69aa6369a760))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: физическая культура и спорт
+квалификация: преподаватель физической культуры и спорта;</t>
+  </si>
+  <si>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009983, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" (Институт непрерывного образования));
+"Оказание первой помощи пострадавшим на производстве", 16 час. (от 31.12.2023 , Актион Университет. Онлайн-обучение);
+"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10303, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 18.03.01 Химическая технология - Инновационные химические технологии;
 21.05.04 Горное дело - Открытые горные работы;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл);
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера</t>
   </si>
   <si>
     <t>Учайкин Сергей Евгеньевич</t>
   </si>
   <si>
     <t>Программирование и наладка станков с числовым программным управлением;
 Автоматизированное проектирование технологических процессов в машиностроении</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332265, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...5 lines deleted...]
-    <t>5 месяцев</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332265, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"3D- дизайн и прототипирование инновационного продукта", 76 час. (от 21.11.2023 782400089602, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227668, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076995, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+  </si>
+  <si>
+    <t>6 месяцев</t>
   </si>
   <si>
     <t>Ушаков Андрей Геннадьевич</t>
   </si>
   <si>
     <t>Промышленный катализ;
 Процессы газификации и горения твердого топлива;
 Ожижение и гидрогенизация твердых горючих ископаемых;
 Методы исследования горючих ископаемых;
 Экологическая очистка вредных выбросов. Водоподготовка;
 Катализ в углехимии;
 Водоподготовка на химических  предприятиях;
 Общая химическая технология;
 Учебная, Технологическая (проектно-технологическая) практика;
 Производственная, Технологическая (проектно-технологическая) практика</t>
   </si>
   <si>
-    <t>"Углехимия и глубокая переработка угля", 72 час. (от 28.11.2025 , &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f0d0d1d32c0ed0))</t>
+    <t>"Углехимия и глубокая переработка угля", 72 час. (от 28.11.2025 , Шаньсийский институт энергетики)</t>
+  </si>
+  <si>
+    <t>Профессиональная переподготовка по программе "Менеджмент</t>
   </si>
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.04.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды</t>
   </si>
   <si>
     <t>Ушаков Константин Юрьевич</t>
   </si>
   <si>
     <t>Котельные установки и парогенераторы;
 Инженерные сети;
 Централизованное, децентрализованное и индивидуальное энергоснабжение;
 Тепловые двигатели и нагнетатели;
 Учебная, Практика по получению первичных навыков педагогической работы;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332316, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...2 lines deleted...]
-"Достижения в области теплофизики и энергетических технологий", 36 час. (от 21.04.2025 240400085330, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f01372634f2177))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: теплоэнергетика и теплотехника
+квалификация: бакалавр;
+Послевузовское образование:
+* направление подготовки и (или) специальности: электро- и теплотехника
+квалификация: исследователь. преподаватель-исследователь;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332316, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227670, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076996, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Достижения в области теплофизики и энергетических технологий", 36 час. (от 21.04.2025 240400085330, ФГАОУ ВО "Сибирский федеральный университет" НОЦ "Институт непрерывного образования")</t>
   </si>
   <si>
     <t>Ушакова Елена Сергеевна</t>
   </si>
   <si>
     <t>Методы инженерного творчества;
 Общая химическая технология;
 Метрология, стандартизация и сертификация в химическом производстве;
 ОП.07 Метрология, стандартизация и сертификация;
 ОП.07 Охрана труда и бережливое производство;
 ОП.08 Охрана труда;
 СГ.06 Основы бережливого производства;
 СГЦ.05 Основы бережливого производства</t>
   </si>
   <si>
-    <t>"Изучение китайского языка и культуры" (от 30.12.2022 2022DQ04035, &lt;Объект не найден&gt; (297:8b355ef3fcdadd2311edb9739377a735));
-[...1 lines deleted...]
-"Технологии бережливого производства: картирование процесса", 16 час. (от 15.05.2025 42ПК 10741, &lt;Объект не найден&gt; (297:a1035ef3fcdadd2311eb69aa6369a760))</t>
+    <t>"Изучение китайского языка и культуры" (от 30.12.2022 2022DQ04035, Колледж международного обмена "Шандуньский научно-технологический университет");
+"Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000601680, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Технологии бережливого производства: картирование процесса", 16 час. (от 15.05.2025 42ПК 10741, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования")</t>
+  </si>
+  <si>
+    <t>Специалист в области охраны труда и техносферной безопасности</t>
   </si>
   <si>
     <t>15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 18.03.01 Химическая технология - Инфохимия;
 18.03.01 Химическая технология - Технология и переработка полимеров;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Фаляхов Руслан Фаридович</t>
   </si>
   <si>
     <t>Экономический анализ затрат для реализации технологий обогащения полезных ископаемых;
 Экономика и менеджмент горного производства;
 Инновации в сервисе;
 Организация горного производства;
 МДК.02.02 Бухгалтерская технология проведения и оформления инвентаризации;
 ОП.07 Предпринимательская деятельность в сфере гостиничного бизнеса;
 ОП.12 Менеджмент в профессиональной деятельности;
 ОПЦ.02 Предпринимательская деятельность в сфере туризма и гостиничного бизнеса;
 СГЦ.06 Основы бережливого производства;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Профессиональная компетентность педагога", 16 час. (от 25.07.2023 341450, &lt;Объект не найден&gt; (297:88df5ef3fcdadd2311ee2c2933e007ee));
-[...3 lines deleted...]
-"По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063867, &lt;Объект не найден&gt; (297:83035ef3fcdadd2311ee6818db17b4cb))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: менеджмент
+квалификация: бакалавр;</t>
+  </si>
+  <si>
+    <t>"Профессиональная компетентность педагога", 16 час. (от 25.07.2023 341450, ООО "Центр развития педагогики");
+"Ценообразование и сметное нормирование в строительстве", 256 час. (от 20.12.2023 080000016549, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева"  );
+"Основы наставничества", 16 час. (от 22.12.2023 1259, ГБУ "Кузбасская школа управления");
+"Мастер воспитания. Организаторы.", 72 час. (от 27.12.2023 440600078006, ФГБОУ ВО "Костромской государственный университет");
+"По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063867, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования)</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (11 кл);
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства;
 21.05.05 Физические процессы горного или нефтегазового производства - Физические процессы горного производства;
 38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл);
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 43.02.14 Гостиничное дело - Специалист по гостеприимству (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (11 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл);
 43.03.01 Сервис - Сервис на предприятиях малого и среднего бизнеса;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Федоров Сергей Олегович</t>
   </si>
   <si>
-    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227672, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Управление научными проектами", 16 час. (от 25.10.2024 423102076997, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227672, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102076997, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 21.05.04 Горное дело - Открытые горные работы</t>
   </si>
   <si>
     <t>Федотова Татьяна Митрофановна</t>
   </si>
   <si>
     <t>Экспертиза недвижимости, реконструкции, реновации;
 Технология возведения зданий и сооружений;
 Технология возведения сложных зданий и сооружений;
 Экспертиза и инспектирование инвестиционного процесса;
 Капитальный ремонт зданий;
 Реконструкция зданий и сооружений;
 Строительные материалы;
 Технологические процессы в строительстве;
 Основы технической эксплуатации зданий и сооружений;
 Организация строительного производства;
 Техническая эксплуатация зданий и сооружений;
 Учебная, Организационно-управленческая практика;
 Производственная, Технологическая практика</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332305, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227673, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332305, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227673, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+  </si>
+  <si>
+    <t>Управление проектными командами</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.03.01 Строительство - Экспертиза и управление недвижимостью;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений</t>
   </si>
   <si>
     <t>Филимонов Константин Александрович</t>
   </si>
   <si>
     <t>Подземная разработка пластовых месторождений;
 Основы разработки месторождений твердых полезных ископаемых (подземная геотехнология);
 Производственная, Практика по профилю профессиональной деятельности;
 Производственная, Производственно-технологическая практика;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
-    <t>"Основы патентного поиска", 16 час. (от 24.05.2024 771803730034, &lt;Объект не найден&gt; (297:84275cf3fc3b846a11eaca38928c1df3))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: подземн. разработка местор. полез. ископаемых
+квалификация: горный инженер;</t>
+  </si>
+  <si>
+    <t>"Основы патентного поиска", 16 час. (от 24.05.2024 771803730034, ФГБУ "Федеральный институт промышленной собственности")</t>
   </si>
   <si>
     <t>21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Фомин Анатолий Иосифович</t>
   </si>
   <si>
     <t>Управление безопасностью труда</t>
   </si>
   <si>
-    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485208, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b));
-[...3 lines deleted...]
-"Повышение квалификации преподователей ОБЖ, преподователей БЖД и консультантов УКП категория: преподователи БЖД", 64 час. (от 10.04.2024 507836, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4e6645b8f6e2))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: строительство подземных сооружений и шахт
+квалификация: горный инженер шахтостроитель;</t>
+  </si>
+  <si>
+    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485208, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Планирование, организация и анализ научно-инновационной сферы", 40 час. (от 20.10.2023 АБ 102409, ЧОУ ДПО "Учебно-Деловой Центр "ДИНКОМ");
+"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323151, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348171, актион Университет. Онлайн обучение);
+"Повышение квалификации преподователей ОБЖ, преподователей БЖД и консультантов УКП категория: преподователи БЖД", 64 час. (от 10.04.2024 507836, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
   </si>
   <si>
     <t>33 года
 2 месяца</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств</t>
   </si>
   <si>
     <t>Фофанов Андрей Алексеевич</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте</t>
   </si>
   <si>
     <t>Фридман Юрий Абрамович</t>
   </si>
   <si>
     <t>Производственная, Преддипломная практика;
 Производственная, Научно-исследовательская работа</t>
   </si>
   <si>
-    <t>"Цифровые решения для моделирования и анализа экономических процессов", 72 час. (от 29.03.2024 13, &lt;Объект не найден&gt; (297:aec35ef3fcdadd2311eef09b32c476cc))</t>
+    <t>"Цифровые решения для моделирования и анализа экономических процессов", 72 час. (от 29.03.2024 13, Академия Менеджмента Консалтинга и Стратегии (ООО "Аймекс"))</t>
   </si>
   <si>
     <t>58 лет
-1 месяц</t>
+2 месяца</t>
   </si>
   <si>
     <t>Фролов Вадим Станиславович</t>
   </si>
   <si>
     <t>Учебная, Организационно-управленческая практика;
 Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: обогащение полезных ископаемых
+квалификация: горный инженер-обогатитель;</t>
+  </si>
+  <si>
     <t>26 лет
-5 месяцев</t>
+6 месяцев</t>
   </si>
   <si>
     <t>Хакимов Павел Евгеньевич</t>
   </si>
   <si>
     <t>Сети и системы передачи информации;
 МДК.01.01 Операционные системы;
 МДК.01.03 Сети и системы передачи информации;
 МДК.04.01 Технология выполнения работ;
 ПП.01.01 Производственная практика (Эксплуатация автоматизированных (информационных) систем в защищённом исполнении);
 УП.01.01 Учебная практика (Эксплуатация автоматизированных (информационных) систем в защищённом исполнении)</t>
   </si>
   <si>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: автоматизация технологических процессов и производств
+квалификация: ;</t>
+  </si>
+  <si>
     <t>Хамзина Татьяна Анатольевна</t>
   </si>
   <si>
     <t>Флотационные процессы обогащения;
 Основы обогащения и переработки полезных ископаемых;
 Производственная, Практика по профилю профессиональной деятельности</t>
   </si>
   <si>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: обогащение полезных ископаемых
+квалификация: ;</t>
+  </si>
+  <si>
     <t>19 лет
-5 месяцев</t>
+6 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых</t>
   </si>
   <si>
     <t>Харазян Анастасия Анатольевна</t>
   </si>
   <si>
     <t>Геоинформационные и компьютерные технологии;
 Конструкции автомобильных дорог;
 Организация и планирование кадастровых работ</t>
+  </si>
+  <si>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: землеустройство и кадастры
+квалификация: бакалавр;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: землеустройство и кадастры
+квалификация: магистр;</t>
   </si>
   <si>
     <t>Хивинцева Марина Альбертовна</t>
   </si>
   <si>
     <t>ЕН.01 Элементы высшей математики;
 ЕН.02 Дискретная математика с элементами математической логики;
 ЕН.03 Теория вероятностей и математическая статистика;
 ОП.08 Математические методы в профессиональной деятельности;
 ОУП(у).03 Математика</t>
   </si>
   <si>
-    <t>"Цифровой дизайн в программах дисциплин (уровень СПО)", 144 час. (от 29.11.2022 160300053121, &lt;Объект не найден&gt; (297:b1985ef3fcdadd2311eae1d3cf44f48f));
-[...2 lines deleted...]
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064474, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Цифровой дизайн в программах дисциплин (уровень СПО)", 144 час. (от 29.11.2022 160300053121, АНО ВО "Университет Иннополис");
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1604, ГБУ "Кузбасская школа управления");
+"Работа преподавателя в LMS Moodle", 36 час. (от 07.12.2024 ПК 971071, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064474, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл)</t>
   </si>
   <si>
     <t>Хозяинов Борис Петрович</t>
   </si>
   <si>
     <t>Железобетонные и каменные конструкции;
 Спецкурс железобетонных конструкций</t>
   </si>
   <si>
-    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096966, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096966, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>Хорешок Алексей Алексеевич</t>
   </si>
   <si>
     <t>Эксплуатация горных машин и оборудования</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332273, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...5 lines deleted...]
-"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594291, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332273, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000261273, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009980, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063637 63, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Современное нормативно-методическое обеспечение федеральных государственных образовательных стандартов высшего образования", 16 час. (от 20.10.2023 040000486140, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 01.12.2023 У2023384296, актион Университет. Онлайн обучение);
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000604190, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594291, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>Цалко Елена Викторовна</t>
   </si>
   <si>
     <t>Основы промышленной безопасности;
 Основы теория горения и взрыва;
 Физическая химия;
 Избранные главы физической химии;
 Коллоидная химия;
 Учебная, Научно-исследовательская работа (получение первичных навыков научно-исследовательской работы);
 УП.03.01 Учебная практика (Организация лабораторно-производственной деятельности)</t>
   </si>
   <si>
-    <t>"Система обучающих цифровых моделей для подготовки и оценки студентов и специалистов нефтегазовой отрасли РТСИМ. Карьера" (от 01.04.2024 000793, &lt;Объект не найден&gt; (297:8e645ef3fcdadd2311ede8a12714a77d));
-"Инновационные и цифровые технологии в образовании", 72 час. (от 14.08.2024 782400098303, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>"Система обучающих цифровых моделей для подготовки и оценки студентов и специалистов нефтегазовой отрасли РТСИМ. Карьера" (от 01.04.2024 000793, РТСИМ. Карьера );
+"Инновационные и цифровые технологии в образовании", 72 час. (от 14.08.2024 782400098303, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.04.01 Химическая технология - Технология и переработка полимеров;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы</t>
   </si>
   <si>
     <t>Цибаев Сергей Сергеевич</t>
   </si>
   <si>
     <t>Проведение горных выработок;
 Компьютерная графика;
 Горнопромышленная экология;
 Геомеханика;
 Технология и безопасность взрывных работ;
 Информационные технологии в профессиональной деятельности;
 Учебная, Ознакомительная практика;
 Производственная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332287, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...4 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102077000, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: горное дело
+квалификация: магистр техники и технологии;</t>
+  </si>
+  <si>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332287, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485232, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Совремнные горные технологии", 60 час. (от 16.07.2023 1027адм-03-07-2023-122, ФГБОУ ВО "Санкт-Петербургский горный университет");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227677, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Мастер воспитания. Организаторы.", 72 час. (от 27.12.2023 440600077945, ФГБОУ ВО "Костромской государственный университет");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102077000, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Цыганков Дмитрий Владимирович</t>
   </si>
   <si>
     <t>Трибологическое моделирование работы автомобильных узлов и агрегатов;
 Автоматические и автоматизированные трансмиссии;
 Автоматические системы автомобиля;
 Эксплуатационные материалы;
 Основы проектирования предприятий автомобильного транспорта;
 Эксплуатация, ремонт и утилизация автомобилей;
 Основы эргономики и дизайна автомобиля;
 Современные проблемы и направления развития конструкций транспортных и транспортно-технологических машин и оборудования;
 Право интеллектуальной собственности;
 Экология транспорта</t>
   </si>
   <si>
-    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063954, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063954, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253403, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>Чегошев Алексей Александрович</t>
   </si>
   <si>
     <t>Учебная, Ознакомительная практика;
 Производственная, Организационно-управленческая практика</t>
-  </si>
-[...2 lines deleted...]
-"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541115, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4e6645b8f6e2))</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения</t>
   </si>
   <si>
     <t>Челнакова Инна Геннадьевна</t>
   </si>
   <si>
     <t>Начертательная геометрия и инженерная графика;
 Инженерная графика;
 Начертательная геометрия. Инженерная графика;
 Начертательная геометрия, инженерная и компьютерная графика;
 Инженерная и компьютерная графика;
 Начертательная геометрия;
 МДК.03.03 Компьютерные технологии в строительстве;
 ОП.01 Инженерная графика</t>
   </si>
   <si>
-    <t>"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 21.11.2023 11316/23-03, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad));
-"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096968, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: агрономия
+квалификация: ученый агроном;</t>
+  </si>
+  <si>
+    <t>"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 21.11.2023 11316/23-03, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096968, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Ченская Валентина Васильевна</t>
   </si>
   <si>
     <t>Теоретические основы химической технологии неорганических веществ;
 Молекулярный дизайн неорганических соединений и материалов;
 Технологические машины и оборудование;
 Основы проектирования и оборудование химических производств;
 Химия;
 Избранные главы неорганической химии;
 Производственная, Технологическая (проектно-технологическая) практика;
 Расчеты в технологии неорганических веществ;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348191, &lt;Объект не найден&gt; (297:8b355ef3fcdadd2311edb6394f227ba8));
-"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096969, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348191, актион Университет. Онлайн обучение);
+"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096969, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Инфохимия;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Чергинец Ольга Александровна</t>
   </si>
   <si>
     <t>Моделирование процессов горения</t>
   </si>
   <si>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: теплоэнергетика и теплотехника
+квалификация: бакалавр;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: теплоэнергетика и теплотехника
+квалификация: магистр;</t>
+  </si>
+  <si>
     <t>8 лет</t>
   </si>
   <si>
     <t>13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика</t>
   </si>
   <si>
     <t>Черемных Ирина Анатольевна</t>
-  </si>
-[...4 lines deleted...]
-    <t>21.04.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Основы градостроительства и планировка населенных мест;
 Правовое обеспечение землеустройства и кадастров в современных условиях</t>
+  </si>
+  <si>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: правоведение
+квалификация: юрист;</t>
+  </si>
+  <si>
+    <t>Правовое обеспечение землеустройства и кадастров в современных условиях</t>
+  </si>
+  <si>
+    <t>21.04.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Черкасова Виктория Валерьевна</t>
   </si>
   <si>
     <t>МДК.01.01 Организация и осуществление монтажных работ промышленного (технологического) оборудования;
 МДК.01.02 Осуществление пусконаладочных работ промышленного оборудования;
 МДК.02.01 Техническое обслуживание промышленного оборудования;
 МДК.03.01 Организация ремонтных работ по промышленному оборудованию;
 МДК.03.02 Организация монтажных работ по промышленному оборудованию;
 МДК.03.03 Организация наладочных работ по промышленному оборудованию;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ);
 ПП.01.01 Производственная практика (Монтаж промышленного оборудования и пусконаладочные работы);
 ПП.02.01 Производственная практика (Техническое обслуживание и ремонт промышленного оборудования);
 ПП.03.01 Производственная практика (Организация ремонтных, монтажных и наладочных работ по промышленному оборудованию);
 ПП.04.01 Производственная практика (Выполнение работ по профессии слесарь-ремонтник);
 УП.02.01 Учебная практика (Техническое обслуживание и ремонт промышленного оборудования)</t>
   </si>
   <si>
-    <t>"Система обучающих цифровых моделей для подготовки и оценки студентов и специалистов нефтегазовой отрасли", 8 час. (от 20.04.2023 000443, &lt;Объект не найден&gt; (297:8e645ef3fcdadd2311ede8a12714a77d));
-[...1 lines deleted...]
-"Технологии "Фабрик Будущего", 108 час. (от 02.07.2024 782400096856, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>"Система обучающих цифровых моделей для подготовки и оценки студентов и специалистов нефтегазовой отрасли", 8 час. (от 20.04.2023 000443, РТСИМ. Карьера );
+"Цифровые модели как инструмент для обучения специалистов нефтегазовой отрасли", 16 час. (от 27.12.2023 ПК 735137, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Технологии "Фабрик Будущего", 108 час. (от 02.07.2024 782400096856, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл)</t>
   </si>
   <si>
     <t>Черкасова Елизавета Викторовна</t>
   </si>
   <si>
     <t>Контроль качества материалов в химической технологии;
 История химии и химической технологии;
 Химия;
 Общая и неорганическая химия;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Черкасова Татьяна Григорьевна</t>
   </si>
   <si>
     <t>Общая и неорганическая химия;
 Избранные главы неорганической химии;
 Производственная, Научно-исследовательская работа</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332323, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-[...2 lines deleted...]
-"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227679, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332323, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348197, актион Университет. Онлайн обучение);
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348197, Негосударственное образовательное частное учреждение организации дополнительного профессионального образования ''Актион'');
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227679, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии</t>
   </si>
   <si>
     <t>Черникова Татьяна Макаровна</t>
   </si>
   <si>
     <t>Теоретические основы электротехники;
 Электротехника и электроснабжение;
 Светотехника</t>
   </si>
   <si>
-    <t>"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000262368, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60));
-[...5 lines deleted...]
-"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295831, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: физика и математика
+квалификация: учитель физики и математики;</t>
+  </si>
+  <si>
+    <t>"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000262368, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Передовые производственные технологии", 150 час. (от 07.11.2023 782400087808, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600427, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Цифровые двойники изделий", 72 час. (от 11.12.2024 782400102840, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000601706, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000602673, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295831, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети</t>
   </si>
   <si>
     <t>Черновол Светлана Николаевна</t>
   </si>
   <si>
     <t>Управление человеческими ресурсами;
 Теория организации и организационное поведение;
 Теория отраслевых рынков;
 Управление персоналом предприятия;
 Информационные технологии в профессиональной деятельности;
 Основы менеджмента</t>
   </si>
   <si>
-    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323152, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34))</t>
+    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323152, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.04.01 Строительство - Автомобильные дороги;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.04.02 Менеджмент - Стратегическое управление;
 38.04.02 Менеджмент - Стратегическое управление минерально-сырьевыми компаниями;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Чичерин Иван Владимирович</t>
   </si>
   <si>
     <t>Проектирование систем управления;
 Диагностика и надежность автоматизированных систем;
 Компьютерно-интегрированные производственные системы;
 История информатики;
 Производственная, Преддипломная практика;
 Производственная, Практика по модулю направленного на получение дополнительной квалификации «Инженер-технолог в машиностроении III категории (5 уровень квалификации)»;
 Автоматизированное проектирование технологических процессов в машиностроении;
 Комплексный экзамен по модулю (квалификационный экзамен)</t>
   </si>
   <si>
-    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123696, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec72b50574683a));
-[...3 lines deleted...]
-"Управление научными проектами", 16 час. (от 25.10.2024 423102077001, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104))</t>
+    <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123696, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227680, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 01.12.2023 У2023384319, актион Университет. Онлайн обучение);
+"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134262, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Управление научными проектами", 16 час. (от 25.10.2024 423102077001, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+  </si>
+  <si>
+    <t>Информатика и информационные системы;
+Специалист по технической защите информации</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Системная интеграция и автоматизация информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.04.02 Информационные системы и технологии - Искусственный интеллект и системная интеграция информационных процессов;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности</t>
   </si>
   <si>
     <t>Чупрякова Алена Григорьевна</t>
   </si>
   <si>
     <t>Управление проектами;
 Основы российской государственности;
 Менеджмент профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Методика преподавания основ российской государственности", 72 час. (от 18.08.2023 0000129051 01098-2023-У-ФИРО, &lt;Объект не найден&gt; (297:a4684ccc6a8e64d511e7f2e542e6bcc6));
-[...2 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295870, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Методика преподавания основ российской государственности", 72 час. (от 18.08.2023 0000129051 01098-2023-У-ФИРО, Российская академия народного хозяйства и государственной службы при Президенте Российской Федерации);
+"Теория и практика преподавания дисциплины "Основы российской государственности" в вузе", 16 час. (от 28.03.2025 240400101587, ФГАОУ ВО "Сибирский федеральный университет" НОЦ "Институт непрерывного образования");
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295746, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295870, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>9 лет
-5 месяцев</t>
+6 месяцев</t>
   </si>
   <si>
     <t>09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика;
 15.04.01 Машиностроение - Сварка и родственные технологии;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 23.04.01 Технология транспортных процессов - Организация и управление транспортными процессами;
 23.04.03 Эксплуатация транспортно-технологических машин и комплексов - Транспортные и транспортно-технологические машины;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Шабаев Сергей Николаевич</t>
   </si>
   <si>
     <t>Основы строительства автомобильных дорог;
 Конструкции автомобильных дорог;
 Средства механизации строительства;
 Организация строительного производства;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: автомобильные дороги и аэродромы
+квалификация: инженер;</t>
+  </si>
+  <si>
     <t>Шабанов Евгений Анатольевич</t>
   </si>
   <si>
     <t>Строительство в экстремальных климатических условиях;
 Управление инвестиционно-строительными процессами;
 Строительство в зимних условиях;
 Управление и организация производственной деятельности в строительстве;
 Организация строительного производства;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
-    <t>"Судебная строительно-техническая и стоимостная экспертиза объектов недвижимости", 520 час. (от 14.11.2022 372418025094 306-2022, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed90b8d2099b9b));
-[...6 lines deleted...]
-"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541116, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4e6645b8f6e2))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: промышленное и гражданское строительство
+квалификация: инженер;
+Послевузовское образование:
+* направление подготовки и (или) специальности: 21.06.01- геология, разведка и разработка полезных ископаемых
+квалификация: ;</t>
+  </si>
+  <si>
+    <t>"Судебная строительно-техническая и стоимостная экспертиза объектов недвижимости", 520 час. (от 14.11.2022 372418025094 306-2022, ЧОУ ДПО "ОТКРЫТАЯ АКАДЕМИЯ ПРОФЕССИОНАЛЬНОГО ОБРАЗОВАНИЯ" );
+"Управление проектными командами", 36 час. (от 18.11.2022 423102332310, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Повышение квалификации в форме стажировки в ГБУ "ПИ "Кузбасспроект " на тему "Организация проектной и изыскательской деятельности в строительстве", 72 час. (от 25.01.2023 ААА 104208010104, ФГБОУ ВПО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Контроль качества и объемов строительно-монтажных работ", 72 час. (от 21.04.2023 ААА 104208010252, ФГБОУ ВПО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Пожарная безопасность для руководителей и ответственных лиц" (от 15.11.2023 У2023348213, актион Университет. Онлайн обучение);
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227681, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Управление научными проектами", 16 час. (от 25.10.2024 423102077002, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541116, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
   </si>
   <si>
     <t>10 лет
-7 месяцев</t>
+8 месяцев</t>
   </si>
   <si>
     <t>Шалина Виолетта Витальевна</t>
   </si>
   <si>
     <t>Иностранный язык;
 СГЦ.02 Иностранный язык в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Обучение безопасным методам и приемам выполнения работ при воздействии вредных и опасных производственных факторов, источников опасности, идентифицированных в рамках СОУТ и оценки профессион.рисков", 16 час. (от 14.05.2024 , &lt;Объект не найден&gt; (297:8ece5ef3fcdadd2311ee9243bed45524));
-[...4 lines deleted...]
-"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069446, &lt;Объект не найден&gt; (297:9d485ef3fcdadd2311ebdefa8ead8d5f))</t>
+    <t>Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: филология
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Обучение безопасным методам и приемам выполнения работ при воздействии вредных и опасных производственных факторов, источников опасности, идентифицированных в рамках СОУТ и оценки профессион.рисков", 16 час. (от 14.05.2024 , Актион Университет. Онлайн-обучение);
+"Обучение по общим вопросам охраны труда и функционирования системы управления охраной труда", 16 час. (от 14.05.2024 , Актион Университет. Онлайн-обучение);
+"Оказание первой помощи пострадавшим на производстве", 16 час. (от 14.05.2024 , Актион Университет. Онлайн-обучение);
+"Инновационные и цифровые технологии в образовании", 72 час. (от 14.08.2024 782400098306, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 36 час. (от 24.12.2024 700800225758, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069446, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
+  </si>
+  <si>
+    <t>Преподаватель английского и немецкого языков;
+Переводчик в сфере профессиональной коммуникации (английский и немецкий языки)</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Шаманович Ольга Романовна</t>
   </si>
   <si>
     <t>Территориальное планирование;
 Современные проблемы землеустройства и кадастров;
 Правовое обеспечение землеустройства и кадастров в современных условиях</t>
   </si>
   <si>
     <t>Шатько Дмитрий Борисович</t>
   </si>
   <si>
     <t>Стандартизация и сертификация;
 Защита интеллектуальной собственности;
 Интегрированная система менеджмента качества;
 Техническое обслуживание и ремонт металлорежущих станков;
 Менеджмент качества;
 Патентоведение;
 Аудит качества;
 Сертификация систем качества;
 Учебная, Ознакомительная практика;
 Производственная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348219, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eecfc1fca062da));
-"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069447, &lt;Объект не найден&gt; (297:9d485ef3fcdadd2311ebdefa8ead8d5f))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: металлорежущие станки и инструменты
+квалификация: инженер;
+Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: техники и технологии
+квалификация: бакалавр;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: экономика
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348219, НОЧУО ДПО "Актион");
+"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069447, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
+  </si>
+  <si>
+    <t>Диплом предоставляет право на ведение профессиональной деятельности в сфере управления качеством;
+Диплом предоставляет право на ведение профессиональной деятельности в сфере менеджмент</t>
   </si>
   <si>
     <t>26 лет
-2 месяца</t>
+3 месяца</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Конструкторское обеспечение машиностроительных производств;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование механообрабатывающих и инструментальных комплексов в машиностроении;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
 27.04.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Шаулев Андрей Альбертович</t>
   </si>
   <si>
     <t>Монтаж и наладка электронных устройств;
 Введение в электронику;
 МДК.01.02 Технология настройки и регулировки электронных приборов и устройств;
 МДК.02.01 Основы диагностики и обнаружения отказов и дефектов электронных приборов и устройств;
 МДК.04.01 Технология выполнения работ;
 ПП.03.01 Производственная практика (Проектирование электронных приборов и устройств на основе печатного монтажа);
 ПП.04.01 Производственная практика (Выполнение работ по профессии слесарь-сборщик радиоэлектронной аппаратуры и приборов);
 УП.03.01 Учебная практика (Проектирование электронных приборов и устройств на основе печатного монтажа);
 УП.04.01 Учебная практика (Выполнение работ по профессии слесарь-сборщик радиоэлектронной аппаратуры и приборов)</t>
   </si>
   <si>
-    <t>"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000262380, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e8fc36c1c3b404));
-[...4 lines deleted...]
-1 месяц</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: гидроаэродинамика
+квалификация: инженер-гидроаэродинамик;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: менеджмент
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000262380, Национальный исследовательский технологический университет "МИСИС");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600958, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (11кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 11.03.04 Электроника и наноэлектроника - Промышленная электроника</t>
   </si>
   <si>
     <t>Шаулева Надежда Михайловна</t>
   </si>
   <si>
     <t>Автоматика машин и установок горного производства;
 Информационные технологии и программирование;
 Учебная, Ознакомительная практика;
 МДК.02.02 Техническое обслуживание, ремонт и оценка качества электронных приборов и устройств;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ);
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"По программе повышения квалификации в форме стажировки на тему "Оборудование электростанций и АСУ ТП" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010025, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...1 lines deleted...]
-"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000602742, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: электропривод и автоматика промышленных установок и технологических комплексов
+квалификация: горный инженер-электромеханик;</t>
+  </si>
+  <si>
+    <t>"По программе повышения квалификации в форме стажировки на тему "Оборудование электростанций и АСУ ТП" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010025, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348220, актион Университет. Онлайн обучение);
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000602742, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (11кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства</t>
   </si>
   <si>
     <t>Шаф Любовь Николаевна</t>
   </si>
   <si>
     <t>ОУП.11 География</t>
   </si>
   <si>
-    <t>"Основы проектирования общеобразовательных дисциплин в СПО", 16 час. (от 02.05.2024 860601018720, &lt;Объект не найден&gt; (297:88605ef3fcdadd2311ee99a66492a729));
-[...4 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295871, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: социальная педагогика
+квалификация: социальный педагог;</t>
+  </si>
+  <si>
+    <t>"Основы проектирования общеобразовательных дисциплин в СПО", 16 час. (от 02.05.2024 860601018720, БУ ВО "Сургутский государственный университет");
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1609, ГБУ "Кузбасская школа управления");
+"Трансформация образовательной организации и ее сотрудников: управленческий, правовой и финансовый аспект", 36 час. (от 06.12.2024 ПК 985081, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064475, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295799, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295871, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>Методист образовательной организации;
+Менеджер образовательной организации;
+Учитель географии</t>
   </si>
   <si>
     <t>Шевелева Оксана Борисовна</t>
   </si>
   <si>
     <t>Финансовый менеджмент;
 Финансовая экономика;
 Экономика организации (предприятия);
 Управление организацией (предприятием);
 Экономика труда;
 Диагностика и прогнозирование угроз организации;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Основы наставничества", 16 час. (от 22.12.2023 1261, &lt;Объект не найден&gt; (297:81995ef3fcdadd2311ec742063c91372))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: бухгалтерский учет и аудит
+квалификация: экономист;
+* направление подготовки и (или) специальности: экономика
+квалификация: бакалавр;</t>
+  </si>
+  <si>
+    <t>"Основы наставничества", 16 час. (от 22.12.2023 1261, ГБУ "Кузбасская школа управления")</t>
+  </si>
+  <si>
+    <t>Образование и педагогика. Теория и практика реализации ФГОС</t>
   </si>
   <si>
     <t>38.04.01 Экономика - Практическая экономика;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Шевцова Татьяна Геннадьевна</t>
   </si>
   <si>
     <t>Измерительная техника;
 Монтаж и наладка электронных устройств;
 Системы управления химико-технологическими процессами;
 Метрология, стандартизация и сертификация;
 Учебная, Практика по получению первичных навыков работы с программным обеспечением применительно к области (сфере) профессиональной деятельности;
 Производственная, Эксплуатационная практика;
 Производственная, Преддипломная практика;
 МДК.01.03 Основы контрольно-измерительных приборов и автоматики;
 ОП.03 Метрология, стандартизация и сертификация</t>
   </si>
   <si>
-    <t>"По программе повышения квалификации в форме стажировки на тему "Оборудование электростанций и АСУ ТП" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010026, &lt;Объект не найден&gt; (297:bcf55ef3fcdadd2311ed8717ca1f009b));
-[...3 lines deleted...]
-"Управление эмоциями. Профессиональное выгорание" (от 16.06.2025 ПК 295833, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: автоматизация и комплексная механизация химико-технологических процессов
+квалификация: инженер по автоматизации;</t>
+  </si>
+  <si>
+    <t>"По программе повышения квалификации в форме стажировки на тему "Оборудование электростанций и АСУ ТП" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010026, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"По программе повышения квалификации в форме стажировки на тему"Эксплуатация газотурбинной электростанции" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010021, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"По программе повышения квалификации в форме стажировки в АО "СибИАЦ" на тему "Приобретение необходимых практических навыков в выполнении проверки и калибровки технических средств измерения", 32 час. (от 05.12.2022 ААА 104208010081, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000602755, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление эмоциями. Профессиональное выгорание" (от 16.06.2025 ПК 295833, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>Преподаватель высшей школы;
+Мехатроника и работотехника</t>
   </si>
   <si>
     <t>11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электротехнические комплексы и системы;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг</t>
   </si>
   <si>
     <t>Шевченко Анастасия Александровна</t>
   </si>
   <si>
     <t>Электрические трансформаторы;
 Основы электроснабжения;
 Специальные вопросы надежности электроснабжения;
 Специальные главы электроснабжения;
 Электроснабжение;
 Электроснабжение потребителей электрической энергии;
 Электромагнитная совместимость;
 Надежность электроснабжения;
 Производственная, Эксплуатационная практика</t>
   </si>
   <si>
+    <t>По программе "Преподаватель высшей школы" с 24.10.2016 по 30.06.2017 в ФГБО УВО "КемГУ", диплом от 14.07.2017 №924</t>
+  </si>
+  <si>
     <t>11 лет
-9 месяцев</t>
+10 месяцев</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Менеджмент в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика</t>
   </si>
   <si>
     <t>Шевырёв Сергей Александрович</t>
   </si>
   <si>
     <t>Введение в профессиональную деятельность;
 Источники и системы теплоснабжения;
 Энергетическая безопасность;
 Учебная, Практика по получению первичных профессиональных умений и навыков;
 Теория горения топлива</t>
   </si>
   <si>
-    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332320, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e96fbd52e5e104));
-"Английский язык в академической сфере", 36 час. (от 16.06.2025 ПК 295694, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332320, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Английский язык в академической сфере", 36 час. (от 16.06.2025 ПК 295694, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>Шепелева Софья Алексеевна</t>
   </si>
   <si>
-    <t>"Применение систем компьютерной алгебры в образовательной и научной деятельности", 16 час. (от 21.11.2022 ПК 071425, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9190ce5f3da2));
-[...10 lines deleted...]
-"Технологическое предпринимательство", 72 час. (от 15.12.2025 040000675935, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: физика и информатика
+квалификация: учитель физики и информатики;</t>
+  </si>
+  <si>
+    <t>"Применение систем компьютерной алгебры в образовательной и научной деятельности", 16 час. (от 21.11.2022 ПК 071425, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
+"Лазерно-плазменные источники синхротронного излучения", 90 час. (от 05.12.2022 ПК 071634, ФГАОУ ВО "Национальный Исследовательский ядерный университет МИФИ");
+"Квантовая оптика и коммуникации", 72 час. (от 26.12.2022 040000487858 ЦКК720-13858, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Управленческие навыки руководителя", 16 час. (от 11.01.2023 0227 00019646, Общество с ограниченной ответственностью "Регион");
+"Экспериментальные методы и техника эксперимента для синхротронных, рентгеновских и нейтронных исследований", 72 час. (от 29.05.2023 ПК 079071, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348229, актион Университет. Онлайн обучение);
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения.", 20 час. (от 18.12.2023 040000534717, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000604020, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Передовые производственные технологии", 150 час. (от 16.12.2024 782400102815, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000601719, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000602763, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Технологическое предпринимательство", 72 час. (от 15.12.2025 040000675935, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 18.03.01 Химическая технология - Инновационные химические технологии;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Шидловская Диана Сергеевна</t>
   </si>
   <si>
@@ -11970,375 +14401,410 @@
     <t>2 года
 2 месяца</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 21.05.04 Горное дело - Маркшейдерское дело;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Широколобов Георгий Валентинович</t>
   </si>
   <si>
     <t>Сопротивление материалов;
 ОП.02 Техническая механика;
 ОП.03 Техническая механика</t>
   </si>
   <si>
-    <t>"Современные педагогические технологии в деятельности преподавателя вуза", 72 час. (от 08.04.2025 422424575713, &lt;Объект не найден&gt; (297:a6775ef3fcdadd2311ebd8983df73a49));
-"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295747, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Современные педагогические технологии в деятельности преподавателя вуза", 72 час. (от 08.04.2025 422424575713, АНО ДПО "Межрегиональный институт повышения квалификации и профессиональной переподготовки");
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295747, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл)</t>
   </si>
   <si>
     <t>Широколобова Анастасия Георгиевна</t>
   </si>
   <si>
     <t>Иностранный язык;
 Русский язык;
 Профессиональный русский язык</t>
   </si>
   <si>
-    <t>"Актуальные проблемы лингвистики, переводоведения, литературоведения и лингводидактики: исследовательский и методический аспекты", 144 час. (от 25.10.2022 423102075869, &lt;Объект не найден&gt; (297:85285cf3fc3b846a11e97168e806d0ff));
-[...5 lines deleted...]
-"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069449, &lt;Объект не найден&gt; (297:9d485ef3fcdadd2311ebdefa8ead8d5f))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: филология
+квалификация: филолог, переводчик с английского и французского языков в сфере профессиональной коммуникации ;</t>
+  </si>
+  <si>
+    <t>"Актуальные проблемы лингвистики, переводоведения, литературоведения и лингводидактики: исследовательский и методический аспекты", 144 час. (от 25.10.2022 423102075869, ФГБОУ ВО "Кемеровский государственный университет (КемГУ));
+"Организация образовательной деятельности преподавателя иностранного языка в условиях цифровой трансформации высшей школы", 72 час. (от 20.06.2023 422419977998, АНО ДПО "Межрегиональный институт повышения квалификации и профессиональной переподготовки");
+"Педагогическая деятельность по реализации программ высшего образования", 510 час. (от 01.09.2023 423100386056 397, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Нейросети на службе у преподавателя", 36 час. (от 21.12.2023 702420310679, ФГАОУ ВО "Томский государственный университет систем управления и радиоэлектроники");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096974, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 36 час. (от 10.12.2024 700800164753, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069449, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
+  </si>
+  <si>
+    <t>Менеджмент в образовании: обеспечение развития и эффективности деятельности образовательной организации;
+Подготовка руководителей научных, научно-технических проектов и лабораторий;
+Преподаватель</t>
   </si>
   <si>
     <t>11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Шлома Никита Денисович</t>
   </si>
   <si>
     <t>Безопасность операционных систем;
 Защита информации от утечки по техническим каналам;
 Моделирование и испытание систем защиты информационных систем;
 Реинжиниринг программного обеспечения;
 МДК.03.01 Техническая защита информации;
 МДК.03.02 Инженерно-технические средства физической защиты объектов информатизации;
 ПП.03.01 Производственная практика (Защита информации техническими средствами);
 УП.03.01 Учебная практика (Защита информации техническими средствами)</t>
   </si>
   <si>
-    <t>"Информационная безопасность в сети Интернет", 36 час. (от 28.03.2025 180003890301, &lt;Объект не найден&gt; (297:80d95ef3fcdadd2311eb5609aa856a8a));
-[...1 lines deleted...]
-"Основы информационной безопасности", 36 час. (от 16.06.2025 ПК 295770, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование - бакалавриат:
+* направление подготовки и (или) специальности: информационные системы и технологии
+квалификация: ;</t>
+  </si>
+  <si>
+    <t>"Информационная безопасность в сети Интернет", 36 час. (от 28.03.2025 180003890301, ООО "Центр повышения квалификации и переподготовки "Луч знаний");
+"Азбука педагогического мастерства", 36 час. (от 16.06.2025 ПК 295687, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Основы информационной безопасности", 36 час. (от 16.06.2025 ПК 295770, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>Штоцкая Анастасия Аркадьевна</t>
   </si>
   <si>
     <t>Дорожные условия и безопасность движения;
 Компьютерные технологии управления в дорожном строительстве;
 Информационные технологии в науке и технике;
 Метрология, стандартизация и сертификация;
 Экономико-математические методы в науке;
 Метрология, стандартизация и сертификация в строительстве</t>
   </si>
   <si>
-    <t>"Совершенствование организации приема для обучения по программам бакалавриата, специалитета, магистратуры, аспирантуры", 18 час. (от 28.04.2023 241452, &lt;Объект не найден&gt; (297:98035ef3fcdadd2311ed484ed8979c54));
-[...1 lines deleted...]
-"Прием на обучение в бакалавриат, специалитет, магистратуру, аспирантуру: традиции и нововведения", 24 час. (от 12.12.2025 ПКВШЭ2025 034390, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e8b6fe838df89b))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: организация и безопасность дорожного движения (автомобильный транспорт)
+квалификация: инженер по организации управления на транспорте;</t>
+  </si>
+  <si>
+    <t>"Совершенствование организации приема для обучения по программам бакалавриата, специалитета, магистратуры, аспирантуры", 18 час. (от 28.04.2023 241452, НИУ "Высшая школа экономики");
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348241, актион Университет. Онлайн обучение);
+"Прием на обучение в бакалавриат, специалитет, магистратуру, аспирантуру: традиции и нововведения", 24 час. (от 12.12.2025 ПКВШЭ2025 034390, ФГАОУВО "Национальный исследовательский университет "Высшая школа экономики")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Автомобильные дороги;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Шубина Анна Геннадьевна</t>
   </si>
   <si>
     <t>МДК.01.02 Технологические процессы технического обслуживания и ремонта автомобилей;
 МДК.01.03 Технологические процессы технического обслуживания и ремонта автомобилей;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ);
 ПП.01.01 Производственная практика (Техническое обслуживание и ремонт автотранспортных средств);
 ПП.02.01 Производственная практика (Организация процессов по техническому обслуживанию и ремонту автотранспортных средств);
 ПП.03.01 Производственная практика (Организация процессов модернизации и модификации автотранспортных средств);
 ПП.04.01 Производственная практика (Выполнение работ по профессии слесарь по ремонту автомобилей)</t>
   </si>
   <si>
-    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063955, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063955, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>Шумкина Татьяна Федоровна</t>
   </si>
   <si>
     <t>Инженерная графика</t>
   </si>
   <si>
-    <t>"Преподаватель инженерной графики: Методика преподавания в образовательной организации" (от 15.11.2022 ПП СЦ 0001498, &lt;Объект не найден&gt; (297:bd065ef3fcdadd2311ed658f780f8863));
-[...3 lines deleted...]
-"Инновационные и цифровые технологии в образовании", 72 час. (от 17.06.2024 782400096685, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad))</t>
+    <t>"Преподаватель инженерной графики: Методика преподавания в образовательной организации" (от 15.11.2022 ПП СЦ 0001498, ООО "Столичный центр образовательных технологий");
+"Методы и технологии преподавания технических дисциплин с учетом ФГОС ВО", 144 час. (от 17.11.2023 613102808642, АНО ДПО "Гуманитарно-технический университет" );
+"Методы и технологии преподования технических дисциплин с учетом ФГОС ВО", 144 час. (от 17.11.2023 613102808642, Автономная некоммерческая организация дополнительного профессионального образования "Гуманитарно-технический университет");
+"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 21.11.2023 11329/23-03, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 17.06.2024 782400096685, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство</t>
   </si>
   <si>
     <t>Шутько Лариса Геннадьевна</t>
   </si>
   <si>
     <t>Конкурентная стратегия предприятия и анализ рынков;
 Основы системного анализа;
 Организация и планирование предпринимательской деятельности;
 История экономики и экономических учений;
 Экономика и социология труда;
 Экономика;
 Экономическая теория;
 Основы экономики и предпринимательства;
 Учебная, Научно-исследовательская работа (получение первичных навыков научно-исследовательской работы);
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
-    <t>"ESG управление бизнесом: тренды и риски", 16 час. (от 26.12.2022 040000486909, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60));
-[...7 lines deleted...]
-"Технологическое предпринимательство", 72 час. (от 15.12.2025 040000675945, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"ESG управление бизнесом: тренды и риски", 16 час. (от 26.12.2022 040000486909, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Эффективные инструменты для вовлечения студентов в обучение на электронном курсе", 18 час. (от 06.06.2023 782419925098, ЧПОУ "Центр профессионального и дополнительного образования Лань" г. Санкт-Петербург);
+"Новые эффективные инструменты для вовлечения студентов в обучение на электронном курсе", 18 час. (от 23.11.2023 ЭД 7824001518, ЧПОУ "Центр профессионального и дополнительного образования Лань" г. Санкт-Петербург);
+"Программа повышения квалификации в форме стажировки в ООО"Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063868, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565782, Национальный исследовательский технологический университет "МИСИС");
+"Разработка и создание электронного учебного курса в LMS Moodle", 18 час. (от 31.05.2024 ЭД 7824001985, ЧПОУ "Центр профессионального и дополнительного образования Лань" г. Санкт-Петербург);
+"Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000601726, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Современные подходы к укреплению общероссийской гражданкской индентичности", 36 час. (от 22.09.2025 772422323050, ФГБОУ ВО "Российский государственный университет им. А.Н. Косыгина (Технологии. Дизайн. Искусство)");
+"Технологическое предпринимательство", 72 час. (от 15.12.2025 040000675945, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.04.01 Экономика - Практическая экономика;
 38.04.01 Экономика - Управление корпоративными финансами</t>
   </si>
   <si>
     <t>Юргель Елена Викторовна</t>
   </si>
   <si>
     <t>МДК.03.02 Иностранный язык в сфере профессиональной коммуникации для службы обслуживания и эксплуатации номерного фонда;
 МДК.04.02 Иностранный язык в сфере профессиональной коммуникации для службы бронирования и продаж;
 ОГСЭ.03 Иностранный язык в профессиональной деятельности;
 ОГСЭ.04 Иностранный язык в профессиональной деятельности;
 ОУП.04 Иностранный язык;
 СГ.02 Иностранный язык в профессиональной деятельности;
 СГЦ.02 Иностранный язык в профессиональной деятельности</t>
   </si>
   <si>
-    <t>"Английский язык", 72 час. (от 19.11.2023 О 101626150, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e8f3b14f65e4e1));
-[...6 lines deleted...]
-"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295872, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: филология
+квалификация: филолог, преподаватель английского и немецкого языков и литературы;</t>
+  </si>
+  <si>
+    <t>"Английский язык", 72 час. (от 19.11.2023 О 101626150, Национальный открытый университет "ИНТУИТ");
+"Организация учебного процесса и методика преподавания английского языка в организациях среднего профессионального образования с учетом требований ФГОС СПО", 18 час. (от 25.11.2023 21/199390, ООО "ВНОЦ "СОТех" г.Липецк);
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1619, ГБУ "Кузбасская школа управления");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096978, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Английский язык в академической сфере", 36 час. (от 15.12.2024 ПК 972349, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064476, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295748, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295872, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (11кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 43.02.14 Гостиничное дело - Специалист по гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Юрченко Вадим Максимович</t>
   </si>
   <si>
     <t>Подземный транспорт;
 Транспортные машины;
 Горно-транспортные машины</t>
   </si>
   <si>
-    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485285, &lt;Объект не найден&gt; (297:92e35ef3fcdadd2311ec4c18dfe4a62b));
-[...4 lines deleted...]
-"Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000601729, &lt;Объект не найден&gt; (297:9c745ef3fcdadd2311ed9089f0c4cc60))</t>
+    <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485285, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009985, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Управление деятельностью вузов. Новое поколение стандартов высшего образования", 16 час. (от 07.02.2023 773500017248, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063640 66, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Современное нормативно-методическое обеспечение федеральных государственных образовательных стандартов высшего образования", 16 час. (от 20.10.2023 040000486156, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000262403, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000604134, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000601729, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Юхатов Артем Сергеевич</t>
   </si>
   <si>
     <t>ОГСЭ.04 Физическая культура;
 ОУП.12 Физическая культура;
 СГ.04 Физическая культура;
 СГЦ.04 Физическая культура</t>
   </si>
   <si>
-    <t>"Эффективная работа преподавателя", 72 час. (от 17.11.2023 ПК 101625759, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e8f3b14f65e4e1));
-[...1 lines deleted...]
-"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064477, &lt;Объект не найден&gt; (297:89e15ef3fcdadd2311eed128dd0b4e67))</t>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: физическая культура и спорт
+квалификация: специалист по физической культуре и спорту;
+Высшее образование - специалитет, магистратура:
+* направление подготовки и (или) специальности: биология
+квалификация: магистр;</t>
+  </si>
+  <si>
+    <t>"Эффективная работа преподавателя", 72 час. (от 17.11.2023 ПК 101625759, Национальный открытый университет "ИНТУИТ");
+"Основы кибербезопасности", 18 час. (от 17.05.2024 1620, ГБУ "Кузбасская школа управления");
+"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064477, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 15.02.03 Монтаж, техническое обслуживание и ремонт гидравлического и пневматического оборудования (по отраслям) - Техник-механик (9 кл);
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.02.19 Сварочное производство - Техник (9 кл);
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 38.02.07 Банковское дело - Специалист банковского дела (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (11 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Якунина Юлия Сергеевна</t>
   </si>
   <si>
     <t>Внешнеэкономическая деятельность организаций;
 Антикризисное управление предприятием;
 Комплексный экономический анализ финансово-хозяйственной деятельности;
 Коммерческая и внешнеэкономическая деятельность предприятия (организации);
 Общественный проект «Обучение служением»;
 Производственная, Расчетно-аналитическая практика;
 Производственная, Практика по профилю профессиональной деятельности;
 Производственная, Преддипломная практика;
 Учебная, Ознакомительная практика;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Методология, новые образовательные технологии и методика преподавания дисциплины "Анализ финансово-хозяйственной деятельности предприятия" в высшей школе", 72 час. (от 27.10.2022 612416286356, &lt;Объект не найден&gt; (297:832f5ef3fcdadd2311ed58c93dc68c53));
-[...5 lines deleted...]
-"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295834, &lt;Объект не найден&gt; (297:b5b85ef3fcdadd2311efce34ca211aa4))</t>
+    <t>"Методология, новые образовательные технологии и методика преподавания дисциплины "Анализ финансово-хозяйственной деятельности предприятия" в высшей школе", 72 час. (от 27.10.2022 612416286356, ООО "Международный центр консалтинга и образования "Велес"");
+"ESG управление бизнесом: тренды и риски", 16 час. (от 26.12.2022 040000486916, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Патриотизм и патриотическое воспитание современного поколения подростков и молодежи", 16 час. (от 28.02.2023 70АВ 046101, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет");
+"По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 08000063869, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
+"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 18.03.2024 У2024114078, НОЧУО ДПО "Актион");
+"Наставник по воспитательной работе: технологии деятельного патриотизма и созидательного труда в студенческой среде", 24 час. (от 14.01.2025 773400953959, ФГБОУ ВО "Российский экономический университет имени Г.В. Плеханова"  );
+"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295834, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 18.03.01 Химическая технология - Инновационные химические технологии;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.04.01 Экономика - Практическая экономика;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Янина Татьяна Ивановна</t>
   </si>
   <si>
-    <t>"Современные технологии в образовании: от педагогического дизайна до искусственного интеллекта", 32 час. (от 25.12.2025 700400014982, &lt;Объект не найден&gt; (297:afac5ef3fcdadd2311f0f4d9d9a4c31d))</t>
+    <t>"Современные технологии в образовании: от педагогического дизайна до искусственного интеллекта", 32 час. (от 25.12.2025 700400014982, Институт непрерывного образования ФГБОУВО "Томский государственный архитектурно-строительный университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин</t>
   </si>
   <si>
     <t>Яркова Анастасия Владимировна</t>
   </si>
   <si>
     <t>Научно-исследовательская деятельность;
 Переработка полезных ископаемых;
 Исследование полезных ископаемых на обогатимость;
 Основы обогащения и переработки полезных ископаемых;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323153, &lt;Объект не найден&gt; (297:953a5ef3fcdadd2311eea3a3d4651b34))</t>
+    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323153, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>Яцевич Мария Юрьевна</t>
   </si>
   <si>
     <t>История и философия науки;
 Философия</t>
   </si>
   <si>
-    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096981, &lt;Объект не найден&gt; (297:bfdc5cf3fc3b846a11e89eb491b541ad));
-[...3 lines deleted...]
-"Электронная информационно-образовательная среда ВУЗа", 16 час. (от 04.10.2024 ПК 31374, &lt;Объект не найден&gt; (297:83de5ef3fcdadd2311eb8accf08045ee))</t>
+    <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096981, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"История и философия науки в условиях реализации ФГОС ВО", 36 час. (от 31.07.2024 ПК 0118730, ООО "Московский институт профессиональной переподготовки и повышения квалификации педагогов");
+"Особенности инклюзивного образования в ВУЗе", 16 час. (от 04.10.2024 ПК 31371, АНО ДПО "Дальневосточный институт дополнительного профессионального образования");
+"Педагогика высшей школы", 16 час. (от 04.10.2024 ПК 31305, АНО ДПО "Дальневосточный институт дополнительного профессионального образования");
+"Электронная информационно-образовательная среда ВУЗа", 16 час. (от 04.10.2024 ПК 31374, АНО ДПО "Дальневосточный институт дополнительного профессионального образования")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 1.2 Компьютерные науки и информатика - Математические моделирование, численные методы и комплексы программ;
 1.3 Физические науки - Теплофизика и теоретическая теплотехника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 1.4 Химические науки - Неорганическая химия;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 2.1 Строительство и архитектура - Строительные материалы и изделия;
 2.3 Информационные технологии и телекоммуникации - Автоматизация и управление технологическими процессами и производствами;
 2.3 Информационные технологии и телекоммуникации - Управление в организационных системах;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
@@ -12682,51 +15148,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J541"/>
+  <dimension ref="A1:J540"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="18" customWidth="true" style="0"/>
     <col min="2" max="2" width="18" customWidth="true" style="0"/>
     <col min="5" max="5" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="32" customWidth="true" style="0"/>
     <col min="4" max="4" width="32" customWidth="true" style="0"/>
     <col min="8" max="8" width="32" customWidth="true" style="0"/>
     <col min="7" max="7" width="48" customWidth="true" style="0"/>
     <col min="9" max="9" width="12" customWidth="true" style="0"/>
     <col min="10" max="10" width="180.384521" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
@@ -12776,13110 +15242,14498 @@
         <v>15</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
         <v>21</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>23</v>
+      </c>
       <c r="E3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G3" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="H3"/>
+        <v>26</v>
+      </c>
+      <c r="H3" t="s">
+        <v>27</v>
+      </c>
       <c r="I3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="J3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C4" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D4"/>
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G4" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="J4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D5"/>
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
       <c r="E5"/>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5"/>
       <c r="I5" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="J5" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B6" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C6" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D6"/>
+        <v>44</v>
+      </c>
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
       <c r="E6"/>
       <c r="F6"/>
       <c r="G6" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="B7" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C7" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D7"/>
+        <v>49</v>
+      </c>
+      <c r="D7" t="s">
+        <v>50</v>
+      </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G7" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="J7" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B8" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C8" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D8"/>
+        <v>55</v>
+      </c>
+      <c r="D8" t="s">
+        <v>56</v>
+      </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F8"/>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D9"/>
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>62</v>
+      </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G9" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="H9"/>
+        <v>63</v>
+      </c>
+      <c r="H9" t="s">
+        <v>64</v>
+      </c>
       <c r="I9" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="J9" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="B10" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C10" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="D10"/>
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
       <c r="E10"/>
       <c r="F10"/>
       <c r="G10" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="H10"/>
+        <v>71</v>
+      </c>
+      <c r="H10" t="s">
+        <v>72</v>
+      </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="C11" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="D11"/>
+        <v>76</v>
+      </c>
+      <c r="D11" t="s">
+        <v>77</v>
+      </c>
       <c r="E11"/>
       <c r="F11"/>
       <c r="G11" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>68</v>
+        <v>79</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="B12" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C12" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="D12"/>
+        <v>81</v>
+      </c>
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
-        <v>72</v>
+        <v>84</v>
       </c>
       <c r="J12" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="B13" t="s">
         <v>21</v>
       </c>
       <c r="C13" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D13"/>
+        <v>87</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
       <c r="E13" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F13" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G13" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="H13"/>
+        <v>89</v>
+      </c>
+      <c r="H13" t="s">
+        <v>90</v>
+      </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="B14" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="C14" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="D14"/>
+        <v>94</v>
+      </c>
+      <c r="D14" t="s">
+        <v>95</v>
+      </c>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="H14"/>
+        <v>96</v>
+      </c>
+      <c r="H14" t="s">
+        <v>97</v>
+      </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>82</v>
+        <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="B15" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C15" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D15"/>
+        <v>100</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G15" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="B16" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C16" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D16"/>
+        <v>104</v>
+      </c>
+      <c r="D16" t="s">
+        <v>105</v>
+      </c>
       <c r="E16" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F16"/>
       <c r="G16" t="s">
-        <v>89</v>
+        <v>106</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="J16" t="s">
-        <v>91</v>
+        <v>108</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" t="s">
-        <v>92</v>
+        <v>109</v>
       </c>
       <c r="B17" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C17" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>110</v>
+      </c>
+      <c r="D17" t="s">
+        <v>111</v>
+      </c>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17" t="s">
-        <v>94</v>
+        <v>112</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="B18" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="C18" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="D18"/>
+        <v>116</v>
+      </c>
+      <c r="D18" t="s">
+        <v>117</v>
+      </c>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18" t="s">
-        <v>99</v>
+        <v>118</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" t="s">
-        <v>101</v>
+        <v>120</v>
       </c>
       <c r="B19" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C19" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D19"/>
+        <v>121</v>
+      </c>
+      <c r="D19" t="s">
+        <v>122</v>
+      </c>
       <c r="E19"/>
       <c r="F19"/>
       <c r="G19" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>104</v>
+        <v>124</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" t="s">
-        <v>105</v>
+        <v>125</v>
       </c>
       <c r="B20" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="C20" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="D20"/>
+        <v>126</v>
+      </c>
+      <c r="D20" t="s">
+        <v>127</v>
+      </c>
       <c r="E20" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F20"/>
       <c r="G20" t="s">
-        <v>107</v>
+        <v>128</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>108</v>
+        <v>129</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" t="s">
-        <v>109</v>
+        <v>130</v>
       </c>
       <c r="B21" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C21" t="s">
-        <v>110</v>
+        <v>131</v>
       </c>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>111</v>
+        <v>132</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" t="s">
-        <v>112</v>
+        <v>133</v>
       </c>
       <c r="B22" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C22" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="D22"/>
+        <v>134</v>
+      </c>
+      <c r="D22" t="s">
+        <v>95</v>
+      </c>
       <c r="E22"/>
       <c r="F22"/>
       <c r="G22" t="s">
-        <v>114</v>
+        <v>135</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="J22" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="B23" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C23" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>120</v>
+        <v>141</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" t="s">
-        <v>121</v>
+        <v>142</v>
       </c>
       <c r="B24" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C24" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="D24"/>
+        <v>143</v>
+      </c>
+      <c r="D24" t="s">
+        <v>144</v>
+      </c>
       <c r="E24" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>123</v>
+        <v>145</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
-        <v>124</v>
+        <v>146</v>
       </c>
       <c r="B25" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C25" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="D25"/>
+        <v>147</v>
+      </c>
+      <c r="D25" t="s">
+        <v>148</v>
+      </c>
       <c r="E25"/>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" t="s">
-        <v>126</v>
+        <v>149</v>
       </c>
       <c r="B26" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C26" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="D26"/>
+        <v>151</v>
+      </c>
+      <c r="D26" t="s">
+        <v>152</v>
+      </c>
       <c r="E26"/>
       <c r="F26"/>
       <c r="G26" t="s">
-        <v>129</v>
+        <v>153</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>130</v>
+        <v>154</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" t="s">
-        <v>131</v>
+        <v>155</v>
       </c>
       <c r="B27" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C27" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="D27"/>
+        <v>156</v>
+      </c>
+      <c r="D27" t="s">
+        <v>157</v>
+      </c>
       <c r="E27"/>
       <c r="F27"/>
       <c r="G27" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="H27"/>
+        <v>158</v>
+      </c>
+      <c r="H27" t="s">
+        <v>159</v>
+      </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>134</v>
+        <v>160</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" t="s">
-        <v>135</v>
+        <v>161</v>
       </c>
       <c r="B28" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C28" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="D28"/>
+        <v>162</v>
+      </c>
+      <c r="D28" t="s">
+        <v>163</v>
+      </c>
       <c r="E28" t="s">
-        <v>137</v>
+        <v>164</v>
       </c>
       <c r="F28"/>
       <c r="G28" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="H28"/>
+        <v>165</v>
+      </c>
+      <c r="H28" t="s">
+        <v>166</v>
+      </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>139</v>
+        <v>167</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" t="s">
-        <v>140</v>
+        <v>168</v>
       </c>
       <c r="B29" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="C29" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="D29"/>
+        <v>169</v>
+      </c>
+      <c r="D29" t="s">
+        <v>170</v>
+      </c>
       <c r="E29" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F29"/>
       <c r="G29" t="s">
-        <v>142</v>
+        <v>171</v>
       </c>
       <c r="H29"/>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>143</v>
+        <v>172</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" t="s">
-        <v>144</v>
+        <v>173</v>
       </c>
       <c r="B30" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C30" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="D30"/>
+        <v>174</v>
+      </c>
+      <c r="D30" t="s">
+        <v>175</v>
+      </c>
       <c r="E30" t="s">
-        <v>146</v>
+        <v>176</v>
       </c>
       <c r="F30"/>
       <c r="G30" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="H30"/>
+        <v>177</v>
+      </c>
+      <c r="H30" t="s">
+        <v>178</v>
+      </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>148</v>
+        <v>179</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" t="s">
-        <v>149</v>
+        <v>180</v>
       </c>
       <c r="B31" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C31" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D31"/>
+        <v>38</v>
+      </c>
+      <c r="D31" t="s">
+        <v>181</v>
+      </c>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31"/>
       <c r="H31"/>
       <c r="I31" t="s">
-        <v>150</v>
+        <v>182</v>
       </c>
       <c r="J31" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" t="s">
-        <v>151</v>
+        <v>183</v>
       </c>
       <c r="B32" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C32" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D32"/>
+        <v>184</v>
+      </c>
+      <c r="D32" t="s">
+        <v>185</v>
+      </c>
       <c r="E32" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F32"/>
+        <v>24</v>
+      </c>
+      <c r="F32" t="s">
+        <v>25</v>
+      </c>
       <c r="G32" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-      <c r="I32"/>
+        <v>186</v>
+      </c>
+      <c r="H32" t="s">
+        <v>187</v>
+      </c>
+      <c r="I32" t="s">
+        <v>188</v>
+      </c>
       <c r="J32" t="s">
-        <v>154</v>
+        <v>189</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" t="s">
-        <v>155</v>
+        <v>190</v>
       </c>
       <c r="B33" t="s">
-        <v>29</v>
+        <v>191</v>
       </c>
       <c r="C33" t="s">
-        <v>156</v>
-[...7 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="D33" t="s">
+        <v>193</v>
+      </c>
+      <c r="E33"/>
+      <c r="F33"/>
       <c r="G33" t="s">
-        <v>157</v>
-[...4 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="H33" t="s">
+        <v>195</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>159</v>
+        <v>196</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" t="s">
-        <v>160</v>
+        <v>197</v>
       </c>
       <c r="B34" t="s">
-        <v>161</v>
+        <v>198</v>
       </c>
       <c r="C34" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-      <c r="F34"/>
+        <v>199</v>
+      </c>
+      <c r="D34" t="s">
+        <v>200</v>
+      </c>
+      <c r="E34" t="s">
+        <v>201</v>
+      </c>
+      <c r="F34" t="s">
+        <v>25</v>
+      </c>
       <c r="G34" t="s">
-        <v>163</v>
+        <v>202</v>
       </c>
       <c r="H34"/>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>164</v>
+        <v>203</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" t="s">
-        <v>165</v>
+        <v>204</v>
       </c>
       <c r="B35" t="s">
-        <v>166</v>
+        <v>43</v>
       </c>
       <c r="C35" t="s">
-        <v>167</v>
+        <v>205</v>
       </c>
       <c r="D35"/>
-      <c r="E35" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E35"/>
+      <c r="F35"/>
+      <c r="G35"/>
       <c r="H35"/>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" t="s">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="B36" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C36" t="s">
-        <v>172</v>
-[...5 lines deleted...]
-      <c r="H36"/>
+        <v>208</v>
+      </c>
+      <c r="D36" t="s">
+        <v>209</v>
+      </c>
+      <c r="E36" t="s">
+        <v>176</v>
+      </c>
+      <c r="F36" t="s">
+        <v>25</v>
+      </c>
+      <c r="G36" t="s">
+        <v>210</v>
+      </c>
+      <c r="H36" t="s">
+        <v>211</v>
+      </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>173</v>
+        <v>212</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" t="s">
-        <v>174</v>
+        <v>213</v>
       </c>
       <c r="B37" t="s">
-        <v>29</v>
+        <v>214</v>
       </c>
       <c r="C37" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="D37"/>
+        <v>215</v>
+      </c>
+      <c r="D37" t="s">
+        <v>216</v>
+      </c>
       <c r="E37" t="s">
-        <v>146</v>
+        <v>217</v>
       </c>
       <c r="F37" t="s">
-        <v>24</v>
+        <v>214</v>
       </c>
       <c r="G37" t="s">
-        <v>176</v>
+        <v>218</v>
       </c>
       <c r="H37"/>
-      <c r="I37"/>
+      <c r="I37" t="s">
+        <v>219</v>
+      </c>
       <c r="J37" t="s">
-        <v>177</v>
+        <v>85</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" t="s">
-        <v>178</v>
+        <v>220</v>
       </c>
       <c r="B38" t="s">
-        <v>179</v>
+        <v>150</v>
       </c>
       <c r="C38" t="s">
-        <v>180</v>
-[...7 lines deleted...]
-      </c>
+        <v>221</v>
+      </c>
+      <c r="D38" t="s">
+        <v>222</v>
+      </c>
+      <c r="E38"/>
+      <c r="F38"/>
       <c r="G38" t="s">
-        <v>183</v>
+        <v>223</v>
       </c>
       <c r="H38"/>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>73</v>
+        <v>224</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" t="s">
-        <v>185</v>
+        <v>225</v>
       </c>
       <c r="B39" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C39" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="D39"/>
+        <v>226</v>
+      </c>
+      <c r="D39" t="s">
+        <v>227</v>
+      </c>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39" t="s">
-        <v>187</v>
+        <v>228</v>
       </c>
       <c r="H39"/>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>188</v>
+        <v>229</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" t="s">
-        <v>189</v>
+        <v>230</v>
       </c>
       <c r="B40" t="s">
-        <v>127</v>
+        <v>25</v>
       </c>
       <c r="C40" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-      <c r="E40"/>
+        <v>231</v>
+      </c>
+      <c r="D40" t="s">
+        <v>232</v>
+      </c>
+      <c r="E40" t="s">
+        <v>24</v>
+      </c>
       <c r="F40"/>
       <c r="G40" t="s">
-        <v>191</v>
+        <v>233</v>
       </c>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>192</v>
+        <v>234</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" t="s">
-        <v>193</v>
+        <v>235</v>
       </c>
       <c r="B41" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C41" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="D41"/>
+        <v>236</v>
+      </c>
+      <c r="D41" t="s">
+        <v>237</v>
+      </c>
       <c r="E41"/>
       <c r="F41"/>
       <c r="G41" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="H41"/>
+        <v>238</v>
+      </c>
+      <c r="H41" t="s">
+        <v>239</v>
+      </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>196</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" t="s">
-        <v>197</v>
+        <v>241</v>
       </c>
       <c r="B42" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C42" t="s">
-        <v>198</v>
+        <v>242</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
       <c r="H42"/>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>199</v>
+        <v>243</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" t="s">
-        <v>200</v>
+        <v>244</v>
       </c>
       <c r="B43" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C43" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="D43"/>
+        <v>245</v>
+      </c>
+      <c r="D43" t="s">
+        <v>246</v>
+      </c>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
       <c r="H43"/>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>202</v>
+        <v>247</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" t="s">
-        <v>203</v>
+        <v>248</v>
       </c>
       <c r="B44" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C44" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="D44"/>
+        <v>249</v>
+      </c>
+      <c r="D44" t="s">
+        <v>250</v>
+      </c>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44" t="s">
-        <v>205</v>
-[...1 lines deleted...]
-      <c r="H44"/>
+        <v>251</v>
+      </c>
+      <c r="H44" t="s">
+        <v>252</v>
+      </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>206</v>
+        <v>253</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" t="s">
-        <v>207</v>
+        <v>254</v>
       </c>
       <c r="B45" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C45" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="D45"/>
+        <v>255</v>
+      </c>
+      <c r="D45" t="s">
+        <v>256</v>
+      </c>
       <c r="E45" t="s">
-        <v>168</v>
+        <v>201</v>
       </c>
       <c r="F45" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G45" t="s">
-        <v>209</v>
+        <v>257</v>
       </c>
       <c r="H45"/>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>210</v>
+        <v>258</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" t="s">
-        <v>211</v>
+        <v>259</v>
       </c>
       <c r="B46" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C46" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="D46"/>
+        <v>260</v>
+      </c>
+      <c r="D46" t="s">
+        <v>261</v>
+      </c>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46" t="s">
-        <v>213</v>
+        <v>262</v>
       </c>
       <c r="H46"/>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>214</v>
+        <v>263</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" t="s">
-        <v>215</v>
+        <v>264</v>
       </c>
       <c r="B47" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C47" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="D47"/>
+        <v>265</v>
+      </c>
+      <c r="D47" t="s">
+        <v>266</v>
+      </c>
       <c r="E47" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F47"/>
       <c r="G47" t="s">
-        <v>217</v>
+        <v>267</v>
       </c>
       <c r="H47"/>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>218</v>
+        <v>268</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" t="s">
-        <v>219</v>
+        <v>269</v>
       </c>
       <c r="B48" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C48" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="D48"/>
+        <v>270</v>
+      </c>
+      <c r="D48" t="s">
+        <v>271</v>
+      </c>
       <c r="E48" t="s">
-        <v>221</v>
+        <v>272</v>
       </c>
       <c r="F48" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G48" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="H48"/>
+        <v>273</v>
+      </c>
+      <c r="H48" t="s">
+        <v>274</v>
+      </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>223</v>
+        <v>275</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" t="s">
-        <v>224</v>
+        <v>276</v>
       </c>
       <c r="B49" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C49" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="D49"/>
+        <v>277</v>
+      </c>
+      <c r="D49" t="s">
+        <v>278</v>
+      </c>
       <c r="E49" t="s">
-        <v>226</v>
+        <v>279</v>
       </c>
       <c r="F49" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G49" t="s">
-        <v>227</v>
+        <v>280</v>
       </c>
       <c r="H49"/>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>228</v>
+        <v>281</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" t="s">
-        <v>229</v>
+        <v>282</v>
       </c>
       <c r="B50" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C50" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="D50"/>
+        <v>283</v>
+      </c>
+      <c r="D50" t="s">
+        <v>284</v>
+      </c>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50" t="s">
-        <v>231</v>
+        <v>285</v>
       </c>
       <c r="H50"/>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>199</v>
+        <v>243</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" t="s">
-        <v>232</v>
+        <v>286</v>
       </c>
       <c r="B51" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C51" t="s">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="D51"/>
+        <v>287</v>
+      </c>
+      <c r="D51" t="s">
+        <v>288</v>
+      </c>
       <c r="E51"/>
       <c r="F51"/>
       <c r="G51" t="s">
-        <v>234</v>
+        <v>289</v>
       </c>
       <c r="H51"/>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>235</v>
+        <v>290</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" t="s">
-        <v>236</v>
+        <v>291</v>
       </c>
       <c r="B52" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C52" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="D52"/>
+        <v>292</v>
+      </c>
+      <c r="D52" t="s">
+        <v>293</v>
+      </c>
       <c r="E52" t="s">
-        <v>221</v>
+        <v>272</v>
       </c>
       <c r="F52" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G52" t="s">
-        <v>238</v>
+        <v>294</v>
       </c>
       <c r="H52"/>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>239</v>
+        <v>295</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" t="s">
-        <v>240</v>
+        <v>296</v>
       </c>
       <c r="B53" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C53" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="D53"/>
+        <v>297</v>
+      </c>
+      <c r="D53" t="s">
+        <v>32</v>
+      </c>
       <c r="E53" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F53" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G53" t="s">
-        <v>242</v>
+        <v>298</v>
       </c>
       <c r="H53"/>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>243</v>
+        <v>299</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" t="s">
-        <v>244</v>
+        <v>300</v>
       </c>
       <c r="B54" t="s">
         <v>21</v>
       </c>
       <c r="C54" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="D54"/>
+        <v>301</v>
+      </c>
+      <c r="D54" t="s">
+        <v>302</v>
+      </c>
       <c r="E54" t="s">
-        <v>246</v>
+        <v>303</v>
       </c>
       <c r="F54" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G54" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="H54"/>
+        <v>304</v>
+      </c>
+      <c r="H54" t="s">
+        <v>305</v>
+      </c>
       <c r="I54" t="s">
-        <v>248</v>
+        <v>65</v>
       </c>
       <c r="J54" t="s">
-        <v>199</v>
+        <v>243</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" t="s">
-        <v>249</v>
+        <v>306</v>
       </c>
       <c r="B55" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C55" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="D55"/>
+        <v>307</v>
+      </c>
+      <c r="D55" t="s">
+        <v>308</v>
+      </c>
       <c r="E55" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F55" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G55" t="s">
-        <v>251</v>
+        <v>309</v>
       </c>
       <c r="H55"/>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>252</v>
+        <v>310</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" t="s">
-        <v>253</v>
+        <v>311</v>
       </c>
       <c r="B56" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C56" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="D56"/>
+        <v>312</v>
+      </c>
+      <c r="D56" t="s">
+        <v>313</v>
+      </c>
       <c r="E56" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F56" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G56" t="s">
-        <v>255</v>
+        <v>314</v>
       </c>
       <c r="H56"/>
       <c r="I56" t="s">
-        <v>256</v>
+        <v>315</v>
       </c>
       <c r="J56" t="s">
-        <v>257</v>
+        <v>316</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" t="s">
-        <v>258</v>
+        <v>317</v>
       </c>
       <c r="B57" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C57" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D57"/>
+        <v>44</v>
+      </c>
+      <c r="D57" t="s">
+        <v>318</v>
+      </c>
       <c r="E57"/>
       <c r="F57"/>
       <c r="G57" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="H57"/>
+        <v>319</v>
+      </c>
+      <c r="H57" t="s">
+        <v>320</v>
+      </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>260</v>
+        <v>321</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" t="s">
-        <v>261</v>
+        <v>322</v>
       </c>
       <c r="B58" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C58" t="s">
-        <v>262</v>
-[...1 lines deleted...]
-      <c r="D58"/>
+        <v>323</v>
+      </c>
+      <c r="D58" t="s">
+        <v>324</v>
+      </c>
       <c r="E58" t="s">
-        <v>246</v>
+        <v>303</v>
       </c>
       <c r="F58" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G58" t="s">
-        <v>263</v>
+        <v>325</v>
       </c>
       <c r="H58"/>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>264</v>
+        <v>326</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" t="s">
-        <v>265</v>
+        <v>327</v>
       </c>
       <c r="B59" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C59" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="D59"/>
+        <v>328</v>
+      </c>
+      <c r="D59" t="s">
+        <v>329</v>
+      </c>
       <c r="E59" t="s">
-        <v>137</v>
+        <v>164</v>
       </c>
       <c r="F59"/>
       <c r="G59" t="s">
-        <v>267</v>
+        <v>330</v>
       </c>
       <c r="H59"/>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>268</v>
+        <v>331</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" t="s">
-        <v>269</v>
+        <v>332</v>
       </c>
       <c r="B60" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="C60" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="D60"/>
+        <v>333</v>
+      </c>
+      <c r="D60" t="s">
+        <v>334</v>
+      </c>
       <c r="E60"/>
       <c r="F60"/>
       <c r="G60" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="H60"/>
+        <v>335</v>
+      </c>
+      <c r="H60" t="s">
+        <v>336</v>
+      </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>272</v>
+        <v>337</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="s">
-        <v>273</v>
+        <v>338</v>
       </c>
       <c r="B61" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C61" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="D61"/>
+        <v>339</v>
+      </c>
+      <c r="D61" t="s">
+        <v>340</v>
+      </c>
       <c r="E61"/>
       <c r="F61"/>
       <c r="G61" t="s">
-        <v>275</v>
+        <v>341</v>
       </c>
       <c r="H61"/>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>276</v>
+        <v>342</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" t="s">
-        <v>277</v>
+        <v>343</v>
       </c>
       <c r="B62" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C62" t="s">
-        <v>278</v>
-[...1 lines deleted...]
-      <c r="D62"/>
+        <v>344</v>
+      </c>
+      <c r="D62" t="s">
+        <v>345</v>
+      </c>
       <c r="E62" t="s">
-        <v>279</v>
+        <v>346</v>
       </c>
       <c r="F62" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G62" t="s">
-        <v>280</v>
+        <v>347</v>
       </c>
       <c r="H62"/>
       <c r="I62" t="s">
-        <v>256</v>
+        <v>348</v>
       </c>
       <c r="J62" t="s">
-        <v>281</v>
+        <v>349</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" t="s">
-        <v>282</v>
+        <v>350</v>
       </c>
       <c r="B63" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="C63" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="D63"/>
+        <v>351</v>
+      </c>
+      <c r="D63" t="s">
+        <v>193</v>
+      </c>
       <c r="E63" t="s">
-        <v>246</v>
+        <v>303</v>
       </c>
       <c r="F63"/>
       <c r="G63" t="s">
-        <v>284</v>
+        <v>352</v>
       </c>
       <c r="H63"/>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>285</v>
+        <v>353</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="s">
-        <v>286</v>
+        <v>354</v>
       </c>
       <c r="B64" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C64" t="s">
-        <v>287</v>
-[...1 lines deleted...]
-      <c r="D64"/>
+        <v>355</v>
+      </c>
+      <c r="D64" t="s">
+        <v>356</v>
+      </c>
       <c r="E64" t="s">
-        <v>168</v>
+        <v>201</v>
       </c>
       <c r="F64" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G64" t="s">
-        <v>288</v>
+        <v>357</v>
       </c>
       <c r="H64"/>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>289</v>
+        <v>358</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" t="s">
-        <v>290</v>
+        <v>359</v>
       </c>
       <c r="B65" t="s">
-        <v>291</v>
+        <v>360</v>
       </c>
       <c r="C65" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="D65"/>
+        <v>361</v>
+      </c>
+      <c r="D65" t="s">
+        <v>362</v>
+      </c>
       <c r="E65"/>
       <c r="F65"/>
       <c r="G65" t="s">
-        <v>293</v>
+        <v>363</v>
       </c>
       <c r="H65"/>
       <c r="I65" t="s">
-        <v>294</v>
+        <v>364</v>
       </c>
       <c r="J65" t="s">
-        <v>295</v>
+        <v>365</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" t="s">
-        <v>296</v>
+        <v>366</v>
       </c>
       <c r="B66" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C66" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="D66"/>
+        <v>367</v>
+      </c>
+      <c r="D66" t="s">
+        <v>368</v>
+      </c>
       <c r="E66" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F66" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G66" t="s">
-        <v>298</v>
+        <v>369</v>
       </c>
       <c r="H66"/>
       <c r="I66" t="s">
-        <v>299</v>
+        <v>370</v>
       </c>
       <c r="J66" t="s">
-        <v>300</v>
+        <v>371</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="s">
-        <v>301</v>
+        <v>372</v>
       </c>
       <c r="B67" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C67" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="D67"/>
+        <v>373</v>
+      </c>
+      <c r="D67" t="s">
+        <v>374</v>
+      </c>
       <c r="E67" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F67" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G67" t="s">
-        <v>303</v>
+        <v>375</v>
       </c>
       <c r="H67"/>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>304</v>
+        <v>376</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" t="s">
-        <v>305</v>
+        <v>377</v>
       </c>
       <c r="B68" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C68" t="s">
-        <v>306</v>
-[...1 lines deleted...]
-      <c r="D68"/>
+        <v>378</v>
+      </c>
+      <c r="D68" t="s">
+        <v>379</v>
+      </c>
       <c r="E68"/>
       <c r="F68"/>
       <c r="G68"/>
       <c r="H68"/>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>307</v>
+        <v>380</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" t="s">
-        <v>308</v>
+        <v>381</v>
       </c>
       <c r="B69" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C69" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="D69"/>
+        <v>382</v>
+      </c>
+      <c r="D69" t="s">
+        <v>383</v>
+      </c>
       <c r="E69"/>
       <c r="F69"/>
       <c r="G69" t="s">
-        <v>310</v>
+        <v>384</v>
       </c>
       <c r="H69"/>
       <c r="I69" t="s">
-        <v>311</v>
+        <v>385</v>
       </c>
       <c r="J69" t="s">
-        <v>312</v>
+        <v>386</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="s">
-        <v>313</v>
+        <v>387</v>
       </c>
       <c r="B70" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C70" t="s">
-        <v>314</v>
-[...1 lines deleted...]
-      <c r="D70"/>
+        <v>388</v>
+      </c>
+      <c r="D70" t="s">
+        <v>32</v>
+      </c>
       <c r="E70" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F70" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G70" t="s">
-        <v>315</v>
-[...1 lines deleted...]
-      <c r="H70"/>
+        <v>389</v>
+      </c>
+      <c r="H70" t="s">
+        <v>72</v>
+      </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>316</v>
+        <v>390</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" t="s">
-        <v>317</v>
+        <v>391</v>
       </c>
       <c r="B71" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C71" t="s">
-        <v>318</v>
-[...1 lines deleted...]
-      <c r="D71"/>
+        <v>392</v>
+      </c>
+      <c r="D71" t="s">
+        <v>393</v>
+      </c>
       <c r="E71"/>
       <c r="F71"/>
       <c r="G71" t="s">
-        <v>319</v>
+        <v>394</v>
       </c>
       <c r="H71"/>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>320</v>
+        <v>395</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" t="s">
-        <v>321</v>
+        <v>396</v>
       </c>
       <c r="B72" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C72" t="s">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="D72"/>
+        <v>397</v>
+      </c>
+      <c r="D72" t="s">
+        <v>398</v>
+      </c>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72" t="s">
-        <v>323</v>
+        <v>399</v>
       </c>
       <c r="H72"/>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>324</v>
+        <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="s">
-        <v>325</v>
+        <v>401</v>
       </c>
       <c r="B73" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C73" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="D73"/>
+        <v>402</v>
+      </c>
+      <c r="D73" t="s">
+        <v>403</v>
+      </c>
       <c r="E73"/>
       <c r="F73"/>
       <c r="G73" t="s">
-        <v>327</v>
+        <v>404</v>
       </c>
       <c r="H73"/>
       <c r="I73" t="s">
-        <v>328</v>
+        <v>405</v>
       </c>
       <c r="J73" t="s">
-        <v>329</v>
+        <v>406</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" t="s">
-        <v>330</v>
+        <v>407</v>
       </c>
       <c r="B74" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C74" t="s">
-        <v>331</v>
-[...1 lines deleted...]
-      <c r="D74"/>
+        <v>408</v>
+      </c>
+      <c r="D74" t="s">
+        <v>409</v>
+      </c>
       <c r="E74"/>
       <c r="F74"/>
       <c r="G74" t="s">
-        <v>332</v>
+        <v>410</v>
       </c>
       <c r="H74"/>
       <c r="I74" t="s">
-        <v>333</v>
+        <v>411</v>
       </c>
       <c r="J74" t="s">
-        <v>334</v>
+        <v>412</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" t="s">
-        <v>335</v>
+        <v>413</v>
       </c>
       <c r="B75" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="C75" t="s">
-        <v>336</v>
-[...1 lines deleted...]
-      <c r="D75"/>
+        <v>414</v>
+      </c>
+      <c r="D75" t="s">
+        <v>148</v>
+      </c>
       <c r="E75"/>
       <c r="F75"/>
       <c r="G75" t="s">
-        <v>337</v>
+        <v>415</v>
       </c>
       <c r="H75"/>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>338</v>
+        <v>416</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="s">
-        <v>339</v>
+        <v>417</v>
       </c>
       <c r="B76" t="s">
-        <v>340</v>
+        <v>418</v>
       </c>
       <c r="C76" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="D76"/>
+        <v>419</v>
+      </c>
+      <c r="D76" t="s">
+        <v>420</v>
+      </c>
       <c r="E76"/>
       <c r="F76"/>
       <c r="G76" t="s">
-        <v>342</v>
+        <v>421</v>
       </c>
       <c r="H76"/>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>343</v>
+        <v>422</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" t="s">
-        <v>344</v>
+        <v>423</v>
       </c>
       <c r="B77" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C77" t="s">
-        <v>345</v>
-[...1 lines deleted...]
-      <c r="D77"/>
+        <v>424</v>
+      </c>
+      <c r="D77" t="s">
+        <v>425</v>
+      </c>
       <c r="E77"/>
       <c r="F77"/>
       <c r="G77" t="s">
-        <v>346</v>
+        <v>426</v>
       </c>
       <c r="H77"/>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>347</v>
+        <v>427</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" t="s">
-        <v>348</v>
+        <v>428</v>
       </c>
       <c r="B78" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C78" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="D78"/>
+        <v>429</v>
+      </c>
+      <c r="D78" t="s">
+        <v>430</v>
+      </c>
       <c r="E78"/>
       <c r="F78"/>
       <c r="G78" t="s">
-        <v>350</v>
+        <v>431</v>
       </c>
       <c r="H78"/>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>351</v>
+        <v>432</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="s">
-        <v>352</v>
+        <v>433</v>
       </c>
       <c r="B79" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C79" t="s">
-        <v>353</v>
-[...1 lines deleted...]
-      <c r="D79"/>
+        <v>434</v>
+      </c>
+      <c r="D79" t="s">
+        <v>435</v>
+      </c>
       <c r="E79"/>
       <c r="F79"/>
       <c r="G79" t="s">
-        <v>354</v>
+        <v>436</v>
       </c>
       <c r="H79"/>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>355</v>
+        <v>437</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
-        <v>356</v>
+        <v>438</v>
       </c>
       <c r="B80" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C80" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="D80"/>
+        <v>439</v>
+      </c>
+      <c r="D80" t="s">
+        <v>440</v>
+      </c>
       <c r="E80" t="s">
-        <v>246</v>
+        <v>303</v>
       </c>
       <c r="F80" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G80" t="s">
-        <v>358</v>
+        <v>441</v>
       </c>
       <c r="H80"/>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>359</v>
+        <v>442</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
-        <v>360</v>
+        <v>443</v>
       </c>
       <c r="B81" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C81" t="s">
-        <v>361</v>
-[...1 lines deleted...]
-      <c r="D81"/>
+        <v>444</v>
+      </c>
+      <c r="D81" t="s">
+        <v>445</v>
+      </c>
       <c r="E81"/>
       <c r="F81"/>
       <c r="G81" t="s">
-        <v>362</v>
-[...1 lines deleted...]
-      <c r="H81"/>
+        <v>446</v>
+      </c>
+      <c r="H81" t="s">
+        <v>447</v>
+      </c>
       <c r="I81" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="J81" t="s">
-        <v>324</v>
+        <v>400</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" t="s">
-        <v>363</v>
+        <v>448</v>
       </c>
       <c r="B82" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C82" t="s">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="D82"/>
+        <v>449</v>
+      </c>
+      <c r="D82" t="s">
+        <v>450</v>
+      </c>
       <c r="E82"/>
       <c r="F82"/>
       <c r="G82"/>
-      <c r="H82"/>
+      <c r="H82" t="s">
+        <v>451</v>
+      </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>365</v>
+        <v>452</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" t="s">
-        <v>366</v>
+        <v>453</v>
       </c>
       <c r="B83" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C83" t="s">
-        <v>367</v>
-[...1 lines deleted...]
-      <c r="D83"/>
+        <v>454</v>
+      </c>
+      <c r="D83" t="s">
+        <v>455</v>
+      </c>
       <c r="E83" t="s">
-        <v>368</v>
+        <v>456</v>
       </c>
       <c r="F83" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G83" t="s">
-        <v>369</v>
+        <v>457</v>
       </c>
       <c r="H83"/>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>370</v>
+        <v>458</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" t="s">
-        <v>371</v>
+        <v>459</v>
       </c>
       <c r="B84" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C84" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="D84"/>
+        <v>460</v>
+      </c>
+      <c r="D84" t="s">
+        <v>461</v>
+      </c>
       <c r="E84"/>
       <c r="F84"/>
-      <c r="G84"/>
+      <c r="G84" t="s">
+        <v>462</v>
+      </c>
       <c r="H84"/>
       <c r="I84" t="s">
-        <v>373</v>
+        <v>463</v>
       </c>
       <c r="J84" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" t="s">
-        <v>374</v>
+        <v>464</v>
       </c>
       <c r="B85" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C85" t="s">
-        <v>375</v>
-[...1 lines deleted...]
-      <c r="D85"/>
+        <v>465</v>
+      </c>
+      <c r="D85" t="s">
+        <v>466</v>
+      </c>
       <c r="E85"/>
       <c r="F85"/>
       <c r="G85" t="s">
-        <v>376</v>
-[...1 lines deleted...]
-      <c r="H85"/>
+        <v>467</v>
+      </c>
+      <c r="H85" t="s">
+        <v>468</v>
+      </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>377</v>
+        <v>469</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" t="s">
-        <v>378</v>
+        <v>470</v>
       </c>
       <c r="B86" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C86" t="s">
-        <v>379</v>
-[...1 lines deleted...]
-      <c r="D86"/>
+        <v>471</v>
+      </c>
+      <c r="D86" t="s">
+        <v>193</v>
+      </c>
       <c r="E86"/>
       <c r="F86"/>
       <c r="G86" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="H86"/>
+        <v>472</v>
+      </c>
+      <c r="H86" t="s">
+        <v>473</v>
+      </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>381</v>
+        <v>474</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" t="s">
-        <v>382</v>
+        <v>475</v>
       </c>
       <c r="B87" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C87" t="s">
-        <v>383</v>
-[...1 lines deleted...]
-      <c r="D87"/>
+        <v>476</v>
+      </c>
+      <c r="D87" t="s">
+        <v>266</v>
+      </c>
       <c r="E87" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F87"/>
       <c r="G87" t="s">
-        <v>384</v>
-[...1 lines deleted...]
-      <c r="H87"/>
+        <v>477</v>
+      </c>
+      <c r="H87" t="s">
+        <v>478</v>
+      </c>
       <c r="I87" t="s">
-        <v>385</v>
+        <v>479</v>
       </c>
       <c r="J87" t="s">
-        <v>386</v>
+        <v>480</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" t="s">
-        <v>387</v>
+        <v>481</v>
       </c>
       <c r="B88" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C88" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="D88"/>
+        <v>482</v>
+      </c>
+      <c r="D88" t="s">
+        <v>483</v>
+      </c>
       <c r="E88" t="s">
-        <v>389</v>
+        <v>484</v>
       </c>
       <c r="F88" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G88" t="s">
-        <v>390</v>
+        <v>485</v>
       </c>
       <c r="H88"/>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>391</v>
+        <v>486</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" t="s">
-        <v>392</v>
+        <v>487</v>
       </c>
       <c r="B89" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C89" t="s">
-        <v>393</v>
-[...1 lines deleted...]
-      <c r="D89"/>
+        <v>488</v>
+      </c>
+      <c r="D89" t="s">
+        <v>489</v>
+      </c>
       <c r="E89" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F89" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G89" t="s">
-        <v>394</v>
+        <v>490</v>
       </c>
       <c r="H89"/>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>395</v>
+        <v>491</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" t="s">
-        <v>396</v>
+        <v>492</v>
       </c>
       <c r="B90" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C90" t="s">
-        <v>397</v>
-[...1 lines deleted...]
-      <c r="D90"/>
+        <v>493</v>
+      </c>
+      <c r="D90" t="s">
+        <v>494</v>
+      </c>
       <c r="E90"/>
       <c r="F90"/>
       <c r="G90"/>
       <c r="H90"/>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>398</v>
+        <v>495</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" t="s">
-        <v>399</v>
+        <v>496</v>
       </c>
       <c r="B91" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C91" t="s">
-        <v>400</v>
-[...1 lines deleted...]
-      <c r="D91"/>
+        <v>497</v>
+      </c>
+      <c r="D91" t="s">
+        <v>356</v>
+      </c>
       <c r="E91" t="s">
-        <v>401</v>
+        <v>498</v>
       </c>
       <c r="F91" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G91" t="s">
-        <v>402</v>
-[...1 lines deleted...]
-      <c r="H91"/>
+        <v>499</v>
+      </c>
+      <c r="H91" t="s">
+        <v>500</v>
+      </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>403</v>
+        <v>501</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" t="s">
-        <v>404</v>
+        <v>502</v>
       </c>
       <c r="B92" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="C92" t="s">
-        <v>405</v>
-[...1 lines deleted...]
-      <c r="D92"/>
+        <v>503</v>
+      </c>
+      <c r="D92" t="s">
+        <v>504</v>
+      </c>
       <c r="E92"/>
       <c r="F92"/>
       <c r="G92" t="s">
-        <v>406</v>
-[...1 lines deleted...]
-      <c r="H92"/>
+        <v>505</v>
+      </c>
+      <c r="H92" t="s">
+        <v>506</v>
+      </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>407</v>
+        <v>507</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" t="s">
-        <v>408</v>
+        <v>508</v>
       </c>
       <c r="B93" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C93" t="s">
-        <v>409</v>
-[...1 lines deleted...]
-      <c r="D93"/>
+        <v>509</v>
+      </c>
+      <c r="D93" t="s">
+        <v>510</v>
+      </c>
       <c r="E93" t="s">
-        <v>410</v>
+        <v>511</v>
       </c>
       <c r="F93" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G93" t="s">
-        <v>411</v>
-[...1 lines deleted...]
-      <c r="H93"/>
+        <v>512</v>
+      </c>
+      <c r="H93" t="s">
+        <v>513</v>
+      </c>
       <c r="I93"/>
       <c r="J93" t="s">
-        <v>412</v>
+        <v>514</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" t="s">
-        <v>413</v>
+        <v>515</v>
       </c>
       <c r="B94" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C94" t="s">
-        <v>414</v>
+        <v>516</v>
       </c>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94"/>
       <c r="G94"/>
       <c r="H94"/>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>415</v>
+        <v>517</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" t="s">
-        <v>416</v>
+        <v>518</v>
       </c>
       <c r="B95" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C95" t="s">
-        <v>417</v>
+        <v>519</v>
       </c>
       <c r="D95"/>
-      <c r="E95" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E95"/>
+      <c r="F95"/>
+      <c r="G95"/>
       <c r="H95"/>
       <c r="I95" t="s">
-        <v>419</v>
+        <v>520</v>
       </c>
       <c r="J95" t="s">
-        <v>420</v>
+        <v>521</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" t="s">
-        <v>421</v>
+        <v>522</v>
       </c>
       <c r="B96" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C96" t="s">
-        <v>422</v>
-[...1 lines deleted...]
-      <c r="D96"/>
+        <v>523</v>
+      </c>
+      <c r="D96" t="s">
+        <v>362</v>
+      </c>
       <c r="E96"/>
       <c r="F96"/>
       <c r="G96"/>
       <c r="H96"/>
       <c r="I96" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="J96" t="s">
-        <v>173</v>
+        <v>206</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" t="s">
-        <v>423</v>
+        <v>524</v>
       </c>
       <c r="B97" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C97" t="s">
-        <v>424</v>
-[...1 lines deleted...]
-      <c r="D97"/>
+        <v>525</v>
+      </c>
+      <c r="D97" t="s">
+        <v>122</v>
+      </c>
       <c r="E97" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F97"/>
-      <c r="G97"/>
+      <c r="G97" t="s">
+        <v>526</v>
+      </c>
       <c r="H97"/>
       <c r="I97" t="s">
-        <v>425</v>
+        <v>527</v>
       </c>
       <c r="J97" t="s">
-        <v>426</v>
+        <v>528</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" t="s">
-        <v>427</v>
+        <v>529</v>
       </c>
       <c r="B98" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C98" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="D98"/>
+        <v>530</v>
+      </c>
+      <c r="D98" t="s">
+        <v>368</v>
+      </c>
       <c r="E98" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F98" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G98" t="s">
-        <v>429</v>
+        <v>531</v>
       </c>
       <c r="H98"/>
       <c r="I98" t="s">
-        <v>430</v>
+        <v>532</v>
       </c>
       <c r="J98" t="s">
-        <v>431</v>
+        <v>533</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" t="s">
-        <v>432</v>
+        <v>534</v>
       </c>
       <c r="B99" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C99" t="s">
-        <v>433</v>
-[...1 lines deleted...]
-      <c r="D99"/>
+        <v>535</v>
+      </c>
+      <c r="D99" t="s">
+        <v>122</v>
+      </c>
       <c r="E99" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F99" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G99" t="s">
-        <v>434</v>
+        <v>536</v>
       </c>
       <c r="H99"/>
       <c r="I99" t="s">
-        <v>435</v>
+        <v>537</v>
       </c>
       <c r="J99" t="s">
-        <v>436</v>
+        <v>538</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" t="s">
-        <v>437</v>
+        <v>539</v>
       </c>
       <c r="B100" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C100" t="s">
-        <v>438</v>
-[...1 lines deleted...]
-      <c r="D100"/>
+        <v>540</v>
+      </c>
+      <c r="D100" t="s">
+        <v>541</v>
+      </c>
       <c r="E100" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F100"/>
       <c r="G100" t="s">
-        <v>439</v>
+        <v>542</v>
       </c>
       <c r="H100"/>
       <c r="I100" t="s">
-        <v>440</v>
+        <v>543</v>
       </c>
       <c r="J100" t="s">
-        <v>441</v>
+        <v>544</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" t="s">
-        <v>442</v>
+        <v>545</v>
       </c>
       <c r="B101" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C101" t="s">
-        <v>443</v>
-[...1 lines deleted...]
-      <c r="D101"/>
+        <v>546</v>
+      </c>
+      <c r="D101" t="s">
+        <v>193</v>
+      </c>
       <c r="E101" t="s">
-        <v>246</v>
+        <v>303</v>
       </c>
       <c r="F101"/>
       <c r="G101" t="s">
-        <v>444</v>
+        <v>547</v>
       </c>
       <c r="H101"/>
       <c r="I101"/>
       <c r="J101" t="s">
-        <v>445</v>
+        <v>548</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" t="s">
-        <v>446</v>
+        <v>549</v>
       </c>
       <c r="B102" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C102" t="s">
-        <v>447</v>
-[...1 lines deleted...]
-      <c r="D102"/>
+        <v>550</v>
+      </c>
+      <c r="D102" t="s">
+        <v>551</v>
+      </c>
       <c r="E102"/>
       <c r="F102"/>
       <c r="G102" t="s">
-        <v>448</v>
+        <v>552</v>
       </c>
       <c r="H102"/>
       <c r="I102" t="s">
-        <v>449</v>
+        <v>553</v>
       </c>
       <c r="J102" t="s">
-        <v>450</v>
+        <v>554</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" t="s">
-        <v>451</v>
+        <v>555</v>
       </c>
       <c r="B103" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C103" t="s">
-        <v>452</v>
-[...1 lines deleted...]
-      <c r="D103"/>
+        <v>556</v>
+      </c>
+      <c r="D103" t="s">
+        <v>557</v>
+      </c>
       <c r="E103"/>
       <c r="F103"/>
       <c r="G103" t="s">
-        <v>453</v>
-[...1 lines deleted...]
-      <c r="H103"/>
+        <v>558</v>
+      </c>
+      <c r="H103" t="s">
+        <v>559</v>
+      </c>
       <c r="I103" t="s">
-        <v>454</v>
+        <v>560</v>
       </c>
       <c r="J103" t="s">
-        <v>214</v>
+        <v>263</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" t="s">
-        <v>455</v>
+        <v>561</v>
       </c>
       <c r="B104" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C104" t="s">
-        <v>456</v>
-[...1 lines deleted...]
-      <c r="D104"/>
+        <v>562</v>
+      </c>
+      <c r="D104" t="s">
+        <v>181</v>
+      </c>
       <c r="E104"/>
       <c r="F104"/>
       <c r="G104" t="s">
-        <v>457</v>
+        <v>563</v>
       </c>
       <c r="H104"/>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>458</v>
+        <v>564</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" t="s">
-        <v>459</v>
+        <v>565</v>
       </c>
       <c r="B105" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C105" t="s">
-        <v>460</v>
-[...1 lines deleted...]
-      <c r="D105"/>
+        <v>566</v>
+      </c>
+      <c r="D105" t="s">
+        <v>567</v>
+      </c>
       <c r="E105"/>
       <c r="F105"/>
       <c r="G105" t="s">
-        <v>461</v>
+        <v>568</v>
       </c>
       <c r="H105"/>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>462</v>
+        <v>569</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" t="s">
-        <v>463</v>
+        <v>570</v>
       </c>
       <c r="B106" t="s">
         <v>21</v>
       </c>
       <c r="C106" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D106"/>
+        <v>44</v>
+      </c>
+      <c r="D106" t="s">
+        <v>571</v>
+      </c>
       <c r="E106" t="s">
-        <v>137</v>
+        <v>164</v>
       </c>
       <c r="F106" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G106" t="s">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="H106"/>
+        <v>572</v>
+      </c>
+      <c r="H106" t="s">
+        <v>573</v>
+      </c>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>465</v>
+        <v>574</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" t="s">
-        <v>466</v>
+        <v>575</v>
       </c>
       <c r="B107" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C107" t="s">
-        <v>467</v>
-[...1 lines deleted...]
-      <c r="D107"/>
+        <v>576</v>
+      </c>
+      <c r="D107" t="s">
+        <v>577</v>
+      </c>
       <c r="E107" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F107" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G107" t="s">
-        <v>468</v>
+        <v>578</v>
       </c>
       <c r="H107"/>
       <c r="I107"/>
       <c r="J107" t="s">
-        <v>469</v>
+        <v>579</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" t="s">
-        <v>470</v>
+        <v>580</v>
       </c>
       <c r="B108" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C108" t="s">
-        <v>471</v>
-[...1 lines deleted...]
-      <c r="D108"/>
+        <v>581</v>
+      </c>
+      <c r="D108" t="s">
+        <v>582</v>
+      </c>
       <c r="E108" t="s">
-        <v>279</v>
+        <v>346</v>
       </c>
       <c r="F108" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G108" t="s">
-        <v>472</v>
-[...1 lines deleted...]
-      <c r="H108"/>
+        <v>583</v>
+      </c>
+      <c r="H108" t="s">
+        <v>584</v>
+      </c>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>473</v>
+        <v>585</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" t="s">
-        <v>474</v>
+        <v>586</v>
       </c>
       <c r="B109" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C109" t="s">
-        <v>475</v>
-[...1 lines deleted...]
-      <c r="D109"/>
+        <v>587</v>
+      </c>
+      <c r="D109" t="s">
+        <v>588</v>
+      </c>
       <c r="E109"/>
       <c r="F109"/>
       <c r="G109" t="s">
-        <v>476</v>
+        <v>589</v>
       </c>
       <c r="H109"/>
       <c r="I109"/>
       <c r="J109" t="s">
-        <v>477</v>
+        <v>590</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" t="s">
-        <v>478</v>
+        <v>591</v>
       </c>
       <c r="B110" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C110" t="s">
-        <v>479</v>
-[...1 lines deleted...]
-      <c r="D110"/>
+        <v>592</v>
+      </c>
+      <c r="D110" t="s">
+        <v>593</v>
+      </c>
       <c r="E110"/>
       <c r="F110"/>
       <c r="G110"/>
       <c r="H110"/>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>480</v>
+        <v>594</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" t="s">
-        <v>481</v>
+        <v>595</v>
       </c>
       <c r="B111" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C111" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D111"/>
+        <v>596</v>
+      </c>
+      <c r="D111" t="s">
+        <v>216</v>
+      </c>
       <c r="E111"/>
       <c r="F111"/>
       <c r="G111" t="s">
-        <v>483</v>
+        <v>597</v>
       </c>
       <c r="H111"/>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>484</v>
+        <v>598</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" t="s">
-        <v>485</v>
+        <v>599</v>
       </c>
       <c r="B112" t="s">
-        <v>35</v>
+        <v>600</v>
       </c>
       <c r="C112" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D112"/>
+        <v>601</v>
+      </c>
+      <c r="D112" t="s">
+        <v>77</v>
+      </c>
       <c r="E112"/>
       <c r="F112"/>
       <c r="G112" t="s">
-        <v>487</v>
+        <v>602</v>
       </c>
       <c r="H112"/>
       <c r="I112"/>
       <c r="J112" t="s">
-        <v>488</v>
+        <v>603</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" t="s">
-        <v>489</v>
+        <v>604</v>
       </c>
       <c r="B113" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C113" t="s">
-        <v>490</v>
-[...1 lines deleted...]
-      <c r="D113"/>
+        <v>605</v>
+      </c>
+      <c r="D113" t="s">
+        <v>606</v>
+      </c>
       <c r="E113"/>
       <c r="F113"/>
       <c r="G113" t="s">
-        <v>491</v>
+        <v>607</v>
       </c>
       <c r="H113"/>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" t="s">
-        <v>492</v>
+        <v>608</v>
       </c>
       <c r="B114" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C114" t="s">
-        <v>493</v>
+        <v>609</v>
       </c>
       <c r="D114"/>
       <c r="E114"/>
       <c r="F114"/>
       <c r="G114" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="H114"/>
+        <v>610</v>
+      </c>
+      <c r="H114" t="s">
+        <v>139</v>
+      </c>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>495</v>
+        <v>611</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" t="s">
-        <v>496</v>
+        <v>612</v>
       </c>
       <c r="B115" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C115" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="D115"/>
+        <v>328</v>
+      </c>
+      <c r="D115" t="s">
+        <v>613</v>
+      </c>
       <c r="E115"/>
       <c r="F115"/>
       <c r="G115" t="s">
-        <v>497</v>
+        <v>614</v>
       </c>
       <c r="H115"/>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>498</v>
+        <v>615</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" t="s">
-        <v>499</v>
+        <v>616</v>
       </c>
       <c r="B116" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C116" t="s">
-        <v>500</v>
-[...1 lines deleted...]
-      <c r="D116"/>
+        <v>617</v>
+      </c>
+      <c r="D116" t="s">
+        <v>618</v>
+      </c>
       <c r="E116" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F116"/>
       <c r="G116" t="s">
-        <v>501</v>
-[...1 lines deleted...]
-      <c r="H116"/>
+        <v>619</v>
+      </c>
+      <c r="H116" t="s">
+        <v>620</v>
+      </c>
       <c r="I116"/>
       <c r="J116" t="s">
-        <v>502</v>
+        <v>621</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" t="s">
-        <v>503</v>
+        <v>622</v>
       </c>
       <c r="B117" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C117" t="s">
-        <v>504</v>
-[...1 lines deleted...]
-      <c r="D117"/>
+        <v>623</v>
+      </c>
+      <c r="D117" t="s">
+        <v>624</v>
+      </c>
       <c r="E117"/>
       <c r="F117"/>
       <c r="G117" t="s">
-        <v>505</v>
+        <v>625</v>
       </c>
       <c r="H117"/>
       <c r="I117"/>
       <c r="J117" t="s">
-        <v>506</v>
+        <v>626</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" t="s">
-        <v>507</v>
+        <v>627</v>
       </c>
       <c r="B118" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C118" t="s">
-        <v>508</v>
-[...1 lines deleted...]
-      <c r="D118"/>
+        <v>628</v>
+      </c>
+      <c r="D118" t="s">
+        <v>629</v>
+      </c>
       <c r="E118" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F118"/>
       <c r="G118" t="s">
-        <v>509</v>
+        <v>630</v>
       </c>
       <c r="H118"/>
       <c r="I118" t="s">
-        <v>299</v>
+        <v>370</v>
       </c>
       <c r="J118" t="s">
-        <v>510</v>
+        <v>631</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" t="s">
-        <v>511</v>
+        <v>632</v>
       </c>
       <c r="B119" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C119" t="s">
-        <v>512</v>
-[...1 lines deleted...]
-      <c r="D119"/>
+        <v>633</v>
+      </c>
+      <c r="D119" t="s">
+        <v>420</v>
+      </c>
       <c r="E119"/>
       <c r="F119"/>
       <c r="G119" t="s">
-        <v>513</v>
+        <v>634</v>
       </c>
       <c r="H119"/>
       <c r="I119"/>
       <c r="J119" t="s">
-        <v>514</v>
+        <v>635</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" t="s">
-        <v>515</v>
+        <v>636</v>
       </c>
       <c r="B120" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C120" t="s">
-        <v>516</v>
-[...1 lines deleted...]
-      <c r="D120"/>
+        <v>637</v>
+      </c>
+      <c r="D120" t="s">
+        <v>638</v>
+      </c>
       <c r="E120"/>
       <c r="F120"/>
       <c r="G120" t="s">
-        <v>517</v>
+        <v>639</v>
       </c>
       <c r="H120"/>
       <c r="I120" t="s">
-        <v>518</v>
+        <v>640</v>
       </c>
       <c r="J120" t="s">
-        <v>514</v>
+        <v>635</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" t="s">
-        <v>519</v>
+        <v>641</v>
       </c>
       <c r="B121" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C121" t="s">
-        <v>493</v>
-[...1 lines deleted...]
-      <c r="D121"/>
+        <v>609</v>
+      </c>
+      <c r="D121" t="s">
+        <v>629</v>
+      </c>
       <c r="E121" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F121"/>
       <c r="G121" t="s">
-        <v>520</v>
+        <v>642</v>
       </c>
       <c r="H121"/>
       <c r="I121"/>
       <c r="J121" t="s">
-        <v>521</v>
+        <v>643</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" t="s">
-        <v>522</v>
+        <v>644</v>
       </c>
       <c r="B122" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C122" t="s">
-        <v>523</v>
-[...1 lines deleted...]
-      <c r="D122"/>
+        <v>645</v>
+      </c>
+      <c r="D122" t="s">
+        <v>82</v>
+      </c>
       <c r="E122" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F122"/>
       <c r="G122" t="s">
-        <v>524</v>
+        <v>646</v>
       </c>
       <c r="H122"/>
       <c r="I122" t="s">
-        <v>525</v>
+        <v>647</v>
       </c>
       <c r="J122" t="s">
-        <v>526</v>
+        <v>648</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" t="s">
-        <v>527</v>
+        <v>649</v>
       </c>
       <c r="B123" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C123" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="D123"/>
+        <v>328</v>
+      </c>
+      <c r="D123" t="s">
+        <v>650</v>
+      </c>
       <c r="E123"/>
       <c r="F123"/>
       <c r="G123" t="s">
-        <v>528</v>
-[...1 lines deleted...]
-      <c r="H123"/>
+        <v>651</v>
+      </c>
+      <c r="H123" t="s">
+        <v>652</v>
+      </c>
       <c r="I123"/>
       <c r="J123" t="s">
-        <v>529</v>
+        <v>653</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" t="s">
-        <v>530</v>
+        <v>654</v>
       </c>
       <c r="B124" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C124" t="s">
-        <v>467</v>
-[...1 lines deleted...]
-      <c r="D124"/>
+        <v>576</v>
+      </c>
+      <c r="D124" t="s">
+        <v>618</v>
+      </c>
       <c r="E124"/>
       <c r="F124"/>
       <c r="G124" t="s">
-        <v>531</v>
-[...1 lines deleted...]
-      <c r="H124"/>
+        <v>655</v>
+      </c>
+      <c r="H124" t="s">
+        <v>656</v>
+      </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>532</v>
+        <v>657</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" t="s">
-        <v>533</v>
+        <v>658</v>
       </c>
       <c r="B125" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C125" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="D125"/>
+        <v>659</v>
+      </c>
+      <c r="D125" t="s">
+        <v>266</v>
+      </c>
       <c r="E125" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F125"/>
       <c r="G125" t="s">
-        <v>535</v>
+        <v>660</v>
       </c>
       <c r="H125"/>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>536</v>
+        <v>661</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" t="s">
-        <v>537</v>
+        <v>662</v>
       </c>
       <c r="B126" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="C126" t="s">
-        <v>538</v>
-[...1 lines deleted...]
-      <c r="D126"/>
+        <v>663</v>
+      </c>
+      <c r="D126" t="s">
+        <v>664</v>
+      </c>
       <c r="E126" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F126"/>
       <c r="G126" t="s">
-        <v>539</v>
+        <v>665</v>
       </c>
       <c r="H126"/>
       <c r="I126" t="s">
-        <v>248</v>
+        <v>65</v>
       </c>
       <c r="J126" t="s">
-        <v>540</v>
+        <v>666</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" t="s">
-        <v>541</v>
+        <v>667</v>
       </c>
       <c r="B127" t="s">
-        <v>542</v>
+        <v>668</v>
       </c>
       <c r="C127" t="s">
-        <v>543</v>
-[...1 lines deleted...]
-      <c r="D127"/>
+        <v>669</v>
+      </c>
+      <c r="D127" t="s">
+        <v>56</v>
+      </c>
       <c r="E127" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F127" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G127" t="s">
-        <v>544</v>
+        <v>670</v>
       </c>
       <c r="H127"/>
       <c r="I127"/>
       <c r="J127" t="s">
-        <v>545</v>
+        <v>671</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" t="s">
-        <v>546</v>
+        <v>672</v>
       </c>
       <c r="B128" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C128" t="s">
-        <v>547</v>
-[...1 lines deleted...]
-      <c r="D128"/>
+        <v>673</v>
+      </c>
+      <c r="D128" t="s">
+        <v>70</v>
+      </c>
       <c r="E128"/>
       <c r="F128"/>
       <c r="G128" t="s">
-        <v>548</v>
+        <v>674</v>
       </c>
       <c r="H128"/>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>549</v>
+        <v>675</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" t="s">
-        <v>550</v>
+        <v>676</v>
       </c>
       <c r="B129" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C129" t="s">
-        <v>551</v>
-[...1 lines deleted...]
-      <c r="D129"/>
+        <v>677</v>
+      </c>
+      <c r="D129" t="s">
+        <v>678</v>
+      </c>
       <c r="E129" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F129" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G129" t="s">
-        <v>552</v>
+        <v>679</v>
       </c>
       <c r="H129"/>
       <c r="I129" t="s">
-        <v>553</v>
+        <v>680</v>
       </c>
       <c r="J129" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" t="s">
-        <v>554</v>
+        <v>681</v>
       </c>
       <c r="B130" t="s">
-        <v>555</v>
+        <v>682</v>
       </c>
       <c r="C130" t="s">
-        <v>556</v>
-[...1 lines deleted...]
-      <c r="D130"/>
+        <v>683</v>
+      </c>
+      <c r="D130" t="s">
+        <v>494</v>
+      </c>
       <c r="E130"/>
       <c r="F130"/>
       <c r="G130" t="s">
-        <v>557</v>
+        <v>684</v>
       </c>
       <c r="H130"/>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>558</v>
+        <v>685</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" t="s">
-        <v>559</v>
+        <v>686</v>
       </c>
       <c r="B131" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C131" t="s">
-        <v>560</v>
-[...1 lines deleted...]
-      <c r="D131"/>
+        <v>687</v>
+      </c>
+      <c r="D131" t="s">
+        <v>95</v>
+      </c>
       <c r="E131"/>
       <c r="F131"/>
       <c r="G131" t="s">
-        <v>561</v>
+        <v>688</v>
       </c>
       <c r="H131"/>
       <c r="I131" t="s">
-        <v>562</v>
+        <v>689</v>
       </c>
       <c r="J131" t="s">
-        <v>563</v>
+        <v>690</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" t="s">
-        <v>564</v>
+        <v>691</v>
       </c>
       <c r="B132" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C132" t="s">
-        <v>565</v>
-[...1 lines deleted...]
-      <c r="D132"/>
+        <v>692</v>
+      </c>
+      <c r="D132" t="s">
+        <v>693</v>
+      </c>
       <c r="E132" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F132" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G132" t="s">
-        <v>566</v>
+        <v>694</v>
       </c>
       <c r="H132"/>
       <c r="I132" t="s">
-        <v>567</v>
+        <v>695</v>
       </c>
       <c r="J132" t="s">
-        <v>568</v>
+        <v>696</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" t="s">
-        <v>569</v>
+        <v>697</v>
       </c>
       <c r="B133" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C133" t="s">
-        <v>570</v>
-[...1 lines deleted...]
-      <c r="D133"/>
+        <v>698</v>
+      </c>
+      <c r="D133" t="s">
+        <v>699</v>
+      </c>
       <c r="E133"/>
       <c r="F133"/>
       <c r="G133" t="s">
-        <v>571</v>
-[...1 lines deleted...]
-      <c r="H133"/>
+        <v>700</v>
+      </c>
+      <c r="H133" t="s">
+        <v>701</v>
+      </c>
       <c r="I133" t="s">
-        <v>572</v>
+        <v>702</v>
       </c>
       <c r="J133" t="s">
-        <v>573</v>
+        <v>703</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" t="s">
-        <v>574</v>
+        <v>704</v>
       </c>
       <c r="B134" t="s">
-        <v>35</v>
+        <v>600</v>
       </c>
       <c r="C134" t="s">
-        <v>575</v>
-[...1 lines deleted...]
-      <c r="D134"/>
+        <v>705</v>
+      </c>
+      <c r="D134" t="s">
+        <v>706</v>
+      </c>
       <c r="E134"/>
       <c r="F134"/>
       <c r="G134" t="s">
-        <v>576</v>
+        <v>707</v>
       </c>
       <c r="H134"/>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>577</v>
+        <v>708</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" t="s">
-        <v>578</v>
+        <v>709</v>
       </c>
       <c r="B135" t="s">
-        <v>579</v>
+        <v>710</v>
       </c>
       <c r="C135" t="s">
-        <v>580</v>
-[...1 lines deleted...]
-      <c r="D135"/>
+        <v>711</v>
+      </c>
+      <c r="D135" t="s">
+        <v>712</v>
+      </c>
       <c r="E135"/>
       <c r="F135"/>
       <c r="G135" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="H135"/>
+        <v>713</v>
+      </c>
+      <c r="H135" t="s">
+        <v>139</v>
+      </c>
       <c r="I135"/>
       <c r="J135" t="s">
-        <v>582</v>
+        <v>714</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" t="s">
-        <v>583</v>
+        <v>715</v>
       </c>
       <c r="B136" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C136" t="s">
-        <v>584</v>
-[...1 lines deleted...]
-      <c r="D136"/>
+        <v>716</v>
+      </c>
+      <c r="D136" t="s">
+        <v>717</v>
+      </c>
       <c r="E136"/>
       <c r="F136"/>
       <c r="G136"/>
       <c r="H136"/>
       <c r="I136" t="s">
-        <v>311</v>
+        <v>385</v>
       </c>
       <c r="J136" t="s">
-        <v>585</v>
+        <v>718</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" t="s">
-        <v>586</v>
+        <v>719</v>
       </c>
       <c r="B137" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C137" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="D137"/>
+        <v>720</v>
+      </c>
+      <c r="D137" t="s">
+        <v>721</v>
+      </c>
       <c r="E137" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F137"/>
       <c r="G137"/>
       <c r="H137"/>
       <c r="I137" t="s">
-        <v>588</v>
+        <v>722</v>
       </c>
       <c r="J137" t="s">
-        <v>589</v>
+        <v>723</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" t="s">
-        <v>590</v>
+        <v>724</v>
       </c>
       <c r="B138" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C138" t="s">
-        <v>591</v>
-[...1 lines deleted...]
-      <c r="D138"/>
+        <v>725</v>
+      </c>
+      <c r="D138" t="s">
+        <v>726</v>
+      </c>
       <c r="E138"/>
       <c r="F138"/>
       <c r="G138" t="s">
-        <v>592</v>
-[...1 lines deleted...]
-      <c r="H138"/>
+        <v>727</v>
+      </c>
+      <c r="H138" t="s">
+        <v>728</v>
+      </c>
       <c r="I138" t="s">
-        <v>593</v>
+        <v>729</v>
       </c>
       <c r="J138" t="s">
-        <v>594</v>
+        <v>730</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" t="s">
-        <v>595</v>
+        <v>731</v>
       </c>
       <c r="B139" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C139" t="s">
-        <v>596</v>
+        <v>732</v>
       </c>
       <c r="D139"/>
       <c r="E139"/>
       <c r="F139"/>
       <c r="G139" t="s">
-        <v>597</v>
-[...1 lines deleted...]
-      <c r="H139"/>
+        <v>733</v>
+      </c>
+      <c r="H139" t="s">
+        <v>139</v>
+      </c>
       <c r="I139" t="s">
-        <v>598</v>
+        <v>734</v>
       </c>
       <c r="J139" t="s">
-        <v>599</v>
+        <v>735</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" t="s">
-        <v>600</v>
+        <v>736</v>
       </c>
       <c r="B140" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C140" t="s">
-        <v>601</v>
+        <v>737</v>
       </c>
       <c r="D140"/>
       <c r="E140"/>
       <c r="F140"/>
       <c r="G140"/>
       <c r="H140"/>
       <c r="I140"/>
       <c r="J140" t="s">
-        <v>602</v>
+        <v>738</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" t="s">
-        <v>603</v>
+        <v>739</v>
       </c>
       <c r="B141" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C141" t="s">
-        <v>604</v>
-[...1 lines deleted...]
-      <c r="D141"/>
+        <v>740</v>
+      </c>
+      <c r="D141" t="s">
+        <v>32</v>
+      </c>
       <c r="E141"/>
       <c r="F141"/>
       <c r="G141"/>
       <c r="H141"/>
       <c r="I141"/>
       <c r="J141" t="s">
-        <v>605</v>
+        <v>741</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" t="s">
-        <v>606</v>
+        <v>742</v>
       </c>
       <c r="B142" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C142" t="s">
-        <v>607</v>
-[...1 lines deleted...]
-      <c r="D142"/>
+        <v>743</v>
+      </c>
+      <c r="D142" t="s">
+        <v>461</v>
+      </c>
       <c r="E142" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F142" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G142" t="s">
-        <v>608</v>
+        <v>744</v>
       </c>
       <c r="H142"/>
       <c r="I142" t="s">
-        <v>385</v>
+        <v>745</v>
       </c>
       <c r="J142" t="s">
-        <v>609</v>
+        <v>746</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" t="s">
-        <v>610</v>
+        <v>747</v>
       </c>
       <c r="B143" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C143" t="s">
-        <v>611</v>
-[...1 lines deleted...]
-      <c r="D143"/>
+        <v>748</v>
+      </c>
+      <c r="D143" t="s">
+        <v>127</v>
+      </c>
       <c r="E143"/>
       <c r="F143"/>
       <c r="G143" t="s">
-        <v>612</v>
-[...1 lines deleted...]
-      <c r="H143"/>
+        <v>749</v>
+      </c>
+      <c r="H143" t="s">
+        <v>750</v>
+      </c>
       <c r="I143" t="s">
-        <v>613</v>
+        <v>751</v>
       </c>
       <c r="J143" t="s">
-        <v>614</v>
+        <v>752</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" t="s">
-        <v>615</v>
+        <v>753</v>
       </c>
       <c r="B144" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C144" t="s">
-        <v>616</v>
-[...1 lines deleted...]
-      <c r="D144"/>
+        <v>754</v>
+      </c>
+      <c r="D144" t="s">
+        <v>755</v>
+      </c>
       <c r="E144" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F144" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G144" t="s">
-        <v>617</v>
-[...1 lines deleted...]
-      <c r="H144"/>
+        <v>756</v>
+      </c>
+      <c r="H144" t="s">
+        <v>757</v>
+      </c>
       <c r="I144" t="s">
-        <v>618</v>
+        <v>758</v>
       </c>
       <c r="J144" t="s">
-        <v>431</v>
+        <v>533</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" t="s">
-        <v>619</v>
+        <v>759</v>
       </c>
       <c r="B145" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C145" t="s">
-        <v>620</v>
-[...1 lines deleted...]
-      <c r="D145"/>
+        <v>760</v>
+      </c>
+      <c r="D145" t="s">
+        <v>127</v>
+      </c>
       <c r="E145"/>
       <c r="F145"/>
       <c r="G145" t="s">
-        <v>621</v>
+        <v>761</v>
       </c>
       <c r="H145"/>
       <c r="I145"/>
       <c r="J145" t="s">
-        <v>622</v>
+        <v>762</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" t="s">
-        <v>623</v>
+        <v>763</v>
       </c>
       <c r="B146" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C146" t="s">
-        <v>493</v>
-[...1 lines deleted...]
-      <c r="D146"/>
+        <v>609</v>
+      </c>
+      <c r="D146" t="s">
+        <v>764</v>
+      </c>
       <c r="E146" t="s">
-        <v>146</v>
+        <v>176</v>
       </c>
       <c r="F146"/>
       <c r="G146" t="s">
-        <v>624</v>
-[...1 lines deleted...]
-      <c r="H146"/>
+        <v>765</v>
+      </c>
+      <c r="H146" t="s">
+        <v>766</v>
+      </c>
       <c r="I146"/>
       <c r="J146" t="s">
-        <v>625</v>
+        <v>767</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" t="s">
-        <v>626</v>
+        <v>768</v>
       </c>
       <c r="B147" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C147" t="s">
-        <v>493</v>
-[...1 lines deleted...]
-      <c r="D147"/>
+        <v>609</v>
+      </c>
+      <c r="D147" t="s">
+        <v>764</v>
+      </c>
       <c r="E147" t="s">
-        <v>146</v>
+        <v>176</v>
       </c>
       <c r="F147" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G147" t="s">
-        <v>627</v>
-[...1 lines deleted...]
-      <c r="H147"/>
+        <v>769</v>
+      </c>
+      <c r="H147" t="s">
+        <v>766</v>
+      </c>
       <c r="I147"/>
       <c r="J147" t="s">
-        <v>628</v>
+        <v>770</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" t="s">
-        <v>629</v>
+        <v>771</v>
       </c>
       <c r="B148" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="C148" t="s">
-        <v>630</v>
-[...1 lines deleted...]
-      <c r="D148"/>
+        <v>772</v>
+      </c>
+      <c r="D148" t="s">
+        <v>773</v>
+      </c>
       <c r="E148" t="s">
-        <v>279</v>
+        <v>346</v>
       </c>
       <c r="F148" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G148" t="s">
-        <v>631</v>
-[...1 lines deleted...]
-      <c r="H148"/>
+        <v>774</v>
+      </c>
+      <c r="H148" t="s">
+        <v>775</v>
+      </c>
       <c r="I148" t="s">
-        <v>632</v>
+        <v>776</v>
       </c>
       <c r="J148" t="s">
-        <v>633</v>
+        <v>777</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" t="s">
-        <v>634</v>
+        <v>778</v>
       </c>
       <c r="B149" t="s">
+        <v>150</v>
+      </c>
+      <c r="C149" t="s">
+        <v>779</v>
+      </c>
+      <c r="D149" t="s">
         <v>127</v>
       </c>
-      <c r="C149" t="s">
-[...2 lines deleted...]
-      <c r="D149"/>
       <c r="E149"/>
       <c r="F149"/>
       <c r="G149" t="s">
-        <v>636</v>
+        <v>780</v>
       </c>
       <c r="H149"/>
       <c r="I149"/>
       <c r="J149" t="s">
-        <v>637</v>
+        <v>781</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" t="s">
-        <v>638</v>
+        <v>782</v>
       </c>
       <c r="B150" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C150" t="s">
-        <v>639</v>
-[...1 lines deleted...]
-      <c r="D150"/>
+        <v>783</v>
+      </c>
+      <c r="D150" t="s">
+        <v>577</v>
+      </c>
       <c r="E150" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F150" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G150" t="s">
-        <v>640</v>
+        <v>784</v>
       </c>
       <c r="H150"/>
       <c r="I150"/>
       <c r="J150" t="s">
-        <v>641</v>
+        <v>785</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" t="s">
-        <v>642</v>
+        <v>786</v>
       </c>
       <c r="B151" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C151" t="s">
-        <v>643</v>
-[...1 lines deleted...]
-      <c r="D151"/>
+        <v>787</v>
+      </c>
+      <c r="D151" t="s">
+        <v>788</v>
+      </c>
       <c r="E151"/>
       <c r="F151"/>
       <c r="G151"/>
-      <c r="H151"/>
+      <c r="H151" t="s">
+        <v>789</v>
+      </c>
       <c r="I151" t="s">
-        <v>644</v>
+        <v>790</v>
       </c>
       <c r="J151" t="s">
-        <v>645</v>
+        <v>791</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" t="s">
-        <v>646</v>
+        <v>792</v>
       </c>
       <c r="B152" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C152" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="D152"/>
+        <v>292</v>
+      </c>
+      <c r="D152" t="s">
+        <v>356</v>
+      </c>
       <c r="E152" t="s">
-        <v>168</v>
+        <v>201</v>
       </c>
       <c r="F152" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G152" t="s">
-        <v>647</v>
-[...1 lines deleted...]
-      <c r="H152"/>
+        <v>793</v>
+      </c>
+      <c r="H152" t="s">
+        <v>794</v>
+      </c>
       <c r="I152"/>
       <c r="J152" t="s">
-        <v>648</v>
+        <v>795</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" t="s">
-        <v>649</v>
+        <v>796</v>
       </c>
       <c r="B153" t="s">
-        <v>650</v>
+        <v>797</v>
       </c>
       <c r="C153" t="s">
-        <v>651</v>
-[...1 lines deleted...]
-      <c r="D153"/>
+        <v>798</v>
+      </c>
+      <c r="D153" t="s">
+        <v>266</v>
+      </c>
       <c r="E153" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F153"/>
       <c r="G153" t="s">
-        <v>652</v>
+        <v>799</v>
       </c>
       <c r="H153"/>
       <c r="I153"/>
       <c r="J153" t="s">
-        <v>653</v>
+        <v>800</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" t="s">
-        <v>654</v>
+        <v>801</v>
       </c>
       <c r="B154" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C154" t="s">
-        <v>493</v>
-[...1 lines deleted...]
-      <c r="D154"/>
+        <v>609</v>
+      </c>
+      <c r="D154" t="s">
+        <v>764</v>
+      </c>
       <c r="E154" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F154" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G154" t="s">
-        <v>655</v>
+        <v>802</v>
       </c>
       <c r="H154"/>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>656</v>
+        <v>803</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" t="s">
-        <v>657</v>
+        <v>804</v>
       </c>
       <c r="B155" t="s">
-        <v>650</v>
+        <v>805</v>
       </c>
       <c r="C155" t="s">
-        <v>658</v>
-[...1 lines deleted...]
-      <c r="D155"/>
+        <v>806</v>
+      </c>
+      <c r="D155" t="s">
+        <v>88</v>
+      </c>
       <c r="E155" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F155" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G155" t="s">
-        <v>659</v>
-[...1 lines deleted...]
-      <c r="H155"/>
+        <v>807</v>
+      </c>
+      <c r="H155" t="s">
+        <v>90</v>
+      </c>
       <c r="I155"/>
       <c r="J155" t="s">
-        <v>660</v>
+        <v>808</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" t="s">
-        <v>661</v>
+        <v>809</v>
       </c>
       <c r="B156" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C156" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="D156"/>
+        <v>810</v>
+      </c>
+      <c r="D156" t="s">
+        <v>624</v>
+      </c>
       <c r="E156" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F156" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G156" t="s">
-        <v>663</v>
-[...1 lines deleted...]
-      <c r="H156"/>
+        <v>811</v>
+      </c>
+      <c r="H156" t="s">
+        <v>812</v>
+      </c>
       <c r="I156"/>
       <c r="J156" t="s">
-        <v>664</v>
+        <v>813</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" t="s">
-        <v>665</v>
+        <v>814</v>
       </c>
       <c r="B157" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C157" t="s">
-        <v>666</v>
+        <v>815</v>
       </c>
       <c r="D157"/>
-      <c r="E157" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E157"/>
+      <c r="F157"/>
+      <c r="G157"/>
       <c r="H157"/>
       <c r="I157"/>
       <c r="J157" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" t="s">
-        <v>668</v>
+        <v>816</v>
       </c>
       <c r="B158" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C158" t="s">
-        <v>669</v>
-[...1 lines deleted...]
-      <c r="D158"/>
+        <v>817</v>
+      </c>
+      <c r="D158" t="s">
+        <v>818</v>
+      </c>
       <c r="E158" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F158" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G158" t="s">
-        <v>670</v>
+        <v>819</v>
       </c>
       <c r="H158"/>
       <c r="I158"/>
       <c r="J158" t="s">
-        <v>671</v>
+        <v>820</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" t="s">
-        <v>672</v>
+        <v>821</v>
       </c>
       <c r="B159" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="C159" t="s">
-        <v>673</v>
-[...1 lines deleted...]
-      <c r="D159"/>
+        <v>822</v>
+      </c>
+      <c r="D159" t="s">
+        <v>823</v>
+      </c>
       <c r="E159"/>
       <c r="F159"/>
       <c r="G159" t="s">
-        <v>674</v>
+        <v>824</v>
       </c>
       <c r="H159"/>
       <c r="I159"/>
       <c r="J159" t="s">
-        <v>675</v>
+        <v>825</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" t="s">
-        <v>676</v>
+        <v>826</v>
       </c>
       <c r="B160" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C160" t="s">
-        <v>677</v>
-[...1 lines deleted...]
-      <c r="D160"/>
+        <v>827</v>
+      </c>
+      <c r="D160" t="s">
+        <v>368</v>
+      </c>
       <c r="E160" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F160" t="s">
-        <v>678</v>
+        <v>828</v>
       </c>
       <c r="G160" t="s">
-        <v>679</v>
+        <v>829</v>
       </c>
       <c r="H160"/>
       <c r="I160" t="s">
-        <v>680</v>
+        <v>830</v>
       </c>
       <c r="J160" t="s">
-        <v>681</v>
+        <v>831</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" t="s">
-        <v>682</v>
+        <v>832</v>
       </c>
       <c r="B161" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C161" t="s">
-        <v>683</v>
-[...1 lines deleted...]
-      <c r="D161"/>
+        <v>833</v>
+      </c>
+      <c r="D161" t="s">
+        <v>834</v>
+      </c>
       <c r="E161" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F161" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G161" t="s">
-        <v>684</v>
+        <v>835</v>
       </c>
       <c r="H161"/>
       <c r="I161"/>
       <c r="J161" t="s">
-        <v>685</v>
+        <v>836</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" t="s">
-        <v>686</v>
+        <v>837</v>
       </c>
       <c r="B162" t="s">
-        <v>687</v>
+        <v>838</v>
       </c>
       <c r="C162" t="s">
-        <v>688</v>
-[...1 lines deleted...]
-      <c r="D162"/>
+        <v>839</v>
+      </c>
+      <c r="D162" t="s">
+        <v>840</v>
+      </c>
       <c r="E162" t="s">
-        <v>279</v>
+        <v>346</v>
       </c>
       <c r="F162" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G162" t="s">
-        <v>689</v>
+        <v>841</v>
       </c>
       <c r="H162"/>
       <c r="I162"/>
       <c r="J162" t="s">
-        <v>690</v>
+        <v>842</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" t="s">
-        <v>691</v>
+        <v>843</v>
       </c>
       <c r="B163" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C163" t="s">
-        <v>692</v>
-[...1 lines deleted...]
-      <c r="D163"/>
+        <v>844</v>
+      </c>
+      <c r="D163" t="s">
+        <v>845</v>
+      </c>
       <c r="E163"/>
       <c r="F163"/>
       <c r="G163"/>
       <c r="H163"/>
       <c r="I163" t="s">
-        <v>693</v>
+        <v>846</v>
       </c>
       <c r="J163" t="s">
-        <v>694</v>
+        <v>847</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" t="s">
-        <v>695</v>
+        <v>848</v>
       </c>
       <c r="B164" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C164" t="s">
-        <v>696</v>
-[...1 lines deleted...]
-      <c r="D164"/>
+        <v>849</v>
+      </c>
+      <c r="D164" t="s">
+        <v>850</v>
+      </c>
       <c r="E164" t="s">
-        <v>226</v>
+        <v>279</v>
       </c>
       <c r="F164" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G164" t="s">
-        <v>697</v>
+        <v>851</v>
       </c>
       <c r="H164"/>
       <c r="I164" t="s">
-        <v>698</v>
+        <v>852</v>
       </c>
       <c r="J164" t="s">
-        <v>699</v>
+        <v>853</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" t="s">
-        <v>700</v>
+        <v>854</v>
       </c>
       <c r="B165" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C165" t="s">
-        <v>701</v>
-[...1 lines deleted...]
-      <c r="D165"/>
+        <v>855</v>
+      </c>
+      <c r="D165" t="s">
+        <v>629</v>
+      </c>
       <c r="E165" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F165" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G165" t="s">
-        <v>702</v>
+        <v>856</v>
       </c>
       <c r="H165"/>
       <c r="I165"/>
       <c r="J165" t="s">
-        <v>431</v>
+        <v>533</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" t="s">
-        <v>703</v>
+        <v>857</v>
       </c>
       <c r="B166" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C166" t="s">
-        <v>704</v>
-[...1 lines deleted...]
-      <c r="D166"/>
+        <v>858</v>
+      </c>
+      <c r="D166" t="s">
+        <v>859</v>
+      </c>
       <c r="E166"/>
       <c r="F166"/>
       <c r="G166" t="s">
-        <v>705</v>
+        <v>860</v>
       </c>
       <c r="H166"/>
       <c r="I166"/>
       <c r="J166" t="s">
-        <v>706</v>
+        <v>861</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" t="s">
-        <v>707</v>
+        <v>862</v>
       </c>
       <c r="B167" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C167" t="s">
-        <v>708</v>
-[...1 lines deleted...]
-      <c r="D167"/>
+        <v>863</v>
+      </c>
+      <c r="D167" t="s">
+        <v>864</v>
+      </c>
       <c r="E167"/>
       <c r="F167"/>
       <c r="G167" t="s">
-        <v>709</v>
+        <v>865</v>
       </c>
       <c r="H167"/>
       <c r="I167" t="s">
-        <v>710</v>
+        <v>866</v>
       </c>
       <c r="J167" t="s">
-        <v>711</v>
+        <v>867</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" t="s">
-        <v>712</v>
+        <v>868</v>
       </c>
       <c r="B168" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C168" t="s">
-        <v>713</v>
-[...1 lines deleted...]
-      <c r="D168"/>
+        <v>869</v>
+      </c>
+      <c r="D168" t="s">
+        <v>62</v>
+      </c>
       <c r="E168" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F168" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G168" t="s">
-        <v>714</v>
+        <v>870</v>
       </c>
       <c r="H168"/>
       <c r="I168"/>
       <c r="J168" t="s">
-        <v>715</v>
+        <v>871</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" t="s">
-        <v>716</v>
+        <v>872</v>
       </c>
       <c r="B169" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C169" t="s">
-        <v>717</v>
-[...1 lines deleted...]
-      <c r="D169"/>
+        <v>873</v>
+      </c>
+      <c r="D169" t="s">
+        <v>874</v>
+      </c>
       <c r="E169"/>
       <c r="F169"/>
       <c r="G169" t="s">
-        <v>718</v>
+        <v>875</v>
       </c>
       <c r="H169"/>
       <c r="I169"/>
       <c r="J169" t="s">
-        <v>719</v>
+        <v>876</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" t="s">
-        <v>720</v>
+        <v>877</v>
       </c>
       <c r="B170" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C170" t="s">
-        <v>721</v>
-[...1 lines deleted...]
-      <c r="D170"/>
+        <v>878</v>
+      </c>
+      <c r="D170" t="s">
+        <v>879</v>
+      </c>
       <c r="E170" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F170" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G170" t="s">
-        <v>722</v>
-[...1 lines deleted...]
-      <c r="H170"/>
+        <v>880</v>
+      </c>
+      <c r="H170" t="s">
+        <v>881</v>
+      </c>
       <c r="I170"/>
       <c r="J170" t="s">
-        <v>723</v>
+        <v>882</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" t="s">
-        <v>724</v>
+        <v>883</v>
       </c>
       <c r="B171" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C171" t="s">
-        <v>725</v>
-[...1 lines deleted...]
-      <c r="D171"/>
+        <v>884</v>
+      </c>
+      <c r="D171" t="s">
+        <v>885</v>
+      </c>
       <c r="E171"/>
       <c r="F171"/>
       <c r="G171" t="s">
-        <v>726</v>
+        <v>886</v>
       </c>
       <c r="H171"/>
       <c r="I171"/>
       <c r="J171" t="s">
-        <v>727</v>
+        <v>887</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" t="s">
-        <v>728</v>
+        <v>888</v>
       </c>
       <c r="B172" t="s">
-        <v>729</v>
+        <v>889</v>
       </c>
       <c r="C172" t="s">
-        <v>730</v>
-[...1 lines deleted...]
-      <c r="D172"/>
+        <v>890</v>
+      </c>
+      <c r="D172" t="s">
+        <v>891</v>
+      </c>
       <c r="E172" t="s">
-        <v>731</v>
+        <v>892</v>
       </c>
       <c r="F172" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G172" t="s">
-        <v>732</v>
-[...1 lines deleted...]
-      <c r="H172"/>
+        <v>893</v>
+      </c>
+      <c r="H172" t="s">
+        <v>27</v>
+      </c>
       <c r="I172"/>
       <c r="J172" t="s">
-        <v>403</v>
+        <v>501</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" t="s">
-        <v>733</v>
+        <v>894</v>
       </c>
       <c r="B173" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C173" t="s">
-        <v>734</v>
-[...1 lines deleted...]
-      <c r="D173"/>
+        <v>895</v>
+      </c>
+      <c r="D173" t="s">
+        <v>266</v>
+      </c>
       <c r="E173" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F173" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G173" t="s">
-        <v>735</v>
+        <v>896</v>
       </c>
       <c r="H173"/>
       <c r="I173" t="s">
-        <v>736</v>
+        <v>897</v>
       </c>
       <c r="J173" t="s">
-        <v>737</v>
+        <v>898</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" t="s">
-        <v>738</v>
+        <v>899</v>
       </c>
       <c r="B174" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="C174" t="s">
-        <v>739</v>
-[...1 lines deleted...]
-      <c r="D174"/>
+        <v>900</v>
+      </c>
+      <c r="D174" t="s">
+        <v>901</v>
+      </c>
       <c r="E174"/>
       <c r="F174"/>
       <c r="G174" t="s">
-        <v>740</v>
+        <v>902</v>
       </c>
       <c r="H174"/>
       <c r="I174"/>
       <c r="J174" t="s">
-        <v>741</v>
+        <v>903</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" t="s">
-        <v>742</v>
+        <v>904</v>
       </c>
       <c r="B175" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C175" t="s">
-        <v>743</v>
-[...1 lines deleted...]
-      <c r="D175"/>
+        <v>905</v>
+      </c>
+      <c r="D175" t="s">
+        <v>368</v>
+      </c>
       <c r="E175" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F175" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G175" t="s">
-        <v>744</v>
+        <v>906</v>
       </c>
       <c r="H175"/>
       <c r="I175"/>
       <c r="J175" t="s">
-        <v>745</v>
+        <v>907</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" t="s">
-        <v>746</v>
+        <v>908</v>
       </c>
       <c r="B176" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C176" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="D176"/>
+        <v>909</v>
+      </c>
+      <c r="D176" t="s">
+        <v>910</v>
+      </c>
       <c r="E176" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F176" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G176" t="s">
-        <v>748</v>
-[...1 lines deleted...]
-      <c r="H176"/>
+        <v>911</v>
+      </c>
+      <c r="H176" t="s">
+        <v>912</v>
+      </c>
       <c r="I176" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="J176" t="s">
-        <v>123</v>
+        <v>145</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" t="s">
-        <v>749</v>
+        <v>913</v>
       </c>
       <c r="B177" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C177" t="s">
-        <v>750</v>
-[...1 lines deleted...]
-      <c r="D177"/>
+        <v>914</v>
+      </c>
+      <c r="D177" t="s">
+        <v>915</v>
+      </c>
       <c r="E177" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F177" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G177" t="s">
-        <v>751</v>
+        <v>916</v>
       </c>
       <c r="H177"/>
       <c r="I177"/>
       <c r="J177" t="s">
-        <v>752</v>
+        <v>917</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" t="s">
-        <v>753</v>
+        <v>918</v>
       </c>
       <c r="B178" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C178" t="s">
-        <v>754</v>
-[...1 lines deleted...]
-      <c r="D178"/>
+        <v>919</v>
+      </c>
+      <c r="D178" t="s">
+        <v>920</v>
+      </c>
       <c r="E178"/>
       <c r="F178"/>
       <c r="G178" t="s">
-        <v>755</v>
+        <v>921</v>
       </c>
       <c r="H178"/>
       <c r="I178"/>
       <c r="J178" t="s">
-        <v>756</v>
+        <v>922</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" t="s">
-        <v>757</v>
+        <v>923</v>
       </c>
       <c r="B179" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C179" t="s">
-        <v>758</v>
-[...1 lines deleted...]
-      <c r="D179"/>
+        <v>924</v>
+      </c>
+      <c r="D179" t="s">
+        <v>925</v>
+      </c>
       <c r="E179" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F179" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G179" t="s">
-        <v>759</v>
-[...1 lines deleted...]
-      <c r="H179"/>
+        <v>926</v>
+      </c>
+      <c r="H179" t="s">
+        <v>927</v>
+      </c>
       <c r="I179" t="s">
-        <v>518</v>
+        <v>640</v>
       </c>
       <c r="J179" t="s">
-        <v>760</v>
+        <v>928</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" t="s">
-        <v>761</v>
+        <v>929</v>
       </c>
       <c r="B180" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C180" t="s">
-        <v>762</v>
-[...1 lines deleted...]
-      <c r="D180"/>
+        <v>930</v>
+      </c>
+      <c r="D180" t="s">
+        <v>931</v>
+      </c>
       <c r="E180" t="s">
-        <v>763</v>
+        <v>932</v>
       </c>
       <c r="F180" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G180" t="s">
-        <v>764</v>
+        <v>933</v>
       </c>
       <c r="H180"/>
       <c r="I180"/>
       <c r="J180" t="s">
-        <v>765</v>
+        <v>934</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" t="s">
-        <v>766</v>
+        <v>935</v>
       </c>
       <c r="B181" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C181" t="s">
-        <v>767</v>
-[...1 lines deleted...]
-      <c r="D181"/>
+        <v>936</v>
+      </c>
+      <c r="D181" t="s">
+        <v>111</v>
+      </c>
       <c r="E181" t="s">
-        <v>246</v>
+        <v>303</v>
       </c>
       <c r="F181" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G181" t="s">
-        <v>768</v>
+        <v>937</v>
       </c>
       <c r="H181"/>
       <c r="I181"/>
       <c r="J181" t="s">
-        <v>769</v>
+        <v>938</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" t="s">
-        <v>770</v>
+        <v>939</v>
       </c>
       <c r="B182" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C182" t="s">
-        <v>771</v>
-[...1 lines deleted...]
-      <c r="D182"/>
+        <v>940</v>
+      </c>
+      <c r="D182" t="s">
+        <v>941</v>
+      </c>
       <c r="E182" t="s">
-        <v>279</v>
+        <v>346</v>
       </c>
       <c r="F182" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G182" t="s">
-        <v>772</v>
-[...1 lines deleted...]
-      <c r="H182"/>
+        <v>942</v>
+      </c>
+      <c r="H182" t="s">
+        <v>943</v>
+      </c>
       <c r="I182"/>
       <c r="J182" t="s">
-        <v>773</v>
+        <v>944</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" t="s">
-        <v>774</v>
+        <v>945</v>
       </c>
       <c r="B183" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C183" t="s">
-        <v>775</v>
-[...1 lines deleted...]
-      <c r="D183"/>
+        <v>946</v>
+      </c>
+      <c r="D183" t="s">
+        <v>148</v>
+      </c>
       <c r="E183"/>
       <c r="F183"/>
       <c r="G183" t="s">
-        <v>776</v>
+        <v>947</v>
       </c>
       <c r="H183"/>
       <c r="I183"/>
       <c r="J183" t="s">
-        <v>777</v>
+        <v>948</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" t="s">
-        <v>778</v>
+        <v>949</v>
       </c>
       <c r="B184" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C184" t="s">
-        <v>779</v>
-[...1 lines deleted...]
-      <c r="D184"/>
+        <v>950</v>
+      </c>
+      <c r="D184" t="s">
+        <v>368</v>
+      </c>
       <c r="E184" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F184"/>
       <c r="G184" t="s">
-        <v>780</v>
+        <v>951</v>
       </c>
       <c r="H184"/>
       <c r="I184" t="s">
-        <v>781</v>
+        <v>952</v>
       </c>
       <c r="J184" t="s">
-        <v>782</v>
+        <v>953</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" t="s">
-        <v>783</v>
+        <v>954</v>
       </c>
       <c r="B185" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C185" t="s">
-        <v>784</v>
-[...1 lines deleted...]
-      <c r="D185"/>
+        <v>955</v>
+      </c>
+      <c r="D185" t="s">
+        <v>956</v>
+      </c>
       <c r="E185" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F185" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G185" t="s">
-        <v>785</v>
+        <v>957</v>
       </c>
       <c r="H185"/>
       <c r="I185" t="s">
-        <v>311</v>
+        <v>385</v>
       </c>
       <c r="J185" t="s">
-        <v>786</v>
+        <v>958</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" t="s">
-        <v>787</v>
+        <v>959</v>
       </c>
       <c r="B186" t="s">
         <v>21</v>
       </c>
       <c r="C186" t="s">
-        <v>788</v>
-[...1 lines deleted...]
-      <c r="D186"/>
+        <v>960</v>
+      </c>
+      <c r="D186" t="s">
+        <v>398</v>
+      </c>
       <c r="E186" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F186" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G186" t="s">
-        <v>789</v>
-[...1 lines deleted...]
-      <c r="H186"/>
+        <v>961</v>
+      </c>
+      <c r="H186" t="s">
+        <v>962</v>
+      </c>
       <c r="I186"/>
       <c r="J186" t="s">
-        <v>790</v>
+        <v>963</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" t="s">
-        <v>791</v>
+        <v>964</v>
       </c>
       <c r="B187" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C187" t="s">
-        <v>792</v>
-[...1 lines deleted...]
-      <c r="D187"/>
+        <v>965</v>
+      </c>
+      <c r="D187" t="s">
+        <v>966</v>
+      </c>
       <c r="E187" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F187"/>
       <c r="G187" t="s">
-        <v>793</v>
-[...1 lines deleted...]
-      <c r="H187"/>
+        <v>967</v>
+      </c>
+      <c r="H187" t="s">
+        <v>968</v>
+      </c>
       <c r="I187"/>
       <c r="J187" t="s">
-        <v>794</v>
+        <v>969</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" t="s">
-        <v>795</v>
+        <v>970</v>
       </c>
       <c r="B188" t="s">
-        <v>796</v>
+        <v>971</v>
       </c>
       <c r="C188" t="s">
-        <v>797</v>
-[...1 lines deleted...]
-      <c r="D188"/>
+        <v>972</v>
+      </c>
+      <c r="D188" t="s">
+        <v>973</v>
+      </c>
       <c r="E188"/>
       <c r="F188"/>
       <c r="G188" t="s">
-        <v>798</v>
+        <v>974</v>
       </c>
       <c r="H188"/>
       <c r="I188"/>
       <c r="J188" t="s">
-        <v>799</v>
+        <v>975</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" t="s">
-        <v>800</v>
+        <v>976</v>
       </c>
       <c r="B189" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C189" t="s">
-        <v>801</v>
-[...1 lines deleted...]
-      <c r="D189"/>
+        <v>977</v>
+      </c>
+      <c r="D189" t="s">
+        <v>216</v>
+      </c>
       <c r="E189" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F189" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G189" t="s">
-        <v>802</v>
+        <v>978</v>
       </c>
       <c r="H189"/>
       <c r="I189"/>
       <c r="J189" t="s">
-        <v>803</v>
+        <v>979</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" t="s">
-        <v>804</v>
+        <v>980</v>
       </c>
       <c r="B190" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C190" t="s">
-        <v>805</v>
-[...1 lines deleted...]
-      <c r="D190"/>
+        <v>981</v>
+      </c>
+      <c r="D190" t="s">
+        <v>982</v>
+      </c>
       <c r="E190" t="s">
-        <v>806</v>
+        <v>983</v>
       </c>
       <c r="F190" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G190" t="s">
-        <v>807</v>
-[...1 lines deleted...]
-      <c r="H190"/>
+        <v>984</v>
+      </c>
+      <c r="H190" t="s">
+        <v>985</v>
+      </c>
       <c r="I190"/>
       <c r="J190" t="s">
-        <v>808</v>
+        <v>986</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" t="s">
-        <v>809</v>
+        <v>987</v>
       </c>
       <c r="B191" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C191" t="s">
-        <v>810</v>
-[...1 lines deleted...]
-      <c r="D191"/>
+        <v>988</v>
+      </c>
+      <c r="D191" t="s">
+        <v>989</v>
+      </c>
       <c r="E191"/>
       <c r="F191"/>
       <c r="G191" t="s">
-        <v>811</v>
-[...1 lines deleted...]
-      <c r="H191"/>
+        <v>990</v>
+      </c>
+      <c r="H191" t="s">
+        <v>927</v>
+      </c>
       <c r="I191"/>
       <c r="J191" t="s">
-        <v>812</v>
+        <v>991</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" t="s">
-        <v>813</v>
+        <v>992</v>
       </c>
       <c r="B192" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C192" t="s">
-        <v>814</v>
-[...1 lines deleted...]
-      <c r="D192"/>
+        <v>993</v>
+      </c>
+      <c r="D192" t="s">
+        <v>994</v>
+      </c>
       <c r="E192"/>
       <c r="F192"/>
       <c r="G192" t="s">
-        <v>815</v>
+        <v>995</v>
       </c>
       <c r="H192"/>
       <c r="I192"/>
       <c r="J192" t="s">
-        <v>816</v>
+        <v>996</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" t="s">
-        <v>817</v>
+        <v>997</v>
       </c>
       <c r="B193" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C193" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="D193"/>
+        <v>292</v>
+      </c>
+      <c r="D193" t="s">
+        <v>293</v>
+      </c>
       <c r="E193" t="s">
-        <v>221</v>
+        <v>272</v>
       </c>
       <c r="F193" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G193" t="s">
-        <v>818</v>
+        <v>998</v>
       </c>
       <c r="H193"/>
       <c r="I193"/>
       <c r="J193" t="s">
-        <v>819</v>
+        <v>999</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" t="s">
-        <v>820</v>
+        <v>1000</v>
       </c>
       <c r="B194" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C194" t="s">
-        <v>821</v>
-[...1 lines deleted...]
-      <c r="D194"/>
+        <v>1001</v>
+      </c>
+      <c r="D194" t="s">
+        <v>706</v>
+      </c>
       <c r="E194"/>
       <c r="F194"/>
       <c r="G194" t="s">
-        <v>822</v>
+        <v>1002</v>
       </c>
       <c r="H194"/>
       <c r="I194" t="s">
-        <v>823</v>
+        <v>1003</v>
       </c>
       <c r="J194" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" t="s">
-        <v>824</v>
+        <v>1004</v>
       </c>
       <c r="B195" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C195" t="s">
-        <v>825</v>
-[...1 lines deleted...]
-      <c r="D195"/>
+        <v>1005</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1006</v>
+      </c>
       <c r="E195"/>
       <c r="F195"/>
       <c r="G195" t="s">
-        <v>826</v>
+        <v>1007</v>
       </c>
       <c r="H195"/>
       <c r="I195"/>
       <c r="J195" t="s">
-        <v>827</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" t="s">
-        <v>828</v>
+        <v>1009</v>
       </c>
       <c r="B196" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C196" t="s">
-        <v>829</v>
-[...1 lines deleted...]
-      <c r="D196"/>
+        <v>1010</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1011</v>
+      </c>
       <c r="E196" t="s">
-        <v>246</v>
+        <v>303</v>
       </c>
       <c r="F196" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G196" t="s">
-        <v>830</v>
+        <v>1012</v>
       </c>
       <c r="H196"/>
       <c r="I196"/>
       <c r="J196" t="s">
-        <v>831</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" t="s">
-        <v>832</v>
+        <v>1014</v>
       </c>
       <c r="B197" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C197" t="s">
-        <v>833</v>
-[...1 lines deleted...]
-      <c r="D197"/>
+        <v>1015</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1016</v>
+      </c>
       <c r="E197"/>
       <c r="F197"/>
       <c r="G197" t="s">
-        <v>834</v>
-[...1 lines deleted...]
-      <c r="H197"/>
+        <v>1017</v>
+      </c>
+      <c r="H197" t="s">
+        <v>1018</v>
+      </c>
       <c r="I197"/>
       <c r="J197" t="s">
-        <v>835</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" t="s">
-        <v>836</v>
+        <v>1020</v>
       </c>
       <c r="B198" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C198" t="s">
-        <v>837</v>
-[...1 lines deleted...]
-      <c r="D198"/>
+        <v>1021</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1022</v>
+      </c>
       <c r="E198"/>
       <c r="F198"/>
       <c r="G198" t="s">
-        <v>838</v>
-[...1 lines deleted...]
-      <c r="H198"/>
+        <v>1023</v>
+      </c>
+      <c r="H198" t="s">
+        <v>1024</v>
+      </c>
       <c r="I198"/>
       <c r="J198" t="s">
-        <v>839</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" t="s">
-        <v>840</v>
+        <v>1026</v>
       </c>
       <c r="B199" t="s">
-        <v>118</v>
+        <v>43</v>
       </c>
       <c r="C199" t="s">
-        <v>841</v>
-[...1 lines deleted...]
-      <c r="D199"/>
+        <v>1027</v>
+      </c>
+      <c r="D199" t="s">
+        <v>362</v>
+      </c>
       <c r="E199"/>
       <c r="F199"/>
       <c r="G199" t="s">
-        <v>842</v>
+        <v>1028</v>
       </c>
       <c r="H199"/>
       <c r="I199"/>
       <c r="J199" t="s">
-        <v>843</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" t="s">
-        <v>844</v>
+        <v>1030</v>
       </c>
       <c r="B200" t="s">
-        <v>845</v>
+        <v>1031</v>
       </c>
       <c r="C200" t="s">
-        <v>846</v>
-[...1 lines deleted...]
-      <c r="D200"/>
+        <v>1032</v>
+      </c>
+      <c r="D200" t="s">
+        <v>618</v>
+      </c>
       <c r="E200" t="s">
-        <v>137</v>
+        <v>164</v>
       </c>
       <c r="F200" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G200" t="s">
-        <v>847</v>
-[...1 lines deleted...]
-      <c r="H200"/>
+        <v>1033</v>
+      </c>
+      <c r="H200" t="s">
+        <v>1034</v>
+      </c>
       <c r="I200"/>
       <c r="J200" t="s">
-        <v>848</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" t="s">
-        <v>849</v>
+        <v>1036</v>
       </c>
       <c r="B201" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C201" t="s">
-        <v>850</v>
-[...1 lines deleted...]
-      <c r="D201"/>
+        <v>1037</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1038</v>
+      </c>
       <c r="E201"/>
       <c r="F201"/>
       <c r="G201" t="s">
-        <v>851</v>
-[...1 lines deleted...]
-      <c r="H201"/>
+        <v>1039</v>
+      </c>
+      <c r="H201" t="s">
+        <v>584</v>
+      </c>
       <c r="I201"/>
       <c r="J201" t="s">
-        <v>852</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" t="s">
-        <v>853</v>
+        <v>1041</v>
       </c>
       <c r="B202" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C202" t="s">
-        <v>854</v>
-[...1 lines deleted...]
-      <c r="D202"/>
+        <v>1042</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1043</v>
+      </c>
       <c r="E202" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F202" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G202" t="s">
-        <v>855</v>
+        <v>1044</v>
       </c>
       <c r="H202"/>
       <c r="I202"/>
       <c r="J202" t="s">
-        <v>856</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" t="s">
-        <v>857</v>
+        <v>1046</v>
       </c>
       <c r="B203" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C203" t="s">
-        <v>858</v>
-[...1 lines deleted...]
-      <c r="D203"/>
+        <v>1047</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1048</v>
+      </c>
       <c r="E203"/>
       <c r="F203"/>
       <c r="G203"/>
       <c r="H203"/>
       <c r="I203"/>
       <c r="J203" t="s">
-        <v>859</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" t="s">
-        <v>860</v>
+        <v>1050</v>
       </c>
       <c r="B204" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C204" t="s">
-        <v>861</v>
-[...1 lines deleted...]
-      <c r="D204"/>
+        <v>1051</v>
+      </c>
+      <c r="D204" t="s">
+        <v>127</v>
+      </c>
       <c r="E204"/>
       <c r="F204"/>
       <c r="G204" t="s">
-        <v>862</v>
-[...1 lines deleted...]
-      <c r="H204"/>
+        <v>1052</v>
+      </c>
+      <c r="H204" t="s">
+        <v>1053</v>
+      </c>
       <c r="I204" t="s">
-        <v>613</v>
+        <v>751</v>
       </c>
       <c r="J204" t="s">
-        <v>863</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" t="s">
-        <v>864</v>
+        <v>1055</v>
       </c>
       <c r="B205" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C205" t="s">
-        <v>865</v>
-[...1 lines deleted...]
-      <c r="D205"/>
+        <v>1056</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1057</v>
+      </c>
       <c r="E205" t="s">
-        <v>866</v>
+        <v>1058</v>
       </c>
       <c r="F205" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G205" t="s">
-        <v>867</v>
-[...1 lines deleted...]
-      <c r="H205"/>
+        <v>1059</v>
+      </c>
+      <c r="H205" t="s">
+        <v>1060</v>
+      </c>
       <c r="I205"/>
       <c r="J205" t="s">
-        <v>868</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" t="s">
-        <v>869</v>
+        <v>1062</v>
       </c>
       <c r="B206" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C206" t="s">
-        <v>870</v>
-[...1 lines deleted...]
-      <c r="D206"/>
+        <v>1063</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1064</v>
+      </c>
       <c r="E206"/>
       <c r="F206"/>
       <c r="G206" t="s">
-        <v>871</v>
-[...1 lines deleted...]
-      <c r="H206"/>
+        <v>1065</v>
+      </c>
+      <c r="H206" t="s">
+        <v>1066</v>
+      </c>
       <c r="I206" t="s">
-        <v>872</v>
+        <v>1067</v>
       </c>
       <c r="J206" t="s">
-        <v>573</v>
+        <v>703</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" t="s">
-        <v>873</v>
+        <v>1068</v>
       </c>
       <c r="B207" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C207" t="s">
-        <v>874</v>
-[...1 lines deleted...]
-      <c r="D207"/>
+        <v>1069</v>
+      </c>
+      <c r="D207" t="s">
+        <v>122</v>
+      </c>
       <c r="E207" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F207" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G207" t="s">
-        <v>875</v>
+        <v>1070</v>
       </c>
       <c r="H207"/>
       <c r="I207" t="s">
-        <v>876</v>
+        <v>1071</v>
       </c>
       <c r="J207" t="s">
-        <v>877</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" t="s">
-        <v>878</v>
+        <v>1073</v>
       </c>
       <c r="B208" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C208" t="s">
-        <v>879</v>
-[...1 lines deleted...]
-      <c r="D208"/>
+        <v>1074</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1075</v>
+      </c>
       <c r="E208" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F208" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G208" t="s">
-        <v>880</v>
-[...1 lines deleted...]
-      <c r="H208"/>
+        <v>1076</v>
+      </c>
+      <c r="H208" t="s">
+        <v>1034</v>
+      </c>
       <c r="I208"/>
       <c r="J208" t="s">
-        <v>881</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" t="s">
-        <v>882</v>
+        <v>1078</v>
       </c>
       <c r="B209" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C209" t="s">
-        <v>883</v>
-[...1 lines deleted...]
-      <c r="D209"/>
+        <v>1079</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1080</v>
+      </c>
       <c r="E209"/>
       <c r="F209"/>
       <c r="G209" t="s">
-        <v>884</v>
+        <v>1081</v>
       </c>
       <c r="H209"/>
       <c r="I209" t="s">
-        <v>885</v>
+        <v>1082</v>
       </c>
       <c r="J209" t="s">
-        <v>886</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" t="s">
-        <v>887</v>
+        <v>1084</v>
       </c>
       <c r="B210" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C210" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="D210"/>
+        <v>1085</v>
+      </c>
+      <c r="D210" t="s">
+        <v>1086</v>
+      </c>
       <c r="E210" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F210"/>
       <c r="G210" t="s">
-        <v>889</v>
+        <v>1087</v>
       </c>
       <c r="H210"/>
       <c r="I210" t="s">
-        <v>698</v>
+        <v>852</v>
       </c>
       <c r="J210" t="s">
-        <v>890</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" t="s">
-        <v>891</v>
+        <v>1089</v>
       </c>
       <c r="B211" t="s">
         <v>21</v>
       </c>
       <c r="C211" t="s">
-        <v>493</v>
-[...1 lines deleted...]
-      <c r="D211"/>
+        <v>609</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1090</v>
+      </c>
       <c r="E211" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F211" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G211" t="s">
-        <v>892</v>
-[...1 lines deleted...]
-      <c r="H211"/>
+        <v>1091</v>
+      </c>
+      <c r="H211" t="s">
+        <v>139</v>
+      </c>
       <c r="I211"/>
       <c r="J211" t="s">
-        <v>893</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" t="s">
-        <v>894</v>
+        <v>1093</v>
       </c>
       <c r="B212" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C212" t="s">
-        <v>895</v>
-[...1 lines deleted...]
-      <c r="D212"/>
+        <v>1094</v>
+      </c>
+      <c r="D212" t="s">
+        <v>1095</v>
+      </c>
       <c r="E212"/>
       <c r="F212"/>
       <c r="G212" t="s">
-        <v>896</v>
+        <v>1096</v>
       </c>
       <c r="H212"/>
       <c r="I212" t="s">
-        <v>525</v>
+        <v>1097</v>
       </c>
       <c r="J212" t="s">
-        <v>334</v>
+        <v>412</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" t="s">
-        <v>897</v>
+        <v>1098</v>
       </c>
       <c r="B213" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="C213" t="s">
-        <v>898</v>
-[...1 lines deleted...]
-      <c r="D213"/>
+        <v>1099</v>
+      </c>
+      <c r="D213" t="s">
+        <v>70</v>
+      </c>
       <c r="E213" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F213"/>
+        <v>24</v>
+      </c>
+      <c r="F213" t="s">
+        <v>25</v>
+      </c>
       <c r="G213" t="s">
-        <v>899</v>
-[...1 lines deleted...]
-      <c r="H213"/>
+        <v>1100</v>
+      </c>
+      <c r="H213" t="s">
+        <v>1101</v>
+      </c>
       <c r="I213"/>
       <c r="J213" t="s">
-        <v>900</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" t="s">
-        <v>901</v>
+        <v>1103</v>
       </c>
       <c r="B214" t="s">
-        <v>902</v>
+        <v>1104</v>
       </c>
       <c r="C214" t="s">
-        <v>903</v>
-[...1 lines deleted...]
-      <c r="D214"/>
+        <v>1105</v>
+      </c>
+      <c r="D214" t="s">
+        <v>1106</v>
+      </c>
       <c r="E214"/>
       <c r="F214"/>
       <c r="G214" t="s">
-        <v>904</v>
+        <v>1107</v>
       </c>
       <c r="H214"/>
       <c r="I214"/>
       <c r="J214" t="s">
-        <v>905</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" t="s">
-        <v>906</v>
+        <v>1109</v>
       </c>
       <c r="B215" t="s">
-        <v>902</v>
+        <v>1104</v>
       </c>
       <c r="C215" t="s">
-        <v>907</v>
-[...1 lines deleted...]
-      <c r="D215"/>
+        <v>1110</v>
+      </c>
+      <c r="D215" t="s">
+        <v>764</v>
+      </c>
       <c r="E215"/>
       <c r="F215"/>
       <c r="G215" t="s">
-        <v>908</v>
+        <v>1111</v>
       </c>
       <c r="H215"/>
       <c r="I215"/>
       <c r="J215" t="s">
-        <v>909</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" t="s">
-        <v>910</v>
+        <v>1113</v>
       </c>
       <c r="B216" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C216" t="s">
-        <v>911</v>
-[...1 lines deleted...]
-      <c r="D216"/>
+        <v>1114</v>
+      </c>
+      <c r="D216" t="s">
+        <v>956</v>
+      </c>
       <c r="E216" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F216" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G216" t="s">
-        <v>912</v>
+        <v>1115</v>
       </c>
       <c r="H216"/>
       <c r="I216"/>
       <c r="J216" t="s">
-        <v>913</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" t="s">
-        <v>914</v>
+        <v>1117</v>
       </c>
       <c r="B217" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C217" t="s">
-        <v>915</v>
-[...1 lines deleted...]
-      <c r="D217"/>
+        <v>1118</v>
+      </c>
+      <c r="D217" t="s">
+        <v>1119</v>
+      </c>
       <c r="E217" t="s">
-        <v>279</v>
+        <v>346</v>
       </c>
       <c r="F217" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G217" t="s">
-        <v>916</v>
+        <v>1120</v>
       </c>
       <c r="H217"/>
       <c r="I217"/>
       <c r="J217" t="s">
-        <v>917</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" t="s">
-        <v>918</v>
+        <v>1122</v>
       </c>
       <c r="B218" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C218" t="s">
-        <v>919</v>
-[...1 lines deleted...]
-      <c r="D218"/>
+        <v>1123</v>
+      </c>
+      <c r="D218" t="s">
+        <v>1124</v>
+      </c>
       <c r="E218"/>
       <c r="F218"/>
       <c r="G218"/>
       <c r="H218"/>
       <c r="I218"/>
       <c r="J218" t="s">
-        <v>196</v>
+        <v>240</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" t="s">
-        <v>920</v>
+        <v>1125</v>
       </c>
       <c r="B219" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C219" t="s">
-        <v>921</v>
-[...1 lines deleted...]
-      <c r="D219"/>
+        <v>1126</v>
+      </c>
+      <c r="D219" t="s">
+        <v>23</v>
+      </c>
       <c r="E219" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F219"/>
       <c r="G219" t="s">
-        <v>922</v>
+        <v>1127</v>
       </c>
       <c r="H219"/>
       <c r="I219" t="s">
-        <v>923</v>
+        <v>1128</v>
       </c>
       <c r="J219" t="s">
-        <v>924</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" t="s">
-        <v>925</v>
+        <v>1130</v>
       </c>
       <c r="B220" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C220" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D220"/>
+        <v>44</v>
+      </c>
+      <c r="D220" t="s">
+        <v>1131</v>
+      </c>
       <c r="E220" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F220" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G220" t="s">
-        <v>926</v>
-[...1 lines deleted...]
-      <c r="H220"/>
+        <v>1132</v>
+      </c>
+      <c r="H220" t="s">
+        <v>1133</v>
+      </c>
       <c r="I220"/>
       <c r="J220" t="s">
-        <v>927</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" t="s">
-        <v>928</v>
+        <v>1135</v>
       </c>
       <c r="B221" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C221" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="D221"/>
+        <v>328</v>
+      </c>
+      <c r="D221" t="s">
+        <v>1136</v>
+      </c>
       <c r="E221"/>
       <c r="F221"/>
       <c r="G221" t="s">
-        <v>929</v>
+        <v>1137</v>
       </c>
       <c r="H221"/>
       <c r="I221"/>
       <c r="J221" t="s">
-        <v>930</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" t="s">
-        <v>931</v>
+        <v>1139</v>
       </c>
       <c r="B222" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C222" t="s">
-        <v>932</v>
-[...1 lines deleted...]
-      <c r="D222"/>
+        <v>1140</v>
+      </c>
+      <c r="D222" t="s">
+        <v>1141</v>
+      </c>
       <c r="E222" t="s">
-        <v>279</v>
+        <v>346</v>
       </c>
       <c r="F222" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G222" t="s">
-        <v>933</v>
+        <v>1142</v>
       </c>
       <c r="H222"/>
       <c r="I222"/>
       <c r="J222" t="s">
-        <v>934</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" t="s">
-        <v>935</v>
+        <v>1144</v>
       </c>
       <c r="B223" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C223" t="s">
-        <v>936</v>
-[...1 lines deleted...]
-      <c r="D223"/>
+        <v>465</v>
+      </c>
+      <c r="D223" t="s">
+        <v>1145</v>
+      </c>
       <c r="E223"/>
       <c r="F223"/>
       <c r="G223"/>
       <c r="H223"/>
       <c r="I223"/>
       <c r="J223" t="s">
-        <v>937</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" t="s">
-        <v>938</v>
+        <v>1147</v>
       </c>
       <c r="B224" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C224" t="s">
-        <v>939</v>
-[...1 lines deleted...]
-      <c r="D224"/>
+        <v>1148</v>
+      </c>
+      <c r="D224" t="s">
+        <v>1149</v>
+      </c>
       <c r="E224" t="s">
-        <v>246</v>
+        <v>303</v>
       </c>
       <c r="F224"/>
       <c r="G224" t="s">
-        <v>940</v>
+        <v>1150</v>
       </c>
       <c r="H224"/>
       <c r="I224" t="s">
-        <v>941</v>
+        <v>1151</v>
       </c>
       <c r="J224" t="s">
-        <v>942</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" t="s">
-        <v>943</v>
+        <v>1153</v>
       </c>
       <c r="B225" t="s">
-        <v>35</v>
+        <v>600</v>
       </c>
       <c r="C225" t="s">
-        <v>944</v>
-[...1 lines deleted...]
-      <c r="D225"/>
+        <v>1154</v>
+      </c>
+      <c r="D225" t="s">
+        <v>706</v>
+      </c>
       <c r="E225"/>
       <c r="F225"/>
       <c r="G225"/>
       <c r="H225"/>
       <c r="I225"/>
       <c r="J225" t="s">
-        <v>945</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" t="s">
-        <v>946</v>
+        <v>1156</v>
       </c>
       <c r="B226" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C226" t="s">
-        <v>833</v>
-[...1 lines deleted...]
-      <c r="D226"/>
+        <v>1015</v>
+      </c>
+      <c r="D226" t="s">
+        <v>1157</v>
+      </c>
       <c r="E226"/>
       <c r="F226"/>
       <c r="G226" t="s">
-        <v>947</v>
+        <v>1158</v>
       </c>
       <c r="H226"/>
       <c r="I226"/>
       <c r="J226" t="s">
-        <v>948</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" t="s">
-        <v>949</v>
+        <v>1160</v>
       </c>
       <c r="B227" t="s">
-        <v>118</v>
+        <v>43</v>
       </c>
       <c r="C227" t="s">
-        <v>950</v>
-[...1 lines deleted...]
-      <c r="D227"/>
+        <v>1161</v>
+      </c>
+      <c r="D227" t="s">
+        <v>362</v>
+      </c>
       <c r="E227"/>
       <c r="F227"/>
       <c r="G227" t="s">
-        <v>951</v>
+        <v>1162</v>
       </c>
       <c r="H227"/>
       <c r="I227"/>
       <c r="J227" t="s">
-        <v>173</v>
+        <v>206</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" t="s">
-        <v>952</v>
+        <v>1163</v>
       </c>
       <c r="B228" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C228" t="s">
-        <v>953</v>
+        <v>1164</v>
       </c>
       <c r="D228"/>
       <c r="E228"/>
       <c r="F228"/>
       <c r="G228" t="s">
-        <v>954</v>
-[...1 lines deleted...]
-      <c r="H228"/>
+        <v>1165</v>
+      </c>
+      <c r="H228" t="s">
+        <v>1166</v>
+      </c>
       <c r="I228" t="s">
-        <v>710</v>
+        <v>1167</v>
       </c>
       <c r="J228" t="s">
-        <v>955</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" t="s">
-        <v>956</v>
+        <v>1169</v>
       </c>
       <c r="B229" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C229" t="s">
-        <v>957</v>
-[...1 lines deleted...]
-      <c r="D229"/>
+        <v>1170</v>
+      </c>
+      <c r="D229" t="s">
+        <v>1171</v>
+      </c>
       <c r="E229"/>
       <c r="F229"/>
       <c r="G229" t="s">
-        <v>958</v>
+        <v>1172</v>
       </c>
       <c r="H229"/>
       <c r="I229"/>
       <c r="J229" t="s">
-        <v>959</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" t="s">
-        <v>960</v>
+        <v>1174</v>
       </c>
       <c r="B230" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C230" t="s">
-        <v>961</v>
-[...1 lines deleted...]
-      <c r="D230"/>
+        <v>1175</v>
+      </c>
+      <c r="D230" t="s">
+        <v>1176</v>
+      </c>
       <c r="E230" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F230" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G230" t="s">
-        <v>962</v>
-[...1 lines deleted...]
-      <c r="H230"/>
+        <v>1177</v>
+      </c>
+      <c r="H230" t="s">
+        <v>1178</v>
+      </c>
       <c r="I230" t="s">
-        <v>963</v>
+        <v>1179</v>
       </c>
       <c r="J230" t="s">
-        <v>964</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" t="s">
-        <v>965</v>
+        <v>1181</v>
       </c>
       <c r="B231" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C231" t="s">
-        <v>966</v>
-[...1 lines deleted...]
-      <c r="D231"/>
+        <v>1182</v>
+      </c>
+      <c r="D231" t="s">
+        <v>293</v>
+      </c>
       <c r="E231" t="s">
-        <v>137</v>
+        <v>164</v>
       </c>
       <c r="F231" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G231" t="s">
-        <v>967</v>
-[...1 lines deleted...]
-      <c r="H231"/>
+        <v>1183</v>
+      </c>
+      <c r="H231" t="s">
+        <v>1184</v>
+      </c>
       <c r="I231"/>
       <c r="J231" t="s">
-        <v>968</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" t="s">
-        <v>969</v>
+        <v>1186</v>
       </c>
       <c r="B232" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C232" t="s">
-        <v>970</v>
-[...1 lines deleted...]
-      <c r="D232"/>
+        <v>1187</v>
+      </c>
+      <c r="D232" t="s">
+        <v>82</v>
+      </c>
       <c r="E232"/>
       <c r="F232"/>
       <c r="G232" t="s">
-        <v>971</v>
+        <v>1188</v>
       </c>
       <c r="H232"/>
       <c r="I232"/>
       <c r="J232" t="s">
-        <v>972</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" t="s">
-        <v>973</v>
+        <v>1190</v>
       </c>
       <c r="B233" t="s">
-        <v>902</v>
+        <v>1104</v>
       </c>
       <c r="C233" t="s">
-        <v>974</v>
-[...1 lines deleted...]
-      <c r="D233"/>
+        <v>1191</v>
+      </c>
+      <c r="D233" t="s">
+        <v>1192</v>
+      </c>
       <c r="E233"/>
       <c r="F233"/>
       <c r="G233" t="s">
-        <v>975</v>
-[...1 lines deleted...]
-      <c r="H233"/>
+        <v>1193</v>
+      </c>
+      <c r="H233" t="s">
+        <v>139</v>
+      </c>
       <c r="I233"/>
       <c r="J233" t="s">
-        <v>976</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" t="s">
-        <v>977</v>
+        <v>1195</v>
       </c>
       <c r="B234" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C234" t="s">
-        <v>978</v>
-[...1 lines deleted...]
-      <c r="D234"/>
+        <v>1196</v>
+      </c>
+      <c r="D234" t="s">
+        <v>278</v>
+      </c>
       <c r="E234" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F234" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G234" t="s">
-        <v>979</v>
+        <v>1197</v>
       </c>
       <c r="H234"/>
       <c r="I234" t="s">
-        <v>980</v>
+        <v>1198</v>
       </c>
       <c r="J234" t="s">
-        <v>981</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" t="s">
-        <v>982</v>
+        <v>1200</v>
       </c>
       <c r="B235" t="s">
-        <v>983</v>
+        <v>1201</v>
       </c>
       <c r="C235" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D235"/>
+        <v>38</v>
+      </c>
+      <c r="D235" t="s">
+        <v>1202</v>
+      </c>
       <c r="E235"/>
       <c r="F235"/>
       <c r="G235"/>
       <c r="H235"/>
       <c r="I235"/>
       <c r="J235" t="s">
-        <v>334</v>
+        <v>412</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" t="s">
-        <v>984</v>
+        <v>1203</v>
       </c>
       <c r="B236" t="s">
         <v>21</v>
       </c>
       <c r="C236" t="s">
-        <v>985</v>
-[...1 lines deleted...]
-      <c r="D236"/>
+        <v>1204</v>
+      </c>
+      <c r="D236" t="s">
+        <v>1205</v>
+      </c>
       <c r="E236" t="s">
-        <v>279</v>
+        <v>346</v>
       </c>
       <c r="F236" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G236" t="s">
-        <v>986</v>
-[...1 lines deleted...]
-      <c r="H236"/>
+        <v>1206</v>
+      </c>
+      <c r="H236" t="s">
+        <v>1207</v>
+      </c>
       <c r="I236" t="s">
-        <v>693</v>
+        <v>846</v>
       </c>
       <c r="J236" t="s">
-        <v>987</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" t="s">
-        <v>988</v>
+        <v>1209</v>
       </c>
       <c r="B237" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C237" t="s">
-        <v>989</v>
-[...1 lines deleted...]
-      <c r="D237"/>
+        <v>1210</v>
+      </c>
+      <c r="D237" t="s">
+        <v>1211</v>
+      </c>
       <c r="E237"/>
       <c r="F237"/>
       <c r="G237" t="s">
-        <v>990</v>
-[...1 lines deleted...]
-      <c r="H237"/>
+        <v>1212</v>
+      </c>
+      <c r="H237" t="s">
+        <v>1213</v>
+      </c>
       <c r="I237"/>
       <c r="J237" t="s">
-        <v>991</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" t="s">
-        <v>992</v>
+        <v>1215</v>
       </c>
       <c r="B238" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C238" t="s">
-        <v>993</v>
-[...1 lines deleted...]
-      <c r="D238"/>
+        <v>1216</v>
+      </c>
+      <c r="D238" t="s">
+        <v>1217</v>
+      </c>
       <c r="E238"/>
       <c r="F238"/>
       <c r="G238" t="s">
-        <v>994</v>
-[...1 lines deleted...]
-      <c r="H238"/>
+        <v>1218</v>
+      </c>
+      <c r="H238" t="s">
+        <v>1219</v>
+      </c>
       <c r="I238"/>
       <c r="J238" t="s">
-        <v>995</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" t="s">
-        <v>996</v>
+        <v>1221</v>
       </c>
       <c r="B239" t="s">
-        <v>997</v>
+        <v>1222</v>
       </c>
       <c r="C239" t="s">
-        <v>998</v>
-[...1 lines deleted...]
-      <c r="D239"/>
+        <v>1223</v>
+      </c>
+      <c r="D239" t="s">
+        <v>32</v>
+      </c>
       <c r="E239" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F239" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G239" t="s">
-        <v>999</v>
-[...1 lines deleted...]
-      <c r="H239"/>
+        <v>1224</v>
+      </c>
+      <c r="H239" t="s">
+        <v>195</v>
+      </c>
       <c r="I239"/>
       <c r="J239" t="s">
-        <v>1000</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" t="s">
-        <v>1001</v>
+        <v>1226</v>
       </c>
       <c r="B240" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C240" t="s">
-        <v>1002</v>
-[...1 lines deleted...]
-      <c r="D240"/>
+        <v>1227</v>
+      </c>
+      <c r="D240" t="s">
+        <v>567</v>
+      </c>
       <c r="E240" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F240" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G240" t="s">
-        <v>1003</v>
+        <v>1228</v>
       </c>
       <c r="H240"/>
       <c r="I240"/>
       <c r="J240" t="s">
-        <v>1004</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" t="s">
-        <v>1005</v>
+        <v>1230</v>
       </c>
       <c r="B241" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C241" t="s">
-        <v>1006</v>
-[...1 lines deleted...]
-      <c r="D241"/>
+        <v>1231</v>
+      </c>
+      <c r="D241" t="s">
+        <v>32</v>
+      </c>
       <c r="E241" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F241" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G241" t="s">
-        <v>1007</v>
-[...1 lines deleted...]
-      <c r="H241"/>
+        <v>1232</v>
+      </c>
+      <c r="H241" t="s">
+        <v>1233</v>
+      </c>
       <c r="I241"/>
       <c r="J241" t="s">
-        <v>1008</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" t="s">
-        <v>1009</v>
+        <v>1235</v>
       </c>
       <c r="B242" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C242" t="s">
-        <v>1010</v>
-[...1 lines deleted...]
-      <c r="D242"/>
+        <v>1236</v>
+      </c>
+      <c r="D242" t="s">
+        <v>1237</v>
+      </c>
       <c r="E242" t="s">
-        <v>226</v>
+        <v>279</v>
       </c>
       <c r="F242" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G242" t="s">
-        <v>1011</v>
-[...1 lines deleted...]
-      <c r="H242"/>
+        <v>1238</v>
+      </c>
+      <c r="H242" t="s">
+        <v>27</v>
+      </c>
       <c r="I242"/>
       <c r="J242" t="s">
-        <v>1012</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" t="s">
-        <v>1013</v>
+        <v>1240</v>
       </c>
       <c r="B243" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C243" t="s">
-        <v>1014</v>
-[...1 lines deleted...]
-      <c r="D243"/>
+        <v>1241</v>
+      </c>
+      <c r="D243" t="s">
+        <v>334</v>
+      </c>
       <c r="E243" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F243" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G243" t="s">
-        <v>1015</v>
+        <v>1242</v>
       </c>
       <c r="H243"/>
       <c r="I243" t="s">
-        <v>1016</v>
+        <v>1243</v>
       </c>
       <c r="J243" t="s">
-        <v>1017</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" t="s">
-        <v>1018</v>
+        <v>1245</v>
       </c>
       <c r="B244" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C244" t="s">
-        <v>1019</v>
-[...1 lines deleted...]
-      <c r="D244"/>
+        <v>1246</v>
+      </c>
+      <c r="D244" t="s">
+        <v>1247</v>
+      </c>
       <c r="E244" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F244"/>
       <c r="G244" t="s">
-        <v>1020</v>
-[...1 lines deleted...]
-      <c r="H244"/>
+        <v>1248</v>
+      </c>
+      <c r="H244" t="s">
+        <v>1249</v>
+      </c>
       <c r="I244" t="s">
-        <v>1021</v>
+        <v>1250</v>
       </c>
       <c r="J244" t="s">
-        <v>1022</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245" t="s">
-        <v>1023</v>
+        <v>1252</v>
       </c>
       <c r="B245" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C245" t="s">
-        <v>1024</v>
-[...1 lines deleted...]
-      <c r="D245"/>
+        <v>1253</v>
+      </c>
+      <c r="D245" t="s">
+        <v>324</v>
+      </c>
       <c r="E245" t="s">
-        <v>246</v>
+        <v>303</v>
       </c>
       <c r="F245"/>
       <c r="G245" t="s">
-        <v>1025</v>
+        <v>1254</v>
       </c>
       <c r="H245"/>
       <c r="I245"/>
       <c r="J245" t="s">
-        <v>1026</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" t="s">
-        <v>1027</v>
+        <v>1256</v>
       </c>
       <c r="B246" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C246" t="s">
-        <v>1028</v>
-[...1 lines deleted...]
-      <c r="D246"/>
+        <v>1257</v>
+      </c>
+      <c r="D246" t="s">
+        <v>910</v>
+      </c>
       <c r="E246" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F246" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G246" t="s">
-        <v>1029</v>
+        <v>1258</v>
       </c>
       <c r="H246"/>
       <c r="I246"/>
       <c r="J246" t="s">
-        <v>1030</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" t="s">
-        <v>1031</v>
+        <v>1260</v>
       </c>
       <c r="B247" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C247" t="s">
-        <v>1032</v>
-[...1 lines deleted...]
-      <c r="D247"/>
+        <v>1261</v>
+      </c>
+      <c r="D247" t="s">
+        <v>629</v>
+      </c>
       <c r="E247"/>
       <c r="F247"/>
       <c r="G247" t="s">
-        <v>1033</v>
+        <v>1262</v>
       </c>
       <c r="H247"/>
       <c r="I247"/>
       <c r="J247" t="s">
-        <v>991</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" t="s">
-        <v>1034</v>
+        <v>1263</v>
       </c>
       <c r="B248" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C248" t="s">
-        <v>1035</v>
-[...1 lines deleted...]
-      <c r="D248"/>
+        <v>1264</v>
+      </c>
+      <c r="D248" t="s">
+        <v>222</v>
+      </c>
       <c r="E248" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F248" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G248" t="s">
-        <v>1036</v>
-[...1 lines deleted...]
-      <c r="H248"/>
+        <v>1265</v>
+      </c>
+      <c r="H248" t="s">
+        <v>1266</v>
+      </c>
       <c r="I248"/>
       <c r="J248" t="s">
-        <v>1037</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249" t="s">
-        <v>1038</v>
+        <v>1268</v>
       </c>
       <c r="B249" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C249" t="s">
-        <v>1039</v>
-[...1 lines deleted...]
-      <c r="D249"/>
+        <v>1269</v>
+      </c>
+      <c r="D249" t="s">
+        <v>122</v>
+      </c>
       <c r="E249"/>
       <c r="F249" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G249"/>
-      <c r="H249"/>
+      <c r="H249" t="s">
+        <v>1034</v>
+      </c>
       <c r="I249"/>
       <c r="J249" t="s">
-        <v>1040</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" t="s">
-        <v>1041</v>
+        <v>1271</v>
       </c>
       <c r="B250" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C250" t="s">
-        <v>1042</v>
-[...1 lines deleted...]
-      <c r="D250"/>
+        <v>1272</v>
+      </c>
+      <c r="D250" t="s">
+        <v>1149</v>
+      </c>
       <c r="E250"/>
       <c r="F250"/>
       <c r="G250" t="s">
-        <v>1043</v>
-[...1 lines deleted...]
-      <c r="H250"/>
+        <v>1273</v>
+      </c>
+      <c r="H250" t="s">
+        <v>1274</v>
+      </c>
       <c r="I250" t="s">
-        <v>1044</v>
+        <v>1275</v>
       </c>
       <c r="J250" t="s">
-        <v>1045</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" t="s">
-        <v>1046</v>
+        <v>1277</v>
       </c>
       <c r="B251" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C251" t="s">
-        <v>1047</v>
-[...1 lines deleted...]
-      <c r="D251"/>
+        <v>1278</v>
+      </c>
+      <c r="D251" t="s">
+        <v>1279</v>
+      </c>
       <c r="E251"/>
       <c r="F251"/>
       <c r="G251" t="s">
-        <v>1048</v>
+        <v>1280</v>
       </c>
       <c r="H251"/>
       <c r="I251"/>
       <c r="J251" t="s">
-        <v>1049</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" t="s">
-        <v>1050</v>
+        <v>1282</v>
       </c>
       <c r="B252" t="s">
-        <v>542</v>
+        <v>668</v>
       </c>
       <c r="C252" t="s">
-        <v>1051</v>
-[...1 lines deleted...]
-      <c r="D252"/>
+        <v>1283</v>
+      </c>
+      <c r="D252" t="s">
+        <v>1284</v>
+      </c>
       <c r="E252" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F252" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G252" t="s">
-        <v>1052</v>
-[...1 lines deleted...]
-      <c r="H252"/>
+        <v>1285</v>
+      </c>
+      <c r="H252" t="s">
+        <v>1286</v>
+      </c>
       <c r="I252"/>
       <c r="J252" t="s">
-        <v>1053</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253" t="s">
-        <v>1054</v>
+        <v>1288</v>
       </c>
       <c r="B253" t="s">
-        <v>1055</v>
+        <v>797</v>
       </c>
       <c r="C253" t="s">
-        <v>1056</v>
-[...1 lines deleted...]
-      <c r="D253"/>
+        <v>1289</v>
+      </c>
+      <c r="D253" t="s">
+        <v>1290</v>
+      </c>
       <c r="E253" t="s">
-        <v>279</v>
+        <v>346</v>
       </c>
       <c r="F253" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G253" t="s">
-        <v>1057</v>
-[...1 lines deleted...]
-      <c r="H253"/>
+        <v>1291</v>
+      </c>
+      <c r="H253" t="s">
+        <v>1292</v>
+      </c>
       <c r="I253"/>
       <c r="J253" t="s">
-        <v>1058</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254" t="s">
-        <v>1059</v>
+        <v>1294</v>
       </c>
       <c r="B254" t="s">
-        <v>542</v>
+        <v>668</v>
       </c>
       <c r="C254" t="s">
-        <v>1060</v>
-[...1 lines deleted...]
-      <c r="D254"/>
+        <v>1295</v>
+      </c>
+      <c r="D254" t="s">
+        <v>1296</v>
+      </c>
       <c r="E254" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F254"/>
       <c r="G254" t="s">
-        <v>1061</v>
+        <v>1297</v>
       </c>
       <c r="H254"/>
       <c r="I254" t="s">
-        <v>1062</v>
+        <v>1298</v>
       </c>
       <c r="J254" t="s">
-        <v>1063</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" t="s">
-        <v>1064</v>
+        <v>1300</v>
       </c>
       <c r="B255" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C255" t="s">
-        <v>1065</v>
-[...1 lines deleted...]
-      <c r="D255"/>
+        <v>1301</v>
+      </c>
+      <c r="D255" t="s">
+        <v>368</v>
+      </c>
       <c r="E255" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F255" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G255" t="s">
-        <v>1066</v>
+        <v>1302</v>
       </c>
       <c r="H255"/>
       <c r="I255"/>
       <c r="J255" t="s">
-        <v>1067</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" t="s">
-        <v>1068</v>
+        <v>1304</v>
       </c>
       <c r="B256" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C256" t="s">
-        <v>1069</v>
-[...1 lines deleted...]
-      <c r="D256"/>
+        <v>1305</v>
+      </c>
+      <c r="D256" t="s">
+        <v>148</v>
+      </c>
       <c r="E256"/>
       <c r="F256"/>
       <c r="G256"/>
       <c r="H256"/>
       <c r="I256"/>
       <c r="J256" t="s">
-        <v>1070</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" t="s">
-        <v>1071</v>
+        <v>1307</v>
       </c>
       <c r="B257" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C257" t="s">
-        <v>1072</v>
-[...1 lines deleted...]
-      <c r="D257"/>
+        <v>1308</v>
+      </c>
+      <c r="D257" t="s">
+        <v>1309</v>
+      </c>
       <c r="E257" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F257"/>
       <c r="G257" t="s">
-        <v>1073</v>
-[...1 lines deleted...]
-      <c r="H257"/>
+        <v>1310</v>
+      </c>
+      <c r="H257" t="s">
+        <v>1311</v>
+      </c>
       <c r="I257" t="s">
-        <v>1074</v>
+        <v>1312</v>
       </c>
       <c r="J257" t="s">
-        <v>1075</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" t="s">
-        <v>1076</v>
+        <v>1314</v>
       </c>
       <c r="B258" t="s">
-        <v>687</v>
+        <v>838</v>
       </c>
       <c r="C258" t="s">
-        <v>1077</v>
-[...1 lines deleted...]
-      <c r="D258"/>
+        <v>1315</v>
+      </c>
+      <c r="D258" t="s">
+        <v>425</v>
+      </c>
       <c r="E258" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F258" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G258" t="s">
-        <v>1078</v>
+        <v>1316</v>
       </c>
       <c r="H258"/>
       <c r="I258" t="s">
-        <v>698</v>
+        <v>852</v>
       </c>
       <c r="J258" t="s">
-        <v>1079</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" t="s">
-        <v>1080</v>
+        <v>1318</v>
       </c>
       <c r="B259" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C259" t="s">
-        <v>825</v>
-[...1 lines deleted...]
-      <c r="D259"/>
+        <v>1005</v>
+      </c>
+      <c r="D259" t="s">
+        <v>1319</v>
+      </c>
       <c r="E259" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F259" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G259" t="s">
-        <v>1081</v>
+        <v>1320</v>
       </c>
       <c r="H259"/>
       <c r="I259"/>
       <c r="J259" t="s">
-        <v>1082</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" t="s">
-        <v>1083</v>
+        <v>1322</v>
       </c>
       <c r="B260" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C260" t="s">
-        <v>1084</v>
-[...1 lines deleted...]
-      <c r="D260"/>
+        <v>1323</v>
+      </c>
+      <c r="D260" t="s">
+        <v>1324</v>
+      </c>
       <c r="E260"/>
       <c r="F260"/>
       <c r="G260" t="s">
-        <v>1085</v>
-[...1 lines deleted...]
-      <c r="H260"/>
+        <v>1325</v>
+      </c>
+      <c r="H260" t="s">
+        <v>927</v>
+      </c>
       <c r="I260"/>
       <c r="J260" t="s">
-        <v>1086</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" t="s">
-        <v>1087</v>
+        <v>1327</v>
       </c>
       <c r="B261" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="C261" t="s">
-        <v>1088</v>
-[...1 lines deleted...]
-      <c r="D261"/>
+        <v>1328</v>
+      </c>
+      <c r="D261" t="s">
+        <v>494</v>
+      </c>
       <c r="E261"/>
       <c r="F261"/>
       <c r="G261" t="s">
-        <v>1089</v>
+        <v>1329</v>
       </c>
       <c r="H261"/>
       <c r="I261"/>
       <c r="J261" t="s">
-        <v>1090</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" t="s">
-        <v>1091</v>
+        <v>1331</v>
       </c>
       <c r="B262" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C262" t="s">
-        <v>1092</v>
-[...1 lines deleted...]
-      <c r="D262"/>
+        <v>1332</v>
+      </c>
+      <c r="D262" t="s">
+        <v>425</v>
+      </c>
       <c r="E262"/>
       <c r="F262"/>
       <c r="G262" t="s">
-        <v>1093</v>
+        <v>1333</v>
       </c>
       <c r="H262"/>
       <c r="I262"/>
       <c r="J262" t="s">
-        <v>1094</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" t="s">
-        <v>1095</v>
+        <v>1335</v>
       </c>
       <c r="B263" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C263" t="s">
-        <v>1096</v>
-[...1 lines deleted...]
-      <c r="D263"/>
+        <v>1336</v>
+      </c>
+      <c r="D263" t="s">
+        <v>1337</v>
+      </c>
       <c r="E263"/>
       <c r="F263"/>
       <c r="G263" t="s">
-        <v>1097</v>
-[...1 lines deleted...]
-      <c r="H263"/>
+        <v>1338</v>
+      </c>
+      <c r="H263" t="s">
+        <v>1034</v>
+      </c>
       <c r="I263"/>
       <c r="J263" t="s">
-        <v>1098</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" t="s">
-        <v>1099</v>
+        <v>1340</v>
       </c>
       <c r="B264" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C264" t="s">
-        <v>1100</v>
-[...1 lines deleted...]
-      <c r="D264"/>
+        <v>1341</v>
+      </c>
+      <c r="D264" t="s">
+        <v>941</v>
+      </c>
       <c r="E264" t="s">
-        <v>279</v>
+        <v>346</v>
       </c>
       <c r="F264" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G264" t="s">
-        <v>1101</v>
+        <v>1342</v>
       </c>
       <c r="H264"/>
       <c r="I264" t="s">
-        <v>248</v>
+        <v>65</v>
       </c>
       <c r="J264" t="s">
-        <v>1102</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" t="s">
-        <v>1103</v>
+        <v>1344</v>
       </c>
       <c r="B265" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C265" t="s">
-        <v>1104</v>
+        <v>1345</v>
       </c>
       <c r="D265"/>
       <c r="E265"/>
       <c r="F265"/>
       <c r="G265"/>
       <c r="H265"/>
       <c r="I265"/>
       <c r="J265" t="s">
-        <v>1105</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" t="s">
-        <v>1106</v>
+        <v>1347</v>
       </c>
       <c r="B266" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C266" t="s">
-        <v>1107</v>
-[...1 lines deleted...]
-      <c r="D266"/>
+        <v>1348</v>
+      </c>
+      <c r="D266" t="s">
+        <v>32</v>
+      </c>
       <c r="E266" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F266" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G266" t="s">
-        <v>1108</v>
-[...1 lines deleted...]
-      <c r="H266"/>
+        <v>1349</v>
+      </c>
+      <c r="H266" t="s">
+        <v>927</v>
+      </c>
       <c r="I266"/>
       <c r="J266" t="s">
-        <v>1109</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" t="s">
-        <v>1110</v>
+        <v>1351</v>
       </c>
       <c r="B267" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C267" t="s">
-        <v>1111</v>
-[...1 lines deleted...]
-      <c r="D267"/>
+        <v>1352</v>
+      </c>
+      <c r="D267" t="s">
+        <v>1141</v>
+      </c>
       <c r="E267" t="s">
-        <v>226</v>
+        <v>279</v>
       </c>
       <c r="F267" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G267" t="s">
-        <v>1112</v>
+        <v>1353</v>
       </c>
       <c r="H267"/>
       <c r="I267"/>
       <c r="J267" t="s">
-        <v>1113</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" t="s">
-        <v>1114</v>
+        <v>1355</v>
       </c>
       <c r="B268" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C268" t="s">
-        <v>1115</v>
-[...1 lines deleted...]
-      <c r="D268"/>
+        <v>1356</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1357</v>
+      </c>
       <c r="E268"/>
       <c r="F268"/>
       <c r="G268" t="s">
-        <v>1116</v>
-[...1 lines deleted...]
-      <c r="H268"/>
+        <v>1358</v>
+      </c>
+      <c r="H268" t="s">
+        <v>1359</v>
+      </c>
       <c r="I268" t="s">
-        <v>1117</v>
+        <v>1360</v>
       </c>
       <c r="J268" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" t="s">
-        <v>1118</v>
+        <v>1361</v>
       </c>
       <c r="B269" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C269" t="s">
-        <v>1119</v>
-[...1 lines deleted...]
-      <c r="D269"/>
+        <v>1362</v>
+      </c>
+      <c r="D269" t="s">
+        <v>1363</v>
+      </c>
       <c r="E269"/>
       <c r="F269"/>
       <c r="G269" t="s">
-        <v>1120</v>
-[...1 lines deleted...]
-      <c r="H269"/>
+        <v>1364</v>
+      </c>
+      <c r="H269" t="s">
+        <v>1365</v>
+      </c>
       <c r="I269"/>
       <c r="J269" t="s">
-        <v>1121</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" t="s">
-        <v>1122</v>
+        <v>1367</v>
       </c>
       <c r="B270" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C270" t="s">
-        <v>1123</v>
-[...1 lines deleted...]
-      <c r="D270"/>
+        <v>1368</v>
+      </c>
+      <c r="D270" t="s">
+        <v>1369</v>
+      </c>
       <c r="E270" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F270" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G270"/>
       <c r="H270"/>
       <c r="I270" t="s">
-        <v>1124</v>
+        <v>1370</v>
       </c>
       <c r="J270" t="s">
-        <v>1125</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" t="s">
-        <v>1126</v>
+        <v>1372</v>
       </c>
       <c r="B271" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C271" t="s">
-        <v>1127</v>
-[...1 lines deleted...]
-      <c r="D271"/>
+        <v>1373</v>
+      </c>
+      <c r="D271" t="s">
+        <v>1374</v>
+      </c>
       <c r="E271"/>
       <c r="F271"/>
       <c r="G271" t="s">
-        <v>1128</v>
-[...1 lines deleted...]
-      <c r="H271"/>
+        <v>1375</v>
+      </c>
+      <c r="H271" t="s">
+        <v>652</v>
+      </c>
       <c r="I271"/>
       <c r="J271" t="s">
-        <v>1129</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" t="s">
-        <v>1130</v>
+        <v>1377</v>
       </c>
       <c r="B272" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C272" t="s">
-        <v>1131</v>
-[...1 lines deleted...]
-      <c r="D272"/>
+        <v>1378</v>
+      </c>
+      <c r="D272" t="s">
+        <v>23</v>
+      </c>
       <c r="E272"/>
       <c r="F272"/>
       <c r="G272" t="s">
-        <v>1132</v>
+        <v>1379</v>
       </c>
       <c r="H272"/>
       <c r="I272" t="s">
-        <v>1133</v>
+        <v>1380</v>
       </c>
       <c r="J272" t="s">
-        <v>1134</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" t="s">
-        <v>1135</v>
+        <v>1382</v>
       </c>
       <c r="B273" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C273" t="s">
-        <v>1136</v>
-[...1 lines deleted...]
-      <c r="D273"/>
+        <v>1383</v>
+      </c>
+      <c r="D273" t="s">
+        <v>324</v>
+      </c>
       <c r="E273"/>
       <c r="F273"/>
       <c r="G273" t="s">
-        <v>1137</v>
-[...1 lines deleted...]
-      <c r="H273"/>
+        <v>1384</v>
+      </c>
+      <c r="H273" t="s">
+        <v>195</v>
+      </c>
       <c r="I273"/>
       <c r="J273" t="s">
-        <v>1138</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" t="s">
-        <v>1139</v>
+        <v>1386</v>
       </c>
       <c r="B274" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="C274" t="s">
-        <v>1140</v>
-[...1 lines deleted...]
-      <c r="D274"/>
+        <v>1387</v>
+      </c>
+      <c r="D274" t="s">
+        <v>613</v>
+      </c>
       <c r="E274"/>
       <c r="F274"/>
       <c r="G274" t="s">
-        <v>1141</v>
+        <v>1388</v>
       </c>
       <c r="H274"/>
       <c r="I274"/>
       <c r="J274" t="s">
-        <v>1142</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" t="s">
-        <v>1143</v>
+        <v>1390</v>
       </c>
       <c r="B275" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C275" t="s">
-        <v>1144</v>
-[...1 lines deleted...]
-      <c r="D275"/>
+        <v>1391</v>
+      </c>
+      <c r="D275" t="s">
+        <v>1392</v>
+      </c>
       <c r="E275"/>
       <c r="F275"/>
       <c r="G275" t="s">
-        <v>1145</v>
+        <v>1393</v>
       </c>
       <c r="H275"/>
       <c r="I275" t="s">
-        <v>1146</v>
+        <v>1394</v>
       </c>
       <c r="J275" t="s">
-        <v>1147</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" t="s">
-        <v>1148</v>
+        <v>1396</v>
       </c>
       <c r="B276" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C276" t="s">
-        <v>1149</v>
-[...1 lines deleted...]
-      <c r="D276"/>
+        <v>1397</v>
+      </c>
+      <c r="D276" t="s">
+        <v>618</v>
+      </c>
       <c r="E276"/>
       <c r="F276"/>
       <c r="G276" t="s">
-        <v>1150</v>
+        <v>1398</v>
       </c>
       <c r="H276"/>
       <c r="I276"/>
       <c r="J276" t="s">
-        <v>1151</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" t="s">
-        <v>1152</v>
+        <v>1400</v>
       </c>
       <c r="B277" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C277" t="s">
-        <v>1153</v>
-[...1 lines deleted...]
-      <c r="D277"/>
+        <v>1401</v>
+      </c>
+      <c r="D277" t="s">
+        <v>629</v>
+      </c>
       <c r="E277" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F277"/>
       <c r="G277" t="s">
-        <v>1154</v>
-[...1 lines deleted...]
-      <c r="H277"/>
+        <v>1402</v>
+      </c>
+      <c r="H277" t="s">
+        <v>1034</v>
+      </c>
       <c r="I277" t="s">
-        <v>1155</v>
+        <v>1403</v>
       </c>
       <c r="J277" t="s">
-        <v>1156</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278" t="s">
-        <v>1157</v>
+        <v>1405</v>
       </c>
       <c r="B278" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C278" t="s">
-        <v>1158</v>
-[...1 lines deleted...]
-      <c r="D278"/>
+        <v>1406</v>
+      </c>
+      <c r="D278" t="s">
+        <v>1141</v>
+      </c>
       <c r="E278" t="s">
-        <v>226</v>
+        <v>279</v>
       </c>
       <c r="F278" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G278" t="s">
-        <v>1159</v>
+        <v>1407</v>
       </c>
       <c r="H278"/>
       <c r="I278"/>
       <c r="J278" t="s">
-        <v>1160</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" t="s">
-        <v>1161</v>
+        <v>1409</v>
       </c>
       <c r="B279" t="s">
-        <v>902</v>
+        <v>1104</v>
       </c>
       <c r="C279" t="s">
-        <v>1162</v>
-[...1 lines deleted...]
-      <c r="D279"/>
+        <v>1410</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1411</v>
+      </c>
       <c r="E279"/>
       <c r="F279"/>
       <c r="G279" t="s">
-        <v>1163</v>
+        <v>1412</v>
       </c>
       <c r="H279"/>
       <c r="I279"/>
       <c r="J279" t="s">
-        <v>905</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" t="s">
-        <v>1164</v>
+        <v>1413</v>
       </c>
       <c r="B280" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C280" t="s">
-        <v>1165</v>
-[...1 lines deleted...]
-      <c r="D280"/>
+        <v>1414</v>
+      </c>
+      <c r="D280" t="s">
+        <v>1415</v>
+      </c>
       <c r="E280"/>
       <c r="F280"/>
       <c r="G280" t="s">
-        <v>1166</v>
+        <v>1416</v>
       </c>
       <c r="H280"/>
       <c r="I280"/>
       <c r="J280" t="s">
-        <v>859</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281" t="s">
-        <v>1167</v>
+        <v>1417</v>
       </c>
       <c r="B281" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C281" t="s">
-        <v>1168</v>
-[...1 lines deleted...]
-      <c r="D281"/>
+        <v>1418</v>
+      </c>
+      <c r="D281" t="s">
+        <v>706</v>
+      </c>
       <c r="E281"/>
       <c r="F281"/>
       <c r="G281" t="s">
-        <v>1169</v>
+        <v>1419</v>
       </c>
       <c r="H281"/>
       <c r="I281" t="s">
-        <v>1170</v>
+        <v>1420</v>
       </c>
       <c r="J281" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282" t="s">
-        <v>1171</v>
+        <v>1421</v>
       </c>
       <c r="B282" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C282" t="s">
-        <v>1172</v>
-[...1 lines deleted...]
-      <c r="D282"/>
+        <v>1422</v>
+      </c>
+      <c r="D282" t="s">
+        <v>32</v>
+      </c>
       <c r="E282" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F282" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G282" t="s">
-        <v>1173</v>
-[...1 lines deleted...]
-      <c r="H282"/>
+        <v>1423</v>
+      </c>
+      <c r="H282" t="s">
+        <v>1424</v>
+      </c>
       <c r="I282"/>
       <c r="J282" t="s">
-        <v>1174</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="A283" t="s">
-        <v>1175</v>
+        <v>1426</v>
       </c>
       <c r="B283" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C283" t="s">
-        <v>1176</v>
-[...1 lines deleted...]
-      <c r="D283"/>
+        <v>1427</v>
+      </c>
+      <c r="D283" t="s">
+        <v>755</v>
+      </c>
       <c r="E283" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F283" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G283" t="s">
-        <v>1177</v>
-[...1 lines deleted...]
-      <c r="H283"/>
+        <v>1428</v>
+      </c>
+      <c r="H283" t="s">
+        <v>1429</v>
+      </c>
       <c r="I283" t="s">
-        <v>1178</v>
+        <v>1430</v>
       </c>
       <c r="J283" t="s">
-        <v>1179</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284" t="s">
-        <v>1180</v>
+        <v>1432</v>
       </c>
       <c r="B284" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C284" t="s">
-        <v>1181</v>
-[...1 lines deleted...]
-      <c r="D284"/>
+        <v>1433</v>
+      </c>
+      <c r="D284" t="s">
+        <v>1434</v>
+      </c>
       <c r="E284"/>
       <c r="F284"/>
       <c r="G284" t="s">
-        <v>1182</v>
+        <v>1435</v>
       </c>
       <c r="H284"/>
       <c r="I284"/>
       <c r="J284" t="s">
-        <v>120</v>
+        <v>141</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" t="s">
-        <v>1183</v>
+        <v>1436</v>
       </c>
       <c r="B285" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C285" t="s">
-        <v>1184</v>
-[...1 lines deleted...]
-      <c r="D285"/>
+        <v>1437</v>
+      </c>
+      <c r="D285" t="s">
+        <v>1438</v>
+      </c>
       <c r="E285"/>
       <c r="F285"/>
       <c r="G285"/>
       <c r="H285"/>
       <c r="I285" t="s">
-        <v>256</v>
+        <v>315</v>
       </c>
       <c r="J285" t="s">
-        <v>1185</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" t="s">
-        <v>1186</v>
+        <v>1440</v>
       </c>
       <c r="B286" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C286" t="s">
-        <v>1187</v>
-[...1 lines deleted...]
-      <c r="D286"/>
+        <v>1441</v>
+      </c>
+      <c r="D286" t="s">
+        <v>1442</v>
+      </c>
       <c r="E286" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F286"/>
       <c r="G286" t="s">
-        <v>1188</v>
+        <v>1443</v>
       </c>
       <c r="H286"/>
       <c r="I286"/>
       <c r="J286" t="s">
-        <v>1189</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" t="s">
-        <v>1190</v>
+        <v>1445</v>
       </c>
       <c r="B287" t="s">
-        <v>902</v>
+        <v>1104</v>
       </c>
       <c r="C287" t="s">
-        <v>1191</v>
-[...1 lines deleted...]
-      <c r="D287"/>
+        <v>1446</v>
+      </c>
+      <c r="D287" t="s">
+        <v>1447</v>
+      </c>
       <c r="E287"/>
       <c r="F287"/>
       <c r="G287" t="s">
-        <v>1192</v>
-[...1 lines deleted...]
-      <c r="H287"/>
+        <v>1448</v>
+      </c>
+      <c r="H287" t="s">
+        <v>1449</v>
+      </c>
       <c r="I287"/>
       <c r="J287" t="s">
-        <v>905</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" t="s">
-        <v>1193</v>
+        <v>1450</v>
       </c>
       <c r="B288" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C288" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="D288"/>
+        <v>249</v>
+      </c>
+      <c r="D288" t="s">
+        <v>45</v>
+      </c>
       <c r="E288"/>
       <c r="F288"/>
       <c r="G288" t="s">
-        <v>1194</v>
-[...1 lines deleted...]
-      <c r="H288"/>
+        <v>1451</v>
+      </c>
+      <c r="H288" t="s">
+        <v>1452</v>
+      </c>
       <c r="I288"/>
       <c r="J288" t="s">
-        <v>1195</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" t="s">
-        <v>1196</v>
+        <v>1454</v>
       </c>
       <c r="B289" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C289" t="s">
-        <v>1197</v>
-[...1 lines deleted...]
-      <c r="D289"/>
+        <v>1455</v>
+      </c>
+      <c r="D289" t="s">
+        <v>227</v>
+      </c>
       <c r="E289" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F289"/>
       <c r="G289" t="s">
-        <v>1198</v>
+        <v>1456</v>
       </c>
       <c r="H289"/>
       <c r="I289" t="s">
-        <v>1199</v>
+        <v>1457</v>
       </c>
       <c r="J289" t="s">
-        <v>1200</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" t="s">
-        <v>1201</v>
+        <v>1459</v>
       </c>
       <c r="B290" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C290" t="s">
-        <v>1202</v>
-[...1 lines deleted...]
-      <c r="D290"/>
+        <v>1460</v>
+      </c>
+      <c r="D290" t="s">
+        <v>368</v>
+      </c>
       <c r="E290" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F290" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G290" t="s">
-        <v>1203</v>
+        <v>1461</v>
       </c>
       <c r="H290"/>
       <c r="I290" t="s">
-        <v>1204</v>
+        <v>1462</v>
       </c>
       <c r="J290" t="s">
-        <v>218</v>
+        <v>268</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291" t="s">
-        <v>1205</v>
+        <v>1463</v>
       </c>
       <c r="B291" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C291" t="s">
-        <v>1206</v>
-[...1 lines deleted...]
-      <c r="D291"/>
+        <v>1464</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1465</v>
+      </c>
       <c r="E291"/>
       <c r="F291"/>
       <c r="G291"/>
       <c r="H291"/>
       <c r="I291"/>
       <c r="J291" t="s">
-        <v>1105</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" t="s">
-        <v>1207</v>
+        <v>1466</v>
       </c>
       <c r="B292" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C292" t="s">
-        <v>1208</v>
-[...1 lines deleted...]
-      <c r="D292"/>
+        <v>1467</v>
+      </c>
+      <c r="D292" t="s">
+        <v>764</v>
+      </c>
       <c r="E292" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F292" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G292" t="s">
-        <v>1209</v>
+        <v>1468</v>
       </c>
       <c r="H292"/>
       <c r="I292"/>
       <c r="J292" t="s">
-        <v>1210</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" t="s">
-        <v>1211</v>
+        <v>1470</v>
       </c>
       <c r="B293" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C293" t="s">
-        <v>1212</v>
-[...1 lines deleted...]
-      <c r="D293"/>
+        <v>1471</v>
+      </c>
+      <c r="D293" t="s">
+        <v>1472</v>
+      </c>
       <c r="E293" t="s">
-        <v>279</v>
+        <v>346</v>
       </c>
       <c r="F293" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G293" t="s">
-        <v>1213</v>
-[...1 lines deleted...]
-      <c r="H293"/>
+        <v>1473</v>
+      </c>
+      <c r="H293" t="s">
+        <v>1474</v>
+      </c>
       <c r="I293" t="s">
-        <v>1214</v>
+        <v>1475</v>
       </c>
       <c r="J293" t="s">
-        <v>1215</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" t="s">
-        <v>1216</v>
+        <v>1477</v>
       </c>
       <c r="B294" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C294" t="s">
-        <v>1217</v>
-[...1 lines deleted...]
-      <c r="D294"/>
+        <v>1478</v>
+      </c>
+      <c r="D294" t="s">
+        <v>368</v>
+      </c>
       <c r="E294" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F294" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G294" t="s">
-        <v>1218</v>
+        <v>1479</v>
       </c>
       <c r="H294"/>
       <c r="I294" t="s">
-        <v>1219</v>
+        <v>1480</v>
       </c>
       <c r="J294" t="s">
-        <v>431</v>
+        <v>533</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" t="s">
-        <v>1220</v>
+        <v>1481</v>
       </c>
       <c r="B295" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C295" t="s">
-        <v>616</v>
-[...1 lines deleted...]
-      <c r="D295"/>
+        <v>754</v>
+      </c>
+      <c r="D295" t="s">
+        <v>1290</v>
+      </c>
       <c r="E295" t="s">
-        <v>279</v>
+        <v>346</v>
       </c>
       <c r="F295" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G295" t="s">
-        <v>1221</v>
-[...1 lines deleted...]
-      <c r="H295"/>
+        <v>1482</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1483</v>
+      </c>
       <c r="I295"/>
       <c r="J295" t="s">
-        <v>1222</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296" t="s">
-        <v>1223</v>
+        <v>1485</v>
       </c>
       <c r="B296" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C296" t="s">
-        <v>919</v>
-[...1 lines deleted...]
-      <c r="D296"/>
+        <v>1123</v>
+      </c>
+      <c r="D296" t="s">
+        <v>1486</v>
+      </c>
       <c r="E296"/>
       <c r="F296"/>
       <c r="G296" t="s">
-        <v>1224</v>
+        <v>1487</v>
       </c>
       <c r="H296"/>
       <c r="I296"/>
       <c r="J296" t="s">
-        <v>196</v>
+        <v>240</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297" t="s">
-        <v>1225</v>
+        <v>1488</v>
       </c>
       <c r="B297" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C297" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="D297"/>
+        <v>328</v>
+      </c>
+      <c r="D297" t="s">
+        <v>1489</v>
+      </c>
       <c r="E297" t="s">
-        <v>137</v>
+        <v>164</v>
       </c>
       <c r="F297" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G297" t="s">
-        <v>1226</v>
+        <v>1490</v>
       </c>
       <c r="H297"/>
       <c r="I297"/>
       <c r="J297" t="s">
-        <v>1227</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298" t="s">
-        <v>1228</v>
+        <v>1492</v>
       </c>
       <c r="B298" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C298" t="s">
-        <v>1229</v>
-[...1 lines deleted...]
-      <c r="D298"/>
+        <v>1493</v>
+      </c>
+      <c r="D298" t="s">
+        <v>1494</v>
+      </c>
       <c r="E298" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F298" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G298" t="s">
-        <v>1230</v>
+        <v>1495</v>
       </c>
       <c r="H298"/>
       <c r="I298" t="s">
-        <v>1231</v>
+        <v>1496</v>
       </c>
       <c r="J298" t="s">
-        <v>1232</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" t="s">
-        <v>1233</v>
+        <v>1498</v>
       </c>
       <c r="B299" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C299" t="s">
-        <v>1234</v>
-[...1 lines deleted...]
-      <c r="D299"/>
+        <v>1499</v>
+      </c>
+      <c r="D299" t="s">
+        <v>1500</v>
+      </c>
       <c r="E299"/>
       <c r="F299"/>
       <c r="G299" t="s">
-        <v>1235</v>
+        <v>1501</v>
       </c>
       <c r="H299"/>
       <c r="I299"/>
       <c r="J299" t="s">
-        <v>1236</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" t="s">
-        <v>1237</v>
+        <v>1503</v>
       </c>
       <c r="B300" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="C300" t="s">
-        <v>1238</v>
-[...1 lines deleted...]
-      <c r="D300"/>
+        <v>1504</v>
+      </c>
+      <c r="D300" t="s">
+        <v>1505</v>
+      </c>
       <c r="E300"/>
       <c r="F300"/>
       <c r="G300" t="s">
-        <v>1239</v>
+        <v>1506</v>
       </c>
       <c r="H300"/>
       <c r="I300"/>
       <c r="J300" t="s">
-        <v>1240</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" t="s">
-        <v>1241</v>
+        <v>1508</v>
       </c>
       <c r="B301" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C301" t="s">
-        <v>1242</v>
-[...1 lines deleted...]
-      <c r="D301"/>
+        <v>1509</v>
+      </c>
+      <c r="D301" t="s">
+        <v>1510</v>
+      </c>
       <c r="E301" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F301" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G301" t="s">
-        <v>1243</v>
+        <v>1511</v>
       </c>
       <c r="H301"/>
       <c r="I301" t="s">
-        <v>1244</v>
+        <v>1512</v>
       </c>
       <c r="J301" t="s">
-        <v>1245</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="A302" t="s">
-        <v>1246</v>
+        <v>1514</v>
       </c>
       <c r="B302" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C302" t="s">
-        <v>1247</v>
-[...1 lines deleted...]
-      <c r="D302"/>
+        <v>1515</v>
+      </c>
+      <c r="D302" t="s">
+        <v>629</v>
+      </c>
       <c r="E302" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F302"/>
       <c r="G302" t="s">
-        <v>1248</v>
+        <v>1516</v>
       </c>
       <c r="H302"/>
       <c r="I302" t="s">
-        <v>1249</v>
+        <v>1517</v>
       </c>
       <c r="J302" t="s">
-        <v>1250</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303" t="s">
-        <v>1251</v>
+        <v>1519</v>
       </c>
       <c r="B303" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C303" t="s">
-        <v>1252</v>
-[...1 lines deleted...]
-      <c r="D303"/>
+        <v>1520</v>
+      </c>
+      <c r="D303" t="s">
+        <v>356</v>
+      </c>
       <c r="E303" t="s">
-        <v>1253</v>
+        <v>1521</v>
       </c>
       <c r="F303"/>
       <c r="G303" t="s">
-        <v>1254</v>
-[...1 lines deleted...]
-      <c r="H303"/>
+        <v>1522</v>
+      </c>
+      <c r="H303" t="s">
+        <v>1523</v>
+      </c>
       <c r="I303"/>
       <c r="J303" t="s">
-        <v>1255</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" t="s">
-        <v>1256</v>
+        <v>1525</v>
       </c>
       <c r="B304" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C304" t="s">
-        <v>1257</v>
-[...1 lines deleted...]
-      <c r="D304"/>
+        <v>1526</v>
+      </c>
+      <c r="D304" t="s">
+        <v>32</v>
+      </c>
       <c r="E304"/>
       <c r="F304"/>
       <c r="G304" t="s">
-        <v>1258</v>
-[...1 lines deleted...]
-      <c r="H304"/>
+        <v>1527</v>
+      </c>
+      <c r="H304" t="s">
+        <v>927</v>
+      </c>
       <c r="I304"/>
       <c r="J304" t="s">
-        <v>1259</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" t="s">
-        <v>1260</v>
+        <v>1529</v>
       </c>
       <c r="B305" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C305" t="s">
-        <v>1261</v>
-[...1 lines deleted...]
-      <c r="D305"/>
+        <v>1530</v>
+      </c>
+      <c r="D305" t="s">
+        <v>222</v>
+      </c>
       <c r="E305" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F305" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G305"/>
       <c r="H305"/>
       <c r="I305"/>
       <c r="J305" t="s">
-        <v>1262</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306" t="s">
-        <v>1263</v>
+        <v>1532</v>
       </c>
       <c r="B306" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C306" t="s">
-        <v>1264</v>
-[...1 lines deleted...]
-      <c r="D306"/>
+        <v>1533</v>
+      </c>
+      <c r="D306" t="s">
+        <v>1534</v>
+      </c>
       <c r="E306" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F306"/>
       <c r="G306" t="s">
-        <v>1265</v>
+        <v>1535</v>
       </c>
       <c r="H306"/>
       <c r="I306" t="s">
-        <v>1266</v>
+        <v>1536</v>
       </c>
       <c r="J306" t="s">
-        <v>1267</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" t="s">
-        <v>1268</v>
+        <v>1538</v>
       </c>
       <c r="B307" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C307" t="s">
-        <v>1269</v>
-[...1 lines deleted...]
-      <c r="D307"/>
+        <v>1539</v>
+      </c>
+      <c r="D307" t="s">
+        <v>1540</v>
+      </c>
       <c r="E307" t="s">
-        <v>1270</v>
+        <v>1541</v>
       </c>
       <c r="F307" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G307" t="s">
-        <v>1271</v>
+        <v>1542</v>
       </c>
       <c r="H307"/>
       <c r="I307"/>
       <c r="J307" t="s">
-        <v>1272</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308" t="s">
-        <v>1273</v>
+        <v>1544</v>
       </c>
       <c r="B308" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C308" t="s">
-        <v>1274</v>
+        <v>1545</v>
       </c>
       <c r="D308"/>
       <c r="E308"/>
       <c r="F308"/>
       <c r="G308"/>
       <c r="H308"/>
       <c r="I308"/>
       <c r="J308" t="s">
-        <v>573</v>
+        <v>703</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309" t="s">
-        <v>1275</v>
+        <v>1546</v>
       </c>
       <c r="B309" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C309" t="s">
-        <v>1276</v>
+        <v>1547</v>
       </c>
       <c r="D309"/>
       <c r="E309"/>
       <c r="F309"/>
       <c r="G309"/>
       <c r="H309"/>
       <c r="I309"/>
       <c r="J309" t="s">
-        <v>1277</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B310" t="s">
+        <v>214</v>
+      </c>
+      <c r="C310" t="s">
         <v>1278</v>
       </c>
-      <c r="B310" t="s">
-[...5 lines deleted...]
-      <c r="D310"/>
+      <c r="D310" t="s">
+        <v>340</v>
+      </c>
       <c r="E310" t="s">
-        <v>226</v>
+        <v>279</v>
       </c>
       <c r="F310" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G310" t="s">
-        <v>1279</v>
-[...1 lines deleted...]
-      <c r="H310"/>
+        <v>1550</v>
+      </c>
+      <c r="H310" t="s">
+        <v>584</v>
+      </c>
       <c r="I310" t="s">
-        <v>1280</v>
+        <v>1551</v>
       </c>
       <c r="J310" t="s">
-        <v>1281</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311" t="s">
-        <v>1282</v>
+        <v>1553</v>
       </c>
       <c r="B311" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C311" t="s">
-        <v>1283</v>
-[...1 lines deleted...]
-      <c r="D311"/>
+        <v>1554</v>
+      </c>
+      <c r="D311" t="s">
+        <v>1555</v>
+      </c>
       <c r="E311"/>
       <c r="F311"/>
       <c r="G311" t="s">
-        <v>1284</v>
+        <v>1556</v>
       </c>
       <c r="H311"/>
       <c r="I311"/>
       <c r="J311" t="s">
-        <v>1285</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" t="s">
-        <v>1286</v>
+        <v>1558</v>
       </c>
       <c r="B312" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C312" t="s">
-        <v>1287</v>
-[...1 lines deleted...]
-      <c r="D312"/>
+        <v>1559</v>
+      </c>
+      <c r="D312" t="s">
+        <v>1560</v>
+      </c>
       <c r="E312"/>
       <c r="F312"/>
       <c r="G312" t="s">
-        <v>1288</v>
+        <v>1561</v>
       </c>
       <c r="H312"/>
       <c r="I312" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="J312" t="s">
-        <v>1289</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" t="s">
-        <v>1290</v>
+        <v>1563</v>
       </c>
       <c r="B313" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C313" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D313"/>
+        <v>44</v>
+      </c>
+      <c r="D313" t="s">
+        <v>1564</v>
+      </c>
       <c r="E313" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F313"/>
       <c r="G313" t="s">
-        <v>1291</v>
+        <v>1565</v>
       </c>
       <c r="H313"/>
       <c r="I313"/>
       <c r="J313" t="s">
-        <v>1292</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" t="s">
-        <v>1293</v>
+        <v>1567</v>
       </c>
       <c r="B314" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C314" t="s">
-        <v>1294</v>
-[...1 lines deleted...]
-      <c r="D314"/>
+        <v>1568</v>
+      </c>
+      <c r="D314" t="s">
+        <v>1211</v>
+      </c>
       <c r="E314"/>
       <c r="F314"/>
       <c r="G314" t="s">
-        <v>1295</v>
+        <v>1569</v>
       </c>
       <c r="H314"/>
       <c r="I314"/>
       <c r="J314" t="s">
-        <v>991</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" t="s">
-        <v>1296</v>
+        <v>1570</v>
       </c>
       <c r="B315" t="s">
-        <v>1297</v>
+        <v>1571</v>
       </c>
       <c r="C315" t="s">
-        <v>1298</v>
-[...1 lines deleted...]
-      <c r="D315"/>
+        <v>1572</v>
+      </c>
+      <c r="D315" t="s">
+        <v>1472</v>
+      </c>
       <c r="E315" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F315" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G315" t="s">
-        <v>1299</v>
-[...1 lines deleted...]
-      <c r="H315"/>
+        <v>1573</v>
+      </c>
+      <c r="H315" t="s">
+        <v>584</v>
+      </c>
       <c r="I315" t="s">
-        <v>872</v>
+        <v>1067</v>
       </c>
       <c r="J315" t="s">
-        <v>1300</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" t="s">
-        <v>1301</v>
+        <v>1575</v>
       </c>
       <c r="B316" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C316" t="s">
-        <v>1302</v>
-[...1 lines deleted...]
-      <c r="D316"/>
+        <v>1576</v>
+      </c>
+      <c r="D316" t="s">
+        <v>1577</v>
+      </c>
       <c r="E316" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F316" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G316" t="s">
-        <v>1303</v>
-[...1 lines deleted...]
-      <c r="H316"/>
+        <v>1578</v>
+      </c>
+      <c r="H316" t="s">
+        <v>584</v>
+      </c>
       <c r="I316" t="s">
-        <v>1304</v>
+        <v>1579</v>
       </c>
       <c r="J316" t="s">
-        <v>1305</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317" t="s">
-        <v>1306</v>
+        <v>1581</v>
       </c>
       <c r="B317" t="s">
         <v>21</v>
       </c>
       <c r="C317" t="s">
-        <v>1307</v>
-[...1 lines deleted...]
-      <c r="D317"/>
+        <v>1582</v>
+      </c>
+      <c r="D317" t="s">
+        <v>216</v>
+      </c>
       <c r="E317" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F317" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G317" t="s">
-        <v>1308</v>
-[...1 lines deleted...]
-      <c r="H317"/>
+        <v>1583</v>
+      </c>
+      <c r="H317" t="s">
+        <v>1584</v>
+      </c>
       <c r="I317"/>
       <c r="J317" t="s">
-        <v>1309</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318" t="s">
-        <v>1310</v>
+        <v>1586</v>
       </c>
       <c r="B318" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C318" t="s">
-        <v>1311</v>
-[...1 lines deleted...]
-      <c r="D318"/>
+        <v>1587</v>
+      </c>
+      <c r="D318" t="s">
+        <v>1588</v>
+      </c>
       <c r="E318"/>
       <c r="F318"/>
       <c r="G318" t="s">
-        <v>1312</v>
-[...1 lines deleted...]
-      <c r="H318"/>
+        <v>1589</v>
+      </c>
+      <c r="H318" t="s">
+        <v>584</v>
+      </c>
       <c r="I318"/>
       <c r="J318" t="s">
-        <v>1313</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319" t="s">
-        <v>1314</v>
+        <v>1591</v>
       </c>
       <c r="B319" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C319" t="s">
-        <v>1315</v>
-[...1 lines deleted...]
-      <c r="D319"/>
+        <v>1592</v>
+      </c>
+      <c r="D319" t="s">
+        <v>582</v>
+      </c>
       <c r="E319" t="s">
-        <v>279</v>
+        <v>346</v>
       </c>
       <c r="F319" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G319" t="s">
-        <v>1316</v>
-[...1 lines deleted...]
-      <c r="H319"/>
+        <v>1593</v>
+      </c>
+      <c r="H319" t="s">
+        <v>584</v>
+      </c>
       <c r="I319"/>
       <c r="J319" t="s">
-        <v>1317</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320" t="s">
-        <v>1318</v>
+        <v>1595</v>
       </c>
       <c r="B320" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C320" t="s">
-        <v>493</v>
-[...1 lines deleted...]
-      <c r="D320"/>
+        <v>609</v>
+      </c>
+      <c r="D320" t="s">
+        <v>1596</v>
+      </c>
       <c r="E320"/>
       <c r="F320"/>
       <c r="G320"/>
       <c r="H320"/>
       <c r="I320"/>
       <c r="J320" t="s">
-        <v>1319</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321" t="s">
-        <v>1320</v>
+        <v>1598</v>
       </c>
       <c r="B321" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C321" t="s">
-        <v>1321</v>
-[...1 lines deleted...]
-      <c r="D321"/>
+        <v>1599</v>
+      </c>
+      <c r="D321" t="s">
+        <v>982</v>
+      </c>
       <c r="E321" t="s">
-        <v>1322</v>
+        <v>1600</v>
       </c>
       <c r="F321" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G321" t="s">
-        <v>1323</v>
-[...1 lines deleted...]
-      <c r="H321"/>
+        <v>1601</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1602</v>
+      </c>
       <c r="I321"/>
       <c r="J321" t="s">
-        <v>1324</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="A322" t="s">
-        <v>1325</v>
+        <v>1604</v>
       </c>
       <c r="B322" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C322" t="s">
-        <v>1326</v>
-[...1 lines deleted...]
-      <c r="D322"/>
+        <v>1605</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1606</v>
+      </c>
       <c r="E322" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F322"/>
       <c r="G322" t="s">
-        <v>1327</v>
+        <v>1607</v>
       </c>
       <c r="H322"/>
       <c r="I322" t="s">
-        <v>1328</v>
+        <v>1608</v>
       </c>
       <c r="J322" t="s">
-        <v>1329</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323" t="s">
-        <v>1330</v>
+        <v>1610</v>
       </c>
       <c r="B323" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C323" t="s">
-        <v>1331</v>
+        <v>1611</v>
       </c>
       <c r="D323"/>
       <c r="E323"/>
       <c r="F323"/>
       <c r="G323"/>
       <c r="H323"/>
       <c r="I323"/>
       <c r="J323" t="s">
-        <v>1332</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324" t="s">
-        <v>1333</v>
+        <v>1613</v>
       </c>
       <c r="B324" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="C324" t="s">
-        <v>1334</v>
-[...1 lines deleted...]
-      <c r="D324"/>
+        <v>1614</v>
+      </c>
+      <c r="D324" t="s">
+        <v>910</v>
+      </c>
       <c r="E324" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F324" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G324" t="s">
-        <v>1335</v>
-[...1 lines deleted...]
-      <c r="H324"/>
+        <v>1615</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1616</v>
+      </c>
       <c r="I324"/>
       <c r="J324" t="s">
-        <v>1336</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="325" spans="1:10">
       <c r="A325" t="s">
-        <v>1337</v>
+        <v>1618</v>
       </c>
       <c r="B325" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C325" t="s">
-        <v>1338</v>
-[...1 lines deleted...]
-      <c r="D325"/>
+        <v>1619</v>
+      </c>
+      <c r="D325" t="s">
+        <v>368</v>
+      </c>
       <c r="E325" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F325" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G325" t="s">
-        <v>1339</v>
+        <v>1620</v>
       </c>
       <c r="H325"/>
       <c r="I325"/>
       <c r="J325" t="s">
-        <v>1340</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="326" spans="1:10">
       <c r="A326" t="s">
-        <v>1341</v>
+        <v>1622</v>
       </c>
       <c r="B326" t="s">
-        <v>542</v>
+        <v>668</v>
       </c>
       <c r="C326" t="s">
-        <v>1342</v>
-[...1 lines deleted...]
-      <c r="D326"/>
+        <v>1623</v>
+      </c>
+      <c r="D326" t="s">
+        <v>1624</v>
+      </c>
       <c r="E326" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F326" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G326" t="s">
-        <v>1343</v>
+        <v>1625</v>
       </c>
       <c r="H326"/>
       <c r="I326"/>
       <c r="J326" t="s">
-        <v>1344</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327" t="s">
-        <v>1345</v>
+        <v>1627</v>
       </c>
       <c r="B327" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C327" t="s">
-        <v>1346</v>
-[...1 lines deleted...]
-      <c r="D327"/>
+        <v>1628</v>
+      </c>
+      <c r="D327" t="s">
+        <v>629</v>
+      </c>
       <c r="E327" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F327"/>
       <c r="G327" t="s">
-        <v>1347</v>
-[...1 lines deleted...]
-      <c r="H327"/>
+        <v>1629</v>
+      </c>
+      <c r="H327" t="s">
+        <v>195</v>
+      </c>
       <c r="I327"/>
       <c r="J327" t="s">
-        <v>1348</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328" t="s">
-        <v>1349</v>
+        <v>1631</v>
       </c>
       <c r="B328" t="s">
-        <v>161</v>
+        <v>191</v>
       </c>
       <c r="C328" t="s">
-        <v>1350</v>
-[...1 lines deleted...]
-      <c r="D328"/>
+        <v>1632</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1633</v>
+      </c>
       <c r="E328"/>
       <c r="F328"/>
       <c r="G328" t="s">
-        <v>1351</v>
+        <v>1634</v>
       </c>
       <c r="H328"/>
       <c r="I328"/>
       <c r="J328" t="s">
-        <v>1352</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="A329" t="s">
-        <v>1353</v>
+        <v>1636</v>
       </c>
       <c r="B329" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="C329" t="s">
-        <v>1354</v>
-[...1 lines deleted...]
-      <c r="D329"/>
+        <v>1637</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1638</v>
+      </c>
       <c r="E329"/>
       <c r="F329"/>
       <c r="G329" t="s">
-        <v>1355</v>
+        <v>1639</v>
       </c>
       <c r="H329"/>
       <c r="I329"/>
       <c r="J329" t="s">
-        <v>1356</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330" t="s">
-        <v>1357</v>
+        <v>1641</v>
       </c>
       <c r="B330" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C330" t="s">
-        <v>1358</v>
-[...1 lines deleted...]
-      <c r="D330"/>
+        <v>1642</v>
+      </c>
+      <c r="D330" t="s">
+        <v>324</v>
+      </c>
       <c r="E330" t="s">
-        <v>246</v>
+        <v>303</v>
       </c>
       <c r="F330" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G330" t="s">
-        <v>1359</v>
+        <v>1643</v>
       </c>
       <c r="H330"/>
       <c r="I330"/>
       <c r="J330" t="s">
-        <v>1360</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331" t="s">
-        <v>1361</v>
+        <v>1645</v>
       </c>
       <c r="B331" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C331" t="s">
-        <v>1362</v>
-[...1 lines deleted...]
-      <c r="D331"/>
+        <v>1646</v>
+      </c>
+      <c r="D331" t="s">
+        <v>989</v>
+      </c>
       <c r="E331" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F331"/>
       <c r="G331" t="s">
-        <v>1363</v>
-[...1 lines deleted...]
-      <c r="H331"/>
+        <v>1647</v>
+      </c>
+      <c r="H331" t="s">
+        <v>757</v>
+      </c>
       <c r="I331" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="J331" t="s">
-        <v>1364</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332" t="s">
-        <v>1365</v>
+        <v>1649</v>
       </c>
       <c r="B332" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C332" t="s">
-        <v>1366</v>
-[...1 lines deleted...]
-      <c r="D332"/>
+        <v>1650</v>
+      </c>
+      <c r="D332" t="s">
+        <v>982</v>
+      </c>
       <c r="E332" t="s">
-        <v>806</v>
+        <v>983</v>
       </c>
       <c r="F332" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G332" t="s">
-        <v>1367</v>
-[...1 lines deleted...]
-      <c r="H332"/>
+        <v>1651</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1652</v>
+      </c>
       <c r="I332"/>
       <c r="J332" t="s">
-        <v>403</v>
+        <v>501</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333" t="s">
-        <v>1368</v>
+        <v>1653</v>
       </c>
       <c r="B333" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C333" t="s">
-        <v>1369</v>
-[...1 lines deleted...]
-      <c r="D333"/>
+        <v>1654</v>
+      </c>
+      <c r="D333" t="s">
+        <v>1655</v>
+      </c>
       <c r="E333" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F333"/>
       <c r="G333" t="s">
-        <v>1370</v>
+        <v>1656</v>
       </c>
       <c r="H333"/>
       <c r="I333" t="s">
-        <v>1371</v>
+        <v>1657</v>
       </c>
       <c r="J333" t="s">
-        <v>1372</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334" t="s">
-        <v>1373</v>
+        <v>1659</v>
       </c>
       <c r="B334" t="s">
         <v>21</v>
       </c>
       <c r="C334" t="s">
-        <v>1374</v>
-[...1 lines deleted...]
-      <c r="D334"/>
+        <v>1660</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1661</v>
+      </c>
       <c r="E334" t="s">
-        <v>146</v>
+        <v>176</v>
       </c>
       <c r="F334" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G334" t="s">
-        <v>1375</v>
-[...1 lines deleted...]
-      <c r="H334"/>
+        <v>1662</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1663</v>
+      </c>
       <c r="I334"/>
       <c r="J334" t="s">
-        <v>1376</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335" t="s">
-        <v>1377</v>
+        <v>1665</v>
       </c>
       <c r="B335" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C335" t="s">
-        <v>1378</v>
-[...1 lines deleted...]
-      <c r="D335"/>
+        <v>1666</v>
+      </c>
+      <c r="D335" t="s">
+        <v>122</v>
+      </c>
       <c r="E335" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F335"/>
       <c r="G335" t="s">
-        <v>1379</v>
+        <v>1667</v>
       </c>
       <c r="H335"/>
       <c r="I335"/>
       <c r="J335" t="s">
-        <v>1380</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" t="s">
-        <v>1381</v>
+        <v>1669</v>
       </c>
       <c r="B336" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C336" t="s">
-        <v>1382</v>
-[...1 lines deleted...]
-      <c r="D336"/>
+        <v>1670</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1671</v>
+      </c>
       <c r="E336" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F336"/>
       <c r="G336" t="s">
-        <v>1383</v>
-[...1 lines deleted...]
-      <c r="H336"/>
+        <v>1672</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1673</v>
+      </c>
       <c r="I336"/>
       <c r="J336" t="s">
-        <v>1384</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" t="s">
-        <v>1385</v>
+        <v>1675</v>
       </c>
       <c r="B337" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C337" t="s">
-        <v>1386</v>
-[...1 lines deleted...]
-      <c r="D337"/>
+        <v>1676</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1677</v>
+      </c>
       <c r="E337" t="s">
-        <v>806</v>
+        <v>983</v>
       </c>
       <c r="F337" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G337" t="s">
-        <v>1387</v>
-[...1 lines deleted...]
-      <c r="H337"/>
+        <v>1678</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1679</v>
+      </c>
       <c r="I337"/>
       <c r="J337" t="s">
-        <v>1388</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" t="s">
-        <v>1389</v>
+        <v>1681</v>
       </c>
       <c r="B338" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C338" t="s">
-        <v>1390</v>
-[...1 lines deleted...]
-      <c r="D338"/>
+        <v>1682</v>
+      </c>
+      <c r="D338" t="s">
+        <v>1683</v>
+      </c>
       <c r="E338"/>
       <c r="F338"/>
       <c r="G338"/>
       <c r="H338"/>
       <c r="I338" t="s">
-        <v>1044</v>
+        <v>1275</v>
       </c>
       <c r="J338" t="s">
-        <v>1391</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" t="s">
-        <v>1392</v>
+        <v>1685</v>
       </c>
       <c r="B339" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C339" t="s">
-        <v>1393</v>
-[...1 lines deleted...]
-      <c r="D339"/>
+        <v>1686</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1687</v>
+      </c>
       <c r="E339"/>
       <c r="F339"/>
       <c r="G339" t="s">
-        <v>1394</v>
-[...1 lines deleted...]
-      <c r="H339"/>
+        <v>1688</v>
+      </c>
+      <c r="H339" t="s">
+        <v>1689</v>
+      </c>
       <c r="I339" t="s">
-        <v>1395</v>
+        <v>1690</v>
       </c>
       <c r="J339" t="s">
-        <v>1396</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" t="s">
-        <v>1397</v>
+        <v>1692</v>
       </c>
       <c r="B340" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C340" t="s">
-        <v>1398</v>
-[...1 lines deleted...]
-      <c r="D340"/>
+        <v>1693</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1694</v>
+      </c>
       <c r="E340" t="s">
-        <v>226</v>
+        <v>279</v>
       </c>
       <c r="F340" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G340" t="s">
-        <v>1399</v>
+        <v>1695</v>
       </c>
       <c r="H340"/>
       <c r="I340"/>
       <c r="J340" t="s">
-        <v>1147</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" t="s">
-        <v>1400</v>
+        <v>1696</v>
       </c>
       <c r="B341" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C341" t="s">
-        <v>1401</v>
-[...1 lines deleted...]
-      <c r="D341"/>
+        <v>1697</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1698</v>
+      </c>
       <c r="E341"/>
       <c r="F341"/>
       <c r="G341" t="s">
-        <v>1402</v>
+        <v>1699</v>
       </c>
       <c r="H341"/>
       <c r="I341" t="s">
-        <v>72</v>
+        <v>84</v>
       </c>
       <c r="J341" t="s">
-        <v>1403</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" t="s">
-        <v>1404</v>
+        <v>1701</v>
       </c>
       <c r="B342" t="s">
-        <v>902</v>
+        <v>1104</v>
       </c>
       <c r="C342" t="s">
-        <v>1405</v>
-[...1 lines deleted...]
-      <c r="D342"/>
+        <v>1702</v>
+      </c>
+      <c r="D342" t="s">
+        <v>420</v>
+      </c>
       <c r="E342"/>
       <c r="F342"/>
       <c r="G342" t="s">
-        <v>1406</v>
-[...1 lines deleted...]
-      <c r="H342"/>
+        <v>1703</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1704</v>
+      </c>
       <c r="I342"/>
       <c r="J342" t="s">
-        <v>1407</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" t="s">
-        <v>1408</v>
+        <v>1706</v>
       </c>
       <c r="B343" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C343" t="s">
-        <v>1409</v>
-[...1 lines deleted...]
-      <c r="D343"/>
+        <v>1707</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1708</v>
+      </c>
       <c r="E343" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F343" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G343" t="s">
-        <v>1410</v>
+        <v>1709</v>
       </c>
       <c r="H343"/>
       <c r="I343"/>
       <c r="J343" t="s">
-        <v>1411</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344" t="s">
-        <v>1412</v>
+        <v>1711</v>
       </c>
       <c r="B344" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C344" t="s">
-        <v>1413</v>
-[...1 lines deleted...]
-      <c r="D344"/>
+        <v>1712</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1713</v>
+      </c>
       <c r="E344"/>
       <c r="F344"/>
       <c r="G344" t="s">
-        <v>1414</v>
-[...1 lines deleted...]
-      <c r="H344"/>
+        <v>1714</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1715</v>
+      </c>
       <c r="I344"/>
       <c r="J344" t="s">
-        <v>737</v>
+        <v>898</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" t="s">
-        <v>1415</v>
+        <v>1716</v>
       </c>
       <c r="B345" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C345" t="s">
-        <v>1416</v>
-[...1 lines deleted...]
-      <c r="D345"/>
+        <v>1717</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1718</v>
+      </c>
       <c r="E345" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F345"/>
       <c r="G345" t="s">
-        <v>1417</v>
-[...1 lines deleted...]
-      <c r="H345"/>
+        <v>1719</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1720</v>
+      </c>
       <c r="I345"/>
       <c r="J345" t="s">
-        <v>1418</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" t="s">
-        <v>1419</v>
+        <v>1722</v>
       </c>
       <c r="B346" t="s">
-        <v>1420</v>
+        <v>1723</v>
       </c>
       <c r="C346" t="s">
-        <v>1421</v>
-[...1 lines deleted...]
-      <c r="D346"/>
+        <v>1724</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1725</v>
+      </c>
       <c r="E346" t="s">
-        <v>866</v>
+        <v>1058</v>
       </c>
       <c r="F346" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G346" t="s">
-        <v>1422</v>
-[...1 lines deleted...]
-      <c r="H346"/>
+        <v>1726</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1727</v>
+      </c>
       <c r="I346"/>
       <c r="J346" t="s">
-        <v>1423</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" t="s">
-        <v>1424</v>
+        <v>1729</v>
       </c>
       <c r="B347" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C347" t="s">
-        <v>1425</v>
-[...1 lines deleted...]
-      <c r="D347"/>
+        <v>1730</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1731</v>
+      </c>
       <c r="E347" t="s">
-        <v>389</v>
+        <v>484</v>
       </c>
       <c r="F347" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G347" t="s">
-        <v>1426</v>
+        <v>1732</v>
       </c>
       <c r="H347"/>
       <c r="I347"/>
       <c r="J347" t="s">
-        <v>1427</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348" t="s">
-        <v>1428</v>
+        <v>1734</v>
       </c>
       <c r="B348" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C348" t="s">
-        <v>1429</v>
-[...1 lines deleted...]
-      <c r="D348"/>
+        <v>1735</v>
+      </c>
+      <c r="D348" t="s">
+        <v>920</v>
+      </c>
       <c r="E348" t="s">
-        <v>1430</v>
+        <v>1736</v>
       </c>
       <c r="F348" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G348" t="s">
-        <v>1431</v>
+        <v>1737</v>
       </c>
       <c r="H348"/>
       <c r="I348" t="s">
-        <v>1432</v>
+        <v>1738</v>
       </c>
       <c r="J348" t="s">
-        <v>1433</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" t="s">
-        <v>1434</v>
+        <v>1740</v>
       </c>
       <c r="B349" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C349" t="s">
-        <v>1435</v>
-[...1 lines deleted...]
-      <c r="D349"/>
+        <v>1741</v>
+      </c>
+      <c r="D349" t="s">
+        <v>70</v>
+      </c>
       <c r="E349" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F349" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G349" t="s">
-        <v>1436</v>
-[...1 lines deleted...]
-      <c r="H349"/>
+        <v>1742</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1743</v>
+      </c>
       <c r="I349"/>
       <c r="J349" t="s">
-        <v>1437</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" t="s">
-        <v>1438</v>
+        <v>1745</v>
       </c>
       <c r="B350" t="s">
-        <v>902</v>
+        <v>1104</v>
       </c>
       <c r="C350" t="s">
-        <v>1238</v>
-[...1 lines deleted...]
-      <c r="D350"/>
+        <v>1504</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1746</v>
+      </c>
       <c r="E350"/>
       <c r="F350"/>
       <c r="G350" t="s">
-        <v>1439</v>
+        <v>1747</v>
       </c>
       <c r="H350"/>
       <c r="I350"/>
       <c r="J350" t="s">
-        <v>1440</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351" t="s">
-        <v>1441</v>
+        <v>1749</v>
       </c>
       <c r="B351" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C351" t="s">
-        <v>1442</v>
-[...1 lines deleted...]
-      <c r="D351"/>
+        <v>1750</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1751</v>
+      </c>
       <c r="E351"/>
       <c r="F351"/>
       <c r="G351" t="s">
-        <v>1443</v>
+        <v>1752</v>
       </c>
       <c r="H351"/>
       <c r="I351"/>
       <c r="J351" t="s">
-        <v>1444</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352" t="s">
-        <v>1445</v>
+        <v>1754</v>
       </c>
       <c r="B352" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C352" t="s">
-        <v>1446</v>
-[...1 lines deleted...]
-      <c r="D352"/>
+        <v>1755</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1756</v>
+      </c>
       <c r="E352"/>
       <c r="F352"/>
       <c r="G352"/>
-      <c r="H352"/>
+      <c r="H352" t="s">
+        <v>1757</v>
+      </c>
       <c r="I352"/>
       <c r="J352" t="s">
-        <v>848</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353" t="s">
-        <v>1447</v>
+        <v>1758</v>
       </c>
       <c r="B353" t="s">
         <v>21</v>
       </c>
       <c r="C353" t="s">
-        <v>1448</v>
-[...1 lines deleted...]
-      <c r="D353"/>
+        <v>1759</v>
+      </c>
+      <c r="D353" t="s">
+        <v>1661</v>
+      </c>
       <c r="E353" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F353" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="G353" t="s">
-        <v>1449</v>
+        <v>1760</v>
       </c>
       <c r="H353"/>
       <c r="I353" t="s">
-        <v>1450</v>
+        <v>1761</v>
       </c>
       <c r="J353" t="s">
-        <v>1451</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" t="s">
-        <v>1452</v>
+        <v>1763</v>
       </c>
       <c r="B354" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C354" t="s">
-        <v>1453</v>
-[...1 lines deleted...]
-      <c r="D354"/>
+        <v>1764</v>
+      </c>
+      <c r="D354" t="s">
+        <v>23</v>
+      </c>
       <c r="E354" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F354"/>
       <c r="G354" t="s">
-        <v>1454</v>
+        <v>1765</v>
       </c>
       <c r="H354"/>
       <c r="I354" t="s">
-        <v>1455</v>
+        <v>1766</v>
       </c>
       <c r="J354" t="s">
-        <v>1456</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" t="s">
-        <v>1457</v>
+        <v>1768</v>
       </c>
       <c r="B355" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C355" t="s">
-        <v>1458</v>
-[...1 lines deleted...]
-      <c r="D355"/>
+        <v>1769</v>
+      </c>
+      <c r="D355" t="s">
+        <v>1770</v>
+      </c>
       <c r="E355" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F355" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G355" t="s">
-        <v>1459</v>
+        <v>1771</v>
       </c>
       <c r="H355"/>
       <c r="I355" t="s">
-        <v>1460</v>
+        <v>1772</v>
       </c>
       <c r="J355" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356" t="s">
-        <v>1461</v>
+        <v>1773</v>
       </c>
       <c r="B356" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C356" t="s">
-        <v>1462</v>
-[...1 lines deleted...]
-      <c r="D356"/>
+        <v>1774</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1775</v>
+      </c>
       <c r="E356" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F356"/>
       <c r="G356" t="s">
-        <v>1463</v>
+        <v>1776</v>
       </c>
       <c r="H356"/>
       <c r="I356" t="s">
-        <v>1464</v>
+        <v>1777</v>
       </c>
       <c r="J356" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357" t="s">
-        <v>1465</v>
+        <v>1778</v>
       </c>
       <c r="B357" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C357" t="s">
-        <v>1466</v>
-[...1 lines deleted...]
-      <c r="D357"/>
+        <v>1779</v>
+      </c>
+      <c r="D357" t="s">
+        <v>56</v>
+      </c>
       <c r="E357" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F357" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G357"/>
       <c r="H357"/>
       <c r="I357" t="s">
-        <v>1467</v>
+        <v>1780</v>
       </c>
       <c r="J357" t="s">
-        <v>1468</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358" t="s">
-        <v>1469</v>
+        <v>1782</v>
       </c>
       <c r="B358" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C358" t="s">
-        <v>825</v>
-[...1 lines deleted...]
-      <c r="D358"/>
+        <v>1005</v>
+      </c>
+      <c r="D358" t="s">
+        <v>618</v>
+      </c>
       <c r="E358" t="s">
-        <v>146</v>
+        <v>176</v>
       </c>
       <c r="F358" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G358" t="s">
-        <v>1470</v>
-[...1 lines deleted...]
-      <c r="H358"/>
+        <v>1783</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1784</v>
+      </c>
       <c r="I358"/>
       <c r="J358" t="s">
-        <v>1471</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359" t="s">
-        <v>1472</v>
+        <v>1786</v>
       </c>
       <c r="B359" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C359" t="s">
-        <v>1473</v>
+        <v>1787</v>
       </c>
       <c r="D359"/>
       <c r="E359"/>
       <c r="F359"/>
       <c r="G359"/>
       <c r="H359"/>
       <c r="I359"/>
       <c r="J359" t="s">
-        <v>1474</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360" t="s">
-        <v>1475</v>
+        <v>1789</v>
       </c>
       <c r="B360" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C360" t="s">
-        <v>1476</v>
-[...1 lines deleted...]
-      <c r="D360"/>
+        <v>1790</v>
+      </c>
+      <c r="D360" t="s">
+        <v>334</v>
+      </c>
       <c r="E360" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F360" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G360" t="s">
-        <v>1477</v>
+        <v>1791</v>
       </c>
       <c r="H360"/>
       <c r="I360"/>
       <c r="J360" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361" t="s">
-        <v>1478</v>
+        <v>1792</v>
       </c>
       <c r="B361" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C361" t="s">
-        <v>1479</v>
-[...1 lines deleted...]
-      <c r="D361"/>
+        <v>1793</v>
+      </c>
+      <c r="D361" t="s">
+        <v>1661</v>
+      </c>
       <c r="E361" t="s">
-        <v>146</v>
+        <v>176</v>
       </c>
       <c r="F361" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G361" t="s">
-        <v>1480</v>
+        <v>1794</v>
       </c>
       <c r="H361"/>
       <c r="I361"/>
       <c r="J361" t="s">
-        <v>1481</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" t="s">
-        <v>1482</v>
+        <v>1796</v>
       </c>
       <c r="B362" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C362" t="s">
-        <v>651</v>
-[...1 lines deleted...]
-      <c r="D362"/>
+        <v>1797</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1798</v>
+      </c>
       <c r="E362" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F362"/>
       <c r="G362" t="s">
-        <v>1483</v>
+        <v>1799</v>
       </c>
       <c r="H362"/>
       <c r="I362"/>
       <c r="J362" t="s">
-        <v>1484</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" t="s">
-        <v>1485</v>
+        <v>1801</v>
       </c>
       <c r="B363" t="s">
-        <v>650</v>
+        <v>805</v>
       </c>
       <c r="C363" t="s">
-        <v>1486</v>
-[...1 lines deleted...]
-      <c r="D363"/>
+        <v>1802</v>
+      </c>
+      <c r="D363" t="s">
+        <v>127</v>
+      </c>
       <c r="E363" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F363"/>
       <c r="G363" t="s">
-        <v>1487</v>
+        <v>1803</v>
       </c>
       <c r="H363"/>
       <c r="I363"/>
       <c r="J363" t="s">
-        <v>1488</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" t="s">
-        <v>1489</v>
+        <v>1805</v>
       </c>
       <c r="B364" t="s">
+        <v>150</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D364" t="s">
         <v>127</v>
       </c>
-      <c r="C364" t="s">
-[...2 lines deleted...]
-      <c r="D364"/>
       <c r="E364"/>
       <c r="F364"/>
       <c r="G364" t="s">
-        <v>1491</v>
+        <v>1807</v>
       </c>
       <c r="H364"/>
       <c r="I364"/>
       <c r="J364" t="s">
-        <v>1492</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" t="s">
-        <v>1493</v>
+        <v>1809</v>
       </c>
       <c r="B365" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C365" t="s">
-        <v>1494</v>
-[...1 lines deleted...]
-      <c r="D365"/>
+        <v>1810</v>
+      </c>
+      <c r="D365" t="s">
+        <v>430</v>
+      </c>
       <c r="E365"/>
       <c r="F365"/>
       <c r="G365"/>
       <c r="H365"/>
       <c r="I365" t="s">
-        <v>1495</v>
+        <v>1811</v>
       </c>
       <c r="J365" t="s">
-        <v>214</v>
+        <v>263</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" t="s">
-        <v>1496</v>
+        <v>1812</v>
       </c>
       <c r="B366" t="s">
-        <v>902</v>
+        <v>1104</v>
       </c>
       <c r="C366" t="s">
-        <v>1497</v>
-[...1 lines deleted...]
-      <c r="D366"/>
+        <v>1813</v>
+      </c>
+      <c r="D366" t="s">
+        <v>1814</v>
+      </c>
       <c r="E366"/>
       <c r="F366"/>
       <c r="G366" t="s">
-        <v>1498</v>
-[...1 lines deleted...]
-      <c r="H366"/>
+        <v>1815</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1816</v>
+      </c>
       <c r="I366"/>
       <c r="J366" t="s">
-        <v>202</v>
+        <v>247</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" t="s">
-        <v>1499</v>
+        <v>1817</v>
       </c>
       <c r="B367" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C367" t="s">
-        <v>1500</v>
-[...1 lines deleted...]
-      <c r="D367"/>
+        <v>1818</v>
+      </c>
+      <c r="D367" t="s">
+        <v>1819</v>
+      </c>
       <c r="E367"/>
       <c r="F367"/>
       <c r="G367" t="s">
-        <v>1501</v>
+        <v>1820</v>
       </c>
       <c r="H367"/>
       <c r="I367"/>
       <c r="J367" t="s">
-        <v>1502</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368" t="s">
-        <v>1503</v>
+        <v>1822</v>
       </c>
       <c r="B368" t="s">
-        <v>1504</v>
+        <v>1823</v>
       </c>
       <c r="C368" t="s">
-        <v>1505</v>
-[...1 lines deleted...]
-      <c r="D368"/>
+        <v>1824</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1825</v>
+      </c>
       <c r="E368"/>
       <c r="F368"/>
       <c r="G368"/>
       <c r="H368"/>
       <c r="I368" t="s">
-        <v>680</v>
+        <v>830</v>
       </c>
       <c r="J368" t="s">
-        <v>573</v>
+        <v>703</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369" t="s">
-        <v>1503</v>
+        <v>1826</v>
       </c>
       <c r="B369" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C369" t="s">
-        <v>560</v>
-[...3 lines deleted...]
-      <c r="F369"/>
+        <v>1827</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1828</v>
+      </c>
+      <c r="E369" t="s">
+        <v>24</v>
+      </c>
+      <c r="F369" t="s">
+        <v>25</v>
+      </c>
       <c r="G369"/>
       <c r="H369"/>
-      <c r="I369"/>
+      <c r="I369" t="s">
+        <v>136</v>
+      </c>
       <c r="J369" t="s">
-        <v>573</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" t="s">
-        <v>1506</v>
+        <v>1829</v>
       </c>
       <c r="B370" t="s">
-        <v>29</v>
+        <v>214</v>
       </c>
       <c r="C370" t="s">
-        <v>1507</v>
-[...1 lines deleted...]
-      <c r="D370"/>
+        <v>1830</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1831</v>
+      </c>
       <c r="E370" t="s">
-        <v>23</v>
+        <v>217</v>
       </c>
       <c r="F370" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-      <c r="H370"/>
+        <v>214</v>
+      </c>
+      <c r="G370" t="s">
+        <v>1832</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1833</v>
+      </c>
       <c r="I370" t="s">
-        <v>115</v>
+        <v>1834</v>
       </c>
       <c r="J370" t="s">
-        <v>1063</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" t="s">
-        <v>1508</v>
+        <v>1836</v>
       </c>
       <c r="B371" t="s">
-        <v>179</v>
+        <v>37</v>
       </c>
       <c r="C371" t="s">
-        <v>1509</v>
-[...10 lines deleted...]
-      </c>
+        <v>1837</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1838</v>
+      </c>
+      <c r="E371"/>
+      <c r="F371"/>
+      <c r="G371"/>
       <c r="H371"/>
-      <c r="I371" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I371"/>
       <c r="J371" t="s">
-        <v>1512</v>
+        <v>887</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" t="s">
-        <v>1513</v>
+        <v>1839</v>
       </c>
       <c r="B372" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="C372" t="s">
-        <v>1514</v>
-[...1 lines deleted...]
-      <c r="D372"/>
+        <v>1840</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1841</v>
+      </c>
       <c r="E372"/>
       <c r="F372"/>
-      <c r="G372"/>
+      <c r="G372" t="s">
+        <v>1842</v>
+      </c>
       <c r="H372"/>
-      <c r="I372"/>
+      <c r="I372" t="s">
+        <v>1843</v>
+      </c>
       <c r="J372" t="s">
-        <v>727</v>
+        <v>85</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" t="s">
-        <v>1515</v>
+        <v>1844</v>
       </c>
       <c r="B373" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C373" t="s">
-        <v>1516</v>
-[...3 lines deleted...]
-      <c r="F373"/>
+        <v>576</v>
+      </c>
+      <c r="D373" t="s">
+        <v>618</v>
+      </c>
+      <c r="E373" t="s">
+        <v>24</v>
+      </c>
+      <c r="F373" t="s">
+        <v>25</v>
+      </c>
       <c r="G373" t="s">
-        <v>1517</v>
+        <v>1845</v>
       </c>
       <c r="H373"/>
-      <c r="I373" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I373"/>
       <c r="J373" t="s">
-        <v>73</v>
+        <v>853</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" t="s">
-        <v>1519</v>
+        <v>1846</v>
       </c>
       <c r="B374" t="s">
-        <v>29</v>
+        <v>1571</v>
       </c>
       <c r="C374" t="s">
-        <v>467</v>
-[...1 lines deleted...]
-      <c r="D374"/>
+        <v>1847</v>
+      </c>
+      <c r="D374" t="s">
+        <v>1848</v>
+      </c>
       <c r="E374" t="s">
-        <v>23</v>
+        <v>176</v>
       </c>
       <c r="F374" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G374" t="s">
-        <v>1520</v>
-[...2 lines deleted...]
-      <c r="I374"/>
+        <v>1849</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1850</v>
+      </c>
+      <c r="I374" t="s">
+        <v>1657</v>
+      </c>
       <c r="J374" t="s">
-        <v>699</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="375" spans="1:10">
       <c r="A375" t="s">
-        <v>1521</v>
+        <v>1852</v>
       </c>
       <c r="B375" t="s">
-        <v>1297</v>
+        <v>214</v>
       </c>
       <c r="C375" t="s">
-        <v>1522</v>
-[...1 lines deleted...]
-      <c r="D375"/>
+        <v>1853</v>
+      </c>
+      <c r="D375" t="s">
+        <v>915</v>
+      </c>
       <c r="E375" t="s">
-        <v>146</v>
+        <v>217</v>
       </c>
       <c r="F375" t="s">
-        <v>24</v>
+        <v>214</v>
       </c>
       <c r="G375" t="s">
-        <v>1523</v>
+        <v>1854</v>
       </c>
       <c r="H375"/>
-      <c r="I375" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I375"/>
       <c r="J375" t="s">
-        <v>1524</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="376" spans="1:10">
       <c r="A376" t="s">
-        <v>1525</v>
+        <v>1856</v>
       </c>
       <c r="B376" t="s">
-        <v>179</v>
+        <v>25</v>
       </c>
       <c r="C376" t="s">
-        <v>1526</v>
-[...1 lines deleted...]
-      <c r="D376"/>
+        <v>1857</v>
+      </c>
+      <c r="D376" t="s">
+        <v>32</v>
+      </c>
       <c r="E376" t="s">
-        <v>181</v>
+        <v>24</v>
       </c>
       <c r="F376" t="s">
-        <v>182</v>
+        <v>25</v>
       </c>
       <c r="G376" t="s">
-        <v>1527</v>
-[...1 lines deleted...]
-      <c r="H376"/>
+        <v>1858</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1859</v>
+      </c>
       <c r="I376"/>
       <c r="J376" t="s">
-        <v>1528</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="377" spans="1:10">
       <c r="A377" t="s">
-        <v>1529</v>
+        <v>1861</v>
       </c>
       <c r="B377" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C377" t="s">
-        <v>1530</v>
-[...1 lines deleted...]
-      <c r="D377"/>
+        <v>609</v>
+      </c>
+      <c r="D377" t="s">
+        <v>1862</v>
+      </c>
       <c r="E377" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="F377"/>
       <c r="G377" t="s">
-        <v>1531</v>
-[...1 lines deleted...]
-      <c r="H377"/>
+        <v>1863</v>
+      </c>
+      <c r="H377" t="s">
+        <v>1034</v>
+      </c>
       <c r="I377"/>
       <c r="J377" t="s">
-        <v>1532</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="A378" t="s">
-        <v>1533</v>
+        <v>1865</v>
       </c>
       <c r="B378" t="s">
-        <v>29</v>
+        <v>1866</v>
       </c>
       <c r="C378" t="s">
-        <v>493</v>
-[...4 lines deleted...]
-      </c>
+        <v>1867</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1868</v>
+      </c>
+      <c r="E378"/>
       <c r="F378"/>
       <c r="G378" t="s">
-        <v>1534</v>
-[...2 lines deleted...]
-      <c r="I378"/>
+        <v>1869</v>
+      </c>
+      <c r="H378" t="s">
+        <v>1870</v>
+      </c>
+      <c r="I378" t="s">
+        <v>1871</v>
+      </c>
       <c r="J378" t="s">
-        <v>1535</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="379" spans="1:10">
       <c r="A379" t="s">
-        <v>1536</v>
+        <v>1873</v>
       </c>
       <c r="B379" t="s">
-        <v>1537</v>
+        <v>25</v>
       </c>
       <c r="C379" t="s">
-        <v>1538</v>
-[...3 lines deleted...]
-      <c r="F379"/>
+        <v>1874</v>
+      </c>
+      <c r="D379" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E379" t="s">
+        <v>303</v>
+      </c>
+      <c r="F379" t="s">
+        <v>25</v>
+      </c>
       <c r="G379" t="s">
-        <v>1539</v>
+        <v>1875</v>
       </c>
       <c r="H379"/>
-      <c r="I379" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I379"/>
       <c r="J379" t="s">
-        <v>1541</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="380" spans="1:10">
       <c r="A380" t="s">
-        <v>1542</v>
+        <v>1877</v>
       </c>
       <c r="B380" t="s">
-        <v>29</v>
+        <v>139</v>
       </c>
       <c r="C380" t="s">
-        <v>1543</v>
-[...7 lines deleted...]
-      </c>
+        <v>1878</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1879</v>
+      </c>
+      <c r="E380"/>
+      <c r="F380"/>
       <c r="G380" t="s">
-        <v>1544</v>
+        <v>1880</v>
       </c>
       <c r="H380"/>
       <c r="I380"/>
       <c r="J380" t="s">
-        <v>1545</v>
+        <v>847</v>
       </c>
     </row>
     <row r="381" spans="1:10">
       <c r="A381" t="s">
-        <v>1546</v>
+        <v>1881</v>
       </c>
       <c r="B381" t="s">
-        <v>118</v>
+        <v>214</v>
       </c>
       <c r="C381" t="s">
-        <v>1547</v>
-[...3 lines deleted...]
-      <c r="F381"/>
+        <v>1882</v>
+      </c>
+      <c r="D381" t="s">
+        <v>1883</v>
+      </c>
+      <c r="E381" t="s">
+        <v>932</v>
+      </c>
+      <c r="F381" t="s">
+        <v>25</v>
+      </c>
       <c r="G381" t="s">
-        <v>1548</v>
-[...1 lines deleted...]
-      <c r="H381"/>
+        <v>1884</v>
+      </c>
+      <c r="H381" t="s">
+        <v>1885</v>
+      </c>
       <c r="I381"/>
       <c r="J381" t="s">
-        <v>694</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="382" spans="1:10">
       <c r="A382" t="s">
-        <v>1549</v>
+        <v>1887</v>
       </c>
       <c r="B382" t="s">
-        <v>179</v>
+        <v>25</v>
       </c>
       <c r="C382" t="s">
-        <v>1550</v>
-[...1 lines deleted...]
-      <c r="D382"/>
+        <v>1888</v>
+      </c>
+      <c r="D382" t="s">
+        <v>941</v>
+      </c>
       <c r="E382" t="s">
-        <v>763</v>
-[...3 lines deleted...]
-      </c>
+        <v>346</v>
+      </c>
+      <c r="F382"/>
       <c r="G382" t="s">
-        <v>1551</v>
+        <v>1889</v>
       </c>
       <c r="H382"/>
       <c r="I382"/>
       <c r="J382" t="s">
-        <v>1552</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="383" spans="1:10">
       <c r="A383" t="s">
-        <v>1553</v>
+        <v>1891</v>
       </c>
       <c r="B383" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C383" t="s">
-        <v>1554</v>
-[...1 lines deleted...]
-      <c r="D383"/>
+        <v>1892</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1893</v>
+      </c>
       <c r="E383" t="s">
-        <v>279</v>
+        <v>24</v>
       </c>
       <c r="F383"/>
       <c r="G383" t="s">
-        <v>1555</v>
-[...2 lines deleted...]
-      <c r="I383"/>
+        <v>1894</v>
+      </c>
+      <c r="H383" t="s">
+        <v>1895</v>
+      </c>
+      <c r="I383" t="s">
+        <v>1896</v>
+      </c>
       <c r="J383" t="s">
-        <v>1556</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="384" spans="1:10">
       <c r="A384" t="s">
-        <v>1557</v>
+        <v>1898</v>
       </c>
       <c r="B384" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="C384" t="s">
-        <v>1558</v>
-[...4 lines deleted...]
-      </c>
+        <v>1899</v>
+      </c>
+      <c r="D384" t="s">
+        <v>1900</v>
+      </c>
+      <c r="E384"/>
       <c r="F384"/>
       <c r="G384" t="s">
-        <v>1559</v>
+        <v>1901</v>
       </c>
       <c r="H384"/>
-      <c r="I384" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I384"/>
       <c r="J384" t="s">
-        <v>1561</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="385" spans="1:10">
       <c r="A385" t="s">
-        <v>1562</v>
+        <v>1902</v>
       </c>
       <c r="B385" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="C385" t="s">
-        <v>1563</v>
-[...2 lines deleted...]
-      <c r="E385"/>
+        <v>1599</v>
+      </c>
+      <c r="D385" t="s">
+        <v>1903</v>
+      </c>
+      <c r="E385" t="s">
+        <v>1600</v>
+      </c>
       <c r="F385"/>
       <c r="G385" t="s">
-        <v>1564</v>
-[...1 lines deleted...]
-      <c r="H385"/>
+        <v>1904</v>
+      </c>
+      <c r="H385" t="s">
+        <v>1905</v>
+      </c>
       <c r="I385"/>
       <c r="J385" t="s">
-        <v>1147</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="386" spans="1:10">
       <c r="A386" t="s">
-        <v>1565</v>
+        <v>1907</v>
       </c>
       <c r="B386" t="s">
-        <v>29</v>
+        <v>139</v>
       </c>
       <c r="C386" t="s">
-        <v>1321</v>
-[...4 lines deleted...]
-      </c>
+        <v>1908</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1909</v>
+      </c>
+      <c r="E386"/>
       <c r="F386"/>
       <c r="G386" t="s">
-        <v>1566</v>
+        <v>1910</v>
       </c>
       <c r="H386"/>
       <c r="I386"/>
       <c r="J386" t="s">
-        <v>1567</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="387" spans="1:10">
       <c r="A387" t="s">
-        <v>1568</v>
+        <v>1912</v>
       </c>
       <c r="B387" t="s">
-        <v>118</v>
+        <v>150</v>
       </c>
       <c r="C387" t="s">
-        <v>1569</v>
-[...1 lines deleted...]
-      <c r="D387"/>
+        <v>1913</v>
+      </c>
+      <c r="D387" t="s">
+        <v>1324</v>
+      </c>
       <c r="E387"/>
       <c r="F387"/>
       <c r="G387" t="s">
-        <v>1570</v>
-[...1 lines deleted...]
-      <c r="H387"/>
+        <v>1914</v>
+      </c>
+      <c r="H387" t="s">
+        <v>1915</v>
+      </c>
       <c r="I387"/>
       <c r="J387" t="s">
-        <v>1571</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="388" spans="1:10">
       <c r="A388" t="s">
-        <v>1572</v>
+        <v>1917</v>
       </c>
       <c r="B388" t="s">
-        <v>127</v>
+        <v>21</v>
       </c>
       <c r="C388" t="s">
-        <v>1573</v>
-[...3 lines deleted...]
-      <c r="F388"/>
+        <v>1918</v>
+      </c>
+      <c r="D388" t="s">
+        <v>278</v>
+      </c>
+      <c r="E388" t="s">
+        <v>217</v>
+      </c>
+      <c r="F388" t="s">
+        <v>214</v>
+      </c>
       <c r="G388" t="s">
-        <v>1574</v>
-[...2 lines deleted...]
-      <c r="I388"/>
+        <v>1919</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1920</v>
+      </c>
+      <c r="I388" t="s">
+        <v>1921</v>
+      </c>
       <c r="J388" t="s">
-        <v>1575</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="389" spans="1:10">
       <c r="A389" t="s">
-        <v>1576</v>
+        <v>1923</v>
       </c>
       <c r="B389" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C389" t="s">
-        <v>1577</v>
-[...1 lines deleted...]
-      <c r="D389"/>
+        <v>1924</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1176</v>
+      </c>
       <c r="E389" t="s">
-        <v>181</v>
+        <v>346</v>
       </c>
       <c r="F389" t="s">
-        <v>182</v>
+        <v>25</v>
       </c>
       <c r="G389" t="s">
-        <v>1578</v>
+        <v>1925</v>
       </c>
       <c r="H389"/>
       <c r="I389" t="s">
-        <v>1579</v>
+        <v>952</v>
       </c>
       <c r="J389" t="s">
-        <v>1580</v>
+        <v>412</v>
       </c>
     </row>
     <row r="390" spans="1:10">
       <c r="A390" t="s">
-        <v>1581</v>
+        <v>1926</v>
       </c>
       <c r="B390" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="C390" t="s">
-        <v>1582</v>
-[...7 lines deleted...]
-      </c>
+        <v>1927</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1928</v>
+      </c>
+      <c r="E390"/>
+      <c r="F390"/>
       <c r="G390" t="s">
-        <v>1583</v>
+        <v>1929</v>
       </c>
       <c r="H390"/>
-      <c r="I390" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I390"/>
       <c r="J390" t="s">
-        <v>334</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="391" spans="1:10">
       <c r="A391" t="s">
-        <v>1585</v>
+        <v>1930</v>
       </c>
       <c r="B391" t="s">
-        <v>40</v>
+        <v>214</v>
       </c>
       <c r="C391" t="s">
-        <v>1586</v>
-[...3 lines deleted...]
-      <c r="F391"/>
+        <v>1931</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1770</v>
+      </c>
+      <c r="E391" t="s">
+        <v>217</v>
+      </c>
+      <c r="F391" t="s">
+        <v>25</v>
+      </c>
       <c r="G391" t="s">
-        <v>1587</v>
+        <v>1932</v>
       </c>
       <c r="H391"/>
       <c r="I391"/>
       <c r="J391" t="s">
-        <v>1185</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="392" spans="1:10">
       <c r="A392" t="s">
-        <v>1588</v>
+        <v>1934</v>
       </c>
       <c r="B392" t="s">
-        <v>179</v>
+        <v>43</v>
       </c>
       <c r="C392" t="s">
-        <v>1589</v>
-[...7 lines deleted...]
-      </c>
+        <v>1774</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1935</v>
+      </c>
+      <c r="E392"/>
+      <c r="F392"/>
       <c r="G392" t="s">
-        <v>1590</v>
+        <v>1936</v>
       </c>
       <c r="H392"/>
-      <c r="I392"/>
+      <c r="I392" t="s">
+        <v>1937</v>
+      </c>
       <c r="J392" t="s">
-        <v>1591</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="393" spans="1:10">
       <c r="A393" t="s">
-        <v>1592</v>
+        <v>1939</v>
       </c>
       <c r="B393" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C393" t="s">
-        <v>1462</v>
-[...3 lines deleted...]
-      <c r="F393"/>
+        <v>1940</v>
+      </c>
+      <c r="D393" t="s">
+        <v>1941</v>
+      </c>
+      <c r="E393" t="s">
+        <v>164</v>
+      </c>
+      <c r="F393" t="s">
+        <v>25</v>
+      </c>
       <c r="G393" t="s">
-        <v>1593</v>
-[...4 lines deleted...]
-      </c>
+        <v>1942</v>
+      </c>
+      <c r="H393" t="s">
+        <v>1943</v>
+      </c>
+      <c r="I393"/>
       <c r="J393" t="s">
-        <v>1595</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="394" spans="1:10">
       <c r="A394" t="s">
-        <v>1596</v>
+        <v>1945</v>
       </c>
       <c r="B394" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C394" t="s">
-        <v>1597</v>
-[...1 lines deleted...]
-      <c r="D394"/>
+        <v>1946</v>
+      </c>
+      <c r="D394" t="s">
+        <v>32</v>
+      </c>
       <c r="E394" t="s">
-        <v>137</v>
+        <v>24</v>
       </c>
       <c r="F394" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G394" t="s">
-        <v>1598</v>
-[...1 lines deleted...]
-      <c r="H394"/>
+        <v>1947</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1948</v>
+      </c>
       <c r="I394"/>
       <c r="J394" t="s">
-        <v>1599</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="395" spans="1:10">
       <c r="A395" t="s">
-        <v>1600</v>
+        <v>1950</v>
       </c>
       <c r="B395" t="s">
-        <v>29</v>
+        <v>198</v>
       </c>
       <c r="C395" t="s">
-        <v>1601</v>
-[...1 lines deleted...]
-      <c r="D395"/>
+        <v>1951</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1952</v>
+      </c>
       <c r="E395" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F395" t="s">
         <v>24</v>
       </c>
-      <c r="G395"/>
-      <c r="H395"/>
+      <c r="F395"/>
+      <c r="G395" t="s">
+        <v>1953</v>
+      </c>
+      <c r="H395" t="s">
+        <v>1954</v>
+      </c>
       <c r="I395"/>
       <c r="J395" t="s">
-        <v>1602</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="396" spans="1:10">
       <c r="A396" t="s">
-        <v>1603</v>
+        <v>1956</v>
       </c>
       <c r="B396" t="s">
-        <v>166</v>
+        <v>139</v>
       </c>
       <c r="C396" t="s">
-        <v>1604</v>
+        <v>1345</v>
       </c>
       <c r="D396"/>
-      <c r="E396" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E396"/>
       <c r="F396"/>
-      <c r="G396" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G396"/>
       <c r="H396"/>
       <c r="I396"/>
       <c r="J396" t="s">
-        <v>1606</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="397" spans="1:10">
       <c r="A397" t="s">
-        <v>1607</v>
+        <v>1957</v>
       </c>
       <c r="B397" t="s">
-        <v>118</v>
+        <v>1958</v>
       </c>
       <c r="C397" t="s">
-        <v>1104</v>
-[...1 lines deleted...]
-      <c r="D397"/>
+        <v>1959</v>
+      </c>
+      <c r="D397" t="s">
+        <v>403</v>
+      </c>
       <c r="E397"/>
       <c r="F397"/>
-      <c r="G397"/>
+      <c r="G397" t="s">
+        <v>1960</v>
+      </c>
       <c r="H397"/>
-      <c r="I397"/>
+      <c r="I397" t="s">
+        <v>65</v>
+      </c>
       <c r="J397" t="s">
-        <v>859</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="398" spans="1:10">
       <c r="A398" t="s">
-        <v>1608</v>
+        <v>1961</v>
       </c>
       <c r="B398" t="s">
-        <v>1609</v>
+        <v>43</v>
       </c>
       <c r="C398" t="s">
-        <v>1610</v>
-[...1 lines deleted...]
-      <c r="D398"/>
+        <v>1962</v>
+      </c>
+      <c r="D398" t="s">
+        <v>1963</v>
+      </c>
       <c r="E398"/>
       <c r="F398"/>
       <c r="G398" t="s">
-        <v>1611</v>
+        <v>1964</v>
       </c>
       <c r="H398"/>
       <c r="I398" t="s">
-        <v>248</v>
+        <v>52</v>
       </c>
       <c r="J398" t="s">
-        <v>1541</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="399" spans="1:10">
       <c r="A399" t="s">
-        <v>1612</v>
+        <v>1966</v>
       </c>
       <c r="B399" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C399" t="s">
-        <v>1613</v>
-[...1 lines deleted...]
-      <c r="D399"/>
+        <v>1967</v>
+      </c>
+      <c r="D399" t="s">
+        <v>122</v>
+      </c>
       <c r="E399"/>
       <c r="F399"/>
       <c r="G399" t="s">
-        <v>1614</v>
+        <v>1968</v>
       </c>
       <c r="H399"/>
-      <c r="I399" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I399"/>
       <c r="J399" t="s">
-        <v>1615</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="400" spans="1:10">
       <c r="A400" t="s">
-        <v>1616</v>
+        <v>1970</v>
       </c>
       <c r="B400" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C400" t="s">
-        <v>1617</v>
-[...2 lines deleted...]
-      <c r="E400"/>
+        <v>1971</v>
+      </c>
+      <c r="D400" t="s">
+        <v>127</v>
+      </c>
+      <c r="E400" t="s">
+        <v>24</v>
+      </c>
       <c r="F400"/>
       <c r="G400" t="s">
-        <v>1618</v>
+        <v>1972</v>
       </c>
       <c r="H400"/>
       <c r="I400"/>
       <c r="J400" t="s">
-        <v>1619</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="401" spans="1:10">
       <c r="A401" t="s">
-        <v>1620</v>
+        <v>1974</v>
       </c>
       <c r="B401" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C401" t="s">
-        <v>1621</v>
-[...1 lines deleted...]
-      <c r="D401"/>
+        <v>1975</v>
+      </c>
+      <c r="D401" t="s">
+        <v>618</v>
+      </c>
       <c r="E401" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F401"/>
+        <v>164</v>
+      </c>
+      <c r="F401" t="s">
+        <v>25</v>
+      </c>
       <c r="G401" t="s">
-        <v>1622</v>
+        <v>1976</v>
       </c>
       <c r="H401"/>
-      <c r="I401"/>
+      <c r="I401" t="s">
+        <v>1977</v>
+      </c>
       <c r="J401" t="s">
-        <v>1623</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="402" spans="1:10">
       <c r="A402" t="s">
-        <v>1624</v>
+        <v>1978</v>
       </c>
       <c r="B402" t="s">
-        <v>29</v>
+        <v>115</v>
       </c>
       <c r="C402" t="s">
-        <v>1625</v>
-[...14 lines deleted...]
-      </c>
+        <v>1979</v>
+      </c>
+      <c r="D402" t="s">
+        <v>32</v>
+      </c>
+      <c r="E402"/>
+      <c r="F402"/>
+      <c r="G402"/>
+      <c r="H402" t="s">
+        <v>195</v>
+      </c>
+      <c r="I402"/>
       <c r="J402" t="s">
-        <v>1561</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="403" spans="1:10">
       <c r="A403" t="s">
-        <v>1628</v>
+        <v>1981</v>
       </c>
       <c r="B403" t="s">
-        <v>97</v>
+        <v>25</v>
       </c>
       <c r="C403" t="s">
-        <v>1629</v>
-[...5 lines deleted...]
-      <c r="H403"/>
+        <v>1982</v>
+      </c>
+      <c r="D403" t="s">
+        <v>32</v>
+      </c>
+      <c r="E403" t="s">
+        <v>24</v>
+      </c>
+      <c r="F403" t="s">
+        <v>25</v>
+      </c>
+      <c r="G403" t="s">
+        <v>1983</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1743</v>
+      </c>
       <c r="I403"/>
       <c r="J403" t="s">
-        <v>1630</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="404" spans="1:10">
       <c r="A404" t="s">
-        <v>1631</v>
+        <v>1985</v>
       </c>
       <c r="B404" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="C404" t="s">
-        <v>1632</v>
-[...7 lines deleted...]
-      </c>
+        <v>1986</v>
+      </c>
+      <c r="D404" t="s">
+        <v>1987</v>
+      </c>
+      <c r="E404"/>
+      <c r="F404"/>
       <c r="G404" t="s">
-        <v>1633</v>
-[...1 lines deleted...]
-      <c r="H404"/>
+        <v>1988</v>
+      </c>
+      <c r="H404" t="s">
+        <v>927</v>
+      </c>
       <c r="I404"/>
       <c r="J404" t="s">
-        <v>1634</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="405" spans="1:10">
       <c r="A405" t="s">
-        <v>1635</v>
+        <v>1990</v>
       </c>
       <c r="B405" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="C405" t="s">
-        <v>1636</v>
-[...1 lines deleted...]
-      <c r="D405"/>
+        <v>1991</v>
+      </c>
+      <c r="D405" t="s">
+        <v>1992</v>
+      </c>
       <c r="E405"/>
       <c r="F405"/>
       <c r="G405" t="s">
-        <v>1637</v>
-[...1 lines deleted...]
-      <c r="H405"/>
+        <v>1993</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1994</v>
+      </c>
       <c r="I405"/>
       <c r="J405" t="s">
-        <v>1638</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406" t="s">
-        <v>1639</v>
+        <v>1996</v>
       </c>
       <c r="B406" t="s">
-        <v>118</v>
+        <v>25</v>
       </c>
       <c r="C406" t="s">
-        <v>1640</v>
-[...3 lines deleted...]
-      <c r="F406"/>
+        <v>1997</v>
+      </c>
+      <c r="D406" t="s">
+        <v>1998</v>
+      </c>
+      <c r="E406" t="s">
+        <v>24</v>
+      </c>
+      <c r="F406" t="s">
+        <v>25</v>
+      </c>
       <c r="G406" t="s">
-        <v>1641</v>
-[...1 lines deleted...]
-      <c r="H406"/>
+        <v>1999</v>
+      </c>
+      <c r="H406" t="s">
+        <v>2000</v>
+      </c>
       <c r="I406"/>
       <c r="J406" t="s">
-        <v>1642</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="A407" t="s">
-        <v>1643</v>
+        <v>2002</v>
       </c>
       <c r="B407" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="C407" t="s">
-        <v>1644</v>
-[...7 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="D407" t="s">
+        <v>1064</v>
+      </c>
+      <c r="E407"/>
+      <c r="F407"/>
       <c r="G407" t="s">
-        <v>1645</v>
+        <v>2004</v>
       </c>
       <c r="H407"/>
       <c r="I407"/>
       <c r="J407" t="s">
-        <v>1646</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="A408" t="s">
-        <v>1647</v>
+        <v>2006</v>
       </c>
       <c r="B408" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C408" t="s">
-        <v>1648</v>
-[...3 lines deleted...]
-      <c r="F408"/>
+        <v>1056</v>
+      </c>
+      <c r="D408" t="s">
+        <v>2007</v>
+      </c>
+      <c r="E408" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F408" t="s">
+        <v>25</v>
+      </c>
       <c r="G408" t="s">
-        <v>1649</v>
-[...1 lines deleted...]
-      <c r="H408"/>
+        <v>2008</v>
+      </c>
+      <c r="H408" t="s">
+        <v>2009</v>
+      </c>
       <c r="I408"/>
       <c r="J408" t="s">
-        <v>1650</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409" t="s">
-        <v>1651</v>
+        <v>2011</v>
       </c>
       <c r="B409" t="s">
-        <v>29</v>
+        <v>1104</v>
       </c>
       <c r="C409" t="s">
-        <v>865</v>
-[...7 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="D409" t="s">
+        <v>618</v>
+      </c>
+      <c r="E409"/>
+      <c r="F409"/>
       <c r="G409" t="s">
-        <v>1652</v>
-[...1 lines deleted...]
-      <c r="H409"/>
+        <v>2013</v>
+      </c>
+      <c r="H409" t="s">
+        <v>2014</v>
+      </c>
       <c r="I409"/>
       <c r="J409" t="s">
-        <v>1653</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410" t="s">
-        <v>1654</v>
+        <v>2016</v>
       </c>
       <c r="B410" t="s">
-        <v>902</v>
+        <v>25</v>
       </c>
       <c r="C410" t="s">
-        <v>1655</v>
-[...3 lines deleted...]
-      <c r="F410"/>
+        <v>2017</v>
+      </c>
+      <c r="D410" t="s">
+        <v>2018</v>
+      </c>
+      <c r="E410" t="s">
+        <v>24</v>
+      </c>
+      <c r="F410" t="s">
+        <v>25</v>
+      </c>
       <c r="G410" t="s">
-        <v>1656</v>
+        <v>2019</v>
       </c>
       <c r="H410"/>
-      <c r="I410"/>
+      <c r="I410" t="s">
+        <v>846</v>
+      </c>
       <c r="J410" t="s">
-        <v>1657</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411" t="s">
-        <v>1658</v>
+        <v>2021</v>
       </c>
       <c r="B411" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="C411" t="s">
-        <v>1659</v>
-[...7 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="D411" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E411"/>
+      <c r="F411"/>
       <c r="G411" t="s">
-        <v>1660</v>
+        <v>2024</v>
       </c>
       <c r="H411"/>
       <c r="I411" t="s">
-        <v>693</v>
+        <v>364</v>
       </c>
       <c r="J411" t="s">
-        <v>1661</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="412" spans="1:10">
       <c r="A412" t="s">
-        <v>1662</v>
+        <v>2026</v>
       </c>
       <c r="B412" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="C412" t="s">
-        <v>1663</v>
-[...1 lines deleted...]
-      <c r="D412"/>
+        <v>2027</v>
+      </c>
+      <c r="D412" t="s">
+        <v>122</v>
+      </c>
       <c r="E412"/>
-      <c r="F412"/>
+      <c r="F412" t="s">
+        <v>25</v>
+      </c>
       <c r="G412" t="s">
-        <v>1664</v>
+        <v>2028</v>
       </c>
       <c r="H412"/>
       <c r="I412" t="s">
-        <v>294</v>
+        <v>2029</v>
       </c>
       <c r="J412" t="s">
-        <v>1665</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="A413" t="s">
-        <v>1666</v>
+        <v>2031</v>
       </c>
       <c r="B413" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C413" t="s">
-        <v>1667</v>
-[...2 lines deleted...]
-      <c r="E413"/>
+        <v>2032</v>
+      </c>
+      <c r="D413" t="s">
+        <v>2033</v>
+      </c>
+      <c r="E413" t="s">
+        <v>24</v>
+      </c>
       <c r="F413" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G413" t="s">
-        <v>1668</v>
+        <v>2034</v>
       </c>
       <c r="H413"/>
-      <c r="I413" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I413"/>
       <c r="J413" t="s">
-        <v>1670</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="414" spans="1:10">
       <c r="A414" t="s">
-        <v>1671</v>
+        <v>2036</v>
       </c>
       <c r="B414" t="s">
-        <v>29</v>
+        <v>115</v>
       </c>
       <c r="C414" t="s">
-        <v>1672</v>
-[...7 lines deleted...]
-      </c>
+        <v>2037</v>
+      </c>
+      <c r="D414" t="s">
+        <v>2038</v>
+      </c>
+      <c r="E414"/>
+      <c r="F414"/>
       <c r="G414" t="s">
-        <v>1673</v>
-[...1 lines deleted...]
-      <c r="H414"/>
+        <v>2039</v>
+      </c>
+      <c r="H414" t="s">
+        <v>2040</v>
+      </c>
       <c r="I414"/>
       <c r="J414" t="s">
-        <v>1674</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="415" spans="1:10">
       <c r="A415" t="s">
-        <v>1675</v>
+        <v>2042</v>
       </c>
       <c r="B415" t="s">
-        <v>97</v>
+        <v>25</v>
       </c>
       <c r="C415" t="s">
-        <v>1676</v>
-[...3 lines deleted...]
-      <c r="F415"/>
+        <v>1940</v>
+      </c>
+      <c r="D415" t="s">
+        <v>2043</v>
+      </c>
+      <c r="E415" t="s">
+        <v>164</v>
+      </c>
+      <c r="F415" t="s">
+        <v>25</v>
+      </c>
       <c r="G415" t="s">
-        <v>1677</v>
+        <v>2044</v>
       </c>
       <c r="H415"/>
       <c r="I415"/>
       <c r="J415" t="s">
-        <v>1678</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="416" spans="1:10">
       <c r="A416" t="s">
-        <v>1679</v>
+        <v>2046</v>
       </c>
       <c r="B416" t="s">
-        <v>29</v>
+        <v>214</v>
       </c>
       <c r="C416" t="s">
-        <v>1597</v>
-[...1 lines deleted...]
-      <c r="D416"/>
+        <v>2047</v>
+      </c>
+      <c r="D416" t="s">
+        <v>284</v>
+      </c>
       <c r="E416" t="s">
-        <v>137</v>
+        <v>217</v>
       </c>
       <c r="F416" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G416" t="s">
-        <v>1680</v>
+        <v>2048</v>
       </c>
       <c r="H416"/>
       <c r="I416"/>
       <c r="J416" t="s">
-        <v>1681</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="417" spans="1:10">
       <c r="A417" t="s">
-        <v>1682</v>
+        <v>2049</v>
       </c>
       <c r="B417" t="s">
-        <v>179</v>
+        <v>60</v>
       </c>
       <c r="C417" t="s">
-        <v>1683</v>
-[...1 lines deleted...]
-      <c r="D417"/>
+        <v>2050</v>
+      </c>
+      <c r="D417" t="s">
+        <v>334</v>
+      </c>
       <c r="E417" t="s">
-        <v>181</v>
+        <v>24</v>
       </c>
       <c r="F417" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G417" t="s">
-        <v>1684</v>
+        <v>2051</v>
       </c>
       <c r="H417"/>
-      <c r="I417"/>
+      <c r="I417" t="s">
+        <v>2052</v>
+      </c>
       <c r="J417" t="s">
-        <v>1661</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="418" spans="1:10">
       <c r="A418" t="s">
-        <v>1685</v>
+        <v>2054</v>
       </c>
       <c r="B418" t="s">
-        <v>54</v>
+        <v>1571</v>
       </c>
       <c r="C418" t="s">
-        <v>1686</v>
-[...1 lines deleted...]
-      <c r="D418"/>
+        <v>2055</v>
+      </c>
+      <c r="D418" t="s">
+        <v>420</v>
+      </c>
       <c r="E418" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F418" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G418" t="s">
-        <v>1687</v>
+        <v>2056</v>
       </c>
       <c r="H418"/>
-      <c r="I418" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I418"/>
       <c r="J418" t="s">
-        <v>1689</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="419" spans="1:10">
       <c r="A419" t="s">
-        <v>1690</v>
+        <v>2058</v>
       </c>
       <c r="B419" t="s">
-        <v>1297</v>
+        <v>25</v>
       </c>
       <c r="C419" t="s">
-        <v>1691</v>
-[...1 lines deleted...]
-      <c r="D419"/>
+        <v>465</v>
+      </c>
+      <c r="D419" t="s">
+        <v>2059</v>
+      </c>
       <c r="E419" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="F419"/>
       <c r="G419" t="s">
-        <v>1692</v>
-[...2 lines deleted...]
-      <c r="I419"/>
+        <v>2060</v>
+      </c>
+      <c r="H419" t="s">
+        <v>2061</v>
+      </c>
+      <c r="I419" t="s">
+        <v>2062</v>
+      </c>
       <c r="J419" t="s">
-        <v>1693</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="420" spans="1:10">
       <c r="A420" t="s">
-        <v>1694</v>
+        <v>2064</v>
       </c>
       <c r="B420" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="C420" t="s">
-        <v>375</v>
-[...1 lines deleted...]
-      <c r="D420"/>
+        <v>2065</v>
+      </c>
+      <c r="D420" t="s">
+        <v>111</v>
+      </c>
       <c r="E420" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="F420"/>
+        <v>303</v>
+      </c>
+      <c r="F420" t="s">
+        <v>25</v>
+      </c>
       <c r="G420" t="s">
-        <v>1695</v>
+        <v>2066</v>
       </c>
       <c r="H420"/>
-      <c r="I420" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I420"/>
       <c r="J420" t="s">
-        <v>1697</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="421" spans="1:10">
       <c r="A421" t="s">
-        <v>1698</v>
+        <v>2068</v>
       </c>
       <c r="B421" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="C421" t="s">
-        <v>1699</v>
-[...7 lines deleted...]
-      </c>
+        <v>2069</v>
+      </c>
+      <c r="D421" t="s">
+        <v>2070</v>
+      </c>
+      <c r="E421"/>
+      <c r="F421"/>
       <c r="G421" t="s">
-        <v>1700</v>
-[...2 lines deleted...]
-      <c r="I421"/>
+        <v>2071</v>
+      </c>
+      <c r="H421" t="s">
+        <v>2072</v>
+      </c>
+      <c r="I421" t="s">
+        <v>640</v>
+      </c>
       <c r="J421" t="s">
-        <v>1701</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="422" spans="1:10">
       <c r="A422" t="s">
-        <v>1702</v>
+        <v>2074</v>
       </c>
       <c r="B422" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="C422" t="s">
-        <v>1703</v>
-[...1 lines deleted...]
-      <c r="D422"/>
+        <v>2075</v>
+      </c>
+      <c r="D422" t="s">
+        <v>2076</v>
+      </c>
       <c r="E422"/>
       <c r="F422"/>
       <c r="G422" t="s">
-        <v>1704</v>
-[...1 lines deleted...]
-      <c r="H422"/>
+        <v>2077</v>
+      </c>
+      <c r="H422" t="s">
+        <v>2078</v>
+      </c>
       <c r="I422" t="s">
-        <v>518</v>
+        <v>2079</v>
       </c>
       <c r="J422" t="s">
-        <v>1705</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="423" spans="1:10">
       <c r="A423" t="s">
-        <v>1706</v>
+        <v>2081</v>
       </c>
       <c r="B423" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="C423" t="s">
-        <v>1707</v>
-[...1 lines deleted...]
-      <c r="D423"/>
+        <v>2082</v>
+      </c>
+      <c r="D423" t="s">
+        <v>2083</v>
+      </c>
       <c r="E423"/>
       <c r="F423"/>
       <c r="G423" t="s">
-        <v>1708</v>
+        <v>2084</v>
       </c>
       <c r="H423"/>
-      <c r="I423" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I423"/>
       <c r="J423" t="s">
-        <v>1710</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="424" spans="1:10">
       <c r="A424" t="s">
-        <v>1711</v>
+        <v>2086</v>
       </c>
       <c r="B424" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C424" t="s">
-        <v>1712</v>
-[...1 lines deleted...]
-      <c r="D424"/>
+        <v>2087</v>
+      </c>
+      <c r="D424" t="s">
+        <v>32</v>
+      </c>
       <c r="E424"/>
       <c r="F424"/>
       <c r="G424" t="s">
-        <v>1713</v>
+        <v>2088</v>
       </c>
       <c r="H424"/>
       <c r="I424"/>
       <c r="J424" t="s">
-        <v>1714</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="425" spans="1:10">
       <c r="A425" t="s">
-        <v>1715</v>
+        <v>2090</v>
       </c>
       <c r="B425" t="s">
-        <v>40</v>
+        <v>198</v>
       </c>
       <c r="C425" t="s">
-        <v>1716</v>
-[...2 lines deleted...]
-      <c r="E425"/>
+        <v>2091</v>
+      </c>
+      <c r="D425" t="s">
+        <v>2092</v>
+      </c>
+      <c r="E425" t="s">
+        <v>164</v>
+      </c>
       <c r="F425"/>
       <c r="G425" t="s">
-        <v>1717</v>
-[...1 lines deleted...]
-      <c r="H425"/>
+        <v>2093</v>
+      </c>
+      <c r="H425" t="s">
+        <v>2094</v>
+      </c>
       <c r="I425"/>
       <c r="J425" t="s">
-        <v>1718</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="426" spans="1:10">
       <c r="A426" t="s">
-        <v>1719</v>
+        <v>2096</v>
       </c>
       <c r="B426" t="s">
-        <v>166</v>
+        <v>25</v>
       </c>
       <c r="C426" t="s">
-        <v>1720</v>
-[...1 lines deleted...]
-      <c r="D426"/>
+        <v>2097</v>
+      </c>
+      <c r="D426" t="s">
+        <v>2098</v>
+      </c>
       <c r="E426" t="s">
-        <v>137</v>
+        <v>24</v>
       </c>
       <c r="F426"/>
       <c r="G426" t="s">
-        <v>1721</v>
-[...1 lines deleted...]
-      <c r="H426"/>
+        <v>2099</v>
+      </c>
+      <c r="H426" t="s">
+        <v>2100</v>
+      </c>
       <c r="I426"/>
       <c r="J426" t="s">
-        <v>1722</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="427" spans="1:10">
       <c r="A427" t="s">
-        <v>1723</v>
+        <v>2102</v>
       </c>
       <c r="B427" t="s">
-        <v>29</v>
+        <v>2103</v>
       </c>
       <c r="C427" t="s">
-        <v>1724</v>
-[...1 lines deleted...]
-      <c r="D427"/>
+        <v>2104</v>
+      </c>
+      <c r="D427" t="s">
+        <v>2105</v>
+      </c>
       <c r="E427" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F427"/>
       <c r="G427" t="s">
-        <v>1725</v>
-[...1 lines deleted...]
-      <c r="H427"/>
+        <v>2106</v>
+      </c>
+      <c r="H427" t="s">
+        <v>2107</v>
+      </c>
       <c r="I427"/>
       <c r="J427" t="s">
-        <v>1726</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="428" spans="1:10">
       <c r="A428" t="s">
-        <v>1727</v>
+        <v>2109</v>
       </c>
       <c r="B428" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="C428" t="s">
-        <v>1728</v>
-[...4 lines deleted...]
-      </c>
+        <v>2110</v>
+      </c>
+      <c r="D428" t="s">
+        <v>2111</v>
+      </c>
+      <c r="E428"/>
       <c r="F428"/>
       <c r="G428" t="s">
-        <v>1729</v>
-[...1 lines deleted...]
-      <c r="H428"/>
+        <v>2112</v>
+      </c>
+      <c r="H428" t="s">
+        <v>2113</v>
+      </c>
       <c r="I428"/>
       <c r="J428" t="s">
-        <v>1730</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="429" spans="1:10">
       <c r="A429" t="s">
-        <v>1731</v>
+        <v>2114</v>
       </c>
       <c r="B429" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C429" t="s">
-        <v>1732</v>
-[...2 lines deleted...]
-      <c r="E429"/>
+        <v>2115</v>
+      </c>
+      <c r="D429" t="s">
+        <v>618</v>
+      </c>
+      <c r="E429" t="s">
+        <v>24</v>
+      </c>
       <c r="F429"/>
       <c r="G429" t="s">
-        <v>1733</v>
+        <v>2116</v>
       </c>
       <c r="H429"/>
       <c r="I429"/>
       <c r="J429" t="s">
-        <v>1289</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="430" spans="1:10">
       <c r="A430" t="s">
-        <v>1734</v>
+        <v>2118</v>
       </c>
       <c r="B430" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C430" t="s">
-        <v>1735</v>
-[...1 lines deleted...]
-      <c r="D430"/>
+        <v>1015</v>
+      </c>
+      <c r="D430" t="s">
+        <v>32</v>
+      </c>
       <c r="E430" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F430"/>
+        <v>164</v>
+      </c>
+      <c r="F430" t="s">
+        <v>25</v>
+      </c>
       <c r="G430" t="s">
-        <v>1736</v>
-[...1 lines deleted...]
-      <c r="H430"/>
+        <v>2119</v>
+      </c>
+      <c r="H430" t="s">
+        <v>2120</v>
+      </c>
       <c r="I430"/>
       <c r="J430" t="s">
-        <v>1737</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="431" spans="1:10">
       <c r="A431" t="s">
-        <v>1738</v>
+        <v>2122</v>
       </c>
       <c r="B431" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C431" t="s">
-        <v>833</v>
-[...1 lines deleted...]
-      <c r="D431"/>
+        <v>1278</v>
+      </c>
+      <c r="D431" t="s">
+        <v>2123</v>
+      </c>
       <c r="E431" t="s">
-        <v>137</v>
-[...3 lines deleted...]
-      </c>
+        <v>498</v>
+      </c>
+      <c r="F431"/>
       <c r="G431" t="s">
-        <v>1739</v>
+        <v>2124</v>
       </c>
       <c r="H431"/>
-      <c r="I431"/>
+      <c r="I431" t="s">
+        <v>1517</v>
+      </c>
       <c r="J431" t="s">
-        <v>1740</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="432" spans="1:10">
       <c r="A432" t="s">
-        <v>1741</v>
+        <v>2126</v>
       </c>
       <c r="B432" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="C432" t="s">
-        <v>1047</v>
-[...4 lines deleted...]
-      </c>
+        <v>2127</v>
+      </c>
+      <c r="D432" t="s">
+        <v>2128</v>
+      </c>
+      <c r="E432"/>
       <c r="F432"/>
       <c r="G432" t="s">
-        <v>1742</v>
-[...1 lines deleted...]
-      <c r="H432"/>
+        <v>2129</v>
+      </c>
+      <c r="H432" t="s">
+        <v>2130</v>
+      </c>
       <c r="I432" t="s">
-        <v>1249</v>
+        <v>2131</v>
       </c>
       <c r="J432" t="s">
-        <v>1743</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="433" spans="1:10">
       <c r="A433" t="s">
-        <v>1744</v>
+        <v>2133</v>
       </c>
       <c r="B433" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C433" t="s">
-        <v>1745</v>
-[...3 lines deleted...]
-      <c r="F433"/>
+        <v>2134</v>
+      </c>
+      <c r="D433" t="s">
+        <v>2135</v>
+      </c>
+      <c r="E433" t="s">
+        <v>176</v>
+      </c>
+      <c r="F433" t="s">
+        <v>25</v>
+      </c>
       <c r="G433" t="s">
-        <v>1746</v>
-[...4 lines deleted...]
-      </c>
+        <v>2136</v>
+      </c>
+      <c r="H433" t="s">
+        <v>2137</v>
+      </c>
+      <c r="I433"/>
       <c r="J433" t="s">
-        <v>1748</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="434" spans="1:10">
       <c r="A434" t="s">
-        <v>1749</v>
+        <v>2139</v>
       </c>
       <c r="B434" t="s">
-        <v>29</v>
+        <v>115</v>
       </c>
       <c r="C434" t="s">
-        <v>1750</v>
-[...7 lines deleted...]
-      </c>
+        <v>2140</v>
+      </c>
+      <c r="D434" t="s">
+        <v>2141</v>
+      </c>
+      <c r="E434"/>
+      <c r="F434"/>
       <c r="G434" t="s">
-        <v>1751</v>
-[...1 lines deleted...]
-      <c r="H434"/>
+        <v>2142</v>
+      </c>
+      <c r="H434" t="s">
+        <v>2143</v>
+      </c>
       <c r="I434"/>
       <c r="J434" t="s">
-        <v>1752</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="435" spans="1:10">
       <c r="A435" t="s">
-        <v>1753</v>
+        <v>2145</v>
       </c>
       <c r="B435" t="s">
-        <v>97</v>
+        <v>25</v>
       </c>
       <c r="C435" t="s">
-        <v>1754</v>
-[...2 lines deleted...]
-      <c r="E435"/>
+        <v>2146</v>
+      </c>
+      <c r="D435" t="s">
+        <v>941</v>
+      </c>
+      <c r="E435" t="s">
+        <v>346</v>
+      </c>
       <c r="F435"/>
       <c r="G435" t="s">
-        <v>1755</v>
+        <v>2147</v>
       </c>
       <c r="H435"/>
       <c r="I435"/>
       <c r="J435" t="s">
-        <v>1756</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="436" spans="1:10">
       <c r="A436" t="s">
-        <v>1757</v>
+        <v>2149</v>
       </c>
       <c r="B436" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="C436" t="s">
-        <v>1758</v>
-[...4 lines deleted...]
-      </c>
+        <v>2150</v>
+      </c>
+      <c r="D436" t="s">
+        <v>362</v>
+      </c>
+      <c r="E436"/>
       <c r="F436"/>
-      <c r="G436" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G436"/>
       <c r="H436"/>
       <c r="I436"/>
       <c r="J436" t="s">
-        <v>1760</v>
+        <v>752</v>
       </c>
     </row>
     <row r="437" spans="1:10">
       <c r="A437" t="s">
-        <v>1761</v>
+        <v>2151</v>
       </c>
       <c r="B437" t="s">
-        <v>35</v>
+        <v>214</v>
       </c>
       <c r="C437" t="s">
-        <v>1762</v>
-[...4 lines deleted...]
-      <c r="G437"/>
+        <v>2152</v>
+      </c>
+      <c r="D437" t="s">
+        <v>209</v>
+      </c>
+      <c r="E437" t="s">
+        <v>217</v>
+      </c>
+      <c r="F437" t="s">
+        <v>214</v>
+      </c>
+      <c r="G437" t="s">
+        <v>2153</v>
+      </c>
       <c r="H437"/>
-      <c r="I437"/>
+      <c r="I437" t="s">
+        <v>1275</v>
+      </c>
       <c r="J437" t="s">
-        <v>614</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="438" spans="1:10">
       <c r="A438" t="s">
-        <v>1763</v>
+        <v>2155</v>
       </c>
       <c r="B438" t="s">
-        <v>179</v>
+        <v>37</v>
       </c>
       <c r="C438" t="s">
-        <v>1764</v>
-[...7 lines deleted...]
-      </c>
+        <v>2156</v>
+      </c>
+      <c r="D438" t="s">
+        <v>2157</v>
+      </c>
+      <c r="E438"/>
+      <c r="F438"/>
       <c r="G438" t="s">
-        <v>1765</v>
-[...4 lines deleted...]
-      </c>
+        <v>2158</v>
+      </c>
+      <c r="H438" t="s">
+        <v>2159</v>
+      </c>
+      <c r="I438"/>
       <c r="J438" t="s">
-        <v>1766</v>
+        <v>85</v>
       </c>
     </row>
     <row r="439" spans="1:10">
       <c r="A439" t="s">
-        <v>1767</v>
+        <v>2160</v>
       </c>
       <c r="B439" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="C439" t="s">
-        <v>1768</v>
-[...3 lines deleted...]
-      <c r="F439"/>
+        <v>2161</v>
+      </c>
+      <c r="D439" t="s">
+        <v>629</v>
+      </c>
+      <c r="E439" t="s">
+        <v>24</v>
+      </c>
+      <c r="F439" t="s">
+        <v>25</v>
+      </c>
       <c r="G439" t="s">
-        <v>1769</v>
+        <v>2162</v>
       </c>
       <c r="H439"/>
-      <c r="I439"/>
+      <c r="I439" t="s">
+        <v>2163</v>
+      </c>
       <c r="J439" t="s">
-        <v>73</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="440" spans="1:10">
       <c r="A440" t="s">
-        <v>1770</v>
+        <v>2164</v>
       </c>
       <c r="B440" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C440" t="s">
-        <v>1771</v>
-[...1 lines deleted...]
-      <c r="D440"/>
+        <v>2165</v>
+      </c>
+      <c r="D440" t="s">
+        <v>127</v>
+      </c>
       <c r="E440" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F440" t="s">
         <v>24</v>
       </c>
+      <c r="F440"/>
       <c r="G440" t="s">
-        <v>1772</v>
+        <v>2166</v>
       </c>
       <c r="H440"/>
       <c r="I440" t="s">
-        <v>1773</v>
+        <v>866</v>
       </c>
       <c r="J440" t="s">
-        <v>1561</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="441" spans="1:10">
       <c r="A441" t="s">
-        <v>1774</v>
+        <v>2168</v>
       </c>
       <c r="B441" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C441" t="s">
-        <v>1775</v>
-[...1 lines deleted...]
-      <c r="D441"/>
+        <v>2169</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1624</v>
+      </c>
       <c r="E441" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F441"/>
       <c r="G441" t="s">
-        <v>1776</v>
+        <v>2170</v>
       </c>
       <c r="H441"/>
       <c r="I441" t="s">
-        <v>710</v>
+        <v>1937</v>
       </c>
       <c r="J441" t="s">
-        <v>1777</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="442" spans="1:10">
       <c r="A442" t="s">
-        <v>1778</v>
+        <v>2172</v>
       </c>
       <c r="B442" t="s">
-        <v>29</v>
+        <v>139</v>
       </c>
       <c r="C442" t="s">
-        <v>1779</v>
-[...4 lines deleted...]
-      </c>
+        <v>2173</v>
+      </c>
+      <c r="D442" t="s">
+        <v>2007</v>
+      </c>
+      <c r="E442"/>
       <c r="F442"/>
       <c r="G442" t="s">
-        <v>1780</v>
-[...4 lines deleted...]
-      </c>
+        <v>2174</v>
+      </c>
+      <c r="H442" t="s">
+        <v>2175</v>
+      </c>
+      <c r="I442"/>
       <c r="J442" t="s">
-        <v>1781</v>
+        <v>452</v>
       </c>
     </row>
     <row r="443" spans="1:10">
       <c r="A443" t="s">
-        <v>1782</v>
+        <v>2176</v>
       </c>
       <c r="B443" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="C443" t="s">
-        <v>1783</v>
-[...1 lines deleted...]
-      <c r="D443"/>
+        <v>2177</v>
+      </c>
+      <c r="D443" t="s">
+        <v>2178</v>
+      </c>
       <c r="E443"/>
       <c r="F443"/>
       <c r="G443" t="s">
-        <v>1784</v>
-[...2 lines deleted...]
-      <c r="I443"/>
+        <v>2179</v>
+      </c>
+      <c r="H443" t="s">
+        <v>90</v>
+      </c>
+      <c r="I443" t="s">
+        <v>2180</v>
+      </c>
       <c r="J443" t="s">
-        <v>365</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="444" spans="1:10">
       <c r="A444" t="s">
-        <v>1785</v>
+        <v>2181</v>
       </c>
       <c r="B444" t="s">
-        <v>118</v>
+        <v>25</v>
       </c>
       <c r="C444" t="s">
-        <v>1786</v>
-[...3 lines deleted...]
-      <c r="F444"/>
+        <v>2182</v>
+      </c>
+      <c r="D444" t="s">
+        <v>2183</v>
+      </c>
+      <c r="E444" t="s">
+        <v>24</v>
+      </c>
+      <c r="F444" t="s">
+        <v>25</v>
+      </c>
       <c r="G444" t="s">
-        <v>1787</v>
+        <v>2184</v>
       </c>
       <c r="H444"/>
       <c r="I444" t="s">
-        <v>1788</v>
+        <v>2185</v>
       </c>
       <c r="J444" t="s">
-        <v>1113</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="445" spans="1:10">
       <c r="A445" t="s">
-        <v>1789</v>
+        <v>2187</v>
       </c>
       <c r="B445" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C445" t="s">
-        <v>1790</v>
-[...1 lines deleted...]
-      <c r="D445"/>
+        <v>2188</v>
+      </c>
+      <c r="D445" t="s">
+        <v>2189</v>
+      </c>
       <c r="E445" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F445" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G445" t="s">
-        <v>1791</v>
-[...1 lines deleted...]
-      <c r="H445"/>
+        <v>2190</v>
+      </c>
+      <c r="H445" t="s">
+        <v>927</v>
+      </c>
       <c r="I445" t="s">
-        <v>1792</v>
+        <v>2163</v>
       </c>
       <c r="J445" t="s">
-        <v>1793</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="446" spans="1:10">
       <c r="A446" t="s">
-        <v>1794</v>
+        <v>2192</v>
       </c>
       <c r="B446" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C446" t="s">
-        <v>1795</v>
-[...1 lines deleted...]
-      <c r="D446"/>
+        <v>2193</v>
+      </c>
+      <c r="D446" t="s">
+        <v>345</v>
+      </c>
       <c r="E446" t="s">
-        <v>23</v>
+        <v>164</v>
       </c>
       <c r="F446" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G446" t="s">
-        <v>1796</v>
-[...4 lines deleted...]
-      </c>
+        <v>2194</v>
+      </c>
+      <c r="H446" t="s">
+        <v>2195</v>
+      </c>
+      <c r="I446"/>
       <c r="J446" t="s">
-        <v>1798</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="447" spans="1:10">
       <c r="A447" t="s">
-        <v>1799</v>
+        <v>2197</v>
       </c>
       <c r="B447" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C447" t="s">
-        <v>1800</v>
-[...1 lines deleted...]
-      <c r="D447"/>
+        <v>2198</v>
+      </c>
+      <c r="D447" t="s">
+        <v>2199</v>
+      </c>
       <c r="E447" t="s">
-        <v>137</v>
+        <v>164</v>
       </c>
       <c r="F447" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G447" t="s">
-        <v>1801</v>
+        <v>2200</v>
       </c>
       <c r="H447"/>
       <c r="I447"/>
       <c r="J447" t="s">
-        <v>1802</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="448" spans="1:10">
       <c r="A448" t="s">
-        <v>1803</v>
+        <v>2202</v>
       </c>
       <c r="B448" t="s">
-        <v>29</v>
+        <v>1104</v>
       </c>
       <c r="C448" t="s">
-        <v>1804</v>
-[...7 lines deleted...]
-      </c>
+        <v>2203</v>
+      </c>
+      <c r="D448" t="s">
+        <v>2204</v>
+      </c>
+      <c r="E448"/>
+      <c r="F448"/>
       <c r="G448" t="s">
-        <v>1805</v>
-[...1 lines deleted...]
-      <c r="H448"/>
+        <v>2205</v>
+      </c>
+      <c r="H448" t="s">
+        <v>2206</v>
+      </c>
       <c r="I448"/>
       <c r="J448" t="s">
-        <v>1806</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="449" spans="1:10">
       <c r="A449" t="s">
-        <v>1807</v>
+        <v>2208</v>
       </c>
       <c r="B449" t="s">
-        <v>902</v>
+        <v>25</v>
       </c>
       <c r="C449" t="s">
-        <v>1808</v>
-[...3 lines deleted...]
-      <c r="F449"/>
+        <v>2209</v>
+      </c>
+      <c r="D449" t="s">
+        <v>278</v>
+      </c>
+      <c r="E449" t="s">
+        <v>24</v>
+      </c>
+      <c r="F449" t="s">
+        <v>25</v>
+      </c>
       <c r="G449" t="s">
-        <v>1809</v>
+        <v>2210</v>
       </c>
       <c r="H449"/>
-      <c r="I449"/>
+      <c r="I449" t="s">
+        <v>2211</v>
+      </c>
       <c r="J449" t="s">
-        <v>1810</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="450" spans="1:10">
       <c r="A450" t="s">
-        <v>1811</v>
+        <v>2213</v>
       </c>
       <c r="B450" t="s">
-        <v>29</v>
+        <v>1104</v>
       </c>
       <c r="C450" t="s">
-        <v>1812</v>
-[...1 lines deleted...]
-      <c r="D450"/>
+        <v>2214</v>
+      </c>
+      <c r="D450" t="s">
+        <v>2215</v>
+      </c>
       <c r="E450" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="F450"/>
       <c r="G450" t="s">
-        <v>1813</v>
-[...4 lines deleted...]
-      </c>
+        <v>2216</v>
+      </c>
+      <c r="H450" t="s">
+        <v>2217</v>
+      </c>
+      <c r="I450"/>
       <c r="J450" t="s">
-        <v>1815</v>
+        <v>247</v>
       </c>
     </row>
     <row r="451" spans="1:10">
       <c r="A451" t="s">
-        <v>1816</v>
+        <v>2218</v>
       </c>
       <c r="B451" t="s">
-        <v>902</v>
+        <v>25</v>
       </c>
       <c r="C451" t="s">
-        <v>1817</v>
-[...1 lines deleted...]
-      <c r="D451"/>
+        <v>2219</v>
+      </c>
+      <c r="D451" t="s">
+        <v>2220</v>
+      </c>
       <c r="E451" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="F451"/>
+        <v>24</v>
+      </c>
+      <c r="F451" t="s">
+        <v>25</v>
+      </c>
       <c r="G451" t="s">
-        <v>1818</v>
+        <v>2221</v>
       </c>
       <c r="H451"/>
       <c r="I451"/>
       <c r="J451" t="s">
-        <v>202</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="452" spans="1:10">
       <c r="A452" t="s">
-        <v>1819</v>
+        <v>2223</v>
       </c>
       <c r="B452" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C452" t="s">
-        <v>1820</v>
-[...1 lines deleted...]
-      <c r="D452"/>
+        <v>2224</v>
+      </c>
+      <c r="D452" t="s">
+        <v>764</v>
+      </c>
       <c r="E452" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="F452"/>
       <c r="G452" t="s">
-        <v>1821</v>
+        <v>2225</v>
       </c>
       <c r="H452"/>
       <c r="I452"/>
       <c r="J452" t="s">
-        <v>1822</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="453" spans="1:10">
       <c r="A453" t="s">
-        <v>1823</v>
+        <v>2227</v>
       </c>
       <c r="B453" t="s">
-        <v>29</v>
+        <v>2228</v>
       </c>
       <c r="C453" t="s">
-        <v>1824</v>
-[...1 lines deleted...]
-      <c r="D453"/>
+        <v>2229</v>
+      </c>
+      <c r="D453" t="s">
+        <v>2230</v>
+      </c>
       <c r="E453" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="F453"/>
+        <v>164</v>
+      </c>
+      <c r="F453" t="s">
+        <v>25</v>
+      </c>
       <c r="G453" t="s">
-        <v>1825</v>
+        <v>2231</v>
       </c>
       <c r="H453"/>
       <c r="I453"/>
       <c r="J453" t="s">
-        <v>1826</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="454" spans="1:10">
       <c r="A454" t="s">
-        <v>1827</v>
+        <v>2233</v>
       </c>
       <c r="B454" t="s">
-        <v>1828</v>
+        <v>2234</v>
       </c>
       <c r="C454" t="s">
-        <v>1829</v>
-[...1 lines deleted...]
-      <c r="D454"/>
+        <v>2235</v>
+      </c>
+      <c r="D454" t="s">
+        <v>2189</v>
+      </c>
       <c r="E454" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="F454" t="s">
         <v>24</v>
       </c>
+      <c r="F454"/>
       <c r="G454" t="s">
-        <v>1830</v>
-[...1 lines deleted...]
-      <c r="H454"/>
+        <v>2236</v>
+      </c>
+      <c r="H454" t="s">
+        <v>2237</v>
+      </c>
       <c r="I454"/>
       <c r="J454" t="s">
-        <v>1831</v>
+        <v>390</v>
       </c>
     </row>
     <row r="455" spans="1:10">
       <c r="A455" t="s">
-        <v>1832</v>
+        <v>2238</v>
       </c>
       <c r="B455" t="s">
-        <v>1833</v>
+        <v>43</v>
       </c>
       <c r="C455" t="s">
-        <v>1834</v>
-[...4 lines deleted...]
-      </c>
+        <v>2239</v>
+      </c>
+      <c r="D455" t="s">
+        <v>2240</v>
+      </c>
+      <c r="E455"/>
       <c r="F455"/>
       <c r="G455" t="s">
-        <v>1835</v>
-[...1 lines deleted...]
-      <c r="H455"/>
+        <v>2241</v>
+      </c>
+      <c r="H455" t="s">
+        <v>2242</v>
+      </c>
       <c r="I455"/>
       <c r="J455" t="s">
-        <v>316</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="456" spans="1:10">
       <c r="A456" t="s">
-        <v>1836</v>
+        <v>2244</v>
       </c>
       <c r="B456" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C456" t="s">
-        <v>1837</v>
-[...1 lines deleted...]
-      <c r="D456"/>
+        <v>523</v>
+      </c>
+      <c r="D456" t="s">
+        <v>2245</v>
+      </c>
       <c r="E456"/>
       <c r="F456"/>
-      <c r="G456" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G456"/>
       <c r="H456"/>
-      <c r="I456"/>
+      <c r="I456" t="s">
+        <v>385</v>
+      </c>
       <c r="J456" t="s">
-        <v>1839</v>
+        <v>206</v>
       </c>
     </row>
     <row r="457" spans="1:10">
       <c r="A457" t="s">
-        <v>1840</v>
+        <v>2246</v>
       </c>
       <c r="B457" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C457" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-      <c r="E457"/>
+        <v>2247</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1202</v>
+      </c>
+      <c r="E457" t="s">
+        <v>24</v>
+      </c>
       <c r="F457"/>
-      <c r="G457"/>
-[...3 lines deleted...]
-      </c>
+      <c r="G457" t="s">
+        <v>2248</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1034</v>
+      </c>
+      <c r="I457"/>
       <c r="J457" t="s">
-        <v>173</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="458" spans="1:10">
       <c r="A458" t="s">
-        <v>1841</v>
+        <v>2250</v>
       </c>
       <c r="B458" t="s">
-        <v>29</v>
+        <v>214</v>
       </c>
       <c r="C458" t="s">
-        <v>1842</v>
-[...1 lines deleted...]
-      <c r="D458"/>
+        <v>2251</v>
+      </c>
+      <c r="D458" t="s">
+        <v>2252</v>
+      </c>
       <c r="E458" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F458"/>
+        <v>217</v>
+      </c>
+      <c r="F458" t="s">
+        <v>25</v>
+      </c>
       <c r="G458" t="s">
-        <v>1843</v>
+        <v>2253</v>
       </c>
       <c r="H458"/>
-      <c r="I458"/>
+      <c r="I458" t="s">
+        <v>2254</v>
+      </c>
       <c r="J458" t="s">
-        <v>1844</v>
+        <v>533</v>
       </c>
     </row>
     <row r="459" spans="1:10">
       <c r="A459" t="s">
-        <v>1845</v>
+        <v>2255</v>
       </c>
       <c r="B459" t="s">
-        <v>179</v>
+        <v>25</v>
       </c>
       <c r="C459" t="s">
-        <v>1846</v>
-[...1 lines deleted...]
-      <c r="D459"/>
+        <v>2256</v>
+      </c>
+      <c r="D459" t="s">
+        <v>2257</v>
+      </c>
       <c r="E459" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="F459" t="s">
         <v>24</v>
       </c>
+      <c r="F459"/>
       <c r="G459" t="s">
-        <v>1847</v>
+        <v>2258</v>
       </c>
       <c r="H459"/>
-      <c r="I459" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I459"/>
       <c r="J459" t="s">
-        <v>431</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="460" spans="1:10">
       <c r="A460" t="s">
-        <v>1848</v>
+        <v>2260</v>
       </c>
       <c r="B460" t="s">
-        <v>29</v>
+        <v>214</v>
       </c>
       <c r="C460" t="s">
-        <v>1849</v>
-[...1 lines deleted...]
-      <c r="D460"/>
+        <v>2261</v>
+      </c>
+      <c r="D460" t="s">
+        <v>2262</v>
+      </c>
       <c r="E460" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="F460" t="s">
+        <v>25</v>
+      </c>
+      <c r="G460"/>
       <c r="H460"/>
       <c r="I460"/>
       <c r="J460" t="s">
-        <v>1851</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="461" spans="1:10">
       <c r="A461" t="s">
-        <v>1852</v>
+        <v>2264</v>
       </c>
       <c r="B461" t="s">
-        <v>179</v>
+        <v>43</v>
       </c>
       <c r="C461" t="s">
-        <v>1853</v>
-[...7 lines deleted...]
-      </c>
+        <v>2265</v>
+      </c>
+      <c r="D461" t="s">
+        <v>2257</v>
+      </c>
+      <c r="E461"/>
+      <c r="F461"/>
       <c r="G461"/>
       <c r="H461"/>
-      <c r="I461"/>
+      <c r="I461" t="s">
+        <v>2266</v>
+      </c>
       <c r="J461" t="s">
-        <v>1854</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="462" spans="1:10">
       <c r="A462" t="s">
-        <v>1855</v>
+        <v>2268</v>
       </c>
       <c r="B462" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C462" t="s">
-        <v>1856</v>
-[...8 lines deleted...]
-      </c>
+        <v>2269</v>
+      </c>
+      <c r="D462" t="s">
+        <v>193</v>
+      </c>
+      <c r="E462" t="s">
+        <v>303</v>
+      </c>
+      <c r="F462" t="s">
+        <v>25</v>
+      </c>
+      <c r="G462" t="s">
+        <v>2270</v>
+      </c>
+      <c r="H462" t="s">
+        <v>2271</v>
+      </c>
+      <c r="I462"/>
       <c r="J462" t="s">
-        <v>1858</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="463" spans="1:10">
       <c r="A463" t="s">
-        <v>1859</v>
+        <v>2273</v>
       </c>
       <c r="B463" t="s">
-        <v>29</v>
+        <v>805</v>
       </c>
       <c r="C463" t="s">
-        <v>1860</v>
-[...1 lines deleted...]
-      <c r="D463"/>
+        <v>2274</v>
+      </c>
+      <c r="D463" t="s">
+        <v>2275</v>
+      </c>
       <c r="E463" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="F463" t="s">
         <v>24</v>
       </c>
+      <c r="F463"/>
       <c r="G463" t="s">
-        <v>1861</v>
+        <v>2276</v>
       </c>
       <c r="H463"/>
-      <c r="I463"/>
+      <c r="I463" t="s">
+        <v>2277</v>
+      </c>
       <c r="J463" t="s">
-        <v>1862</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="464" spans="1:10">
       <c r="A464" t="s">
-        <v>1863</v>
+        <v>2279</v>
       </c>
       <c r="B464" t="s">
-        <v>650</v>
+        <v>25</v>
       </c>
       <c r="C464" t="s">
-        <v>1864</v>
-[...1 lines deleted...]
-      <c r="D464"/>
+        <v>2280</v>
+      </c>
+      <c r="D464" t="s">
+        <v>2281</v>
+      </c>
       <c r="E464" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F464"/>
       <c r="G464" t="s">
-        <v>1865</v>
+        <v>2282</v>
       </c>
       <c r="H464"/>
       <c r="I464" t="s">
-        <v>1866</v>
+        <v>1761</v>
       </c>
       <c r="J464" t="s">
-        <v>1867</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="465" spans="1:10">
       <c r="A465" t="s">
-        <v>1868</v>
+        <v>2284</v>
       </c>
       <c r="B465" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="C465" t="s">
-        <v>1869</v>
+        <v>2285</v>
       </c>
       <c r="D465"/>
-      <c r="E465" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E465"/>
       <c r="F465"/>
-      <c r="G465" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="G465"/>
+      <c r="H465" t="s">
+        <v>1166</v>
+      </c>
+      <c r="I465"/>
       <c r="J465" t="s">
-        <v>1872</v>
+        <v>400</v>
       </c>
     </row>
     <row r="466" spans="1:10">
       <c r="A466" t="s">
-        <v>1873</v>
+        <v>2286</v>
       </c>
       <c r="B466" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="C466" t="s">
-        <v>1874</v>
-[...2 lines deleted...]
-      <c r="E466"/>
+        <v>2104</v>
+      </c>
+      <c r="D466" t="s">
+        <v>340</v>
+      </c>
+      <c r="E466" t="s">
+        <v>346</v>
+      </c>
       <c r="F466"/>
-      <c r="G466"/>
-      <c r="H466"/>
+      <c r="G466" t="s">
+        <v>2287</v>
+      </c>
+      <c r="H466" t="s">
+        <v>584</v>
+      </c>
       <c r="I466"/>
       <c r="J466" t="s">
-        <v>324</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="467" spans="1:10">
       <c r="A467" t="s">
-        <v>1875</v>
+        <v>2289</v>
       </c>
       <c r="B467" t="s">
-        <v>29</v>
+        <v>668</v>
       </c>
       <c r="C467" t="s">
-        <v>1728</v>
-[...1 lines deleted...]
-      <c r="D467"/>
+        <v>2290</v>
+      </c>
+      <c r="D467" t="s">
+        <v>2291</v>
+      </c>
       <c r="E467" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="F467"/>
+        <v>24</v>
+      </c>
+      <c r="F467" t="s">
+        <v>25</v>
+      </c>
       <c r="G467" t="s">
-        <v>1876</v>
+        <v>2292</v>
       </c>
       <c r="H467"/>
       <c r="I467"/>
       <c r="J467" t="s">
-        <v>1877</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="468" spans="1:10">
       <c r="A468" t="s">
-        <v>1878</v>
+        <v>2294</v>
       </c>
       <c r="B468" t="s">
-        <v>542</v>
+        <v>25</v>
       </c>
       <c r="C468" t="s">
-        <v>1879</v>
-[...1 lines deleted...]
-      <c r="D468"/>
+        <v>2295</v>
+      </c>
+      <c r="D468" t="s">
+        <v>726</v>
+      </c>
       <c r="E468" t="s">
-        <v>23</v>
+        <v>346</v>
       </c>
       <c r="F468" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G468" t="s">
-        <v>1880</v>
-[...1 lines deleted...]
-      <c r="H468"/>
+        <v>2296</v>
+      </c>
+      <c r="H468" t="s">
+        <v>2297</v>
+      </c>
       <c r="I468"/>
       <c r="J468" t="s">
-        <v>1881</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="469" spans="1:10">
       <c r="A469" t="s">
-        <v>1882</v>
+        <v>2299</v>
       </c>
       <c r="B469" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C469" t="s">
-        <v>1883</v>
-[...1 lines deleted...]
-      <c r="D469"/>
+        <v>2300</v>
+      </c>
+      <c r="D469" t="s">
+        <v>122</v>
+      </c>
       <c r="E469" t="s">
-        <v>279</v>
+        <v>164</v>
       </c>
       <c r="F469" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G469" t="s">
-        <v>1884</v>
-[...2 lines deleted...]
-      <c r="I469"/>
+        <v>2301</v>
+      </c>
+      <c r="H469" t="s">
+        <v>2302</v>
+      </c>
+      <c r="I469" t="s">
+        <v>2303</v>
+      </c>
       <c r="J469" t="s">
-        <v>1885</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="470" spans="1:10">
       <c r="A470" t="s">
-        <v>1886</v>
+        <v>2305</v>
       </c>
       <c r="B470" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="C470" t="s">
-        <v>1887</v>
-[...7 lines deleted...]
-      </c>
+        <v>2306</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E470"/>
+      <c r="F470"/>
       <c r="G470" t="s">
-        <v>1888</v>
-[...1 lines deleted...]
-      <c r="H470"/>
+        <v>2307</v>
+      </c>
+      <c r="H470" t="s">
+        <v>757</v>
+      </c>
       <c r="I470" t="s">
-        <v>1889</v>
+        <v>2308</v>
       </c>
       <c r="J470" t="s">
-        <v>1890</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="471" spans="1:10">
       <c r="A471" t="s">
-        <v>1891</v>
+        <v>2309</v>
       </c>
       <c r="B471" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C471" t="s">
-        <v>1892</v>
-[...3 lines deleted...]
-      <c r="F471"/>
+        <v>2310</v>
+      </c>
+      <c r="D471" t="s">
+        <v>32</v>
+      </c>
+      <c r="E471" t="s">
+        <v>24</v>
+      </c>
+      <c r="F471" t="s">
+        <v>25</v>
+      </c>
       <c r="G471" t="s">
-        <v>1893</v>
-[...4 lines deleted...]
-      </c>
+        <v>2311</v>
+      </c>
+      <c r="H471" t="s">
+        <v>927</v>
+      </c>
+      <c r="I471"/>
       <c r="J471" t="s">
-        <v>1561</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="472" spans="1:10">
       <c r="A472" t="s">
-        <v>1895</v>
+        <v>2312</v>
       </c>
       <c r="B472" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="C472" t="s">
-        <v>1896</v>
-[...7 lines deleted...]
-      </c>
+        <v>2313</v>
+      </c>
+      <c r="D472" t="s">
+        <v>706</v>
+      </c>
+      <c r="E472"/>
+      <c r="F472"/>
       <c r="G472" t="s">
-        <v>1897</v>
+        <v>2314</v>
       </c>
       <c r="H472"/>
-      <c r="I472"/>
+      <c r="I472" t="s">
+        <v>2315</v>
+      </c>
       <c r="J472" t="s">
-        <v>1798</v>
+        <v>85</v>
       </c>
     </row>
     <row r="473" spans="1:10">
       <c r="A473" t="s">
-        <v>1898</v>
+        <v>2316</v>
       </c>
       <c r="B473" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="C473" t="s">
-        <v>1899</v>
-[...1 lines deleted...]
-      <c r="D473"/>
+        <v>2317</v>
+      </c>
+      <c r="D473" t="s">
+        <v>2318</v>
+      </c>
       <c r="E473"/>
       <c r="F473"/>
       <c r="G473" t="s">
-        <v>1900</v>
+        <v>2319</v>
       </c>
       <c r="H473"/>
-      <c r="I473" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I473"/>
       <c r="J473" t="s">
-        <v>73</v>
+        <v>263</v>
       </c>
     </row>
     <row r="474" spans="1:10">
       <c r="A474" t="s">
-        <v>1902</v>
+        <v>2320</v>
       </c>
       <c r="B474" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="C474" t="s">
-        <v>1903</v>
-[...3 lines deleted...]
-      <c r="F474"/>
+        <v>2321</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1494</v>
+      </c>
+      <c r="E474" t="s">
+        <v>24</v>
+      </c>
+      <c r="F474" t="s">
+        <v>25</v>
+      </c>
       <c r="G474" t="s">
-        <v>1904</v>
+        <v>2322</v>
       </c>
       <c r="H474"/>
-      <c r="I474"/>
+      <c r="I474" t="s">
+        <v>1496</v>
+      </c>
       <c r="J474" t="s">
-        <v>214</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="475" spans="1:10">
       <c r="A475" t="s">
-        <v>1905</v>
+        <v>2323</v>
       </c>
       <c r="B475" t="s">
-        <v>21</v>
+        <v>2324</v>
       </c>
       <c r="C475" t="s">
-        <v>1906</v>
-[...1 lines deleted...]
-      <c r="D475"/>
+        <v>2325</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1290</v>
+      </c>
       <c r="E475" t="s">
-        <v>23</v>
+        <v>346</v>
       </c>
       <c r="F475" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G475" t="s">
-        <v>1907</v>
-[...4 lines deleted...]
-      </c>
+        <v>2326</v>
+      </c>
+      <c r="H475" t="s">
+        <v>2327</v>
+      </c>
+      <c r="I475"/>
       <c r="J475" t="s">
-        <v>1661</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="476" spans="1:10">
       <c r="A476" t="s">
-        <v>1908</v>
+        <v>2329</v>
       </c>
       <c r="B476" t="s">
-        <v>1909</v>
+        <v>214</v>
       </c>
       <c r="C476" t="s">
-        <v>1910</v>
-[...1 lines deleted...]
-      <c r="D476"/>
+        <v>2330</v>
+      </c>
+      <c r="D476" t="s">
+        <v>664</v>
+      </c>
       <c r="E476" t="s">
         <v>279</v>
       </c>
       <c r="F476" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G476" t="s">
-        <v>1911</v>
+        <v>2331</v>
       </c>
       <c r="H476"/>
       <c r="I476"/>
       <c r="J476" t="s">
-        <v>1912</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="477" spans="1:10">
       <c r="A477" t="s">
-        <v>1913</v>
+        <v>2333</v>
       </c>
       <c r="B477" t="s">
-        <v>179</v>
+        <v>37</v>
       </c>
       <c r="C477" t="s">
-        <v>1914</v>
-[...7 lines deleted...]
-      </c>
+        <v>2334</v>
+      </c>
+      <c r="D477" t="s">
+        <v>2335</v>
+      </c>
+      <c r="E477"/>
+      <c r="F477"/>
       <c r="G477" t="s">
-        <v>1915</v>
+        <v>2336</v>
       </c>
       <c r="H477"/>
       <c r="I477"/>
       <c r="J477" t="s">
-        <v>1916</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="478" spans="1:10">
       <c r="A478" t="s">
-        <v>1917</v>
+        <v>2338</v>
       </c>
       <c r="B478" t="s">
-        <v>35</v>
+        <v>150</v>
       </c>
       <c r="C478" t="s">
-        <v>1918</v>
-[...1 lines deleted...]
-      <c r="D478"/>
+        <v>2339</v>
+      </c>
+      <c r="D478" t="s">
+        <v>2340</v>
+      </c>
       <c r="E478"/>
       <c r="F478"/>
       <c r="G478" t="s">
-        <v>1919</v>
+        <v>2341</v>
       </c>
       <c r="H478"/>
       <c r="I478"/>
       <c r="J478" t="s">
-        <v>1920</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="479" spans="1:10">
       <c r="A479" t="s">
-        <v>1921</v>
+        <v>2343</v>
       </c>
       <c r="B479" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="C479" t="s">
-        <v>1922</v>
-[...1 lines deleted...]
-      <c r="D479"/>
+        <v>2344</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1022</v>
+      </c>
       <c r="E479"/>
       <c r="F479"/>
       <c r="G479" t="s">
-        <v>1923</v>
-[...2 lines deleted...]
-      <c r="I479"/>
+        <v>2345</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1219</v>
+      </c>
+      <c r="I479" t="s">
+        <v>2346</v>
+      </c>
       <c r="J479" t="s">
-        <v>1924</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="480" spans="1:10">
       <c r="A480" t="s">
-        <v>1925</v>
+        <v>2347</v>
       </c>
       <c r="B480" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C480" t="s">
-        <v>1926</v>
-[...3 lines deleted...]
-      <c r="F480"/>
+        <v>2348</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1624</v>
+      </c>
+      <c r="E480" t="s">
+        <v>24</v>
+      </c>
+      <c r="F480" t="s">
+        <v>25</v>
+      </c>
       <c r="G480" t="s">
-        <v>1927</v>
-[...4 lines deleted...]
-      </c>
+        <v>2349</v>
+      </c>
+      <c r="H480" t="s">
+        <v>2350</v>
+      </c>
+      <c r="I480"/>
       <c r="J480" t="s">
-        <v>1674</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="481" spans="1:10">
       <c r="A481" t="s">
-        <v>1929</v>
+        <v>2352</v>
       </c>
       <c r="B481" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C481" t="s">
-        <v>1930</v>
-[...1 lines deleted...]
-      <c r="D481"/>
+        <v>2353</v>
+      </c>
+      <c r="D481" t="s">
+        <v>2354</v>
+      </c>
       <c r="E481" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F481" t="s">
         <v>24</v>
       </c>
+      <c r="F481"/>
       <c r="G481" t="s">
-        <v>1931</v>
+        <v>2355</v>
       </c>
       <c r="H481"/>
       <c r="I481"/>
       <c r="J481" t="s">
-        <v>1932</v>
+        <v>35</v>
       </c>
     </row>
     <row r="482" spans="1:10">
       <c r="A482" t="s">
-        <v>1933</v>
+        <v>2356</v>
       </c>
       <c r="B482" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="C482" t="s">
-        <v>1934</v>
-[...1 lines deleted...]
-      <c r="D482"/>
+        <v>2357</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1708</v>
+      </c>
       <c r="E482" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F482"/>
+        <v>24</v>
+      </c>
+      <c r="F482" t="s">
+        <v>25</v>
+      </c>
       <c r="G482" t="s">
-        <v>1935</v>
-[...1 lines deleted...]
-      <c r="H482"/>
+        <v>2358</v>
+      </c>
+      <c r="H482" t="s">
+        <v>2359</v>
+      </c>
       <c r="I482"/>
       <c r="J482" t="s">
-        <v>33</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="483" spans="1:10">
       <c r="A483" t="s">
-        <v>1936</v>
+        <v>2361</v>
       </c>
       <c r="B483" t="s">
-        <v>54</v>
+        <v>150</v>
       </c>
       <c r="C483" t="s">
-        <v>1937</v>
-[...7 lines deleted...]
-      </c>
+        <v>2362</v>
+      </c>
+      <c r="D483" t="s">
+        <v>2363</v>
+      </c>
+      <c r="E483"/>
+      <c r="F483"/>
       <c r="G483" t="s">
-        <v>1938</v>
-[...1 lines deleted...]
-      <c r="H483"/>
+        <v>2364</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1166</v>
+      </c>
       <c r="I483"/>
       <c r="J483" t="s">
-        <v>1939</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="484" spans="1:10">
       <c r="A484" t="s">
-        <v>1940</v>
+        <v>2366</v>
       </c>
       <c r="B484" t="s">
-        <v>1537</v>
+        <v>37</v>
       </c>
       <c r="C484" t="s">
-        <v>1941</v>
-[...1 lines deleted...]
-      <c r="D484"/>
+        <v>402</v>
+      </c>
+      <c r="D484" t="s">
+        <v>403</v>
+      </c>
       <c r="E484"/>
       <c r="F484"/>
       <c r="G484" t="s">
-        <v>1942</v>
+        <v>2367</v>
       </c>
       <c r="H484"/>
-      <c r="I484"/>
+      <c r="I484" t="s">
+        <v>405</v>
+      </c>
       <c r="J484" t="s">
-        <v>1943</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="485" spans="1:10">
       <c r="A485" t="s">
-        <v>1944</v>
+        <v>2369</v>
       </c>
       <c r="B485" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="C485" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="D485"/>
+        <v>2370</v>
+      </c>
+      <c r="D485" t="s">
+        <v>122</v>
+      </c>
       <c r="E485"/>
       <c r="F485"/>
       <c r="G485" t="s">
-        <v>1945</v>
-[...1 lines deleted...]
-      <c r="H485"/>
+        <v>2371</v>
+      </c>
+      <c r="H485" t="s">
+        <v>2372</v>
+      </c>
       <c r="I485" t="s">
-        <v>328</v>
+        <v>370</v>
       </c>
       <c r="J485" t="s">
-        <v>1946</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="486" spans="1:10">
       <c r="A486" t="s">
-        <v>1947</v>
+        <v>2374</v>
       </c>
       <c r="B486" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C486" t="s">
-        <v>1948</v>
-[...3 lines deleted...]
-      <c r="F486"/>
+        <v>2375</v>
+      </c>
+      <c r="D486" t="s">
+        <v>2376</v>
+      </c>
+      <c r="E486" t="s">
+        <v>24</v>
+      </c>
+      <c r="F486" t="s">
+        <v>25</v>
+      </c>
       <c r="G486" t="s">
-        <v>1949</v>
+        <v>2377</v>
       </c>
       <c r="H486"/>
       <c r="I486" t="s">
-        <v>299</v>
+        <v>866</v>
       </c>
       <c r="J486" t="s">
-        <v>1950</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="487" spans="1:10">
       <c r="A487" t="s">
-        <v>1951</v>
+        <v>2379</v>
       </c>
       <c r="B487" t="s">
-        <v>29</v>
+        <v>214</v>
       </c>
       <c r="C487" t="s">
-        <v>1952</v>
-[...1 lines deleted...]
-      <c r="D487"/>
+        <v>2380</v>
+      </c>
+      <c r="D487" t="s">
+        <v>2381</v>
+      </c>
       <c r="E487" t="s">
-        <v>23</v>
+        <v>217</v>
       </c>
       <c r="F487" t="s">
-        <v>24</v>
+        <v>214</v>
       </c>
       <c r="G487" t="s">
-        <v>1953</v>
+        <v>2382</v>
       </c>
       <c r="H487"/>
       <c r="I487" t="s">
-        <v>710</v>
+        <v>2383</v>
       </c>
       <c r="J487" t="s">
-        <v>1954</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="488" spans="1:10">
       <c r="A488" t="s">
-        <v>1955</v>
+        <v>2385</v>
       </c>
       <c r="B488" t="s">
-        <v>179</v>
+        <v>43</v>
       </c>
       <c r="C488" t="s">
-        <v>1956</v>
+        <v>609</v>
       </c>
       <c r="D488"/>
-      <c r="E488" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E488"/>
+      <c r="F488"/>
+      <c r="G488"/>
       <c r="H488"/>
-      <c r="I488" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I488"/>
       <c r="J488" t="s">
-        <v>1959</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="489" spans="1:10">
       <c r="A489" t="s">
-        <v>1960</v>
+        <v>2387</v>
       </c>
       <c r="B489" t="s">
-        <v>40</v>
+        <v>214</v>
       </c>
       <c r="C489" t="s">
-        <v>493</v>
-[...4 lines deleted...]
-      <c r="G489"/>
+        <v>2388</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1577</v>
+      </c>
+      <c r="E489" t="s">
+        <v>279</v>
+      </c>
+      <c r="F489" t="s">
+        <v>214</v>
+      </c>
+      <c r="G489" t="s">
+        <v>2389</v>
+      </c>
       <c r="H489"/>
-      <c r="I489"/>
+      <c r="I489" t="s">
+        <v>2390</v>
+      </c>
       <c r="J489" t="s">
-        <v>1961</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="490" spans="1:10">
       <c r="A490" t="s">
-        <v>1962</v>
+        <v>2391</v>
       </c>
       <c r="B490" t="s">
-        <v>179</v>
+        <v>43</v>
       </c>
       <c r="C490" t="s">
-        <v>1963</v>
-[...10 lines deleted...]
-      </c>
+        <v>2392</v>
+      </c>
+      <c r="D490" t="s">
+        <v>2393</v>
+      </c>
+      <c r="E490"/>
+      <c r="F490"/>
+      <c r="G490"/>
       <c r="H490"/>
       <c r="I490" t="s">
-        <v>1965</v>
+        <v>2394</v>
       </c>
       <c r="J490" t="s">
-        <v>1561</v>
+        <v>243</v>
       </c>
     </row>
     <row r="491" spans="1:10">
       <c r="A491" t="s">
-        <v>1966</v>
+        <v>2395</v>
       </c>
       <c r="B491" t="s">
-        <v>40</v>
+        <v>68</v>
       </c>
       <c r="C491" t="s">
-        <v>1967</v>
-[...1 lines deleted...]
-      <c r="D491"/>
+        <v>2396</v>
+      </c>
+      <c r="D491" t="s">
+        <v>2397</v>
+      </c>
       <c r="E491"/>
       <c r="F491"/>
       <c r="G491"/>
       <c r="H491"/>
-      <c r="I491" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I491"/>
       <c r="J491" t="s">
-        <v>199</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="492" spans="1:10">
       <c r="A492" t="s">
-        <v>1969</v>
+        <v>2398</v>
       </c>
       <c r="B492" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="C492" t="s">
-        <v>1970</v>
-[...1 lines deleted...]
-      <c r="D492"/>
+        <v>2399</v>
+      </c>
+      <c r="D492" t="s">
+        <v>2400</v>
+      </c>
       <c r="E492"/>
       <c r="F492"/>
       <c r="G492"/>
       <c r="H492"/>
-      <c r="I492"/>
+      <c r="I492" t="s">
+        <v>2401</v>
+      </c>
       <c r="J492" t="s">
-        <v>1541</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="493" spans="1:10">
       <c r="A493" t="s">
-        <v>1971</v>
+        <v>2403</v>
       </c>
       <c r="B493" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="C493" t="s">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="D493"/>
+        <v>2404</v>
+      </c>
+      <c r="D493" t="s">
+        <v>2405</v>
+      </c>
       <c r="E493"/>
       <c r="F493"/>
       <c r="G493"/>
       <c r="H493"/>
       <c r="I493" t="s">
-        <v>1973</v>
+        <v>40</v>
       </c>
       <c r="J493" t="s">
-        <v>1974</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="494" spans="1:10">
       <c r="A494" t="s">
-        <v>1975</v>
+        <v>2406</v>
       </c>
       <c r="B494" t="s">
-        <v>40</v>
+        <v>1104</v>
       </c>
       <c r="C494" t="s">
-        <v>1976</v>
-[...1 lines deleted...]
-      <c r="D494"/>
+        <v>2407</v>
+      </c>
+      <c r="D494" t="s">
+        <v>618</v>
+      </c>
       <c r="E494"/>
       <c r="F494"/>
-      <c r="G494"/>
+      <c r="G494" t="s">
+        <v>2408</v>
+      </c>
       <c r="H494"/>
-      <c r="I494" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I494"/>
       <c r="J494" t="s">
-        <v>1388</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="495" spans="1:10">
       <c r="A495" t="s">
-        <v>1977</v>
+        <v>2410</v>
       </c>
       <c r="B495" t="s">
-        <v>902</v>
+        <v>214</v>
       </c>
       <c r="C495" t="s">
-        <v>1978</v>
-[...3 lines deleted...]
-      <c r="F495"/>
+        <v>2411</v>
+      </c>
+      <c r="D495" t="s">
+        <v>122</v>
+      </c>
+      <c r="E495" t="s">
+        <v>217</v>
+      </c>
+      <c r="F495" t="s">
+        <v>25</v>
+      </c>
       <c r="G495" t="s">
-        <v>1979</v>
+        <v>2412</v>
       </c>
       <c r="H495"/>
       <c r="I495"/>
       <c r="J495" t="s">
-        <v>1980</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="496" spans="1:10">
       <c r="A496" t="s">
-        <v>1981</v>
+        <v>2413</v>
       </c>
       <c r="B496" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C496" t="s">
-        <v>1982</v>
-[...1 lines deleted...]
-      <c r="D496"/>
+        <v>2414</v>
+      </c>
+      <c r="D496" t="s">
+        <v>368</v>
+      </c>
       <c r="E496" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="F496" t="s">
-        <v>24</v>
+        <v>214</v>
       </c>
       <c r="G496" t="s">
-        <v>1983</v>
+        <v>2415</v>
       </c>
       <c r="H496"/>
       <c r="I496"/>
       <c r="J496" t="s">
-        <v>1433</v>
+        <v>533</v>
       </c>
     </row>
     <row r="497" spans="1:10">
       <c r="A497" t="s">
-        <v>1984</v>
+        <v>2416</v>
       </c>
       <c r="B497" t="s">
-        <v>179</v>
+        <v>198</v>
       </c>
       <c r="C497" t="s">
-        <v>1985</v>
-[...1 lines deleted...]
-      <c r="D497"/>
+        <v>2417</v>
+      </c>
+      <c r="D497" t="s">
+        <v>193</v>
+      </c>
       <c r="E497" t="s">
-        <v>181</v>
+        <v>303</v>
       </c>
       <c r="F497" t="s">
-        <v>182</v>
+        <v>25</v>
       </c>
       <c r="G497" t="s">
-        <v>1986</v>
+        <v>2418</v>
       </c>
       <c r="H497"/>
       <c r="I497"/>
       <c r="J497" t="s">
-        <v>431</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="498" spans="1:10">
       <c r="A498" t="s">
-        <v>1987</v>
+        <v>2420</v>
       </c>
       <c r="B498" t="s">
-        <v>166</v>
+        <v>25</v>
       </c>
       <c r="C498" t="s">
-        <v>1988</v>
-[...1 lines deleted...]
-      <c r="D498"/>
+        <v>2421</v>
+      </c>
+      <c r="D498" t="s">
+        <v>2422</v>
+      </c>
       <c r="E498" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="F498" t="s">
         <v>24</v>
       </c>
+      <c r="F498"/>
       <c r="G498" t="s">
-        <v>1989</v>
+        <v>2423</v>
       </c>
       <c r="H498"/>
-      <c r="I498"/>
+      <c r="I498" t="s">
+        <v>866</v>
+      </c>
       <c r="J498" t="s">
-        <v>1990</v>
+        <v>91</v>
       </c>
     </row>
     <row r="499" spans="1:10">
       <c r="A499" t="s">
-        <v>1991</v>
+        <v>2424</v>
       </c>
       <c r="B499" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C499" t="s">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="D499"/>
+        <v>2425</v>
+      </c>
+      <c r="D499" t="s">
+        <v>425</v>
+      </c>
       <c r="E499" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F499"/>
+        <v>303</v>
+      </c>
+      <c r="F499" t="s">
+        <v>25</v>
+      </c>
       <c r="G499" t="s">
-        <v>1993</v>
+        <v>2426</v>
       </c>
       <c r="H499"/>
-      <c r="I499" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I499"/>
       <c r="J499" t="s">
-        <v>77</v>
+        <v>102</v>
       </c>
     </row>
     <row r="500" spans="1:10">
       <c r="A500" t="s">
-        <v>1994</v>
+        <v>2427</v>
       </c>
       <c r="B500" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="C500" t="s">
-        <v>1995</v>
+        <v>2428</v>
       </c>
       <c r="D500"/>
-      <c r="E500" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E500"/>
+      <c r="F500"/>
+      <c r="G500"/>
       <c r="H500"/>
       <c r="I500"/>
       <c r="J500" t="s">
-        <v>86</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="501" spans="1:10">
       <c r="A501" t="s">
-        <v>1997</v>
+        <v>2430</v>
       </c>
       <c r="B501" t="s">
-        <v>40</v>
+        <v>68</v>
       </c>
       <c r="C501" t="s">
-        <v>1998</v>
-[...1 lines deleted...]
-      <c r="D501"/>
+        <v>2431</v>
+      </c>
+      <c r="D501" t="s">
+        <v>2432</v>
+      </c>
       <c r="E501"/>
       <c r="F501"/>
       <c r="G501" t="s">
-        <v>1999</v>
-[...1 lines deleted...]
-      <c r="H501"/>
+        <v>2433</v>
+      </c>
+      <c r="H501" t="s">
+        <v>64</v>
+      </c>
       <c r="I501"/>
       <c r="J501" t="s">
-        <v>2000</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="502" spans="1:10">
       <c r="A502" t="s">
-        <v>2001</v>
+        <v>2435</v>
       </c>
       <c r="B502" t="s">
-        <v>60</v>
+        <v>1571</v>
       </c>
       <c r="C502" t="s">
-        <v>2002</v>
-[...3 lines deleted...]
-      <c r="F502"/>
+        <v>2436</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E502" t="s">
+        <v>303</v>
+      </c>
+      <c r="F502" t="s">
+        <v>25</v>
+      </c>
       <c r="G502" t="s">
-        <v>2003</v>
+        <v>2437</v>
       </c>
       <c r="H502"/>
       <c r="I502"/>
       <c r="J502" t="s">
-        <v>2004</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="503" spans="1:10">
       <c r="A503" t="s">
-        <v>2005</v>
+        <v>2439</v>
       </c>
       <c r="B503" t="s">
-        <v>1297</v>
+        <v>43</v>
       </c>
       <c r="C503" t="s">
-        <v>2006</v>
-[...10 lines deleted...]
-      </c>
+        <v>2440</v>
+      </c>
+      <c r="D503" t="s">
+        <v>2441</v>
+      </c>
+      <c r="E503"/>
+      <c r="F503"/>
+      <c r="G503"/>
       <c r="H503"/>
-      <c r="I503"/>
+      <c r="I503" t="s">
+        <v>2442</v>
+      </c>
       <c r="J503" t="s">
-        <v>2008</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="504" spans="1:10">
       <c r="A504" t="s">
-        <v>2009</v>
+        <v>2444</v>
       </c>
       <c r="B504" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C504" t="s">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="D504"/>
+        <v>2445</v>
+      </c>
+      <c r="D504" t="s">
+        <v>2446</v>
+      </c>
       <c r="E504"/>
       <c r="F504"/>
       <c r="G504"/>
       <c r="H504"/>
       <c r="I504" t="s">
-        <v>2011</v>
+        <v>846</v>
       </c>
       <c r="J504" t="s">
-        <v>2012</v>
+        <v>386</v>
       </c>
     </row>
     <row r="505" spans="1:10">
       <c r="A505" t="s">
-        <v>2013</v>
+        <v>2444</v>
       </c>
       <c r="B505" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C505" t="s">
-        <v>2014</v>
+        <v>2447</v>
       </c>
       <c r="D505"/>
       <c r="E505"/>
       <c r="F505"/>
       <c r="G505"/>
       <c r="H505"/>
       <c r="I505"/>
       <c r="J505" t="s">
-        <v>2015</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="506" spans="1:10">
       <c r="A506" t="s">
-        <v>2013</v>
+        <v>2449</v>
       </c>
       <c r="B506" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="C506" t="s">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="D506"/>
+        <v>2450</v>
+      </c>
+      <c r="D506" t="s">
+        <v>1534</v>
+      </c>
       <c r="E506"/>
       <c r="F506"/>
-      <c r="G506"/>
+      <c r="G506" t="s">
+        <v>2451</v>
+      </c>
       <c r="H506"/>
-      <c r="I506" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I506"/>
       <c r="J506" t="s">
-        <v>312</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="507" spans="1:10">
       <c r="A507" t="s">
-        <v>2017</v>
+        <v>2453</v>
       </c>
       <c r="B507" t="s">
-        <v>118</v>
+        <v>25</v>
       </c>
       <c r="C507" t="s">
-        <v>2018</v>
-[...6 lines deleted...]
-      </c>
+        <v>2454</v>
+      </c>
+      <c r="D507" t="s">
+        <v>193</v>
+      </c>
+      <c r="E507" t="s">
+        <v>303</v>
+      </c>
+      <c r="F507" t="s">
+        <v>25</v>
+      </c>
+      <c r="G507"/>
       <c r="H507"/>
       <c r="I507"/>
       <c r="J507" t="s">
-        <v>2020</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="508" spans="1:10">
       <c r="A508" t="s">
-        <v>2021</v>
+        <v>2456</v>
       </c>
       <c r="B508" t="s">
-        <v>29</v>
+        <v>214</v>
       </c>
       <c r="C508" t="s">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="D508"/>
+        <v>2457</v>
+      </c>
+      <c r="D508" t="s">
+        <v>440</v>
+      </c>
       <c r="E508" t="s">
-        <v>246</v>
+        <v>484</v>
       </c>
       <c r="F508" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="G508"/>
+        <v>214</v>
+      </c>
+      <c r="G508" t="s">
+        <v>2458</v>
+      </c>
       <c r="H508"/>
       <c r="I508"/>
       <c r="J508" t="s">
-        <v>2023</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="509" spans="1:10">
       <c r="A509" t="s">
-        <v>2024</v>
+        <v>2460</v>
       </c>
       <c r="B509" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="C509" t="s">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="D509"/>
+        <v>2461</v>
+      </c>
+      <c r="D509" t="s">
+        <v>2462</v>
+      </c>
       <c r="E509" t="s">
-        <v>389</v>
+        <v>217</v>
       </c>
       <c r="F509" t="s">
-        <v>182</v>
+        <v>25</v>
       </c>
       <c r="G509" t="s">
-        <v>2026</v>
+        <v>2463</v>
       </c>
       <c r="H509"/>
       <c r="I509"/>
       <c r="J509" t="s">
-        <v>2027</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="510" spans="1:10">
       <c r="A510" t="s">
-        <v>2028</v>
+        <v>2465</v>
       </c>
       <c r="B510" t="s">
-        <v>179</v>
+        <v>25</v>
       </c>
       <c r="C510" t="s">
-        <v>2029</v>
-[...1 lines deleted...]
-      <c r="D510"/>
+        <v>2466</v>
+      </c>
+      <c r="D510" t="s">
+        <v>726</v>
+      </c>
       <c r="E510" t="s">
-        <v>181</v>
-[...3 lines deleted...]
-      </c>
+        <v>346</v>
+      </c>
+      <c r="F510"/>
       <c r="G510" t="s">
-        <v>2030</v>
+        <v>2467</v>
       </c>
       <c r="H510"/>
       <c r="I510"/>
       <c r="J510" t="s">
-        <v>2031</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="511" spans="1:10">
       <c r="A511" t="s">
-        <v>2032</v>
+        <v>2469</v>
       </c>
       <c r="B511" t="s">
-        <v>29</v>
+        <v>1571</v>
       </c>
       <c r="C511" t="s">
-        <v>2033</v>
-[...1 lines deleted...]
-      <c r="D511"/>
+        <v>2470</v>
+      </c>
+      <c r="D511" t="s">
+        <v>222</v>
+      </c>
       <c r="E511" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="F511"/>
+        <v>24</v>
+      </c>
+      <c r="F511" t="s">
+        <v>25</v>
+      </c>
       <c r="G511" t="s">
-        <v>2034</v>
-[...1 lines deleted...]
-      <c r="H511"/>
+        <v>2471</v>
+      </c>
+      <c r="H511" t="s">
+        <v>2472</v>
+      </c>
       <c r="I511"/>
       <c r="J511" t="s">
-        <v>2035</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="512" spans="1:10">
       <c r="A512" t="s">
-        <v>2036</v>
+        <v>2474</v>
       </c>
       <c r="B512" t="s">
-        <v>1297</v>
+        <v>25</v>
       </c>
       <c r="C512" t="s">
-        <v>2037</v>
-[...1 lines deleted...]
-      <c r="D512"/>
+        <v>2475</v>
+      </c>
+      <c r="D512" t="s">
+        <v>1987</v>
+      </c>
       <c r="E512" t="s">
-        <v>23</v>
+        <v>346</v>
       </c>
       <c r="F512" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G512" t="s">
-        <v>2038</v>
+        <v>2476</v>
       </c>
       <c r="H512"/>
-      <c r="I512"/>
+      <c r="I512" t="s">
+        <v>2477</v>
+      </c>
       <c r="J512" t="s">
-        <v>2039</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="513" spans="1:10">
       <c r="A513" t="s">
-        <v>2040</v>
+        <v>2479</v>
       </c>
       <c r="B513" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C513" t="s">
-        <v>2041</v>
-[...1 lines deleted...]
-      <c r="D513"/>
+        <v>2480</v>
+      </c>
+      <c r="D513" t="s">
+        <v>2481</v>
+      </c>
       <c r="E513" t="s">
-        <v>279</v>
+        <v>24</v>
       </c>
       <c r="F513" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="H513"/>
+        <v>25</v>
+      </c>
+      <c r="G513"/>
+      <c r="H513" t="s">
+        <v>962</v>
+      </c>
       <c r="I513" t="s">
-        <v>2043</v>
+        <v>1457</v>
       </c>
       <c r="J513" t="s">
-        <v>2044</v>
+        <v>400</v>
       </c>
     </row>
     <row r="514" spans="1:10">
       <c r="A514" t="s">
-        <v>2045</v>
+        <v>2482</v>
       </c>
       <c r="B514" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="C514" t="s">
-        <v>2046</v>
-[...1 lines deleted...]
-      <c r="D514"/>
+        <v>2483</v>
+      </c>
+      <c r="D514" t="s">
+        <v>2484</v>
+      </c>
       <c r="E514" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F514" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-      <c r="H514"/>
+        <v>25</v>
+      </c>
+      <c r="G514" t="s">
+        <v>2485</v>
+      </c>
+      <c r="H514" t="s">
+        <v>962</v>
+      </c>
       <c r="I514" t="s">
-        <v>1199</v>
+        <v>2486</v>
       </c>
       <c r="J514" t="s">
-        <v>324</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="515" spans="1:10">
       <c r="A515" t="s">
-        <v>2047</v>
+        <v>2487</v>
       </c>
       <c r="B515" t="s">
-        <v>21</v>
+        <v>1866</v>
       </c>
       <c r="C515" t="s">
-        <v>2048</v>
-[...7 lines deleted...]
-      </c>
+        <v>2488</v>
+      </c>
+      <c r="D515" t="s">
+        <v>2489</v>
+      </c>
+      <c r="E515"/>
+      <c r="F515"/>
       <c r="G515" t="s">
-        <v>2049</v>
-[...4 lines deleted...]
-      </c>
+        <v>2490</v>
+      </c>
+      <c r="H515" t="s">
+        <v>2491</v>
+      </c>
+      <c r="I515"/>
       <c r="J515" t="s">
-        <v>1623</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="516" spans="1:10">
       <c r="A516" t="s">
-        <v>2051</v>
+        <v>2493</v>
       </c>
       <c r="B516" t="s">
-        <v>1537</v>
+        <v>43</v>
       </c>
       <c r="C516" t="s">
-        <v>2052</v>
+        <v>2494</v>
       </c>
       <c r="D516"/>
       <c r="E516"/>
       <c r="F516"/>
-      <c r="G516" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G516"/>
       <c r="H516"/>
       <c r="I516"/>
       <c r="J516" t="s">
-        <v>2054</v>
+        <v>386</v>
       </c>
     </row>
     <row r="517" spans="1:10">
       <c r="A517" t="s">
-        <v>2055</v>
+        <v>2495</v>
       </c>
       <c r="B517" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C517" t="s">
-        <v>2056</v>
-[...6 lines deleted...]
-      <c r="I517"/>
+        <v>2496</v>
+      </c>
+      <c r="D517" t="s">
+        <v>2497</v>
+      </c>
+      <c r="E517" t="s">
+        <v>24</v>
+      </c>
+      <c r="F517" t="s">
+        <v>25</v>
+      </c>
+      <c r="G517" t="s">
+        <v>2498</v>
+      </c>
+      <c r="H517" t="s">
+        <v>2499</v>
+      </c>
+      <c r="I517" t="s">
+        <v>2500</v>
+      </c>
       <c r="J517" t="s">
-        <v>312</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="518" spans="1:10">
       <c r="A518" t="s">
-        <v>2057</v>
+        <v>2502</v>
       </c>
       <c r="B518" t="s">
-        <v>29</v>
+        <v>191</v>
       </c>
       <c r="C518" t="s">
-        <v>2058</v>
-[...7 lines deleted...]
-      </c>
+        <v>2503</v>
+      </c>
+      <c r="D518" t="s">
+        <v>2504</v>
+      </c>
+      <c r="E518"/>
+      <c r="F518"/>
       <c r="G518" t="s">
-        <v>2059</v>
+        <v>2505</v>
       </c>
       <c r="H518"/>
       <c r="I518" t="s">
-        <v>2060</v>
+        <v>1394</v>
       </c>
       <c r="J518" t="s">
-        <v>2061</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="519" spans="1:10">
       <c r="A519" t="s">
-        <v>2062</v>
+        <v>2507</v>
       </c>
       <c r="B519" t="s">
-        <v>161</v>
+        <v>838</v>
       </c>
       <c r="C519" t="s">
-        <v>2063</v>
-[...3 lines deleted...]
-      <c r="F519"/>
+        <v>2508</v>
+      </c>
+      <c r="D519" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E519" t="s">
+        <v>24</v>
+      </c>
+      <c r="F519" t="s">
+        <v>25</v>
+      </c>
       <c r="G519" t="s">
-        <v>2064</v>
-[...4 lines deleted...]
-      </c>
+        <v>2510</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1034</v>
+      </c>
+      <c r="I519"/>
       <c r="J519" t="s">
-        <v>2066</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="520" spans="1:10">
       <c r="A520" t="s">
-        <v>2067</v>
+        <v>2512</v>
       </c>
       <c r="B520" t="s">
-        <v>687</v>
+        <v>1104</v>
       </c>
       <c r="C520" t="s">
-        <v>2068</v>
-[...7 lines deleted...]
-      </c>
+        <v>2513</v>
+      </c>
+      <c r="D520" t="s">
+        <v>2514</v>
+      </c>
+      <c r="E520"/>
+      <c r="F520"/>
       <c r="G520" t="s">
-        <v>2069</v>
-[...1 lines deleted...]
-      <c r="H520"/>
+        <v>2515</v>
+      </c>
+      <c r="H520" t="s">
+        <v>2516</v>
+      </c>
       <c r="I520"/>
       <c r="J520" t="s">
-        <v>2070</v>
+        <v>437</v>
       </c>
     </row>
     <row r="521" spans="1:10">
       <c r="A521" t="s">
-        <v>2071</v>
+        <v>2517</v>
       </c>
       <c r="B521" t="s">
-        <v>902</v>
+        <v>25</v>
       </c>
       <c r="C521" t="s">
-        <v>2072</v>
-[...3 lines deleted...]
-      <c r="F521"/>
+        <v>2518</v>
+      </c>
+      <c r="D521" t="s">
+        <v>2519</v>
+      </c>
+      <c r="E521" t="s">
+        <v>346</v>
+      </c>
+      <c r="F521" t="s">
+        <v>25</v>
+      </c>
       <c r="G521" t="s">
-        <v>2073</v>
-[...1 lines deleted...]
-      <c r="H521"/>
+        <v>2520</v>
+      </c>
+      <c r="H521" t="s">
+        <v>2521</v>
+      </c>
       <c r="I521"/>
       <c r="J521" t="s">
-        <v>355</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="522" spans="1:10">
       <c r="A522" t="s">
-        <v>2074</v>
+        <v>2523</v>
       </c>
       <c r="B522" t="s">
-        <v>29</v>
+        <v>150</v>
       </c>
       <c r="C522" t="s">
-        <v>2075</v>
-[...7 lines deleted...]
-      </c>
+        <v>2524</v>
+      </c>
+      <c r="D522" t="s">
+        <v>2525</v>
+      </c>
+      <c r="E522"/>
+      <c r="F522"/>
       <c r="G522" t="s">
-        <v>2076</v>
-[...1 lines deleted...]
-      <c r="H522"/>
+        <v>2526</v>
+      </c>
+      <c r="H522" t="s">
+        <v>2527</v>
+      </c>
       <c r="I522"/>
       <c r="J522" t="s">
-        <v>2077</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="523" spans="1:10">
       <c r="A523" t="s">
-        <v>2078</v>
+        <v>2529</v>
       </c>
       <c r="B523" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="C523" t="s">
-        <v>2079</v>
-[...1 lines deleted...]
-      <c r="D523"/>
+        <v>2530</v>
+      </c>
+      <c r="D523" t="s">
+        <v>266</v>
+      </c>
       <c r="E523"/>
       <c r="F523"/>
-      <c r="G523" t="s">
-[...3 lines deleted...]
-      <c r="I523"/>
+      <c r="G523"/>
+      <c r="H523" t="s">
+        <v>2531</v>
+      </c>
+      <c r="I523" t="s">
+        <v>2532</v>
+      </c>
       <c r="J523" t="s">
-        <v>2081</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="524" spans="1:10">
       <c r="A524" t="s">
-        <v>2082</v>
+        <v>2534</v>
       </c>
       <c r="B524" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="C524" t="s">
-        <v>2083</v>
-[...2 lines deleted...]
-      <c r="E524"/>
+        <v>2535</v>
+      </c>
+      <c r="D524" t="s">
+        <v>788</v>
+      </c>
+      <c r="E524" t="s">
+        <v>24</v>
+      </c>
       <c r="F524"/>
-      <c r="G524"/>
+      <c r="G524" t="s">
+        <v>2536</v>
+      </c>
       <c r="H524"/>
-      <c r="I524" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I524"/>
       <c r="J524" t="s">
-        <v>2085</v>
+        <v>35</v>
       </c>
     </row>
     <row r="525" spans="1:10">
       <c r="A525" t="s">
-        <v>2086</v>
+        <v>2537</v>
       </c>
       <c r="B525" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C525" t="s">
-        <v>2087</v>
-[...1 lines deleted...]
-      <c r="D525"/>
+        <v>609</v>
+      </c>
+      <c r="D525" t="s">
+        <v>2538</v>
+      </c>
       <c r="E525" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F525"/>
+        <v>24</v>
+      </c>
+      <c r="F525" t="s">
+        <v>25</v>
+      </c>
       <c r="G525" t="s">
-        <v>2088</v>
+        <v>2539</v>
       </c>
       <c r="H525"/>
       <c r="I525"/>
       <c r="J525" t="s">
-        <v>33</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="526" spans="1:10">
       <c r="A526" t="s">
-        <v>2089</v>
+        <v>2541</v>
       </c>
       <c r="B526" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="C526" t="s">
-        <v>493</v>
-[...10 lines deleted...]
-      </c>
+        <v>2542</v>
+      </c>
+      <c r="D526" t="s">
+        <v>403</v>
+      </c>
+      <c r="E526"/>
+      <c r="F526"/>
+      <c r="G526"/>
       <c r="H526"/>
-      <c r="I526"/>
+      <c r="I526" t="s">
+        <v>2543</v>
+      </c>
       <c r="J526" t="s">
-        <v>2091</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="527" spans="1:10">
       <c r="A527" t="s">
-        <v>2092</v>
+        <v>2545</v>
       </c>
       <c r="B527" t="s">
-        <v>35</v>
+        <v>198</v>
       </c>
       <c r="C527" t="s">
-        <v>2093</v>
-[...4 lines deleted...]
-      <c r="G527"/>
+        <v>2546</v>
+      </c>
+      <c r="D527" t="s">
+        <v>368</v>
+      </c>
+      <c r="E527" t="s">
+        <v>24</v>
+      </c>
+      <c r="F527" t="s">
+        <v>25</v>
+      </c>
+      <c r="G527" t="s">
+        <v>2547</v>
+      </c>
       <c r="H527"/>
-      <c r="I527" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I527"/>
       <c r="J527" t="s">
-        <v>2095</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="528" spans="1:10">
       <c r="A528" t="s">
-        <v>2096</v>
+        <v>2549</v>
       </c>
       <c r="B528" t="s">
-        <v>166</v>
+        <v>25</v>
       </c>
       <c r="C528" t="s">
-        <v>2097</v>
-[...1 lines deleted...]
-      <c r="D528"/>
+        <v>2550</v>
+      </c>
+      <c r="D528" t="s">
+        <v>2551</v>
+      </c>
       <c r="E528" t="s">
-        <v>23</v>
+        <v>1058</v>
       </c>
       <c r="F528" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G528" t="s">
-        <v>2098</v>
-[...1 lines deleted...]
-      <c r="H528"/>
+        <v>2552</v>
+      </c>
+      <c r="H528" t="s">
+        <v>2553</v>
+      </c>
       <c r="I528"/>
       <c r="J528" t="s">
-        <v>2099</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="529" spans="1:10">
       <c r="A529" t="s">
-        <v>2100</v>
+        <v>2555</v>
       </c>
       <c r="B529" t="s">
-        <v>29</v>
+        <v>1866</v>
       </c>
       <c r="C529" t="s">
-        <v>2101</v>
-[...7 lines deleted...]
-      </c>
+        <v>2556</v>
+      </c>
+      <c r="D529" t="s">
+        <v>2557</v>
+      </c>
+      <c r="E529"/>
+      <c r="F529"/>
       <c r="G529" t="s">
-        <v>2102</v>
+        <v>2558</v>
       </c>
       <c r="H529"/>
       <c r="I529"/>
       <c r="J529" t="s">
-        <v>2103</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="530" spans="1:10">
       <c r="A530" t="s">
-        <v>2104</v>
+        <v>2559</v>
       </c>
       <c r="B530" t="s">
-        <v>1537</v>
+        <v>25</v>
       </c>
       <c r="C530" t="s">
-        <v>2105</v>
-[...2 lines deleted...]
-      <c r="E530"/>
+        <v>2560</v>
+      </c>
+      <c r="D530" t="s">
+        <v>2561</v>
+      </c>
+      <c r="E530" t="s">
+        <v>24</v>
+      </c>
       <c r="F530"/>
       <c r="G530" t="s">
-        <v>2106</v>
+        <v>2562</v>
       </c>
       <c r="H530"/>
       <c r="I530"/>
       <c r="J530" t="s">
-        <v>1541</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="531" spans="1:10">
       <c r="A531" t="s">
-        <v>2107</v>
+        <v>2564</v>
       </c>
       <c r="B531" t="s">
-        <v>29</v>
+        <v>139</v>
       </c>
       <c r="C531" t="s">
-        <v>2108</v>
-[...4 lines deleted...]
-      </c>
+        <v>2565</v>
+      </c>
+      <c r="D531" t="s">
+        <v>489</v>
+      </c>
+      <c r="E531"/>
       <c r="F531"/>
       <c r="G531" t="s">
-        <v>2109</v>
+        <v>2566</v>
       </c>
       <c r="H531"/>
       <c r="I531"/>
       <c r="J531" t="s">
-        <v>2110</v>
+        <v>337</v>
       </c>
     </row>
     <row r="532" spans="1:10">
       <c r="A532" t="s">
-        <v>2111</v>
+        <v>2567</v>
       </c>
       <c r="B532" t="s">
-        <v>118</v>
+        <v>25</v>
       </c>
       <c r="C532" t="s">
-        <v>2112</v>
-[...3 lines deleted...]
-      <c r="F532"/>
+        <v>2568</v>
+      </c>
+      <c r="D532" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E532" t="s">
+        <v>303</v>
+      </c>
+      <c r="F532" t="s">
+        <v>25</v>
+      </c>
       <c r="G532" t="s">
-        <v>2113</v>
-[...1 lines deleted...]
-      <c r="H532"/>
+        <v>2569</v>
+      </c>
+      <c r="H532" t="s">
+        <v>1673</v>
+      </c>
       <c r="I532"/>
       <c r="J532" t="s">
-        <v>272</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="533" spans="1:10">
       <c r="A533" t="s">
-        <v>2114</v>
+        <v>2571</v>
       </c>
       <c r="B533" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C533" t="s">
-        <v>2115</v>
-[...1 lines deleted...]
-      <c r="D533"/>
+        <v>2572</v>
+      </c>
+      <c r="D533" t="s">
+        <v>1141</v>
+      </c>
       <c r="E533" t="s">
-        <v>246</v>
+        <v>346</v>
       </c>
       <c r="F533" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G533" t="s">
-        <v>2116</v>
+        <v>2573</v>
       </c>
       <c r="H533"/>
       <c r="I533"/>
       <c r="J533" t="s">
-        <v>2117</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="534" spans="1:10">
       <c r="A534" t="s">
-        <v>2118</v>
+        <v>2575</v>
       </c>
       <c r="B534" t="s">
-        <v>29</v>
+        <v>1104</v>
       </c>
       <c r="C534" t="s">
-        <v>2119</v>
-[...7 lines deleted...]
-      </c>
+        <v>2576</v>
+      </c>
+      <c r="D534" t="s">
+        <v>2577</v>
+      </c>
+      <c r="E534"/>
+      <c r="F534"/>
       <c r="G534" t="s">
-        <v>2120</v>
+        <v>2578</v>
       </c>
       <c r="H534"/>
       <c r="I534"/>
       <c r="J534" t="s">
-        <v>2121</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="535" spans="1:10">
       <c r="A535" t="s">
-        <v>2122</v>
+        <v>2580</v>
       </c>
       <c r="B535" t="s">
-        <v>902</v>
+        <v>25</v>
       </c>
       <c r="C535" t="s">
-        <v>2123</v>
-[...3 lines deleted...]
-      <c r="F535"/>
+        <v>2581</v>
+      </c>
+      <c r="D535" t="s">
+        <v>368</v>
+      </c>
+      <c r="E535" t="s">
+        <v>24</v>
+      </c>
+      <c r="F535" t="s">
+        <v>25</v>
+      </c>
       <c r="G535" t="s">
-        <v>2124</v>
+        <v>2582</v>
       </c>
       <c r="H535"/>
       <c r="I535"/>
       <c r="J535" t="s">
-        <v>2125</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="536" spans="1:10">
       <c r="A536" t="s">
-        <v>2126</v>
+        <v>2584</v>
       </c>
       <c r="B536" t="s">
-        <v>29</v>
+        <v>1104</v>
       </c>
       <c r="C536" t="s">
-        <v>2127</v>
-[...7 lines deleted...]
-      </c>
+        <v>2585</v>
+      </c>
+      <c r="D536" t="s">
+        <v>2586</v>
+      </c>
+      <c r="E536"/>
+      <c r="F536"/>
       <c r="G536" t="s">
-        <v>2128</v>
+        <v>2587</v>
       </c>
       <c r="H536"/>
       <c r="I536"/>
       <c r="J536" t="s">
-        <v>2129</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="537" spans="1:10">
       <c r="A537" t="s">
-        <v>2130</v>
+        <v>2589</v>
       </c>
       <c r="B537" t="s">
-        <v>902</v>
+        <v>25</v>
       </c>
       <c r="C537" t="s">
-        <v>2131</v>
-[...3 lines deleted...]
-      <c r="F537"/>
+        <v>2590</v>
+      </c>
+      <c r="D537" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E537" t="s">
+        <v>346</v>
+      </c>
+      <c r="F537" t="s">
+        <v>25</v>
+      </c>
       <c r="G537" t="s">
-        <v>2132</v>
-[...1 lines deleted...]
-      <c r="H537"/>
+        <v>2591</v>
+      </c>
+      <c r="H537" t="s">
+        <v>584</v>
+      </c>
       <c r="I537"/>
       <c r="J537" t="s">
-        <v>2133</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="538" spans="1:10">
       <c r="A538" t="s">
-        <v>2134</v>
+        <v>2593</v>
       </c>
       <c r="B538" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C538" t="s">
-        <v>2135</v>
-[...1 lines deleted...]
-      <c r="D538"/>
+        <v>609</v>
+      </c>
+      <c r="D538" t="s">
+        <v>764</v>
+      </c>
       <c r="E538" t="s">
-        <v>279</v>
+        <v>24</v>
       </c>
       <c r="F538" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G538" t="s">
-        <v>2136</v>
+        <v>2594</v>
       </c>
       <c r="H538"/>
       <c r="I538"/>
       <c r="J538" t="s">
-        <v>2137</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="539" spans="1:10">
       <c r="A539" t="s">
-        <v>2138</v>
+        <v>2596</v>
       </c>
       <c r="B539" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="C539" t="s">
-        <v>493</v>
-[...7 lines deleted...]
-      </c>
+        <v>2597</v>
+      </c>
+      <c r="D539" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E539"/>
+      <c r="F539"/>
       <c r="G539" t="s">
-        <v>2139</v>
+        <v>2598</v>
       </c>
       <c r="H539"/>
       <c r="I539"/>
       <c r="J539" t="s">
-        <v>2140</v>
+        <v>603</v>
       </c>
     </row>
     <row r="540" spans="1:10">
       <c r="A540" t="s">
-        <v>2141</v>
+        <v>2599</v>
       </c>
       <c r="B540" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="C540" t="s">
-        <v>2142</v>
-[...3 lines deleted...]
-      <c r="F540"/>
+        <v>2600</v>
+      </c>
+      <c r="D540" t="s">
+        <v>271</v>
+      </c>
+      <c r="E540" t="s">
+        <v>1600</v>
+      </c>
+      <c r="F540" t="s">
+        <v>25</v>
+      </c>
       <c r="G540" t="s">
-        <v>2143</v>
+        <v>2601</v>
       </c>
       <c r="H540"/>
       <c r="I540"/>
       <c r="J540" t="s">
-        <v>488</v>
-[...25 lines deleted...]
-        <v>2147</v>
+        <v>2602</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">