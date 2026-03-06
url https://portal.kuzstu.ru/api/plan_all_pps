--- v5 (2026-02-12)
+++ v6 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2603">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2614">
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>Должность</t>
   </si>
   <si>
     <t>Преподаваемые учебные предметы, курсы, дисциплины</t>
   </si>
   <si>
     <t>Уровень (уровни) профессионального образования с указанием наименования направления подготовки и (или) специальности, в том числе научной, и квалификации</t>
   </si>
   <si>
     <t>Учёная степень</t>
   </si>
   <si>
     <t>Учёное звание</t>
   </si>
   <si>
     <t>Сведения о повышении квалификации (за последние 3 года)</t>
   </si>
   <si>
     <t>Сведения о профессиональной переподготовке</t>
   </si>
   <si>
@@ -109,82 +109,82 @@
 Производственная, Преддипломная практика;
 Производственная, Практика по модулю направленного на получение дополнительной квалификации «Инженер-технолог в машиностроении III категории (5 уровень квалификации)»</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: оборудование и технология сварочного производства
 квалификация: инженер;</t>
   </si>
   <si>
     <t>Кандидат технических наук</t>
   </si>
   <si>
     <t>Доцент</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332260, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347564, НОЧУО ДПО "Актион");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227570, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076927, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Государственное и муниципальное управление</t>
   </si>
   <si>
     <t>17 лет
-3 месяца</t>
+4 месяца</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.04.01 Машиностроение - Сварка и родственные технологии;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Конструкторское обеспечение машиностроительных производств;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении</t>
   </si>
   <si>
     <t>Абрамов Игорь Леонидович</t>
   </si>
   <si>
     <t>Надежность теплоэнергетических систем;
 Надежность систем теплоснабжения промышленных предприятий;
 Диагностика теплоэнергетических установок и сетей;
 Метрология, сертификация и теплотехнические измерения</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: технология машиностроения, металлорежущие станки и инструменты
 квалификация: инженер-механик;</t>
   </si>
   <si>
     <t>"Программа повышения квалификации в форме стажировки на тему "Методы и средства контроля, мониторинга и диагностики тепломеханического оборудования ТЭС", 72 час. (от 30.04.2023 ААА 104208010268, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Энергосбережение и повышение энергоэффективности в организациях", 16 час. (от 06.12.2023 080000063788 210, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
 "Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295778, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>35 лет
-6 месяцев</t>
+7 месяцев</t>
   </si>
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика</t>
   </si>
   <si>
     <t>Абрашкин Дмитрий Анатольевич</t>
   </si>
   <si>
     <t>Ассистент</t>
   </si>
   <si>
     <t>Вычислительные системы, сети и телекоммуникации</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: прикладная информатика
 квалификация: бакалавр;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: прикладная информатика
 квалификация: бакалавр;</t>
   </si>
   <si>
     <t>4 года
 5 месяцев</t>
@@ -197,81 +197,78 @@
     <t>Агапов Владимир Григорьевич</t>
   </si>
   <si>
     <t>Старший преподаватель</t>
   </si>
   <si>
     <t>Основы военной подготовки;
 Физическая культура и спорт;
 Дисциплины по физической культуре и спорту - базовые виды спорта</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: физическая культура и спорт
 квалификация: специалист по физической культуре и спорту;</t>
   </si>
   <si>
     <t>"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10264, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
-15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
-15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
-21.05.04 Горное дело - Подземная разработка пластовых месторождений;
-23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
+21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Адамков Аркадий Викторович</t>
   </si>
   <si>
     <t>Проектирование шахт;
 Разработка мощных угольных пластов;
 Горнопромышленная экология;
 Горное право</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: техники и технологии
 квалификация: магистр техники и технологии;</t>
   </si>
   <si>
     <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485509, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Преподователь университета в новой системе российского образования", 72 час. (от 26.04.2024 782421004951, ЧПОУ "Центр профессионального и дополнительного образования Лань" г. Санкт-Петербург);
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000602984, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>3 года
-1 месяц</t>
+2 месяца</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства</t>
   </si>
   <si>
     <t>Азиханов Сергей Сейфудинович</t>
   </si>
   <si>
     <t>Теория нестационарного теплообмена;
 Механика жидкости и газа. Основы теплогазоснабжения и вентиляции;
 Теплотехника;
 Расчет теплотехнического оборудования на прочность;
 Производственная, Эксплуатационная практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: машины и аппараты химических производств
 квалификация: инженер-механик;</t>
   </si>
@@ -533,74 +530,74 @@
 Производственная, Научно-исследовательская работа;
 Производственная, Технологическая (производственно-технологическая) практика;
 Производственная, Преддипломная практика;
 Учебная, Научно-исследовательская работа (получение первичных навыков научно-исследовательской деятельности)</t>
   </si>
   <si>
     <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063928, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
 "Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253385, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>23.03.03 Эксплуатация транспортно-технологических машин и комплексов - Автомобили и автомобильное хозяйство;
 23.04.03 Эксплуатация транспортно-технологических машин и комплексов - Транспортные и транспортно-технологические машины;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Андрюшков Алексей Анатольевич</t>
   </si>
   <si>
     <t>Теоретические основы теплотехники;
 Механика жидкости и газа;
 Современные проблемы науки и машиностроительного производства;
 Модифицирование материалов высокотемпературными потоками энергии;
 Основы теплофизики;
 CALS и CASE-технологии в машиностроении;
 Экономико-математическое моделирование процессов и технологий обогащения полезных ископаемых;
+Отделочно-упрочняющие методы обработки;
 Основы автоматизированного проектирования;
-Отделочно-упрочняющие методы обработки;
 Оборудование предприятий;
 Технология машиностроения;
 Технология химического машиностроения;
 Оборудование и эксплуатация транспорта жидкости и газа;
 Математическое моделирование процессов обогащения в среде Delphi</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: технологические машины и оборудование
 квалификация: магистр техники и технологии;</t>
   </si>
   <si>
     <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 22.11.2023 У2023351228, НОЧУО ДПО "Актион");
-"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227575, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227575, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"Техника и технология современных углеобогатительных фабрик", 16 час. (от 12.12.2025 080000064773, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>12 лет
 3 месяца</t>
   </si>
   <si>
     <t>15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении;
-18.03.01 Химическая технология - Инфохимия;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 21.05.04 Горное дело - Обогащение полезных ископаемых</t>
   </si>
   <si>
     <t>Аносова Юлия Васильевна</t>
   </si>
   <si>
     <t>Безопасность жизнедеятельности;
 Охрана труда в строительстве;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: химия
 квалификация: химик, преподаватель;</t>
   </si>
   <si>
     <t>"По Дополнительной профессиональной программе повышения квалификации преподавателей ОБЖ, преподавателей БЖД и консультантов УКП категория: преподаватели БЖД", 64 час. (от 13.09.2023 42 4111 478655, КОУМЦ по ГО и ЧС)</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
@@ -702,51 +699,51 @@
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Аредаков Глеб Михайлович</t>
   </si>
   <si>
     <t>Основы BIM технологий в системах автоматизированного проектирования</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство</t>
   </si>
   <si>
     <t>Аронов Александр Александрович</t>
   </si>
   <si>
     <t>Основы микропроцессорной техники;
 Микропроцессорная техника;
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
     <t>"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295805, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>2 года
-4 месяца</t>
+5 месяцев</t>
   </si>
   <si>
     <t>11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений</t>
   </si>
   <si>
     <t>Артамонова Алена Владимировна</t>
   </si>
   <si>
     <t>Преподаватель</t>
   </si>
   <si>
     <t>МДК.03.01 Технология анализа, оценки и учета результатов контроля качества;
 УП.03.01 Учебная практика (Анализ и систематизация результатов контроля качества сырья и продукции, разработка предложений по корректирующим действиям)</t>
   </si>
   <si>
     <t>27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Артемасов Валерий Валерьевич</t>
   </si>
   <si>
     <t>Монтаж, наладка, эксплуатация и ремонт электрооборудования;
@@ -966,80 +963,80 @@
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Сервис на предприятиях малого и среднего бизнеса</t>
   </si>
   <si>
     <t>Бабарыкин Владислав Олегович</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: прикладная информатика
 квалификация: бакалавр;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: прикладная информатика
 квалификация: магистр;</t>
   </si>
   <si>
     <t>4 года
-6 месяцев</t>
+7 месяцев</t>
   </si>
   <si>
     <t>Баканов Александр Александрович</t>
   </si>
   <si>
     <t>Системы обеспечения жизненного цикла изделий</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: металлорежущие станки и инструменты
 квалификация: инженер;
 * направление подготовки и (или) специальности: экономика и управление на предприятии
 квалификация: экономист-менеджер;</t>
   </si>
   <si>
     <t>"Защита государственной тайны", 24 час. (от 07.09.2022 7721 4667105, ФГАНУ  "Научно-исследовательский институт "Специализированные вычислительные устройства защиты и автоматика");
 "Техническая защита информации", 24 час. (от 09.09.2022 7721 4667135, ФГАНУ  "Научно-исследовательский институт "Специализированные вычислительные устройства защиты и автоматика");
 "Основы антикоррупционной деятельности в образовательных учреждениях", 36 час. (от 29.12.2022 ААА 1042080100048, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Руководителей органов местного самоуправления и организаций категория: руководители образовательных организаций", 36 час. (от 24.10.2025 42 540479, ГОБУ ДПО "КОУМЦ по ГОиЧС");
 "Работников гражданской обороны и руководителей спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы эвакуационных комиссий организаций", 36 час. (от 12.12.2025 42 541227, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
   </si>
   <si>
     <t>Управление проектами развития;
 Управление качеством;
 Профессиональная переподготовка "Менеджмент" КузГТУ</t>
   </si>
   <si>
     <t>19 лет
-8 месяцев</t>
+9 месяцев</t>
   </si>
   <si>
     <t>15.05.01 Проектирование технологических машин и комплексов - Проектирование механообрабатывающих и инструментальных комплексов в машиностроении</t>
   </si>
   <si>
     <t>Баранцев Денис Александрович</t>
   </si>
   <si>
     <t>Ассистент;
 Преподаватель</t>
   </si>
   <si>
     <t>Химия;
 МДК.02.01 Основы качественного и количественного анализа природных и промышленных материалов;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ);
 ПП.01.01 Производственная практика (Определение оптимальных средств и методов анализа природных и промышленных материалов);
 ПП.02.01 Производственная практика (Проведение качественных и количественных анализов природных и промышленных материалов с применением химических и физико-химических методов анализа);
 ПП.03.01 Производственная практика (Организация лабораторно-производственной деятельности);
 ПП.04.01 Производственная практика (Выполнение работ по профессии лаборант химического анализа);
 УП.02.01 Учебная практика (Проведение качественных и количественных анализов природных и промышленных материалов с применением химических и физико-химических методов анализа)</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: химическая технология неорганических веществ
 квалификация: инженер;</t>
@@ -1147,51 +1144,51 @@
   </si>
   <si>
     <t>Маркшейдерское обеспечение безопасности горных работ;
 Математическая обработка результатов измерений;
 Сдвижение пород и земной поверхности при ведении горных работ;
 Маркшейдерские работы при открытой разработке полезных ископаемых;
 Расчет устойчивости откосов при открытой геотехнологии;
 Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: маркшейдерское дело
 квалификация: горный инженер маркшейдер;</t>
   </si>
   <si>
     <t>Доктор технических наук</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332281, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Маркшейдерское дело", 72 час. (от 23.12.2022 ВНИМИ ПК 001164, Учебный центр АО "ВНИМИ");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227579, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 09.01.2024 У2024023751, НОЧУО ДПО "Актион")</t>
   </si>
   <si>
     <t>51 год
-4 месяца</t>
+5 месяцев</t>
   </si>
   <si>
     <t>Башкирцева Елена Владимировна</t>
   </si>
   <si>
     <t>Диагностика и надежность автоматизированных систем;
 Компьютерно-интегрированные производственные системы;
 Основы информационных технологий;
 МДК.06.02 Инженерно-техническая поддержка сопровождения информационной системы</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: технология машиностроения
 квалификация: инженер;</t>
   </si>
   <si>
     <t>"Введение в машинное обучение", 16 час. (от 19.10.2022 70АВ 041016, Национальный исследовательский Томский политехнический университет);
 "Инновационные и цифровые технологии в образовании", 72 час. (от 03.11.2022 782400077307, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 22.11.2023 У2023351248, актион Университет. Онлайн обучение);
 "Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800138052, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "3D-дизайн и прототипирование инновационного продукта", 76 час. (от 27.06.2024 782400096869, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295779, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство;
@@ -1229,52 +1226,51 @@
   </si>
   <si>
     <t>"Повышение эффективности применения металлорежущего инструмента", 144 час. (от 01.07.2023 346-134, АО "Кемеровский механический завод" (инструментальный цех));
 "Перспективные конструкторские и технологические решения для повышения производ-ности и качества механической обработки деталей и изделий на металлорежущем оборудов., в т.ч. с программ. управлением", 132 час. (от 27.06.2025 080000064708, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Баёв Михаил Алексеевич</t>
   </si>
   <si>
     <t>Бурение и геофизические исследования скважин;
 Физико-технический контроль и мониторинг процессов горного производства;
 Физические процессы в нетрадиционных геотехнологиях;
 Методы интенсификации газоотдачи и эксплуатация скважин;
 Геоэлектрический контроль массива горных пород;
 Теоретическая механика;
-Производственная, Производственно-технологическая практика;
-Производственная, Преддипломная практика</t>
+Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: физические процессы горного или нефтегазового производства
 квалификация: горный инженер;</t>
   </si>
   <si>
     <t>"Управление проектными командами" (от 18.11.2022 423102332285, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485565, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069271, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет");
 "Профилактическая работа в молодежной среде: психологические аспекты отклоняющегося поведения", 18 час. (от 19.12.2025 УПК 24 186613, Центр дополнительного образования "Горизонт" Института русского языка РУДН)</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.05 Физические процессы горного или нефтегазового производства - Физические процессы горного производства</t>
   </si>
   <si>
     <t>Бекшенева Ксения Игоревна</t>
   </si>
   <si>
@@ -1623,87 +1619,90 @@
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: химическая технология неорганических веществ
 квалификация: инженер;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: государственное и муниципальное управление
 квалификация: магистр;</t>
   </si>
   <si>
     <t>Кандидат химических наук</t>
   </si>
   <si>
     <t>"Программа повышения квалификации в форме стажировки в АО "ЦОФ "Березовская", 16 час. (от 25.10.2022 ААА 104208010015, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Управление проектными командами", 36 час. (от 18.11.2022 423102332283, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485605, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000161729, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Управление деятельностью вузов. Новое поколение стандартов высшего образования", 16 час. (от 07.02.2023 040000485337, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Английский язык для профессиональных целей (с использованием онлайн-платформы "Английский пациент")", 144 час. (от 15.05.2023 700800126666 2, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347626, актион Университет. Онлайн обучение);
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227582, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Передовые производственные технологии", 150 час. (от 14.12.2023 782400089929, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Основы наставничества", 16 час. (от 22.12.2023 1209, ГБУ "Кузбасская школа управления");
 "Психолого-педагогическая подготовка преподавателя технического университета", 16 час. (от 24.05.2024 080000064399, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
 "Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000262490, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
-"Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000604277, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+"Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000604277, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Техника и технология современных углеобогатительных фабрик", 16 час. (от 12.12.2025 080000064775, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>Обогащение полезных ископаемых;
 Актуальные вопросы комплексной переработки и использования побочного продукта сжигания угля. Рекультивация на основе передовых европейских практик;
 Преподаватель высшей школы", квалификация: преподаватель высшей школы;
 Менеджер образования: эффективный менеджмент в образовательной организации</t>
   </si>
   <si>
+    <t>5 лет
+6 месяцев</t>
+  </si>
+  <si>
     <t>Богомолов Александр Романович</t>
   </si>
   <si>
-    <t>Теоретическая и прикладная теплотехника;
-Теплофизика и теоретическая теплотехника;
+    <t>Теплофизика и теоретическая теплотехника;
 Энерготехнологический комплекс промышленных предприятий;
 Спецглавы теоретических основ теплотехники;
 Производственная, Научно-производственная практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: машины и аппараты химических производств
 квалификация: инженер-механик;
 * направление подготовки и (или) специальности: планирование промышленности
 квалификация: экономист;</t>
   </si>
   <si>
     <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация оборудования ТЭС" в Кузбасском филиале ООО "СГК", 72 час. (от 22.09.2022 ААА 104208010008, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009990, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 22.11.2023 У2023351270, актион Университет. Онлайн обучение);
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227583, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Достижения в области теплофизики и энергетических технологий", 36 час. (от 21.04.2025 240400085305, ФГАОУ ВО "Сибирский федеральный университет" НОЦ "Институт непрерывного образования")</t>
   </si>
   <si>
     <t>1.3 Физические науки - Теплофизика и теоретическая теплотехника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
-13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
-2.4 Энергетика и электротехника - Теоретическая и прикладная теплотехника</t>
+13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика</t>
   </si>
   <si>
     <t>Борисов Андрей Юрьевич</t>
   </si>
   <si>
     <t>Рабочие процессы горных машин;
 Буровые станки и бурение скважин;
 Карьерные горные машины и оборудование;
 Горные машины и оборудование открытых горных работ;
 Эксплуатация горных машин и оборудования;
 Горные машины, комплексы и оборудование;
 Защита интеллектуальной собственности;
 Основы патентных исследований и патентное право;
 Учебная, Организационно-управленческая практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: горные машины и комплексы
 квалификация: горный инженер;
 Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: технологические машины и оборудование
 квалификация: бакалавр техники и технологии;</t>
   </si>
   <si>
     <t>"По программе повышения квалификации в форме стажировки в АО "ЦОФ "Березовская", 16 час. (от 25.10.2022 AAA 104208010029, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" (Институт непрерывного образования));
@@ -1833,125 +1832,124 @@
   </si>
   <si>
     <t>Эксперт-техник;
 Инженер-механик;
 Инженер по транспорту</t>
   </si>
   <si>
     <t>23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл)</t>
   </si>
   <si>
     <t>Бронникова Евгения Олеговна</t>
   </si>
   <si>
     <t>Процессы обезвоживания, окомкования и складирования продуктов обогащения;
 Основы обогащения и переработки полезных ископаемых;
 Учебная, Организационно-управленческая практика;
 Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: государственное и муниципальное управление
 квалификация: менеджер;</t>
   </si>
   <si>
-    <t>"Нормативное регулирование в области подтверждения соответствия угольной продукции", 16 час. (от 16.04.2024 040000261489, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+    <t>"Нормативное регулирование в области подтверждения соответствия угольной продукции", 16 час. (от 16.04.2024 040000261489, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Техника и технология современных углеобогатительных фабрик", 16 час. (от 12.12.2025 080000064776, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы</t>
   </si>
   <si>
     <t>Буйная Елена Васильевна</t>
   </si>
   <si>
     <t>Экономическая информатика и профессиональные компьютерные программы;
 Программирование учетно-аналитических задач;
 Системы искусственного интеллекта;
 Решение учетно-аналитических задач;
 Пакеты прикладных программ;
 Архитектура предприятий и информационных систем</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: экономика и управление в машиностроении
 квалификация: инженер-экономист;</t>
   </si>
   <si>
     <t>Кандидат экономических наук</t>
   </si>
   <si>
     <t>"Английский язык в академической сфере", 36 час. (от 16.06.2025 ПК 295689, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>1 год
-7 месяцев</t>
+8 месяцев</t>
   </si>
   <si>
     <t>08.04.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика;
 20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.04.02 Землеустройство и кадастры - Кадастр недвижимости;
 23.04.01 Технология транспортных процессов - Организация и управление транспортными процессами;
 23.04.03 Эксплуатация транспортно-технологических машин и комплексов - Транспортные и транспортно-технологические машины;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика</t>
   </si>
   <si>
     <t>Буланова Татьяна Владимировна</t>
   </si>
   <si>
     <t>Стратегия неорганического синтеза;
-Химическая и экологическая безопасность;
 Контроль качества материалов в химической технологии;
 Контроль качества в химической промышленности;
 Химия редких и рассеянных элементов;
 Химия;
 Общая и неорганическая химия;
 Производственная, Научно-исследовательская работа;
 Производственная, Технологическая (проектно-технологическая) практика;
 Производственная, Преддипломная практика;
 МДК.03.01 Организация лабораторно-производственной деятельности;
 Современные аспекты химической технологии неорганических веществ</t>
   </si>
   <si>
     <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227587, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Охрана труда руководителей и специалистов организаций", 44 час. (от 29.12.2023 259, КАО "АЗОТ");
 "Система обучающих цифровых моделей для подготовки и оценки студентов и специалистов нефтегазовой отрасли РТСИМ.Карьера" (от 01.04.2024 000786, РТСИМ. Карьера );
 "Передовые производственные технологии", 150 час. (от 04.07.2024 782400096983, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 18.03.01 Химическая технология - Инновационные химические технологии;
-18.03.01 Химическая технология - Инфохимия;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Бутьян Виталий Александрович</t>
   </si>
   <si>
     <t>История России;
 ОУП.09 История</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: история
 квалификация: историк, преподаватель;</t>
   </si>
   <si>
     <t>"Организация методической работы преподавателя ВУЗа в современных реалиях", 72 час. (от 02.06.2025 193105160223, ООО "Институт развития образования, повышения квалификации и переподготовки")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
@@ -2088,177 +2086,178 @@
   </si>
   <si>
     <t>18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 38.02.06 Финансы - Финансист (9 кл);
 38.02.07 Банковское дело - Специалист банковского дела (9 кл);
 40.02.04 Юриспруденция - Юрист (9 кл)</t>
   </si>
   <si>
     <t>Вазетдинова Анна Павловна</t>
   </si>
   <si>
     <t>Основы кадастра недвижимости;
 Автоматизированные системы кадастрового учета и кадастр недвижимости;
 Геоинформационные и компьютерные технологии</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: землеустройство и кадастры
 квалификация: бакалавр;</t>
   </si>
   <si>
     <t>"Актуальные проблемы взаимодействия субъектов кадастровых отношений", 40 час. (от 07.04.2025 015760, ЧОУ ДПО УЦ "Объединение кадастровых инженеров Сибири")</t>
   </si>
   <si>
     <t>10 лет
-6 месяцев</t>
+7 месяцев</t>
   </si>
   <si>
     <t>21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.04.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Ванеев Олег Николаевич</t>
   </si>
   <si>
     <t>Компьютерные технологии в автоматизации деятельности предприятий;
 Методы и средства проектирования информационных систем и технологий;
 Системная интеграция;
 Инженерия информационных систем;
 Управление данными;
 Производственная, Технологическая (проектно-технологическая) практика;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
     <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123163, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134215, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Системная интеграция и автоматизация информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.04.02 Информационные системы и технологии - Искусственный интеллект и системная интеграция информационных процессов</t>
   </si>
   <si>
     <t>Вахонина Татьяна Евгеньевна</t>
   </si>
   <si>
     <t>Подготовительные процессы обогащения (классификация);
 Основы обогащения рудных и нерудных полезных ископаемых;
 Технология обогащения твердого минерального сырья;
 Направление комплексного использования минерального сырья;
 Технологии обогащения полезных ископаемых;
 Гравитационные процессы обогащения;
 Процессы обезвоживания, окомкования и складирования продуктов обогащения;
 Подготовительные процессы обогащения (дробление, грохочение, измельчение);
 Проектирование обогатительных фабрик;
 Опробование и контроль процессов обогащения</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: обогащение полезных ископаемых
 квалификация: горный инженер;</t>
   </si>
   <si>
     <t>"Программа повышения квалификации в форме стажировки в АО "ЦОФ "Березовская", 16 час. (от 25.10.2022 ААА 104208010013, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000161730, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
-"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000604086, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000604086, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Техника и технология современных углеобогатительных фабрик", 16 час. (от 12.12.2025 080000064777, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Обогащение полезных ископаемых</t>
   </si>
   <si>
     <t>Вахьянов Евгений Михайлович</t>
   </si>
   <si>
     <t>Основы технической эксплуатации автомобильных дорог;
 Дорожные условия и безопасность движения;
 Документоведение;
 Техническая инвентаризация объектов недвижимости;
 Топографическое черчение и картография;
 Учебная, Изыскательская практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: автомобильные дороги и аэродромы
 квалификация: инженер путей сообщения;</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332296, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227590, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Мастер воспитания. Организаторы.", 72 час. (от 27.12.2023 440600077902, ФГБОУ ВО "Костромской государственный университет");
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076940, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Великий Владимир Александрович</t>
   </si>
   <si>
     <t>Интернет-программирование;
 Основы информационных технологий</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: прикладная информатика
 квалификация: бакалавр;</t>
   </si>
   <si>
     <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227591, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076941, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>4 года
-1 месяц</t>
+2 месяца</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Веревкин Сергей Анатольевич</t>
   </si>
   <si>
     <t>Объектно-ориентированное программирование и разработка информационных систем</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: прикладная информатика в экономике
 квалификация: информатик-экономист;
 Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: государственное и муниципальное управление
 квалификация: бакалавр;</t>
   </si>
   <si>
     <t>"Цифровые технологии мониторинга автотранспорта", 72 час. (от 05.12.2025 4, ООО "АС-Телематика")</t>
   </si>
   <si>
     <t>23 года
-1 месяц</t>
+2 месяца</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике</t>
   </si>
   <si>
     <t>Веригина Инга Юрьевна</t>
   </si>
   <si>
     <t>ЕН.03 Информатика;
 ОУП.14 Индивидуальный проект;
 ОУП(у).05 Информатика;
 УП.07.01 Учебная практика (Соадминистрирование баз данных и серверов)</t>
   </si>
   <si>
     <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1442, ГБУ "Кузбасская школа управления");
 "Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064447, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Видин Денис Владимирович</t>
   </si>
@@ -2456,51 +2455,52 @@
 38.02.06 Финансы - Финансист (9 кл);
 38.02.07 Банковское дело - Специалист банковского дела (9 кл);
 40.02.04 Юриспруденция - Юрист (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Возная Анна Анатольевна</t>
   </si>
   <si>
     <t>Углепетрография;
 Геология;
 Промышленные типы месторождений полезных ископаемых;
 Разведка и геолого-экономическая оценка полезных ископаемых;
 Литология;
 Учебная, Геологическая практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: геохимия, минералогия и петрология
 квалификация: геолог-геохимик;</t>
   </si>
   <si>
     <t>Кандидат геолого-минералогических наук</t>
   </si>
   <si>
-    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009999, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования)</t>
+    <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009999, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
+"Управление деятельностью вузов. Новое поколение стандартов высшего образования", 16 час. (от 07.02.2023 040000485358, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Войцехович Юлия Викентьевна</t>
   </si>
   <si>
     <t>Компьютерные технологии для решения геодезических задач</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: горное дело
 квалификация: магистр техники и технологии;</t>
   </si>
   <si>
     <t>"Маркшейдерское и геологическое обеспечение безопасного ведения горных работ", 72 час. (от 25.11.2024 080000064759, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>21 год</t>
   </si>
   <si>
@@ -2550,51 +2550,51 @@
   </si>
   <si>
     <t>Воронин Вячеслав Андреевич</t>
   </si>
   <si>
     <t>Специальные вопросы релейной защиты и автоматики в системах электроснабжения;
 Релейная защита и автоматизация в электроснабжении;
 Релейная защита и автоматизация электроэнергетических систем;
 Переходные процессы;
 Релейная защита и автоматизация в энергетике;
 Методы расчёта и анализа электрических режимов;
 Противоаварийная автоматика энергосистем</t>
   </si>
   <si>
     <t>"Deep Learning", 105 час. (от 06.10.2022 15175, ООО "Нетология");
 "Управление проектными командами", 36 час. (от 18.11.2022 423102332317, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Методы анализа и прогнозирования данных", 260 час. (от 15.12.2022 702417537905, ФГБОУ ВО "Томский государственный университет систем управления и радиоэлектроники" (ТУСУР));
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227594, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Аналитик данных", 276 час. (от 13.03.2024 702417536195, ФГАОУ ВО "Томский государственный университет систем управления и радиоэлектроники")</t>
   </si>
   <si>
     <t>Аналитик данных</t>
   </si>
   <si>
     <t>1 год
-1 месяц</t>
+2 месяца</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Менеджмент в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электротехнические комплексы и системы;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика</t>
   </si>
   <si>
     <t>Воронина Светлана Геннадьевна</t>
   </si>
   <si>
     <t>Органическая химия;
 Радикальные реакции в нефтехимическом синтезе;
 Основы автоматизации производств органического и нефтехимического синтеза;
 Биотехнология;
 Избранные главы органической химии;
 Органоминеральные удобрения;
 Производственная, Научно-исследовательская работа</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: технология основого органического нефтехимического синтеза 
 квалификация: инженер химик-технолог;</t>
   </si>
@@ -2661,90 +2661,108 @@
 09.03.02 Информационные системы и технологии - Системная интеграция и автоматизация информационных процессов</t>
   </si>
   <si>
     <t>Востриков Константин Валерьевич</t>
   </si>
   <si>
     <t>Управление социально-экономическим развитием региона;
 Теория организации;
 PR-технологии на государственной и муниципальной службе;
 Региональное управление и территориальное планирование;
 Социология управления;
 Планирование и проектирование организаций;
 Правовые основы государственного и муниципального управления;
 Управленческий консалтинг;
 Правовые основы антикоррупционной политики;
 Муниципальное право;
 Анализ социально-экономической деятельности;
 Исследование социально-экономических и политических процессов;
 Прогнозирование и планирование</t>
   </si>
   <si>
     <t>Кандидат политических наук</t>
   </si>
   <si>
     <t>"Цифровые компетенции педагога", 24 час. (от 27.03.2024 , On-skills.ru Обучение онлайн);
-"Управление образованием на муниципальном уровне", 28 час. (от 14.11.2025 423104991077, ГОУ ДПО "Институт развития образования Кузбасса")</t>
+"Управление образованием на муниципальном уровне", 28 час. (от 14.11.2025 423104991077, ГОУ ДПО "Институт развития образования Кузбасса");
+"Методика преподавания курса "Основы российской государственности", 72 час. (от 29.12.2025 770401371038, ФГБОУ ВО "Государственный академический университет гуманитарных наук");
+"Техносферная безопасность (охрана труда)", 580 час. (от 06.02.2026 7827 00167405, АНО ДПО "Санкт-Петербургский университет повышения квалификации и профессиональной переподготовки")</t>
   </si>
   <si>
     <t>Юрист;
+Техносферная безопасность (охрана труда);
 Государственное и муниципальное управление на региональном уровне;
 Экономика, менеджмент и финансы;
 Философия, этика религиоведение;
 Диплом предоставляет право на ведение профессиональной деятельности в сфере высшей шеолы</t>
   </si>
   <si>
     <t>38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.04.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера</t>
   </si>
   <si>
     <t>Вострикова Наталья Алексеевна</t>
   </si>
   <si>
     <t>ОУП.06 Физика;
 ОУП.14 Индивидуальный проект;
 ОУП(у).03 Математика;
 ОУП(у).06 Физика</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: физика
 квалификация: физик, преподаватель;</t>
   </si>
   <si>
     <t>"Совершенствование профессиональной деятельности педагога в условиях цифровой образовательной среды (на примере цифровой образовательной среды МЭО)", 36 час. (от 02.12.2024 772418048083 10906, ООО''Мобильное Электронное Образование'')</t>
   </si>
   <si>
     <t>Преподаватель математики и информатики;
 Совершенствование профессиональной деятельности педагога в условиях цифровой образовательной среды (на примере цифровой образовательной среды МЭО)</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 15.02.03 Монтаж, техническое обслуживание и ремонт гидравлического и пневматического оборудования (по отраслям) - Техник-механик (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.02.19 Сварочное производство - Техник (9 кл);
 40.02.04 Юриспруденция - Юрист (9 кл)</t>
+  </si>
+  <si>
+    <t>Гайдайчук Сергей Евгеньевич</t>
+  </si>
+  <si>
+    <t>МДК.01.01 Операционные системы</t>
+  </si>
+  <si>
+    <t>"Методика и практика анализа защищенности информационных стстем" (от 14.10.2025 223104674733 198, Алтайский государственный университет)</t>
+  </si>
+  <si>
+    <t>10 месяцев</t>
+  </si>
+  <si>
+    <t>10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл)</t>
   </si>
   <si>
     <t>Галанина Татьяна Вадимовна</t>
   </si>
   <si>
     <t>Моделирование бизнес-процессов;
 Методология бизнес-анализа;
 Методы принятия управленческих решений;
 Экологическая безопасность минерально-сырьевого комплекса;
 Методы контроля  и оценки бизнес-процессов;
 Реинжиниринг бизнес-процессов;
 Моделирование бизнес-процессов и теория ограничений;
 Презентация проектов;
 Учебная, Научно-исследовательская работа;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: технология хлебопекарного, макаронного и кондитерского производства
 квалификация: инженер-технолог;</t>
   </si>
   <si>
     <t>Кандидат сельскохозяйственных наук</t>
   </si>
   <si>
@@ -2802,51 +2820,51 @@
   </si>
   <si>
     <t>"Проектирование фундаментов, строительство оснований", 72 час. (от 19.12.2025 006458, ООО "АЛЬФА")</t>
   </si>
   <si>
     <t>26 лет
 9 месяцев</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.04.01 Строительство - Автомобильные дороги</t>
   </si>
   <si>
     <t>Герике Борис Людвигович</t>
   </si>
   <si>
     <t>Диагностика горных машин и оборудования</t>
   </si>
   <si>
     <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063621 47, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Энергосбережение и повышение энергоэффективности в организациях", 16 час. (от 06.12.2023 080000063797, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>54 года
-10 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование</t>
   </si>
   <si>
     <t>Гилязидинова Наталья Владимировна</t>
   </si>
   <si>
     <t>Возведение монолитных высотных зданий;
 Технология возведения зданий и сооружений;
 Технологический контроль и системы менеджмента качества в строительстве;
 Спецкурс по технологии строительства;
 Технология монолитного и сборного железобетона;
 Технологические процессы в строительстве;
 Технологии строительного производства;
 Производственная, Преддипломная практика;
 Производственная,Технологическая практика;
 МДК.01.03 Основы технологических процессов;
 Архитектурно-конструктивное проектирование</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332300, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Повышение квалификации в форме стажировки в ГБУ "ПИ "Кузбасспроект" на тему "Организация проектной и изыскательской деятельности в строительстве", 72 час. (от 25.01.2023 ААА 104208010102, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Разработка, внедрение и анализ наружных фасадных решений", 72 час. (от 26.09.2025 080000064731, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
@@ -2858,51 +2876,51 @@
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.03.01 Строительство - Экспертиза и управление недвижимостью;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Гиниятуллина Ольга Леоновна</t>
   </si>
   <si>
     <t>Прикладная информатика и геоинформационные системы;
 Методология и технология проектирования информационных систем</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: информационные системы в социальной сфере
 квалификация: информатик-технолог автоматизированной обработки информации;</t>
   </si>
   <si>
     <t>"Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533072, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ")</t>
   </si>
   <si>
     <t>18 лет
-6 месяцев</t>
+7 месяцев</t>
   </si>
   <si>
     <t>09.04.03 Прикладная информатика - Прикладная информатика в экономике</t>
   </si>
   <si>
     <t>Гиниятуллина Юлия Радиковна</t>
   </si>
   <si>
     <t>Технология минеральных удобрений;
 Химическая технология неорганических веществ;
 Инновационная деятельность и технологический менеджмент;
 Энерго- и ресурсосберегающие процессы и технологии;
 Химия;
 Общая и неорганическая химия;
 Избранные главы неорганической химии;
 Производственная, Научно-исследовательская работа;
 Производственная, Преддипломная практика;
 Производственная, Технологическая (проектно-технологическая) практика;
 ЕН.02 Общая и неорганическая химия;
 МДК.03.01 Организация лабораторно-производственной деятельности;
 Химия и технология неорганических материалов</t>
   </si>
   <si>
     <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227597, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Передовые производственные технологии", 150 час. (от 04.07.2024 782400096985, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
@@ -2924,51 +2942,51 @@
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Обогащение полезных ископаемых</t>
   </si>
   <si>
     <t>Гинтова Наталья Владимировна</t>
   </si>
   <si>
     <t>Прогнозирование и поиски полезных ископаемых;
 Разведка и геолого-экономическая оценка полезных ископаемых;
 Геофизические методы поисков и разведки месторождений полезных ископаемых;
 Опробование твердых полезных ископаемых</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: геоэкология
 квалификация: геоэколог;
 Среднее профессиональное образование:
 * направление подготовки и (или) специальности: геологическая съемка, поиски и разведка месторождений полезных ископаемых
 квалификация: техник-геолог;</t>
   </si>
   <si>
     <t>"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295784, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>21 год
-5 месяцев</t>
+6 месяцев</t>
   </si>
   <si>
     <t>21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых</t>
   </si>
   <si>
     <t>Гладких Александр Сергеевич</t>
   </si>
   <si>
     <t>Нетрадиционные и возобновляемые источники энергии</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: машины и аппараты пищевых производств
 квалификация: инженер;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: теплоэнергетика и теплотехника
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000261518, Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>Диплом предоставляет право на ведение профессиональной деятельности в сфере профессионального обучения, дополнительного профессионального образования</t>
   </si>
   <si>
@@ -3079,51 +3097,52 @@
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Гоголин Вячеслав Анатольевич</t>
   </si>
   <si>
     <t>Математика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: механика
 квалификация: механик;</t>
   </si>
   <si>
     <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123173, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
-"Геомеханическое сопровождение горных работ и моделирования горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533075, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+"Геомеханическое сопровождение горных работ и моделирования горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533075, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Аддитивные технологии: Взгляд в будующее", 16 час. (от 12.11.2025 040000671831, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении</t>
   </si>
   <si>
     <t>Голофастова Наталья Николаевна</t>
   </si>
   <si>
     <t>Региональная и отраслевая экономика;
 Стратегическое и оперативное планирование в минерально-сырьевых компаниях;
 Мировые сырьевые рынки и энергетическая политика;
 Организация и планирование автоматизированных производств;
 Финансовый менеджмент;
 Стратегическое управление процессами планирования и организации производства;
 Финансовый менеджмент минерально-сырьевых компаний;
 Экономика и управление машиностроительным производством;
 Экономика и менеджмент машиностроения;
 Производственная, Практика по профилю профессиональной деятельности</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: экономика и организация машиностроительной промышленности
 квалификация: инженер-экономист;</t>
@@ -3409,86 +3428,86 @@
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте</t>
   </si>
   <si>
     <t>Гришин Сергей Васильевич</t>
   </si>
   <si>
     <t>Графические средства информационных систем;
 Автотранспортные средства;
 Основы работы в офисных приложениях</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: организация перевозок и управление на транспорте
 квалификация: инженер по организации управления на транспорте;</t>
   </si>
   <si>
     <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063939, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
 "Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295718, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295841, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253392, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>28 лет
-9 месяцев</t>
+10 месяцев</t>
   </si>
   <si>
     <t>Гуменный Антон Сергеевич</t>
   </si>
   <si>
     <t>"Современные технологии в образовании: от педагогического дизайна до искусственного интеллекта", 32 час. (от 25.12.2025 700400014981, Институт непрерывного образования ФГБОУВО "Томский государственный архитектурно-строительный университет")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Гурьев Дмитрий Витальевич</t>
   </si>
   <si>
     <t>Математическая обработка результатов измерений;
 Математические методы моделирования в геологии</t>
   </si>
   <si>
     <t>"Требования промышленной безопасности в угольной промышленности", 66 час. (от 16.09.2022 КРУ 000447, Учебный центр АО УК "Кузбассразрезуголь");
 "Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594078, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>13 лет
-1 месяц</t>
+2 месяца</t>
   </si>
   <si>
     <t>21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Маркшейдерское дело</t>
   </si>
   <si>
     <t>Густов Вячеслав Александрович</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: немецкий язык и литература
 квалификация: филолог, преподаватель немецкого языка, переводчик;</t>
   </si>
   <si>
     <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096894, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>Преподаватель английского языка</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Водоснабжение и водоотведение;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
@@ -3618,51 +3637,51 @@
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Дементьев Андрей Валерьевич</t>
   </si>
   <si>
     <t>История шахтного строительства;
 Геотехнические свойства горных пород;
 Процессы и технологии строительного производства;
 Геомеханические процессы в массиве горных пород;
 Основы горного дела (строительная геотехнология)</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: шахтное и подземное строительство
 квалификация: горный инженер строитель;</t>
   </si>
   <si>
     <t>"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000261538, Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>20 лет
-1 месяц</t>
+2 месяца</t>
   </si>
   <si>
     <t>Дементьева Юлия Сергеевна</t>
   </si>
   <si>
     <t>Преподаватель;
 Преподаватель ( первая квалификационная категория )</t>
   </si>
   <si>
     <t>Основы информатики, организации ЭВМ, вычислительных и информационных систем;
 МДК.01.02 Базы данных;
 МДК.02.02 Инструментальные средства разработки программного обеспечения;
 МДК.06.01 Внедрение информационной системы;
 МДК.06.02 Инженерно-техническая поддержка сопровождения информационной системы;
 ОП.03 Основы алгоритмизации и программирования;
 ОП.04 Основы алгоритмизации и программирования;
 ПП.04.01 Производственная практика (Выполнение работ по рабочей профессии &amp;quot;Оператор электронно-вычислительных и вычислительных машин&amp;quot;);
 УП.04.01 Учебная практика (Выполнение работ по рабочей профессии &amp;quot;Оператор электронно-вычислительных и вычислительных машин&amp;quot;)</t>
   </si>
   <si>
     <t>"Семинар-практикум демонстрационный экзамен в 2023 году и особенности его проведения", 34 час. (от 22.02.2023 022418445681, АНО ДПО "Институт цифровых компетенций");
 "Угрозы безопасности и принципы формирования наборов данных для систем искуственного интелекта и машинного обучения", 72 час. (от 30.10.2023 702417537546, ФГАОУ ВО "Томский государственный университет систем управления и радиоэлектроники");
 "Подготовка региональных экспертов конкурсов профессионального мастерства "Абилимпикс" (базовый уровень)", 72 час. (от 02.04.2024 423900000014, ГПОУ "Профессиональный колледж г. Новокузнецка");
 "Основы кибербезопасности", 18 час. (от 17.05.2024 1461, ГБУ "Кузбасская школа управления");
 "Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064449, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
@@ -3691,88 +3710,88 @@
 5 месяцев</t>
   </si>
   <si>
     <t>11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений</t>
   </si>
   <si>
     <t>Дерюшев Александр Владимирович</t>
   </si>
   <si>
     <t>Физика горных пород;
 Механика подземных сооружений;
 Технология и безопасность взрывных работ;
 Единая книжка взрывника</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: строительство подземных сооружений и шахт
 квалификация: горный инженер;</t>
   </si>
   <si>
     <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323134, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>4 года
-10 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 21.05.05 Физические процессы горного или нефтегазового производства - Физические процессы горного производства</t>
   </si>
   <si>
     <t>Динкель Олеся Александровна</t>
   </si>
   <si>
     <t>Проектирование систем электроснабжения;
 Проектирование электроэнергетических систем;
 Проектирование энергообъектов</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: электроснабжение
 квалификация: инженер;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: электроэнергетика и электротехника
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Судебная электротехническая экспертиза", 600 час. (от 04.10.2022 612413282907, ЧОУ ДПО "Академия повышения квалификации и профессиональной переподготовки")</t>
   </si>
   <si>
     <t>Судебный эксперт;
 Професиональная переподготовка по программе "Психология;
 Преподаватель высшей школы</t>
   </si>
   <si>
     <t>17 лет
-8 месяцев</t>
+9 месяцев</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети</t>
   </si>
   <si>
     <t>Долбня Ольга Вадимовна</t>
   </si>
   <si>
     <t>Надежность горных машин и оборудования;
 Электробезопасность;
 Надежность и диагностика горного электрооборудования;
 Информационные технологии в профессиональной деятельности;
 Управление проектами</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: горное дело
 квалификация: горный инженер (специалист);</t>
   </si>
   <si>
     <t>"Английский язык для профессиональных целей (с использованием онлайн-платформы "Английский пациент")", 144 час. (от 15.05.2023 700800126669, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063622 48, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227606, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "3D-дизайн и прототипирование инновационного продукта", 72 час. (от 15.12.2023 542408586950 0025, ФГБУН "Институт горного дела им. Н.А.Чинакала" (ИГД СО РАН));
@@ -3882,101 +3901,104 @@
 Организация договорной работы с потребителями услуг;
 Экономика отрасли;
 МДК.01.02 Изучение основ делопроизводства;
 МДК.01.03 Соблюдение норм этики делового общения;
 ОП.03 Налоги и налогообложение;
 ОП.07 Экономика отрасли;
 ОПЦ.03 Правовое и документационное обеспечение в туризме и гостеприимстве</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: экономика и управление в строительстве
 квалификация: инженер-экономист;</t>
   </si>
   <si>
     <t>"Новые федеральные стандарты бухгалтерского учета. Анализ типовых нарушений, выявляемых в ходе ВКД, и меры по их профилактике.", 40 час. (от 14.10.2022 06-22-001-000166, АНО "Институт переподготовки и повышения квалификации профессиональных бухгалтеров и аудиторов");
 "Анализ типовых нарушений , выявляемых в ходе ВКД, и меры по их профилактике; Практика применения МСА: аудиторские процедуры в отношении событий после отчетной даты....", 32 час. (от 25.07.2023 23-019-000350, АНО ДПО "Институт повышения квалификации Аудиторской палаты России");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227607, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063859, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования)</t>
   </si>
   <si>
     <t>Системное управление инновациями;
 Диплом предоставляет право на ведение профессиональной деятельности в сфере педагогической деятельности по образовательным программам высшего образования</t>
   </si>
   <si>
     <t>8 лет
-5 месяцев</t>
+6 месяцев</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл);
 38.03.02 Менеджмент - Организация и управление отраслевыми предприятиями;
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (11 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл);
 43.03.01 Сервис - Сервис на предприятиях малого и среднего бизнеса</t>
   </si>
   <si>
     <t>Досайкин Антон Олегович</t>
   </si>
   <si>
     <t>Технологические машины и оборудование</t>
   </si>
   <si>
     <t>"Педагогическая деятельность по реализации программ высшего образования", 300 час. (от 07.10.2025 423100384575, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>6 лет
-9 месяцев</t>
+10 месяцев</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Химическая технология неорганических веществ</t>
   </si>
   <si>
     <t>Дочева Анжелика Витальевна</t>
   </si>
   <si>
     <t>Промышленная безопасность</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Драчев Вячеслав Владиславович</t>
   </si>
   <si>
     <t>Материаловедение;
 Технологические процессы автоматизированных производств;
 Технологические процессы в машиностроении;
 Технология конструкционных материалов;
 МДК.01.01 Порядок проведения оценки качества продукции на каждой стадии производственного процесса;
 ОП.02 Материаловедение;
 ОП.04 Материаловедение</t>
+  </si>
+  <si>
+    <t>"Аддитивные технологии: Взгляд в будующее", 16 час. (от 12.11.2025 040000671881, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Дрозденко Юрий Вадимович</t>
   </si>
   <si>
     <t>Надежность горных машин и оборудования;
 Надежность и диагностика горного электрооборудования</t>
   </si>
   <si>
     <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485720, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Управление деятельностью вузов. Новое поколение стандартов высшего образования", 16 час. (от 07.02.2023 040000485391, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063623 49, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
@@ -3984,51 +4006,51 @@
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 25.12.2023 У2023393309, актион Университет. Онлайн обучение);
 "Подземная разработка пластовых месторождений", 70 час. (от 14.06.2024 420800207885, Кузбасский государственный технический университет имени Т.Ф.Горбачева филиал КУЗГТУ в г. Прокопьевске)</t>
   </si>
   <si>
     <t>1 год</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства</t>
   </si>
   <si>
     <t>Дубенский Максим Сергеевич</t>
   </si>
   <si>
     <t>Организация проектирования зданий и сооружений</t>
   </si>
   <si>
     <t>"Повышение квалификации руководителей организаций, лиц. назначенных руководителем организации ответственными за обеспечение пожарной безопасности на объектах защиты, в которых могут одновременно находиться 50 и более человек, объектах защиты, отнесенных к категориям повышенной взрывопожароопасности, взрывопожароопасности,  пожароопасности", 16 час. (от 29.05.2023 00233197, НОУ ДПО "Многопрофильный центр профессионального обучения")</t>
   </si>
   <si>
     <t>Производственный менеджмент;
 Преподаватель высшей школы</t>
   </si>
   <si>
     <t>13 лет
-6 месяцев</t>
+7 месяцев</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство</t>
   </si>
   <si>
     <t>Дубов Георгий Михайлович</t>
   </si>
   <si>
     <t>Управление проектами</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: металлорежущие станки и инструменты
 квалификация: инженер;</t>
   </si>
   <si>
     <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063625 51, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000261718 ГОТиМ-154-2023, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227610, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Менеджмент</t>
   </si>
   <si>
     <t>24 года
@@ -4131,52 +4153,51 @@
 Бухгалтерский учет и анализ;
 Анализ финансовой отчетности;
 Аудит;
 Производственная, Преддипломная практика;
 МДК.01.01 Практические основы бухгалтерского учета активов организации и источников их формирования;
 ОП.05 Аудит;
 ОП.05 Основы внутреннего контроля;
 ОП.07 Основы управленческого учета</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: бухгалтерский учет
 квалификация: экономист;
 Начальное профессиональное образование:
 * направление подготовки и (или) специальности: бухгалтерский учет
 квалификация: бухгалтер;</t>
   </si>
   <si>
     <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323135, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063860, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования)</t>
   </si>
   <si>
     <t>Экономист</t>
   </si>
   <si>
-    <t>6 лет
-11 месяцев</t>
+    <t>7 лет</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл);
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Дьякова Наталья Александровна</t>
   </si>
   <si>
     <t>Конструкции зданий и сооружений;
 Основы архитектуры;
 Основы строительных конструкций;
 МДК.01.02 Строительные конструкции</t>
   </si>
   <si>
     <t>"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295842, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
@@ -4207,51 +4228,50 @@
   <si>
     <t>Процессы и аппараты защиты окружающей среды;
 Процессы и аппараты химической технологии;
 Оборудование предприятий;
 Теория подобия;
 ОП.06 Технологическое оборудование;
 УП.01.01 Учебная практика (Монтаж промышленного оборудования и пусконаладочные работы);
 УП.01.01 Учебная практика (Проведение монтажа, испытания промышленного (технологического) оборудования, выполнение пусконаладочных работ и сдача его в эксплуатацию)</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: машины и аппараты химических производств
 квалификация: инженер;</t>
   </si>
   <si>
     <t>По дополнительной профессиональной программе: Толерантность как составляющая профессионально-коммуникативной компетентности педагога в межкультурном контексте</t>
   </si>
   <si>
     <t>13 лет
 5 месяцев</t>
   </si>
   <si>
     <t>15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 18.03.01 Химическая технология - Инновационные химические технологии;
-18.03.01 Химическая технология - Инфохимия;
 18.03.01 Химическая технология - Технология и переработка полимеров;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств</t>
   </si>
   <si>
     <t>Евсеева Маргарита Александровна</t>
   </si>
   <si>
     <t>"Преподователь университета в новой системе российского образования", 72 час. (от 26.04.2024 782421005221, ЧПОУ "Центр профессионального и дополнительного образования Лань" г. Санкт-Петербург);
 "Методология, новые образовательные технологии и методика преподования дисциплины "История России" в высшей школе", 72 час. (от 11.06.2024 612422428780, ООО "Международная академия современного обучения "Велес"")</t>
   </si>
   <si>
     <t>Преподаватель истории искусства;
 По программе "Преподаватель высшей школы" с правом ведения профессиональной деятельности в сфере высшего профессионального образования с 01.11.2003 по 30.06.2004 в кемГУ г.Кемерово. Диплом от 16.06.20</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Водоснабжение и водоотведение;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
@@ -4298,69 +4318,71 @@
   </si>
   <si>
     <t>Ермаков Александр Николаевич</t>
   </si>
   <si>
     <t>Директор института</t>
   </si>
   <si>
     <t>Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332290, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Цифровые двойники изделий", 72 час. (от 09.12.2022 782400073683, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000161715, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "ESG управление бизнесом: тренды и риски", 16 час. (от 26.12.2022 040000486565, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063626 52, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Российско-китайская программа подготовки специалистов по разработке и реализации природно-климатических проектов и работе на углеродных рынках", 290 час. (от 08.10.2023 722023001089, ФГАОУ ВО "Тюменский государственный университет");
 "Инновационные и цифровые технологии в образовании", 72 час. (от 03.11.2023 782400087997, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227611, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Нормативное регулирование в области подтверждения соответствия угольной продукции", 16 час. (от 16.04.2024 040000565517, Национальный исследовательский технологический университет "МИСИС");
 "Основы кибербезопасности", 18 час. (от 17.05.2024 1470, ГБУ "Кузбасская школа управления");
 "Подземная разработка пластовых месторождений", 70 час. (от 14.06.2024 420800207887, Кузбасский государственный технический университет имени Т.Ф.Горбачева филиал КУЗГТУ в г. Прокопьевске);
 "Методика антикоррупционного просвещения и воспитания в организациях высшего образования (для педагогических работников)", 18 час. (от 28.09.2024 7220324004104, ФГАОУ ВО "Тюменский государственный университет");
 "Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000604360, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000595329, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
-"Организация работы с обучающимися с ограниченными возможностями здоровья (ОВЗ) в соответствии с ФГОС", 72 час. (от 19.02.2025 ПК 0248060, ООО "Московский институт профессиональной переподготовки и повышения квалификации педагогов")</t>
+"Организация работы с обучающимися с ограниченными возможностями здоровья (ОВЗ) в соответствии с ФГОС", 72 час. (от 19.02.2025 ПК 0248060, ООО "Московский институт профессиональной переподготовки и повышения квалификации педагогов");
+"Техника и технология современных углеобогатительных фабрик", 16 час. (от 12.12.2025 080000064778, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин</t>
   </si>
   <si>
     <t>Ермакова Инна Алексеевна</t>
   </si>
   <si>
     <t>Математика;
 Прикладная математика;
 Специальные главы математики</t>
   </si>
   <si>
     <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009970, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Педагогика, психология и математика в высшем образовании", 288 час. (от 18.05.2023 613100518699, АНО ДПО "Гуманитарно-технический университет" );
 "Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123181, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
-"Геомеханическое сопровождение горных работ и моделирования горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533131, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+"Геомеханическое сопровождение горных работ и моделирования горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533131, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Аддитивные технологии: Взгляд в будующее", 16 час. (от 12.11.2025 040000671894, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>Преподаватель математики высшего образования</t>
   </si>
   <si>
     <t>08.04.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 09.04.02 Информационные системы и технологии - Искусственный интеллект и системная интеграция информационных процессов;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Ермолаев Владимир Александрович</t>
   </si>
   <si>
     <t>Алгоритмизация и оптимизация теплоэнергетических систем;
 Технологические энергоносители;
 Производственная, Педагогическая практика</t>
   </si>
   <si>
     <t>Ерофеева Наталья Валерьевна</t>
   </si>
@@ -4529,157 +4551,156 @@
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл);
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Животова Ирина Петровна</t>
   </si>
   <si>
     <t>МДК.01.01 Порядок проведения оценки качества продукции на каждой стадии производственного процесса</t>
   </si>
   <si>
     <t>Среднее профессиональное образование:
 * направление подготовки и (или) специальности: водоснабжение,канализация и очистка промышленных сточ. вод
 квалификация: техник-технолог;</t>
   </si>
   <si>
     <t>25 лет
-8 месяцев</t>
+9 месяцев</t>
   </si>
   <si>
     <t>27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Жиронкин Сергей Александрович</t>
   </si>
   <si>
     <t>Решение горных задач на ПК;
 История горного дела и открытых горных работ;
 Информационные технологии в горном деле;
 Практический курс линейного руководства;
 Экономическое обоснование технологических решений на карьерах;
 Основы горного дела (открытая геотехнология);
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: открытые горные работы
 квалификация: горный инженер;
 * направление подготовки и (или) специальности: экономика и управление на предприятии
 квалификация: инженер-экономист;</t>
   </si>
   <si>
     <t>"Обеспечение объективной оценки качества образования", 72 час. (от 15.01.2025 422423865341, АНО ДПО "Межрегиональный институт повышения квалификации и профессиональной переподготовки");
 "Доступная среда в образовательной организации", 72 час. (от 18.01.2025 422423865340, АНО ДПО "Межрегиональный институт повышения квалификации и профессиональной переподготовки")</t>
   </si>
   <si>
     <t>6 лет
-5 месяцев</t>
+6 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Завьялов Валерий Михайлович</t>
   </si>
   <si>
     <t>Преобразовательная техника</t>
   </si>
   <si>
     <t>"Основы организации и управления коммуникациями в современной медиасреде", 16 час. (от 20.04.2023 7723 4811008 0000001145, ФГАНУ НИИ "Спецвузавтоматика");
 "Виртуальная реальность и 3D моделирование", 16 час. (от 26.06.2023 54ПК0003958 37885, ФГБОУ ВО "Новосибирский государственный технический университет");
 "Интеллектуальные системы в электроэнергетике", 16 час. (от 26.06.2023 54ПК0003985 37912, ФГБОУ ВО "Новосибирский государственный технический университет");
 "Мехатронные и робототехнические модули и системы", 16 час. (от 26.06.2023 54ПК0003877 37804, ФГБОУ ВО "Новосибирский государственный технический университет");
 "Синтез современных систем автоматического управления в электроэнергетике и электротехнике", 16 час. (от 26.06.2023 54ПК0003904 37831, ФГБОУ ВО "Новосибирский государственный технический университет");
 "Управление промышленными работами", 16 час. (от 26.06.2023 54ПК0003931 37858, ФГБОУ ВО "Новосибирский государственный технический университет");
 "Экологическая, промышленная и энергетическая безопасность", 72 час. (от 18.09.2023 813102912893 33-33/5006/пк, ФГАОУ ВО "Севастопольский государственный университет")</t>
   </si>
   <si>
     <t>Завьялова Екатерина Валерьевна</t>
   </si>
   <si>
     <t>Геодезия;
 Маркшейдерия;
 100 шагов к успеху</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: горное дело
 квалификация: горный инженер (специалист);
 Среднее профессиональное образование:
 * направление подготовки и (или) специальности: технология продуктов общественного питания
 квалификация: технолог информационного обеспечения;</t>
   </si>
   <si>
     <t>"Позиционирование образовательного учреждения в социальных сетях", 16 час. (от 30.10.2023 ПК 323021, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Основы наставничества", 16 час. (от 22.12.2023 1222, ГБУ "Кузбасская школа управления");
 "Психолого-педагогическая подготовка преподавателя технического университета", 16 час. (от 24.05.2024 080000064410, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
 "Работа с геоинформационной системой Аксиома", 40 час. (от 09.11.2024 502422317617, ООО "Электронные технологии");
 "Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295785, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
-    <t>21.05.04 Горное дело - Горные машины и оборудование;
-21.05.04 Горное дело - Маркшейдерское дело;
+    <t>21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Зайнулин Ринат Равильевич</t>
   </si>
   <si>
     <t>Физико-химическая геотехнология;
 Управление состоянием массива горных пород;
 Подземная разработка рудных месторождений;
 Основы горного дела (подземная геотехнология)</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: физические процессы горного производства
 квалификация: горный инженер-физик;</t>
   </si>
   <si>
     <t>"Инновационные и цифровые технологи в образовании", 72 час. (от 24.04.2023 , ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000667745, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>1 год
-4 месяца</t>
+5 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Зайцева Ирина Сергеевна</t>
   </si>
   <si>
     <t>Очистка сточных вод с вопросами проектирования систем;
 Химия воды и микробиология;
 Контроль качества воды;
 Основы научных исследований</t>
   </si>
   <si>
     <t>"Водоснабжение и водоотведение. Ресурсосбережение в системах водоснабжения и водоотведения", 72 час. (от 16.05.2024 64.1-02, АНО ДПО "Промышленная безопасность")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений</t>
   </si>
   <si>
@@ -4755,54 +4776,52 @@
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: автоматизация технологических процессов и производств 
 квалификация: бакалавр;</t>
   </si>
   <si>
     <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227615, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076952, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253413, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы</t>
   </si>
   <si>
     <t>Заруба Наталья Андреевна</t>
   </si>
   <si>
     <t>Заведующий кафедрой;
 Профессор</t>
   </si>
   <si>
     <t>Теория социального управления;
 Исследование систем управления;
 Психология управления в социально-производственной сфере;
-Управленческий консалтинг;
 Инновационный менеджмент в социально-производственной сфере;
 Теория организации и организационное поведение;
-Муниципальное право;
 Теория и механизмы современного государственного управления;
 Теория управления</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: русский язык и литература
 квалификация: учитель русского языка и литературы средней школы;</t>
   </si>
   <si>
     <t>Доктор социологических наук</t>
   </si>
   <si>
     <t>"Развитие компетенций эксперта при оценке профессиональной деятельности педагогических работников в процессе аттестации", 48 час. (от 31.05.2023 420800182633, ГОУ ДПО (ПК)С "Кузбасский региональный институт повышения квалификации и переподготовки работников образования");
 "Организация работы по защите персональных данных", 108 час. (от 16.09.2024 423104246116, ГОУ ДПО "Институт развития образования Кузбасса");
 "Управление образованием на муниципальном уровне", 28 час. (от 14.11.2025 423104991078, ГОУ ДПО "Институт развития образования Кузбасса")</t>
   </si>
   <si>
     <t>Захаренко Сергей Геннадьевич</t>
   </si>
   <si>
     <t>Электрические трансформаторы</t>
   </si>
   <si>
     <t>"Общие вопросы охраны труда и функционирования системы управления охраной труда", 16 час. (от 19.09.2025 42171, ЧУП ПО "Сибирский корпоративный энергетический учебный центр");
 "Обучение безопас. методам и приемам выполн. работ при воздействии вредн.и (или) опасн.производ.факторов, источников опасности, идентифицир.в рамках спец. оценки условий труда и оценки профес. рисков", 16 час. (от 23.09.2025 42220, ЧУП ПО "Сибирский корпоративный энергетический учебный центр")</t>
@@ -4850,51 +4869,51 @@
   </si>
   <si>
     <t>Конвейерный транспорт;
 Карьерные транспортные машины и оборудование;
 Карьерный транспорт</t>
   </si>
   <si>
     <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063629 55, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000262007 ГОТиМ-183-2023, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000604136, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы</t>
   </si>
   <si>
     <t>Захаров Сергей Александрович</t>
   </si>
   <si>
     <t>Проектирование энергообъектов;
 Инвестиционное проектирование систем электроснабжения</t>
   </si>
   <si>
     <t>Высшее образование:
-* направление подготовки и (или) специальности: автоматизация технологических процессов и производств
+* направление подготовки и (или) специальности: автоматизация и управление технологическими процессами и производствами
 квалификация: инженер;</t>
   </si>
   <si>
     <t>"Судебная электротехническая экспертиза", 600 час. (от 04.10.2022 612413282908, ЧОУ ДПО "Академия повышения квалификации и профессиональной переподготовки");
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 01.12.2023 , актион Университет. Онлайн обучение);
 "Беспилотные летатетльные аппараты: применение и технологические аспекты", 72 час. (от 07.03.2024 160300059309, АНО ВО "Университет Иннополис")</t>
   </si>
   <si>
     <t>Управление проектами в цифровой среде;
 Судебный эксперт;
 Преподаватель высшей школы</t>
   </si>
   <si>
     <t>Захарова Алла Геннадьевна</t>
   </si>
   <si>
     <t>Представление и защита результатов научных исследований;
 Электрические машины переменного тока;
 Автоматизация тепловых процессов;
 Надежность изделий и систем;
 Диагностика электрооборудования;
 Производственная, Эксплуатационная практика;
 Производственная, Проектная практика</t>
   </si>
   <si>
@@ -4934,50 +4953,54 @@
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.03.01 Строительство - Экспертиза и управление недвижимостью;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений</t>
   </si>
   <si>
     <t>Зиновьев Василий Валентинович</t>
   </si>
   <si>
     <t>Математическое моделирование;
 Моделирование процессов и систем</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: конструирование и производство горных машин и оборудования
 квалификация: горный инженер-механик;</t>
   </si>
   <si>
     <t>"Проектировние управленческой и исследовательской деятельности", 16 час. (от 20.09.2023 423103226899, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Информатика и информационные технологии</t>
+  </si>
+  <si>
+    <t>28 лет
+9 месяцев</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности</t>
   </si>
   <si>
     <t>Золотухин Владимир Михайлович</t>
   </si>
   <si>
     <t>Философия экономики и управления;
 Философия;
 Правоведение;
 Основы трудового законодательства;
 Судебная экономическая экспертиза;
 Криминалистика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: философия
 квалификация: философ, преподаватель философии, социально-политич дисциплин в средних учебных заведениях;</t>
   </si>
   <si>
     <t>Доктор философских наук</t>
   </si>
@@ -5004,78 +5027,76 @@
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.04.02 Менеджмент - Стратегическое управление;
 38.04.02 Менеджмент - Стратегическое управление минерально-сырьевыми компаниями;
 38.04.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Золотухина Наталья Анатольевна</t>
   </si>
   <si>
-    <t>Молекулярный дизайн неорганических соединений и материалов;
-Теоретические и экспериментальные методы исследования в химии;
+    <t>Теоретические и экспериментальные методы исследования в химии;
 Контроль качества в химической промышленности;
 Химия;
 Теоретические и экспериментальные методы исследования;
 Избранные главы неорганической химии;
 История химии и химической технологии;
 Производственная, Преддипломная практика;
 Учебная, Ознакомительная практика;
 МДК.02.01 Основы качественного и количественного анализа природных и промышленных материалов</t>
   </si>
   <si>
     <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227616, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295722, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 18.03.01 Химическая технология - Инновационные химические технологии;
-18.03.01 Химическая технология - Инфохимия;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Зонова Ольга Васильевна</t>
   </si>
   <si>
     <t>Организационное проектирование субъекта экономики;
 Финансовые стратегии фирмы;
 Инвестиции;
 Ценообразование;
 Банковские информационно-аналитические системы;
 Страхование;
 Рынок ценных бумаг;
 Оценка рисков;
 Экономика труда;
 Экономическая культура и финансовая грамотность</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: финансы и кредит
 квалификация: экономист;</t>
   </si>
@@ -5235,51 +5256,52 @@
   </si>
   <si>
     <t>Преподаватель;
 Преподаватель ( высшая квалификационная категория)</t>
   </si>
   <si>
     <t>Реагенты в физико-химических процессах;
 Физическая и коллоидная химия;
 Основы обогащения и переработки полезных ископаемых;
 МДК.04.01 Технология выполнения работ;
 ОУП.07 Химия;
 ОУП.13 Основы безопасности и защиты Родины</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: химическая технология
 квалификация: бакалавр;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: химическая технология
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Актуальные методы и специфика проведения инклюзивного образования для лиц с ограниченными возможностями здоровья и инвалидов в образов.орган-циях сред.проф. и высш.образ. в условиях реализации ФГОС", 36 час. (от 25.03.2024 193104053504, ООО "Институт развития образования, повышения квалификации и переподготовки");
 "Основы кибербезопасности", 18 час. (от 17.05.2024 1479, ГБУ "Кузбасская школа управления");
 "Общие вопросы охраны труда и функционирования системы управления, оказание первой помощи пострадавшим", 36 час. (от 16.06.2025 ПК 295752, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
-"Искусственный интеллект для педагогической деятельности", 16 час. (от 07.12.2025 722025023360, ФГАОУ ВО "Тюменский государственный университет")</t>
+"Искусственный интеллект для педагогической деятельности", 16 час. (от 07.12.2025 722025023360, ФГАОУ ВО "Тюменский государственный университет");
+"Техника и технология современных углеобогатительных фабрик", 16 час. (от 12.12.2025 080000064779, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 15.02.03 Монтаж, техническое обслуживание и ремонт гидравлического и пневматического оборудования (по отраслям) - Техник-механик (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.02.19 Сварочное производство - Техник (9 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 38.02.06 Финансы - Финансист (9 кл);
 38.02.07 Банковское дело - Специалист банковского дела (9 кл);
 40.02.04 Юриспруденция - Юрист (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Игнатов Юрий Михайлович</t>
   </si>
@@ -5423,119 +5445,116 @@
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Илюшкин Владислав Дмитриевич</t>
   </si>
   <si>
     <t>Маркшейдерские работы при открытой разработке полезных ископаемых;
 Автоматизированное проектирование по цифровым планам</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332278, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Маркшейдерское дело", 72 час. (от 24.11.2022 ВНИМИ ПК 001158, Учебный центр АО "ВНИМИ");
 "Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485795, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227618, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533167, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076954, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594109, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Основы обеспечения безопасности применения беспилотных авиационных систем", 72 час. (от 12.12.2025 ПК-I 060236, ФГАОУ ВО "Самарский национальный исследовательский университет им.академика С.П.Королева")</t>
   </si>
   <si>
     <t>7 лет
-1 месяц</t>
+2 месяца</t>
   </si>
   <si>
     <t>Ингула Наталья Викторовна</t>
   </si>
   <si>
     <t>Математика;
 Дополнительные главы математики</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: государственное и муниципальное управление
 квалификация: менеджер;
 * направление подготовки и (или) специальности: математика
 квалификация: учитель математики и информатики;</t>
   </si>
   <si>
     <t>"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295845, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Внешняя оценка качества образовательных программ профессионального образования: основные направления", 24 час. (от 31.10.2025 4818, ФГБУ "Национальное аккредитационное агенство в сфере образования")</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 18.03.01 Химическая технология - Инновационные химические технологии;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Исакова Ирина Валериевна</t>
   </si>
   <si>
     <t>Катализ в химической технологии неорганических веществ;
-Информационное обеспечение инженерной деятельности;
 Катализ в химической технологии;
 Контроль качества материалов в химической технологии;
 Контроль качества в химической промышленности;
 Химия;
 Общая и неорганическая химия;
 Производственная, Научно-исследовательская работа;
 Учебная, Технологическая (проектно-технологическая) практика;
 Производственная, Технологическая (проектно-технологическая) практика;
-МДК.01.01 Основы аналитической химии и физико-химических методов анализа;
-Применение прикладных программ в химии и химической технологии</t>
+МДК.01.01 Основы аналитической химии и физико-химических методов анализа</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: химическая технология органических веществ
 квалификация: инженер химик-технолог;</t>
   </si>
   <si>
     <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227619, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Передовые производственные технологии", 150 час. (от 04.07.2024 782400096991, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 18.03.01 Химическая технология - Инновационные химические технологии;
-18.03.01 Химическая технология - Инфохимия;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Искакова Галия Сейтжановна</t>
   </si>
   <si>
     <t>Физическая культура и спорт;
 Дисциплины по физической культуре и спорту - базовые виды спорта;
 Дисциплины по физической культуре и спорту - фитнес</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: геофизические методы поисков и разведки месторождений полезных ископаемых
 квалификация: инженер;</t>
   </si>
   <si>
     <t>"Организация спортивно-массовой работы в студенческом спортивном клубе", 148 час. (от 26.11.2022 772417294020, ФГБОУ ВО "Российский университет спорта "ГЦОЛИФК");
 "Пожарная безопасность для руководителей и ответстсенных лиц", 30 час. (от 15.11.2023 У2023347784, НОЧУО ДПО "Актион");
 "Актуальные вопросы развития студенческого спорта", 16 час. (от 08.12.2023 782421246025, ФГАОУ ВО "Национальный исследовательский университет ИТМО" г.Санкт-Петербург);
@@ -5828,68 +5847,68 @@
   <si>
     <t>Карташова Елизавета Эдуардовна</t>
   </si>
   <si>
     <t>Введение в электроснабжение;
 Электрическая часть электростанций и подстанций;
 Электрические станции и подстанции</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: электроэнергетика и электротехника
 квалификация: бакалавр;</t>
   </si>
   <si>
     <t>"Актуальные вопросы и современные практики естественнонаучного и инженерно-технического образования одаренных школьников", 72 час. (от 07.07.2023 223102298007, ФГБОУ ВО "Алтайский государственый технический университет им.И.И.Ползунова" г.Барнаул);
 "Школа фермера: сельский и агротуризм", 312 час. (от 07.07.2023 422415052506, ФГБОУ ВО "Кузбасская государственная сельскохозяйственная академия");
 "Энергетика и цифровая трансформация", 16 час. (от 26.04.2024 340000742485, ФГБОУ ВО "Казанский государственный энергетический университет");
 "Водородная энергетика и химическая технология топлива", 72 час. (от 12.07.2024 542419574701, ФГА ОУ ВО "Новосибирский национальный исследовательский государственный университет");
 "Современные каталитические процессы в энергетике", 72 час. (от 20.06.2025 542423425317, ФГА ОУ ВО "Новосибирский национальный исследовательский государственный университет");
 "Избранные практики нового энергетического уклада", 72 час. (от 16.07.2025 163401090830, ФГБОУ ВО "Казанский государственный энергетический университет")</t>
   </si>
   <si>
     <t>Ведение проф. деятельности в сфере малого и среднего предприним-ва в агропром. комплексе и туризме</t>
   </si>
   <si>
-    <t>5 месяцев</t>
+    <t>6 месяцев</t>
   </si>
   <si>
     <t>Кассихина Елена Геннадьевна</t>
   </si>
   <si>
     <t>Моделирование физических процессов в горном деле;
 Строительные конструкции;
 Моделирование процессов строительной геотехнологии;
 Основы горного дела (строительная геотехнология);
 Производственная, Ознакомительная практика</t>
   </si>
   <si>
     <t>"3D-дизайн и прототипирование инновационного продукта", 76 час. (от 11.11.2024 782400101237, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>16 лет
-9 месяцев</t>
+10 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Касьянова Ольга Викторовна</t>
   </si>
   <si>
     <t>Реология полимеров;
 Экологические движения;
 Конструкционные полимерные материалы;
 Технологии утилизации и переработки промышленных отходов;
 Основы отраслевых технологий и организация производств;
 Основы проектирования и оборудование;
 Технологии отраслевых производств;
 Экструзионное оборудование для переработки полимеров;
 Вторичная переработка и утилизация отходов пластмасс;
 Герметизация оборудования;
 Основы теория горения и взрыва;
 Информационные технологии в переработке полимеров;
 Пластические массы;
 Утилизация отходов промышленных предприятий Кузбасса;
@@ -5917,51 +5936,51 @@
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 20.04.01 Техносферная безопасность - Инженерная защита окружающей среды</t>
   </si>
   <si>
     <t>Кижаева Наталья Николаевна</t>
   </si>
   <si>
     <t>Геология;
 Геодезия;
 Правовые основы недропользования;
 Геолого-геодезическое обеспечение строительства;
 Учебная, Геологическая практика;
 Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: гидрогеология и инженерная геология
 квалификация: горный инженер-гидрогеолог;</t>
   </si>
   <si>
     <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 11.12.2024 782400103296, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>54 года
-1 месяц</t>
+2 месяца</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Кизилов Сергей Александрович</t>
   </si>
   <si>
     <t>Автоматизация производственных процессов в машиностроении;
 Основы робототехники;
 Электроника;
 Основы информационных технологий</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: электропривод и автоматика промышленных установок и технологических комплексов
@@ -6005,51 +6024,51 @@
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 18.03.01 Химическая технология - Инновационные химические технологии;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Киреева Кристина Александровна</t>
   </si>
   <si>
     <t>Базы данных</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: прикладная информатика в экономике
 квалификация: информатик-экономист;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: прикладная информатика
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Повышение эффективности использования ресурсов автотранспорта с использованием цифровых технологий мониторинга транспорта", 96 час. (от 15.02.2024 3, ООО "АС-Телематика" (АвтоСкан Система контроля транспорта))</t>
   </si>
   <si>
     <t>13 лет
-2 месяца</t>
+3 месяца</t>
   </si>
   <si>
     <t>Киренберг Александр Григорьевич</t>
   </si>
   <si>
     <t>Информационные угрозы;
 Классификация защищаемой информации и информационных систем;
 Методы и средства защиты информационных систем;
 Методы анализа защищенных информационных систем;
 Безопасность систем баз данных;
 Безопасность операционных систем;
 Методы и средства криптографической защиты информации;
 Разработка и эксплуатация автоматизированных систем в защищенном исполнении;
 Защита информации от утечки по техническим каналам;
 Моделирование и испытание систем защиты информационных систем;
 Защищенные информационные системы;
 Реинжиниринг программного обеспечения;
 Основы информатики, организации ЭВМ, вычислительных и информационных систем;
 Сети и системы передачи информации;
 МДК.01.04 Эксплуатация автоматизированных (информационных) систем в защищенном исполнении;
 МДК.02.01 Программные и программно-аппаратные средства защиты информации;
 ОП.01 Основы информационной безопасности;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ)</t>
   </si>
   <si>
@@ -6119,51 +6138,52 @@
 "Работа преподавателя в LMS Moodle", 36 час. (от 07.12.2024 ПК 971064, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064456, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 38.02.06 Финансы - Финансист (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Клейн Михаил Симхович</t>
   </si>
   <si>
     <t>Обогащение полезных ископаемых;
 Технологии обогащения полезных ископаемых;
 Процессы обезвоживания, окомкования и складирования продуктов обогащения;
 Подготовительные процессы обогащения (дробление, грохочение, измельчение);
 Проектирование обогатительных фабрик;
 Опробование и контроль процессов обогащения</t>
   </si>
   <si>
     <t>"Программа повышения квалификации в форме стажировки в АО "ЦОФ "Березовская", 16 час. (от 25.10.2022 ААА 104208010010, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000161847, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
-"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600828, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+"Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600828, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Техника и технология современных углеобогатительных фабрик", 16 час. (от 12.12.2025 080000064780, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Обогащение полезных ископаемых;
 2.8 Недропользование и горные науки - Обогащение полезных ископаемых</t>
   </si>
   <si>
     <t>Клепцова Лиля Николаевна</t>
   </si>
   <si>
     <t>Экономика труда и управление персоналом;
 Бизнес-прогнозирование и планирование;
 Правовое обеспечение логистической деятельности;
 Менеджмент транспортного процесса;
 Экономическая оценка профессиональной деятельности;
 Экономика дорожного движения;
 Экономика;
 Транспортное право</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: бухгалтерский учет и анализ хозяйственной деятельности
 квалификация: экономист;</t>
   </si>
   <si>
     <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063942, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
@@ -6182,51 +6202,52 @@
     <t>МДК.03.01 Технология анализа, оценки и учета результатов контроля качества</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: инженер -менеджер
 квалификация: ;
 Среднее профессиональное образование:
 * направление подготовки и (или) специальности: открытые горные работы
 квалификация: горный техник-технолог;</t>
   </si>
   <si>
     <t>Князьков Константин Викторович</t>
   </si>
   <si>
     <t>Современные материалы для сварки и наплавки;
 Основы импульсного управления процессами сварки и наплавки;
 Проектирование сборочно-сварочной оснастки;
 Оборудование и источники питания для сварочных процессов;
 Источники питания и оборудование для сварочных процессов;
 Технология и оборудование термической резки материалов</t>
   </si>
   <si>
     <t>"Инструменты электронной информационно-образовательной среды", 16 час. (от 21.09.2023 550400002734 ИДО-23-442, ФГБОУ ВО "СибАДИ" институт дополнительного образования)</t>
   </si>
   <si>
-    <t>17 лет</t>
+    <t>17 лет
+1 месяц</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.04.01 Машиностроение - Сварка и родственные технологии</t>
   </si>
   <si>
     <t>Кобылянский Дмитрий Михайлович</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: горные машины и оборудование
 квалификация: горный инженер;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: педагогическое образование
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Основы военной подготовки", 320 час. (от 20.10.2023 6327 00008893, ЧОУ ДПО "Региональная академия делового образования");
 "Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10277, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования")</t>
   </si>
   <si>
     <t>Физическая культура и спорт;
 Основы военной подготовки</t>
   </si>
   <si>
@@ -6307,55 +6328,54 @@
   <si>
     <t>09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Козлов Алексей Петрович</t>
   </si>
   <si>
     <t>Цифровая культура в профессиональной деятельности;
 Моделирование энерго- и ресурсосберегающих процессов в химической технологии, нефтехимии и биотехнологии;
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: машины и аппараты химических производств и предприятий строительных материалов
 квалификация: инженер-механик;</t>
   </si>
   <si>
     <t>"Цифровые модели как инструмент для обучения специалистов нефтегазовой отрасли", 16 час. (от 27.12.2023 ПК 735143, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Искусственный интеллект и основы аналитики (больших) данных", 108 час. (от 30.05.2024 160300061110, АНО ВО "Университет Иннополис");
 "Беспилотные авиационные системы: правовые и технические аспекты (вводный курс)", 16 час. (от 12.09.2024 У2035 ПК 000015703, АНО  «Университет Национальной Технологической Инициативы 2035»);
 "Аналитик данных в сфере БАС", 144 час. (от 25.11.2024 160300043132, АНО ВО "Университет Иннополис")</t>
   </si>
   <si>
     <t>29 лет
-10 месяцев</t>
-[...3 lines deleted...]
-18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
+11 месяцев</t>
+  </si>
+  <si>
+    <t>18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг</t>
   </si>
   <si>
     <t>Козлов Илья Владимирович</t>
   </si>
   <si>
     <t>Гидропривод;
 Стационарные установки;
 Грузоподъемные машины и механизмы;
 Компьютерная графика</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Козлов Сергей Дмитриевич</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: промышленное и гражданское строительство
 квалификация: инженер-строитель;
 Высшее образование - специалитет, магистратура:
@@ -6466,97 +6486,97 @@
   </si>
   <si>
     <t>Информационные технологии в науке и технике;
 Корпоративные информационные системы;
 Информационные системы в экономике;
 Информационное обеспечение профессиональной деятельности;
 Основы информационных технологий;
 Информационные системы и технологии;
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: экономическая кибернетика
 квалификация: экономист- математик;</t>
   </si>
   <si>
     <t>"Эффективные инструменты для вовлечения студентов в обучение на электронном курсе", 18 час. (от 06.06.2023 782419761066, ЧПОУ "Центр профессионального и дополнительного образования Лань" г. Санкт-Петербург);
 "Новые эффективные инструменты для вовлечения студентов в обучение на электронном курсе", 18 час. (от 23.11.2023 ЭД 7824000600, ЧПОУ "Центр профессионального и дополнительного образования Лань" г. Санкт-Петербург);
 "Инновационные и цифровые технологии в образовании", 72 час. (от 27.09.2024 782400099477, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295786, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>Практико-ориентировочные образовательные технологии</t>
   </si>
   <si>
-    <t>11 лет</t>
+    <t>11 лет
+1 месяц</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 38.04.02 Менеджмент - Стратегическое управление минерально-сырьевыми компаниями;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Кондрина Ирина Валентиновна</t>
   </si>
   <si>
     <t>Педагогика высшей школы;
 Психология и педагогика высшей школы;
 История России;
 Основы управления профессиональной деятельностью;
 Основы российской государственности;
 ОГСЭ.03 Психология общения;
 ОГСЭ.05 Психология общения;
 Социально-психологические аспекты организационно-управленческой деятельности;
 Социально-психологические аспекты в профессиональной деятельности</t>
   </si>
   <si>
     <t>"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295815, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>Педагого высшего образования.Разработка научно-педагогического обеспечения и преподавания учебных курсов,дисциплин (модулей) по программам подготовки кадров высшей квалификации</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика;
 15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
-21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Коновалова Екатерина Александровна</t>
   </si>
   <si>
     <t>Геолого-геодезическое обеспечение строительства;
 Учебная, Изыскательская практика</t>
   </si>
   <si>
     <t>"Управление проектными командами" (от 18.11.2022 423102332282, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227624, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076961, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений</t>
   </si>
   <si>
     <t>Кононыхина Ольга Владимировна</t>
   </si>
@@ -6572,52 +6592,51 @@
 квалификация: математик;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: товароведение
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Новые технологии в развитии гибких навыков студентов", 16 час. (от 10.01.2024 420400012570, ГПОУ "Сибирский политехнический техникум");
 "Основы кибербезопасности", 18 час. (от 17.05.2024 1497, ГБУ "Кузбасская школа управления");
 "Сеть Интернет в противодействии террористическим угрозам", 16 час. (от 20.05.2024 423103228473, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Межнациональные и межконфессиональные отношения в современной России", 36 час. (от 27.05.2024 423103228597, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064457, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл)</t>
   </si>
   <si>
     <t>Копытов Александр Иванович</t>
   </si>
   <si>
     <t>Исторические этапы горного дела;
 Построение деловой карьеры горным инженером;
 Производственная, Практика по профилю профессиональной деятельности;
-Производственная, Производственно-технологическая практика;
-Производственная, Преддипломная практика</t>
+Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
     <t>"Комплексное проектирование и капитальное строительство горных предприятий с применением ГГИС" (от 03.10.2025 МВ031025-01-SH-EX, Республика Казахстан, г. Алматы ТОО "МАЙКРОМАЙН")</t>
   </si>
   <si>
     <t>17 лет
 2 месяца</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Корниенко Игорь Леонидович</t>
   </si>
   <si>
     <t>Старший преподаватель;
 Старший учебный мастер</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: прикладная информатика в экономике
 квалификация: информатик-экономист;</t>
   </si>
   <si>
@@ -6694,51 +6713,52 @@
 Компьютерная графика;
 МДК.01.05 Эксплуатация компьютерных сетей</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: конструкторско-технологическое обеспечение машиностроительных производств
 квалификация: бакалавр;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: конструкторско-технологическое обеспечение машиностроительных производств
 квалификация: магистр;
 Послевузовское образование:
 * направление подготовки и (или) специальности: машиностроение
 квалификация: исследователь. преподаватель-исследователь;</t>
   </si>
   <si>
     <t>"Цифровая сертификация изделий из полимерных композиционных материалов общегражданского назначения и объектов транспортной инфраструктуры", 72 час. (от 11.10.2022 ПК 000456, АНО ОВО  "Сколковский институт науки и технологий");
 "Управление проектными командами", 36 час. (от 18.11.2022 423102332263, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Цифровые двойники изделий", 72 час. (от 09.12.2022 7824000073743, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Информационная безопасность при использовании мобильных технологий", 72 час. (от 13.11.2023 702420312647, ФГАОУ ВО "Томский государственный университет систем управления и радиоэлектроники");
 "Безопасность информационных систем", 72 час. (от 24.11.2023 ПК101627327, НОУ "ИНТУИТ");
 "Основы наставничества", 16 час. (от 22.12.2023 1234, ГБУ "Кузбасская школа управления");
 "Полимерные композиционные материалы", 72 час. (от 01.07.2024 782400097092, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000595830, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Внутренняя и внешняя коммуникация в организации в условиях трансформации образовательной среды", 36 час. (от 16.06.2025 ПК 295701, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Внешняя оценка качества образовательных программ профессионального образования: основные направления", 24 час. (от 28.11.2025 4910, ФГБУ "Национальное аккредитационное агентство в сфере образования");
-"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541100, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
+"Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541100, ГОБУ ДПО "КОУМЦ по ГОиЧС");
+"SprutCAM пользователь (фрезерная и токарная обработка): от теории к практике", 64 час. (от 21.01.2026 080000064786, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>Подготовка руководителей научных, научно-технических проектов и лабораторий</t>
   </si>
   <si>
     <t>10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении</t>
   </si>
   <si>
     <t>Коротков Александр Николаевич</t>
   </si>
   <si>
     <t>Профессор;
 Заведующий кафедрой</t>
   </si>
   <si>
     <t>Алмазно-абразивные материалы;
 Шлифовальные инструменты;
 Организация научных исследований;
 Введение в направление подготовки;
 Оборудование машиностроительных производств;
 Введение в специальность;
 Профессиональные качества бакалавра</t>
   </si>
@@ -6874,83 +6894,83 @@
   </si>
   <si>
     <t>Международные перевозки;
 Информационные технологии на пассажирском транспорте;
 Моделирование систем дорожного движения;
 Пассажирские перевозки;
 Интеллектуальные технологии и системы на транспорте;
 Имитационное моделирование транспортных процессов;
 Технический осмотр транспортных средств;
 Моделирование дорожного движения;
 Экспертный анализ технического состояния автотранспортных средств;
 Дорожные условия и безопасность движения;
 Проектирование цифровой карты транспортной сети;
 Методология научного творчества</t>
   </si>
   <si>
     <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323137, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227626, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063943, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
 "Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134141, Национальный исследовательский Томский государственный университет);
 "Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295726, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253396, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>1 год
-9 месяцев</t>
+10 месяцев</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 23.03.01 Технология транспортных процессов - Организация и безопасность дорожного движения;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.04.01 Технология транспортных процессов - Организация и управление транспортными процессами;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Костенко Ольга Васильевна</t>
   </si>
   <si>
     <t>Основы изобретательства;
 Основы патентных исследований</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: технология переработки пластических масс и эластомеров
 квалификация: инженер;
 * направление подготовки и (или) специальности: экономика и управление на предприятии (по отраслям)
 квалификация: экономист-менеджер;</t>
   </si>
   <si>
     <t>"Государственный (муниципальный) аудит в строительстве. Ценообразование и сметное дело в строительстве.", 40 час. (от 01.12.2023 540800398831 1835/23, ФГБОУ ВО "Новосибирский государственный университет экономики и управления "НИНХ");
 "Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295787, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>Бухгалтерский учет в бюджетных учреждениях</t>
   </si>
   <si>
     <t>19 лет
-7 месяцев</t>
+8 месяцев</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.04.01 Химическая технология - Технология и переработка полимеров;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды</t>
   </si>
   <si>
     <t>Котельникова Татьяна Сергеевна</t>
   </si>
   <si>
     <t>Основы нефтепереработки и нефтехимии;
 Основы нефтехимии и технологии органических веществ;
 Химия и технология органических веществ;
 Оборудование предприятий основного органического синтеза;
 Сырьевые источники для производств основного органического синтеза;
 Архитектура химических соединений и молекулярный дизайн;
 Основы научных исследований и инженерного творчества;
 Органоминеральные удобрения;
 Производственная, Технологическая (проектно-технологическая) практика;
 Производственная, Преддипломная практика;
 МДК.01.01 Основы аналитической химии и физико-химических методов анализа;
 ОП.02 Органическая химия;
 УП.04.01 Учебная практика (Выполнение работ по профессии лаборант химического анализа)</t>
   </si>
   <si>
@@ -6961,50 +6981,55 @@
   <si>
     <t>18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза</t>
   </si>
   <si>
     <t>Котляров Роман Витальевич</t>
   </si>
   <si>
     <t>Электропривод и автоматизация горного производства;
 Корпусирование электронных устройств;
 Элементы систем автоматики;
 Автоматизация производственных процессов;
 Основы электротехники и электроники;
 Производственная, Технологическая (проектно-технологическая) практика 1;
 Производственная, Технологическая (проектно-технологическая) практика 2;
 Производственная, Преддипломная практика;
 Учебная, Ознакомительная практика;
 МДК.03.01 Схематическое проектирование электронных приборов и устройств;
 МДК.03.03 Основы программирования промышленных логических контроллеров</t>
   </si>
   <si>
+    <t>Высшее образование:
+* направление подготовки и (или) специальности: автоматизация технологических процессов и производств
+квалификация: инженер;</t>
+  </si>
+  <si>
     <t>"По программе повышения квалификации в форме стажировки на тему "Оборудование электростанций и АСУ ТП" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010024, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Аддитивные технологии.Базовый курс.", 48 час. (от 26.01.2024 782400092913, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Преподователь университета в новой системе российского образования", 72 час. (от 26.04.2024 782422162340, ЧПОУ "ЦПДО ЛАНЬ");
 "Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600790, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Тренды и новации современного образования", 72 час. (от 23.04.2025 782422163976, ЧПОУ "ЦПДО ЛАНЬ");
 "Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295727, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295848, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (11кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.04.02 Электроэнергетика и электротехника - Электротехнические комплексы и системы;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Котов Дмитрий Николаевич</t>
   </si>
   <si>
     <t>ОП.08 Микропроцессорные системы;
 ПП.02.01 Производственная практика (Проведение технического обслуживания и ремонта электронных приборов и устройств);
 УП.02.01 Учебная практика (Проведение технического обслуживания и ремонта электронных приборов и устройств)</t>
   </si>
@@ -7040,51 +7065,51 @@
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.04.01 Строительство - Автомобильные дороги</t>
   </si>
   <si>
     <t>Крутский Дмитрий Львович</t>
   </si>
   <si>
     <t>Управление ИТ-проектами;
 Информационная безопасность;
 Информационные технологии в профессиональной деятельности;
 Основы информационных технологий</t>
   </si>
   <si>
     <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009982, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134138, Национальный исследовательский Томский государственный университет)</t>
   </si>
   <si>
     <t>Информационная безопасность</t>
   </si>
   <si>
     <t>17 лет
-7 месяцев</t>
+8 месяцев</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера</t>
   </si>
   <si>
     <t>Кудреватых  Карина Андреевна</t>
   </si>
   <si>
     <t>Основы российской государственности</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: государственное и муниципальное управление
 квалификация: бакалавр;</t>
   </si>
   <si>
     <t>"Психология", 56 час. (от 15.08.2023 013927 062295 33732, ФГАОУ ВО "Балтийский федеральный университет имени Иммануила Канта");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000595935, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
@@ -7175,68 +7200,67 @@
     <t>Кудряшов Дмитрий Семенович</t>
   </si>
   <si>
     <t>Введение в электроснабжение;
 Трансформаторы;
 Электрические трансформаторы;
 Управление энергосбережением в системах электроснабжения;
 Электрическая часть электростанций и подстанций;
 Электрические станции и подстанции;
 Проектирование энергообъектов;
 Инвестиционное проектирование систем электроснабжения;
 100 шагов к успеху</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: высоковольтная электроэнергетика и электротехника
 квалификация: инженер;
 * направление подготовки и (или) специальности: химия
 квалификация: химик;</t>
   </si>
   <si>
     <t>"Основы обеспечения безопасности применения беспилотных авиационных систем", 72 час. (от 12.12.2025 ПК-I 060240, ФГАОУ ВО "Самарский национальный исследовательский университет им.академика С.П.Королева")</t>
   </si>
   <si>
     <t>25 лет
-10 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Менеджмент в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика</t>
   </si>
   <si>
     <t>Кузнецов Владимир Всеволодович</t>
   </si>
   <si>
     <t>Гидропривод;
 Механика жидкости и газа;
 Гидравлика;
 Гидромеханика;
 Учебная, Организационно-управленческая практика;
-Производственная, Практика по профилю профессиональной деятельности;
 Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
     <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063631 57, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Цифровая инженерная горная школа "Новые технологические решения в сфере высокопроизводительных конвейерных систем горных предприятий" (от 31.10.2023 040000262098 ГОТиМ-273-2023, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС")</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Кузнецов Егор Евгеньевич</t>
   </si>
   <si>
     <t>ОУП(у).05 Информатика</t>
   </si>
   <si>
@@ -7247,51 +7271,51 @@
   </si>
   <si>
     <t>Моделирование процессов и систем;
 Основы разработки месторождений твердых полезных ископаемых (открытая геотехнология);
 Компьютерная графика;
 Основы горного дела (открытая геотехнология);
 Информационные технологии и программирование</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: автоматизация технологических процессов и производств 
 квалификация: магистр;
 Послевузовское образование:
 * направление подготовки и (или) специальности: науки о земле
 квалификация: исследователь. преподаватель-исследователь;</t>
   </si>
   <si>
     <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123644, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134135, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>Руководитель научного проекта</t>
   </si>
   <si>
     <t>7 лет
-5 месяцев</t>
+6 месяцев</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы</t>
   </si>
   <si>
     <t>Кузнецов Илья Витальевич</t>
   </si>
   <si>
     <t>Водопроводные сети и водозаборные сооружения;
 Водопроводные очистные сооружения с вопросами проектирования;
 Санитарно-техническое оборудование зданий;
 Нормативная база проектирования высотных и большепролетных зданий и сооружений;
 Сопротивление материалов;
 Основы технической механики;
 Основы водоснабжения и водоотведения;
 Производственная, Преддипломная практика;
 МДК.03.02 Модернизация и внедрение новых методов и средств контроля;
 ОП.03 Техническая механика;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ);
 ПП.02.01 Производственная практика (Подготовка, оформление и учет технической документации);
 ПП.03.01 Производственная практика (Анализ и систематизация результатов контроля качества сырья и продукции, разработка предложений по корректирующим действиям);
@@ -7544,51 +7568,51 @@
   <si>
     <t>Маркшейдерско-геодезические приборы;
 Маркшейдерские работы при подземной разработке полезных ископаемых;
 Опорные маркшейдерско-геодезические сети;
 Маркшейдерия;
 Производственная, Практика по профилю профессиональной деятельности;
 Производственная, Производственно-технологическая практика;
 Производственная, Ознакомительная практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: маркшейдерское дело
 квалификация: инженер-маркшейдер;
 Среднее профессиональное образование:
 * направление подготовки и (или) специальности: профессиональное обучение (по отраслям)
 квалификация: педагог профессионального обучения ;</t>
   </si>
   <si>
     <t>"Работа с геоинформационной системой Аксиома", 40 час. (от 09.11.2024 502422317614, ООО "Электронные технологии")</t>
   </si>
   <si>
     <t>Управление проектной деятельностью в цифровой образовательной среде университета</t>
   </si>
   <si>
     <t>42 года
-2 месяца</t>
+3 месяца</t>
   </si>
   <si>
     <t>Лащинина Светлана Викторовна</t>
   </si>
   <si>
     <t>Конструкционное материаловедение;
 Контроль качества материалов;
 Материаловедение;
 Материаловедение и ТКМ;
 Учебная,  Ознакомительная практика;
 Производственная, Организационно-управленческая практика;
 МДК.02.03 Неразрушающий контроль;
 ОП.04 Материаловедение;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ);
 УП.04.01 Учебная практика (Выполнение работ по профессии контролер качества обработки изделий);
 100 шагов к успеху</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: промышленное и гражданское строительство
 квалификация: инженер-строитель;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: конструкторско-технологическое обеспечение машиностроительных производств
 квалификация: магистр;</t>
   </si>
@@ -7611,100 +7635,103 @@
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Лебедев Геннадий Михайлович</t>
   </si>
   <si>
     <t>Нормативно-правовая база энергетики;
 Специальные главы электроснабжения;
 Надежность электроснабжения;
 Электроснабжение опасных производственных объектов;
 Диагностика систем электроснабжения;
 Диагностика электрооборудования</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: электронные вычислительные машины
 квалификация: инженер-электрик;</t>
   </si>
   <si>
+    <t>"Репутация и технологическое лидерство в цифровом образовании", 36 час. (от 15.02.2026 498459, ООО "Юрайт-Академия")</t>
+  </si>
+  <si>
     <t>3 года
 11 месяцев</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика</t>
   </si>
   <si>
     <t>Лебединцев Сергей Владимирович</t>
   </si>
   <si>
     <t>Иностранный язык;
 ОУП.04 Иностранный язык</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: немецкий язык и литература
 квалификация: филолог, преподаватель немецкого языка, литературы, переводчик;</t>
   </si>
   <si>
     <t>"Традиционные методы, мобильные технологии и нейросети в преподавании английского языка", 72 час. (от 07.02.2025 782419192224, Автономная некоммерческая организация дополнительного профессионального образования "Институт иностранных языков")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 38.02.07 Банковское дело - Специалист банковского дела (9 кл)</t>
   </si>
   <si>
     <t>Левашова Елена Евгеньевна</t>
   </si>
   <si>
     <t>Сертификация в сварочном и реновационном производстве;
 Основы физики и механики разрушения;
 История развития сварочного производства;
 Контроль качества сварных соединений;
 Производство сварных конструкций;
 Теория сварочных процессов;
 Основы теории сварки</t>
   </si>
   <si>
     <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 28.12.2024 782400103572, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>12 лет
-9 месяцев</t>
+10 месяцев</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств</t>
   </si>
   <si>
     <t>Леонова Юлия Юрьевна</t>
   </si>
   <si>
     <t>Введение в автоматику;
 Экологический менеджмент;
 Компьютерная графика в электротехнике;
 Электрические и электронные аппараты;
 Производственная, Технологическая практика;
 Учебная, Ознакомительная практика;
 МДК.02.02 Техническое обслуживание, ремонт и оценка качества электронных приборов и устройств;
 ПП.02.01 Производственная практика (Проведение технического обслуживания и ремонта электронных приборов и устройств)</t>
   </si>
   <si>
     <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация газотурбинной электростанции" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010028, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Прикладной искусственный интеллект в прогаммах дисциплин", 144 час. (от 29.11.2022 160300051828, АНО ВО "Университет Иннополис");
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076965, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Использование искусственного интеллекта в работе преподавателя и исследователя", 65 час. (от 25.12.2024 700800180955, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603072, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
@@ -7783,54 +7810,50 @@
     <t>09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Лобур Ирина Анатольевна</t>
   </si>
   <si>
     <t>Теория автоматического управления. Линейные системы.;
 Теория автоматического управления. Нелинейные системы.;
 Теория автоматического управления;
 МДК.01.04 Обслуживание автоматических систем;
 ОП.09 Электрорадиоизмерения;
 Инжиниринг</t>
   </si>
   <si>
     <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация газотурбинной электростанции" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010020, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123650, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603110, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Английский язык в академической сфере", 36 час. (от 16.06.2025 ПК 295690, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295817, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
-    <t>4 года
-[...2 lines deleted...]
-  <si>
     <t>11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений</t>
   </si>
   <si>
     <t>Логачев Владимир Анатольевич</t>
   </si>
   <si>
     <t>Современные проблемы национальной экономики;
 Организация научной работы в экономике;
 Основы управленческой экономики;
 Экономическая теория</t>
   </si>
   <si>
     <t>"Технологии "Фабрик будущего", 108 час. (от 22.12.2023 11736-23-03, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 38.03.01 Экономика - Экономика предприятий и организаций;
@@ -7942,51 +7965,51 @@
     <t>Люкшин Владимир Сергеевич</t>
   </si>
   <si>
     <t>Метрология;
 Основы теории эксперимента;
 Транспортно-складская система машиностроительного производства;
 Математические методы обработки экспериментальных данных;
 Методы и средства измерений, испытаний и контроля;
 Управление процессами;
 Системы компьютерной поддержки инженерных решений;
 Интенсификация процессов механической обработки;
 Режимы процессов формообразования;
 Применение ЭВМ в инженерных расчетах;
 Процессы и операции формообразования</t>
   </si>
   <si>
     <t>"Современная цифровая образовательная среда", 36 час. (от 16.10.2025 193105569349, ООО "Институт развития образования, повышения квалификации и переподготовки");
 "Аддитивные технологии: Взгляд в будущее", 16 час. (от 12.11.2025 040000671073, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069361, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
   </si>
   <si>
     <t>Диплом предоставляет право на ведение профессиональной деятельности в сфере управления качеством</t>
   </si>
   <si>
     <t>28 лет
-3 месяца</t>
+4 месяца</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Конструкторское обеспечение машиностроительных производств;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование механообрабатывающих и инструментальных комплексов в машиностроении;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
 27.04.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Маевская Валерия Евгеньевна</t>
   </si>
   <si>
     <t>МДК.01.01 Порядок проведения оценки качества продукции на каждой стадии производственного процесса;
 УП.01.01 Учебная практика (Контроль качества продукции на каждой стадии производственного процесса);
 УП.04.01 Учебная практика (Выполнение работ по профессии контролер качества обработки изделий)</t>
   </si>
   <si>
     <t>Среднее профессиональное образование:
 * направление подготовки и (или) специальности: техническое регулирование и управление качеством
 квалификация: техник ;</t>
   </si>
   <si>
     <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1522, ГБУ "Кузбасская школа управления");
 "Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541103, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
@@ -8116,51 +8139,51 @@
   <si>
     <t>3 года
 5 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Малахова Татьяна Федоровна</t>
   </si>
   <si>
     <t>Техника высоких напряжений;
 Техника высоких напряжений в электроэнергетике;
 Электробезопасность в электроэнергетике;
 Электрооборудование станций и подстанций;
 Электробезопасность;
 Электротехническое и конструкционное материаловедение</t>
   </si>
   <si>
     <t>"По программе "Испытания, измерения, диагностика и управление техническим состоянием электроустановок 110 кВ и выше", 72 час. (от 16.02.2024 782420042413, ФГАОУ ДПО "Петербургский энергетический институт повышения квалификации")</t>
   </si>
   <si>
     <t>6 лет
-4 месяца</t>
+5 месяцев</t>
   </si>
   <si>
     <t>Малушин Сергей Алексеевич</t>
   </si>
   <si>
     <t>МДК.02.02 Управление ремонтом промышленного оборудования и контроль над ним;
 МДК.04.01 Технология выполнения работ</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: подземная разработка месторождений полезных ископаемых
 квалификация: горный инженер;</t>
   </si>
   <si>
     <t>Мальшин Анатолий Александрович</t>
   </si>
   <si>
     <t>Основы теории колебаний механических систем;
 Физика</t>
   </si>
   <si>
     <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323139, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Инновационные и цифровые технологии в образовании", 72 час. (от 03.03.2025 782400105315, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
@@ -8317,61 +8340,62 @@
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 5.2 Экономика - Экономическая теория</t>
   </si>
   <si>
     <t>Марков Сергей Олегович</t>
   </si>
   <si>
     <t>Технология разработки сложноструктурных месторождений;
 Управление качеством продукции карьеров;
 Процессы открытых горных работ;
 Региональная геология;
 Управление состоянием массива горных пород;
 Геология;
 Основы горного дела (открытая геотехнология)</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: открытые горные работы
 квалификация: магистр техники и технологии;</t>
   </si>
   <si>
     <t>"Цифровые двойники изделий", 72 час. (от 09.12.2022 782400073805, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"Управление деятельностью вузов. Новое поколение стандартов высшего образования", 16 час. (от 07.02.2023 040000485475, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063633 59, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000262136, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565619, Национальный исследовательский технологический университет "МИСИС");
 "Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600848, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Основы инженерного проектирования в среде nanoCAD (Платформа nanoCAD с модулем "СПДС")", 24 час. (от 09.09.2024 7819 00767988, ФГБОУ ВО "Санкт-Петербурский государственный архитектурно-строительный университет" г. Санкт-Петербург);
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603251, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295819, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295855, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
-    <t>7 месяцев</t>
+    <t>8 месяцев</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы</t>
   </si>
   <si>
     <t>Марцияш Дмитрий Алексеевич</t>
   </si>
   <si>
     <t>Основы обогащения и переработки полезных ископаемых</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: химическая технология
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323140, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
@@ -8425,52 +8449,51 @@
     <t>20 лет
 3 месяца</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Маслов Иван Петрович</t>
   </si>
   <si>
     <t>Технология изготовления электронных изделий;
 Конструирование устройств автоматики;
 Электромеханические преобразователи;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
     <t>"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603268, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
-    <t>18 лет
-11 месяцев</t>
+    <t>19 лет</t>
   </si>
   <si>
     <t>11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электротехнические комплексы и системы</t>
   </si>
   <si>
     <t>Маслова Жанна Михайловна</t>
   </si>
   <si>
     <t>ОГСЭ.05 Психология общения;
 ОПЦ.08 Психология делового общения и конфликтология</t>
   </si>
   <si>
     <t>Кандидат психологических наук</t>
   </si>
   <si>
     <t>"Психолого-педагогическая подготовка преподавателя технического университета", 16 час. (от 24.05.2024 080000064416, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
 "Обновленная Единная методика социально-психологического тестирования: проведение и использование результатов в коррекционной и профилактической работе педагога-психолога", 36 час. (от 25.09.2024 422418411567, Кузбасский региональный центр психолого-педагогической, медицинской и социальной помощи "Здоровье и развитие личности");
 "Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 11.11.2024 ПК 975681, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Внутренняя и внешняя коммуникация в организации в условиях трансформации образовательной среды", 36 час. (от 06.12.2024 ПК 985622, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Тьюторское сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 256 час. (от 06.06.2025 420800004484, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования")</t>
   </si>
@@ -8499,51 +8522,52 @@
     <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123657, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Мастер воспитания. Организаторы.", 72 час. (от 27.12.2023 440600077926, ФГБОУ ВО "Костромской государственный университет");
 "Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134057, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов</t>
   </si>
   <si>
     <t>Махалов Максим Сергеевич</t>
   </si>
   <si>
     <t>Системы и проектирование технологической оснастки для современного оборудования;
 Производственная, Преддипломная практика;
 Учебная, Ознакомительная практика;
 Производственная, Организационно-управленческая практика</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении</t>
   </si>
   <si>
     <t>Махамбетов Эдуард Муратович</t>
   </si>
   <si>
-    <t>Графическое конструирование;
+    <t>Введение в энергосбережение на предприятиях химической технологии;
+Графическое конструирование;
 Прикладные компьютерные программы;
 Основы автоматизированного проектирования;
 Информационные технологии в профессиональной деятельности;
 МДК.01.01 Организация и осуществление монтажных работ промышленного (технологического) оборудования;
 МДК.01.02 Осуществление пусконаладочных работ промышленного (технологического) оборудования;
 МДК.03.03 Организация наладочных работ по промышленному оборудованию;
 ОП.07 Технология отрасли;
 УП.04.01 Учебная практика (Выполнение работ по профессии слесарь-ремонтник)</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии
 квалификация: бакалавр;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Система обучающих цифровых моделей для подготовки и оценки студентов и специалистов нефтегазовой отрасли", 8 час. (от 18.04.2023 000434, РТСИМ. Карьера );
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347928, НОЧУО ДПО "Актион")</t>
   </si>
   <si>
     <t>5 лет
 10 месяцев</t>
   </si>
@@ -8601,51 +8625,51 @@
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347938, актион Университет. Онлайн обучение);
 "Основы антикоррупционной деятельности в образовательных учреждениях", 36 час. (от 27.12.2024 080000064540, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
 "Эффективный руководитель в эпоху цифровой трансформации", 144 час. (от 03.06.2025 160300044959, АНО ВО "Университет Иннополис");
 "Школа технологического ДПО", 72 час. (от 26.12.2025 700800230708, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>8 лет
 1 месяц</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Мешков Денис Михайлович</t>
   </si>
   <si>
     <t>Технические средства диспетчерского и технологического управления в системах электроснабжения;
 Метрология, стандартизация и сертификация</t>
   </si>
   <si>
     <t>Высшее образование:
-* направление подготовки и (или) специальности: автоматизация технологических процессов и производств
+* направление подготовки и (или) специальности: автоматизация и управление технологическими процессами и производствами
 квалификация: инженер;
 * направление подготовки и (или) специальности: экономика и управление на предприятии
 квалификация: экономист-менеджер;</t>
   </si>
   <si>
     <t>"Основы разработки программного обеспечения беспилотных авиационных систем", 72 час. (от 10.12.2025 ПК-I 059998, ФГАОУ ВО "Самарский национальный исследовательский университет им.академика С.П.Королева")</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети</t>
   </si>
   <si>
     <t>Мещерякова Елизавета Денисовна</t>
   </si>
   <si>
     <t>Лидерство и командообразование</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: государственное и муниципальное управление
 квалификация: бакалавр государственное и муниципальное управление;</t>
   </si>
   <si>
     <t>"Основы наставничества", 16 час. (от 22.12.2023 1210, ГБУ "Кузбасская школа управления");
@@ -8758,84 +8782,82 @@
   <si>
     <t>Михайлов Геннадий Сергеевич</t>
   </si>
   <si>
     <t>Процессы и аппараты защиты окружающей среды;
 Физика поверхностных явлений;
 Процессы и аппараты природоохранных производств;
 Процессы и аппараты химического производства;
 Процессы и аппараты химической технологии</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: технология основного органического и нефтехимического синтеза
 квалификация: инженер химик-технолог;</t>
   </si>
   <si>
     <t>"Повышение ресурной эффективности производства на основе наилучших доступных технологий", 40 час. (от 27.12.2023 ПК 735388, Казанский национальный исследовательский технологический университет г. Казань)</t>
   </si>
   <si>
     <t>45 лет
 8 месяцев</t>
   </si>
   <si>
     <t>15.05.01 Проектирование технологических машин и комплексов - Проектирование механообрабатывающих и инструментальных комплексов в машиностроении;
 18.03.01 Химическая технология - Инновационные химические технологии;
-18.03.01 Химическая технология - Инфохимия;
 18.03.01 Химическая технология - Технология и переработка полимеров;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды</t>
   </si>
   <si>
     <t>Михайлова Татьяна Викторовна</t>
   </si>
   <si>
     <t>Маркшейдерско-геодезические приборы;
 Маркшейдерские работы при открытой разработке полезных ископаемых;
 Опорные маркшейдерско-геодезические сети;
 Сфероидическая геодезия;
 Маркшейдерия;
 Производственная, Производственно-технологическая практика;
 Производственная, Преддипломная практика;
 Учебная, Изыскательская практика</t>
   </si>
   <si>
     <t>"Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с испльзованием современных программных решений", 16 час. (от 13.12.2023 У655-1833, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.12.2023 У2023390418, актион Университет. Онлайн обучение);
 "Работа с геоинформационной системой Аксиома", 40 час. (от 09.11.2024 502422317615, ООО "Электронные технологии");
 "Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594182, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>Научная и образовательная повестка развития Кемеровской области: вызовы будушего;
 Проектирование, строительство и эксплуатация гидротехнических сооружений</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
-21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Михайлова Яна Сергеевна</t>
   </si>
   <si>
     <t>Технология, организация производства и обслуживания на предприятиях общественного питания;
 Управление качеством;
 Сервисная деятельность;
 Стандартизация и управление качеством;
 Теория организации;
 Технологии делового общения</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: химическая технология органических веществ
 квалификация: инженер;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: менеджмент
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323144, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
@@ -8996,50 +9018,51 @@
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Начев Константин Викторович</t>
   </si>
   <si>
     <t>Механика жидкости и газа;
 Гидравлика</t>
   </si>
   <si>
     <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063634 60, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600880, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Неведров Александр Викторович</t>
   </si>
   <si>
     <t>Теория химических процессов природных энергоносителей и углеродных материалов;
 Химическая технология природных энергоносителей;
+Ожижение и гидрогенизация твердых горючих ископаемых;
 Технология углеграфитных материалов;
 Общая химическая технология;
 Производственная, Научно-исследовательская работа;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: химическая технология природных энергоносителей и углеродных материалов
 квалификация: инженер;</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332332, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347965, актион Университет. Онлайн обучение);
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227637, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295790, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.04.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов</t>
   </si>
   <si>
     <t>Негадаев Владислав Александрович</t>
@@ -9195,51 +9218,51 @@
   </si>
   <si>
     <t>Государственное и муниципальное управление;
 Педагогика и психология;
 Менеджмент в социальной сфере</t>
   </si>
   <si>
     <t>Николаев Петр Игоревич</t>
   </si>
   <si>
     <t>Методы и средства проектирования информационных систем и технологий;
 Управление данными;
 Теория информационных процессов и систем</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: информационные системы и технологии
 квалификация: инженер;</t>
   </si>
   <si>
     <t>"Soft Skills для руководителей и научных проектов и лабораторий (till Time to Mind Manajement)", 16 час. (от 10.04.2023 423102334499, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Создание команды научно-технических проектов", 16 час. (от 13.06.2024 423103228960, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>11 лет
-6 месяцев</t>
+7 месяцев</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Системная интеграция и автоматизация информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы</t>
   </si>
   <si>
     <t>Николаева Евгения Александровна</t>
   </si>
   <si>
     <t>Теория системного анализа;
 Математика;
 Дополнительные главы математики;
 Экономико-математическое моделирование</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: прикладная математика
 квалификация: математик;</t>
   </si>
   <si>
     <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485001, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123667, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347974, актион Университет. Онлайн обучение);
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 16 час. (от 18.12.2023 040000534092, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
@@ -9323,50 +9346,52 @@
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Овсянникова Светлана Васильевна</t>
   </si>
   <si>
     <t>Классификация объектов недвижимости;
 Основы внутрихозяйственной организации территорий;
 Кадастр природных ресурсов;
 Рекультивация нарушенных территорий;
 Экология;
 Основы землеустройства;
 Охрана и мониторинг земель и недвижимости;
 Почвоведение и инженерная геология;
 Производственная, Преддипломная практика;
 Производственная, Организационно-управленческая практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: агрохимия и почвоведение
 квалификация: агрохимик-почвовед;</t>
   </si>
   <si>
     <t>"Нормативное обеспечение подтверждения соответствия и качества угольной продукции" (от 20.12.2022 040000161732, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
+"Управление деятельностью вузов. Новое поколение стандартов высшего образования", 16 час. (от 07.02.2023 180002046005, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Современное нормативно-методическое обеспечение федеральных государственных образовательных  стандартов высшего образования", 16 час. (от 20.10.2023 040000486090, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000262188, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565654, Национальный исследовательский технологический университет "МИСИС");
 "Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000604049, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603560, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000668586, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>Радиационная безопасность, радиационный контроль, основы защиты от ионизирующих излучений;
 Инженер по землеустройству;
 Экология и рациональное природопользование</t>
   </si>
   <si>
     <t>21.03.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Овчинников Александр Геннадьевич</t>
   </si>
   <si>
     <t>Интеллектуальные электрические сети;
 Переходные процессы;
 Основы энергосбережения;
 Энергосбережение;
 Электрооборудование предприятий;
 Компенсация реактивной мощности;
 Метрология, стандартизация и сертификация;
@@ -9389,51 +9414,51 @@
     <t>Огородников Иван Вячеславович</t>
   </si>
   <si>
     <t>Монтаж и наладка электрооборудования;
 Монтаж и наладка электрооборудования промышленных предприятий;
 Диагностика и ремонт электрооборудования;
 Монтаж и наладка систем автоматики</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: электроснабжение (по отраслям)
 квалификация: инженер;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: строительство
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Автоматизация технологических процессов и производств", 72 час. (от 31.01.2024 Н24ПК001652, Научная Академия ИНГЕНИУМ)</t>
   </si>
   <si>
     <t>Сметное нормирование и ценообразование в строительстве;
 Менеджер</t>
   </si>
   <si>
     <t>18 лет
-3 месяца</t>
+4 месяца</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений</t>
   </si>
   <si>
     <t>Осокина Наталья Викторовна</t>
   </si>
   <si>
     <t>Мировая экономика и международные экономические отношения</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: экономика и организация горной промышленности
 квалификация: инженер-экономист;</t>
   </si>
   <si>
     <t>"Технологии "Фабрик Будующего", 108 час. (от 02.07.2024 782400096849, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>Останин Олег Александрович</t>
   </si>
   <si>
     <t>Научные основы технологии машиностроения;
 Наноинженерия поверхности;
@@ -9469,51 +9494,53 @@
   </si>
   <si>
     <t>"Цифровой дизайн в программах дисциплин (уровень СПО)", 144 час. (от 29.11.2022 160300053093, АНО ВО "Университет Иннополис");
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У 2023347992, Негосударственное образовательное частное учреждение организации дополнительного профессионального образования ''Актион'');
 "Основы кибербезопасности", 18 час. (от 17.05.2024 1538, ГБУ "Кузбасская школа управления");
 "Психолого-педагогическая подготовка преподавателя технического университета", 16 час. (от 24.05.2024 080000064421, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
 "Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064463, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>Педагог Профессионального, Дополнительного Профессионального Образования;
 Учитель, преподаватель информатики</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Папин Андрей Владимирович</t>
   </si>
   <si>
     <t>Химия природных энергоносителей;
 Генезис и свойства твердых горючих ископаемых;
 Технический анализ углей;
 Энерготехнологические процессы углехимии;
+Процессы газификации и горения твердого топлива;
 Улавливание химических продуктов коксования;
+Катализ в углехимии;
 Технология получения углеродных волокон и композиционных материалов;
 Общая химическая технология;
 Производственная, Технологическая (проектно-технологическая) практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: химич. технол. природных энергоносителей и углер.матер.
 квалификация: инженер;</t>
   </si>
   <si>
     <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227642, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295791, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.04.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых</t>
   </si>
   <si>
     <t>Паскарь Иван Николаевич</t>
   </si>
   <si>
     <t>Электроснабжение потребителей электрической энергии;
 Монтаж, наладка, эксплуатация и ремонт электрооборудования;
@@ -9779,112 +9806,108 @@
   <si>
     <t>Среднее профессиональное образование:
 * направление подготовки и (или) специальности: право и организация социального обеспечения
 квалификация: юрист;</t>
   </si>
   <si>
     <t>Педагог профессионального образования;
 Преподаватель истории и обществознания</t>
   </si>
   <si>
     <t>Пимонов Александр Григорьевич</t>
   </si>
   <si>
     <t>Математическое моделирование, численные методы и комплексы программ;
 Основы научно-исследовательской деятельности;
 Теория систем и системный анализ;
 Математическое и имитационное моделирование</t>
   </si>
   <si>
     <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123670, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348010, актион Университет. Онлайн обучение);
 "Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800133165, Национальный исследовательский Томский государственный университет)</t>
   </si>
   <si>
     <t>10 лет
-10 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 1.2 Компьютерные науки и информатика - Математические моделирование, численные методы и комплексы программ</t>
   </si>
   <si>
     <t>Пимонов Максим Владимирович</t>
   </si>
   <si>
     <t>Теоретические основы диагностики;
 Проектирование сварочных участков и цехов;
 Технология и оборудование сварки полимерных материалов;
 Производство сварных конструкций;
 Патентоведение;
 Функционально-стоимостной анализ;
 Теория сварочных процессов;
 Проектирование сварных конструкций;
 Основы инновационного бизнеса;
 Производственная, Технологическая (проектно-технологическая) практика;
 Производственная, Эксплуатационная практика;
 Производственная, Научно-исследовательская работа;
 Производственная, Преддипломная практика;
 Учебная, Ознакомительная практика;
 100 шагов к успеху</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332264, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227646, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076979, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
-    <t>17 лет
-[...2 lines deleted...]
-  <si>
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.04.01 Машиностроение - Сварка и родственные технологии;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении</t>
   </si>
   <si>
     <t>Писаренко Марина Владимировна</t>
   </si>
   <si>
     <t>Геометрия недр;
 Рациональное использование и охрана недр</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: маркшейдерское дело
 квалификация: инженер-маркшейдер;</t>
   </si>
   <si>
     <t>"Нормотивное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 ЦИОП-216-2022 040000161784, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594217, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Инновационные и цифровые технологии в образовании", 72 час. (от 28.12.2024 782400103609, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>29 лет
-1 месяц</t>
+2 месяца</t>
   </si>
   <si>
     <t>Плаксин Максим Сергеевич</t>
   </si>
   <si>
     <t>Аэрология горных предприятий;
 Безопасность ведения горных работ и горноспасательное дело</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: техники и технологии по направлению "горное дело"
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Энергосбережение и повышение энергоэффективности в организациях", 16 час. (от 06.12.2023 080000063832, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
 "Регистрация объектов интеллектуальной собственности", 16 час. (от 20.05.2024 423103228532, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Основы патентного поиска", 16 час. (от 24.05.2024 771803730014, ФГБУ "Федеральный институт промышленной собственности");
 "Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594218, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Общие вопросы охраны труда и функционирования системы управления, оказание первой помощи пострадавшим", 36 час. (от 16.06.2025 ПК 295758, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295822, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>21 год
 8 месяцев</t>
   </si>
@@ -10047,51 +10070,51 @@
 УП.02.01 Учебная практика (Подготовка, оформление и учет технической документации);
 УП.04.01 Учебная практика (Выполнение работ по профессии контролер качества обработки изделий)</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332302, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Повышение квалификации (в форме стажировки): Обогащение полезных ископаемых", 60 час. (от 26.05.2023 420800167937, Филиал ФГБОУВО "Кузбасский государственный технический университет им. Т.Ф.Горбачава" в г.Прокопьевске)</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Полтавец Алексей Викторович</t>
   </si>
   <si>
     <t>Эксплуатация теплоэнергетических установок и сетей;
 Основы тарифообразования</t>
   </si>
   <si>
     <t>10 лет
-7 месяцев</t>
+8 месяцев</t>
   </si>
   <si>
     <t>Полуэктова Наталья Сергеевна</t>
   </si>
   <si>
     <t>ОУП.05 Информатика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: математика
 квалификация: математик;</t>
   </si>
   <si>
     <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1545, ГБУ "Кузбасская школа управления");
 "Трансформация образовательной организации и ее сотрудников: управленческий, правовой и финансовый аспект", 36 час. (от 06.12.2024 ПК 985079, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064466, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
 "Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295735, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295859, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>Преподаватель;
 Менеджер в образовании</t>
   </si>
   <si>
     <t>Полякова Яна Викторовна</t>
@@ -10119,50 +10142,54 @@
   <si>
     <t>15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Попов Игорь Викторович</t>
   </si>
   <si>
     <t>Старший преподаватель;
 Техник I категории</t>
   </si>
   <si>
     <t>Введение в электроснабжение;
 Введение в электроэнергетику;
 Информационные технологии и программирование;
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: электроснабжение промышленных предприятий
 квалификация: инженер-электрик;
 * направление подготовки и (или) специальности: юриспруденция
 квалификация: юрист;</t>
+  </si>
+  <si>
+    <t>3 года
+1 месяц</t>
   </si>
   <si>
     <t>Попова Ольга Владимировна</t>
   </si>
   <si>
     <t>Введение в электроснабжение;
 Введение в электроэнергетику;
 Электроэнергетические сети и системы;
 Электроэнергетические системы и сети;
 Электрические системы и сети;
 Оперативно-диспетчерское управление;
 Производственная, Педагогическая практика;
 Производственная, Эксплуатационная практика;
 Производственная, Организационно-управленческая практика;
 Производственная, Практика по получению профессиональных умений и опыта профессиональной деятельности;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: электроснабжение промышленных предприятий
 квалификация: инженер-электрик;</t>
   </si>
   <si>
     <t>Портола Вячеслав Алексеевич</t>
   </si>
@@ -10205,51 +10232,51 @@
     <t>Основы робототехники</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: автоматизация технологических процессов и производств 
 квалификация: магистр;</t>
   </si>
   <si>
     <t>Потапов Михаил Алексеевич</t>
   </si>
   <si>
     <t>Спутниковые навигационные системы;
 Метрология, стандартизация и сертификация в горном деле</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: городской кадастр
 квалификация: инженер городского кадастра;</t>
   </si>
   <si>
     <t>"Оформление технической документации в соответствии с требованиями федеральных авиационных правил на получение сертификата эксплуатанта", 40 час. (от 20.02.2023 312402057786, ФГБОУ ВО  "Сибирский государственный университет науки и технологий имени академика М.Ф. Решетнева");
 "Основы проектного управления в сфере беспилотных авиационных систем", 72 час. (от 02.12.2025 ПК-I 059694, ФГАОУ ВО "Самарский национальный исследовательский университет им.академика С.П.Королева")</t>
   </si>
   <si>
     <t>17 лет
-9 месяцев</t>
+10 месяцев</t>
   </si>
   <si>
     <t>Прейс Елена Валерьевна</t>
   </si>
   <si>
     <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080010003, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594226, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603796, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>Прокопенко Евгения Викторовна</t>
   </si>
   <si>
     <t>Построение моделей угроз информационной безопасности;
 Проектирование систем защиты информации;
 Проектный практикум;
 Управление информационной безопасностью;
 Организационно-распорядительная документация по обеспечению информационной безопасности;
 Технологии обеспечения информационной безопасности;
 Информационные технологии в профессиональной деятельности;
 Основы информационных технологий;
 Производственная, Практика по профилю профессиональной деятельности</t>
   </si>
   <si>
     <t>Высшее образование:
@@ -10713,71 +10740,75 @@
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.02.06 Финансы - Финансист (9 кл)</t>
   </si>
   <si>
     <t>Ренев Алексей Агафангелович</t>
   </si>
   <si>
     <t>Геомеханика, разрушение горных пород, рудничная аэрогазодинамика и горная теплофизика;
 Комплексное освоение недр;
 Горная геомеханика;
 Подземная разработка рудных месторождений;
 Геомеханика</t>
   </si>
   <si>
     <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227650, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565688, Национальный исследовательский технологический университет "МИСИС");
 "Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541107, ГОБУ ДПО "КОУМЦ по ГОиЧС");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000668820, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>Нормтивно-правовое обеспечение программ повышения квалификации и профессиональной переподготовки" с</t>
   </si>
   <si>
     <t>19 лет
-10 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 2.8 Недропользование и горные науки - Геомеханика, разрушение горных пород, рудничная аэрогазодинамика и горная теплофизика</t>
   </si>
   <si>
     <t>Речко Галина Николаевна</t>
   </si>
   <si>
     <t>Исследование операций и методы оптимизации</t>
   </si>
   <si>
     <t>"Цифровые решения для моделирования и анализа экономических процессов", 72 час. (от 29.03.2024 11, Академия Менеджмента Консалтинга и Стратегии (ООО "Аймекс"))</t>
   </si>
   <si>
+    <t>45 лет
+1 месяц</t>
+  </si>
+  <si>
     <t>Решетникова Наталья Геннадьевна</t>
   </si>
   <si>
     <t>Управление трудовым коллективом строительного предприятия;
 Экономика недвижимости;
 Планирование и контроллинг;
 Учет и анализ в строительстве;
 Основы сервейинга и риэлтерской деятельностью</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: бухгалтеский учет, анализ и аудит
 квалификация: экономист;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: строительство
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332306, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Рогова Тамара Борисовна</t>
   </si>
   <si>
     <t>Горнопромышленная и нефтегазопромысловая геология, геофизика, маркшейдерское дело и геометрия недр;
@@ -10791,51 +10822,51 @@
     <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323147, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с испльзованием современных программных решений", 16 час. (от 13.12.2023 040000533372 У655-1915, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594235, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Маркшейдерское дело;
 2.8 Недропользование и горные науки - Горнопромышленная и нефтегазопромысловая геология, геофизика, маркшейдерское дело и геометрия недр</t>
   </si>
   <si>
     <t>Родин Роман Иванович</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: физические процессы горного производства
 квалификация: горный инженер;</t>
   </si>
   <si>
     <t>"Энергосбережение и повышение энергоэффективности в организациях", 16 час. (от 06.12.2023 080000063835 257, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
 "Регистрация объектов интеллектуальной собственности", 16 час. (от 20.05.2024 423103228534, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Основы патентного поиска", 16 час. (от 24.05.2024 771803730019, ФГБУ "Федеральный институт промышленной собственности");
 "Общие вопросы охраны труда и функционирования системы управления, оказание первой помощи пострадавшим", 36 час. (от 16.06.2025 ПК 295760, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295824, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>16 лет
-7 месяцев</t>
+8 месяцев</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Рожнева Елена Михайловна</t>
   </si>
   <si>
     <t>Деловой иностранный язык;
 Иностранный язык;
 Иностранный язык в профессиональной деятельности</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: филология
 квалификация: филолог. преподаватель английского языка и литературы. переводчик в сфере профессиональной коммуник.;</t>
   </si>
   <si>
     <t>"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295825, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295861, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
@@ -11002,51 +11033,51 @@
   </si>
   <si>
     <t>"Главный инженер проекта (специалист по организации архитектурно-строительного проектирования)", 40 час. (от 12.05.2023 283618, Автономная некомерческая организация дополнительного профессионального образования "Институт повышения квалификации ТЕХНОПРОГРЕСС" )</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство;
 08.04.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Промышленное и гражданское строительство</t>
   </si>
   <si>
     <t>Русакова Нина Александровна</t>
   </si>
   <si>
     <t>Численные методы;
 Статистический анализ данных;
 Системы статистического анализа данных</t>
   </si>
   <si>
     <t>"Особенности инклюзивного образования в вузе", 72 час. (от 14.11.2022 141122142005 ПК-602, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Современные аспекты преподавания математики и информатики", 16 час. (от 02.12.2024 423103865141, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Особенности инклюзивного образования в ВУЗе", 72 час. (от 23.06.2025 200625142088, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Электронная информационно-образовательная среда ВУЗа", 16 час. (от 22.10.2025 211025142134, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>6 лет
-3 месяца</t>
+4 месяца</t>
   </si>
   <si>
     <t>Рыжикова Людмила Витальевна</t>
   </si>
   <si>
     <t>МДК.02.01 Порядок работы с технической документацией;
 ОП.06 Обработка металлов резанием, станки и инструменты;
 ОП.09 Стандартизация, сертификация и техническое документирование</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Рябов Сергей Александрович</t>
   </si>
   <si>
     <t>Основы проектирования машиностроительных комплексов;
 Техническая эксплуатация, обслуживание и ремонт металлообрабатывающего оборудования;
 Конкурентная стратегия производства;
 Расчет и конструирование металлорежущих станков;
 Установка и монтаж металлорежущих станков;
@@ -11227,51 +11258,50 @@
 "О проверке знания требований охраны труда", 16 час. (от 03.11.2022 926, Кузбасский региональный институт повышения квалификации и переподготовки работников образования);
 "Контрактная система в сфере закупок товаров, работ, услуг для обеспечения государственных и муниципальных нужд", 260 час. (от 29.12.2022 772418829306 29095, АНО ДПО "Национальная академия дополнительного профессионального образования");
 "Основы кибербезопасности", 18 час. (от 17.05.2024 1572, ГБУ "Кузбасская школа управления");
 "Роль педагога в реализации концепции патриотического воспитания", 144 час. (от 18.05.2024 180003710419, ООО "Центр повышения квалификации и переподготовки "Луч знаний");
 "Работа преподавателя в LMS Moodle", 36 час. (от 07.12.2024 ПК 971066, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064467, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>Контрактный управляющий (специалист-эксперт в сфере закупок);
 Менеджмент в организации</t>
   </si>
   <si>
     <t>23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Самусев Павел Александрович</t>
   </si>
   <si>
     <t>Разрушение горных пород взрывом;
 Гидромеханизация открытых горных работ;
 Производственная, Практика по профилю профессиональной деятельности;
 Производственная, Производственно-технологическая практика;
-Производственная, Преддипломная практика;
 Производственная, Ознакомительная практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: открытые горные работы
 квалификация: горный инженер;</t>
   </si>
   <si>
     <t>"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295739, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295793, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Открытые горные работы</t>
   </si>
   <si>
     <t>Санарова Анна Викторовна</t>
   </si>
   <si>
     <t>Спецкурс по технологии строительного производства;
 Технология монолитного и сборного железобетона;
 Капитальный ремонт зданий;
 Основы технической эксплуатации зданий и сооружений;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
@@ -11431,53 +11461,50 @@
 Основы теории изобретательства;
 Информационные технологии на транспорте;
 Теория информационных процессов и систем;
 Инфокоммуникационные системы и сети;
 Информационные технологии в профессиональной деятельности;
 Производственная, Преддипломная практика;
 Учебная, Ознакомительная практика;
 Производственная, Эксплуатационная практика;
 МДК.01.01 Устройство автомобилей;
 МДК.02.01 Технология разработки программного обеспечения;
 МДК.02.04 Проектирование и разработка веб-приложений;
 МДК.03.01 Особенности конструкций автотранспортных средств;
 МДК.06.01 Внедрение информационной системы;
 МДК.07.01 Управление и автоматизация баз данных;
 ПП.05.01 Производственная практика (Проектирование и разработка информационных систем);
 ПП.06.01 Производственная практика (Сопровождение информационных систем);
 ПП.07.01 Производственная практика (Соадминистрирование баз данных и серверов);
 УП.06.01 Учебная практика (Сопровождение информационных систем)</t>
   </si>
   <si>
     <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063949, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
 "Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800131412, Национальный исследовательский Томский государственный университет);
 "Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253399, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
-    <t>18 лет</t>
-[...1 lines deleted...]
-  <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (11 кл);
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 23.03.01 Технология транспортных процессов - Организация и безопасность дорожного движения;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.03.03 Эксплуатация транспортно-технологических машин и комплексов - Автомобили и автомобильное хозяйство</t>
   </si>
   <si>
     <t>Семенова Ольга Сергеевна</t>
   </si>
   <si>
     <t>Объектно-ориентированное программирование и разработка информационных систем;
 Прикладное программирование в отрасли;
 Управление данными;
 Теория информационных процессов и систем;
 МДК.07.01 Управление и автоматизация баз данных;
 ОП.08 Основы проектирования баз данных;
 ОУП.05 Информатика;
 ОУП(у).05 Информатика;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ)</t>
   </si>
   <si>
     <t>"Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063950, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
@@ -11509,51 +11536,51 @@
 "Первая помощь при ожогах и отморожениях" (от 23.04.2024 ФДУ 23042423, ООО "Профессиональная академия");
 "Лидерство в охране труда: как влиять на сотрудников всех подразделений компании", 30 час. (от 03.12.2024 У2024429412, НОЧУО ДПО "Актион");
 "Всеросийская аттестация специалистов по охране труда - 2024", 120 час. (от 05.12.2024 У2024449616, НОЧУО ДПО "Актион");
 "Медосмотры и психосвидетельствования: организуем процесс без ошибок", 16 час. (от 05.12.2024 У2024449091, НОЧУО ДПО "Актион");
 "Несчастный случай в компании: как действовать специалисту по охране труда", 40 час. (от 05.12.2024 У2024449218, НОЧУО ДПО "Актион");
 "Оценка и управление профессиональными рисками", 40 час. (от 05.12.2024 У2024449578, НОЧУО ДПО "Актион");
 "Подготовка преподавателей, обучающих приемам первой помощи", 24 час. (от 05.12.2024 У2024449231, НОЧУО ДПО "Актион");
 "Стратегический менеджмент в охране труда: планирование, управление, результат", 72 час. (от 05.12.2024 У2024449189, НОЧУО ДПО "Актион");
 "Локальные документы по охране труда: что проверить и разработать в компании", 40 час. (от 10.12.2024 У2024450464, НОЧУО ДПО "Актион");
 "СОУТ: как организовать и проконтролировать процедуру в компании", 24 час. (от 10.01.2025 У2025003805, НОЧУО ДПО "Актион");
 "Обеспечение антитеррористической защищенности объектов", 30 час. (от 16.01.2025 У2025033761, НОЧУО ДПО "Актион");
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 16.01.2025 У2025035030, НОЧУО ДПО "Актион");
 "Охрана труда 2025-2030: Новые вызовы, новые решения", 16 час. (от 14.11.2025 423103866154, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Специалист по персоналу;
 Государственное и муниципальное управление;
 Правоведение в системе высшего профессионального образования. Преподаватель правоведения в высшем учебном заведении.;
 Разработка месторождений полезных ископаемых подземным способом;
 Преподаватель культурологии;
 Преподаватель философии;
 Психолог-консультант. Психология труда</t>
   </si>
   <si>
     <t>4 года
-7 месяцев</t>
+8 месяцев</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Сивакова Лариса Григорьевна</t>
   </si>
   <si>
     <t>Химия окружающей среды;
 Физико-химические методы исследования;
 Организация деятельности предприятия по охране среды обитания в ЧС;
 Экологическая экспертиза промышленных предприятий и проектов;
 Контроль окружающей среды;
 Методы очистки газообразных выбросов;
 Экологическая экспертиза;
 ОП.04 Физическая и коллоидная химия</t>
@@ -11598,77 +11625,78 @@
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза;
 18.04.01 Химическая технология - Химическая технология неорганических веществ</t>
   </si>
   <si>
     <t>Сиводедова Марина Викторовна</t>
   </si>
   <si>
     <t>Основы информационных технологий</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: прикладная информатика
 квалификация: ;</t>
   </si>
   <si>
     <t>"Разработка цифровых решений на базе технологий 1С", 256 час. (от 18.07.2025 782422871135, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>Специалист по информационным системам</t>
   </si>
   <si>
     <t>2 года
-9 месяцев</t>
+10 месяцев</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Сивушкин Александр Сергеевич</t>
   </si>
   <si>
     <t>Проектирование машиностроительного производства;
 САПР в сварке;
 Проектирование сварочных участков и цехов;
 100 шагов к успеху</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: технология, оборудование и автоматизация машиностроительных производств
 квалификация: магистр техники и технологий;</t>
   </si>
   <si>
     <t>"Цифровая сертификация изделий из полимерных композиционных материалов общегражданского назначения и объектов транспортной инфраструктуры", 72 час. (от 11.10.2022 ПК 000458, АНО ОВО  "Сколковский институт науки и технологий");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227653, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076984, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
-"Технологии "Фабрик Будущего", 108 час. (от 11.12.2024 782400102864, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
+"Технологии "Фабрик Будущего", 108 час. (от 11.12.2024 782400102864, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
+"SprutCAM пользователь (фрезерная и токарная обработка): от теории к практике", 64 час. (от 21.01.2026 080000064787, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения</t>
   </si>
   <si>
     <t>Сидельников Сергей Александрович</t>
   </si>
   <si>
     <t>Основы технической механики;
 Сопротивление материалов</t>
   </si>
   <si>
     <t>"Английский язык для профессиональных целей (с использованием онлайн-платформы "Английский пациент")", 144 час. (от 15.05.2023 700800126678, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295794, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг</t>
   </si>
   <si>
     <t>Сидорова Светлана Николаевна</t>
   </si>
@@ -11914,101 +11942,105 @@
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Скорняков Иван Анатольевич</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: международные отношения
 квалификация: специалсит в области международных отношений;</t>
   </si>
   <si>
     <t>"Методика преподавания курса "Основы российской государственности", 72 час. (от 07.02.2025 ПК 106066, ФГАОУ ВО "Национальный исследовтельский ядерный университет "МИФИ")</t>
   </si>
   <si>
+    <t>18 лет
+11 месяцев</t>
+  </si>
+  <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств</t>
   </si>
   <si>
     <t>Скребнева Евгения Владимировна</t>
   </si>
   <si>
     <t>Компенсация реактивной мощности в системах электроснабжения;
 Интеллектуальные электрические сети;
 Электрооборудование и электроснабжение открытых горных работ;
 Электроснабжение и электрооборудование горных машин;
 Электроснабжение открытых горных работ;
 Электроснабжение обогатительных фабрик;
 Экономика в электроэнергетике;
 Экономика электроэнергетики;
 Оптовый и розничный рынок электроэнергии;
 Инвестиционное проектирование систем электроснабжения;
 Учет и реализация электрической энергии;
 Организация производства и инвестиционная деятельность в электроэнергетике;
 Возобновляемые источники энергии;
 Автономные источники энергии;
 Эксплуатация горного электрооборудования;
 Производственная, Эксплуатационная практика;
 Основы электробезопасности;
 Электробезопасность на горных предприятиях</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: финансы и кредит
 квалификация: экономист;
 * направление подготовки и (или) специальности: химия
 квалификация: бакалавр химии;</t>
   </si>
   <si>
     <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485127, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "ESG управления бизнесом: тренды и риски", 16 час. (от 26.12.2022 04000048620, Национальный исследовательский технологический университет "МИСИС");
 "Управление деятельностью вузов. Новое поколение стандартов высшего образования", 16 час. (от 07.02.2023 773500017177, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Инновационные и цифровые технологи в образовании", 72 час. (от 24.04.2023 782400081255, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063635 61, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295742, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295796, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Избранные практики нового энергетического уклада", 72 час. (от 16.07.2025 163401090859, ФГБОУ ВО "Казанский государственный энергетический университет");
 "Водородная энергетика и химическая технология топлива", 72 час. (от 15.08.2025 542423425380, ФГА ОУ ВО "Новосибирский национальный исследовательский государственный университет")</t>
   </si>
   <si>
     <t>Электроснабжение</t>
   </si>
   <si>
     <t>11 лет
-3 месяца</t>
+4 месяца</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Менеджмент в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства</t>
   </si>
   <si>
     <t>Славолюбова Ярославна Викторовна</t>
   </si>
   <si>
     <t>Информационно-аналитические технологии в экономике и управлении;
 Математическое моделирование;
 Системы искусственного интеллекта;
 Современные проблемы распределенных информационных систем;
 Управление информационными системами и ресурсами;
 Аппаратно-информационное обеспечение организации;
 Информационно-аналитические технологии в экономике;
 Проектирование информационных систем;
 Математическое и имитационное моделирование;
 Учебная, Эксплуатационная практика;
 Учебная, Технологическая (проектно-технологическая) практика;
@@ -12229,78 +12261,75 @@
 "Информационные технологии и нейросети для педагогов: применение и интеграция в образовательный процесс", 72 час. (от 31.10.2024 КПК 4379732298, ООО "Высшая школа делового администрирования");
 "Участник онлайн-семинара на тему: "Использование социальных сетей и виртуальной обучающей среды в образовании", 9 час. (от 31.10.2024 196743154508, ООО "Высшая школа делового администрирования");
 "Работа преподавателя в LMS Moodle", 36 час. (от 07.12.2024 ПК 971069, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064472, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>Участник онлайн-семинара на тему: "Использование социальных сетей и виртуальной обучающей среды в образовании</t>
   </si>
   <si>
     <t>Спирин Сергей Константинович</t>
   </si>
   <si>
     <t>Комплексный экономический анализ финансово-хозяйственной деятельности;
 Управление затратами и ценообразование на предприятии (в организации)</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: экономика и управление на предприятии (в отраслях химико-лесного комплекса)
 квалификация: инженер-экономист;</t>
   </si>
   <si>
     <t>"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565719, Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>11 лет
-8 месяцев</t>
+9 месяцев</t>
   </si>
   <si>
     <t>Старикова Елена Юрьевна</t>
   </si>
   <si>
-    <t>Планирование эксперимента, методы анализа и обработка данных;
-[...1 lines deleted...]
-Процессы и аппараты химической технологии;
+    <t>Процессы и аппараты природоохранных производств;
 Защита металлов от коррозии;
 Защита от коррозии;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: технология неорганических веществ
 квалификация: инженер химик-технолог;</t>
   </si>
   <si>
     <t>"Цифровые модели как инструмент для обучения специалистов нефтегазовой отрасли", 16 час. (от 27.12.2023 Пк 735141, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>44 года
 7 месяцев</t>
   </si>
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
-18.03.01 Химическая технология - Инфохимия;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды</t>
   </si>
   <si>
     <t>Стародубов Алексей Николаевич</t>
   </si>
   <si>
     <t>Моделирование процессов жизненного цикла продукции;
 Компьютерная имитация производственных систем;
 Методы исследования и моделирования информационных процессов и технологий;
 Распределенные компьютерные информационно-управляющие системы;
 Управление жизненным циклом информационных систем;
 Распределенные системы и алгоритмы</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: тех-логия оборудов.и автоматиз.машин.пр-в
 квалификация: магистр техники и технологии;</t>
   </si>
   <si>
     <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123684, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800138051, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
@@ -12506,51 +12535,52 @@
   <si>
     <t>21.05.05 Физические процессы горного или нефтегазового производства - Физические процессы горного производства</t>
   </si>
   <si>
     <t>Суслина Людмила Алексеевна</t>
   </si>
   <si>
     <t>Магнитные, электрические и специальные методы обогащения;
 Научно-исследовательская деятельность;
 Гравитационные процессы обогащения;
 Переработка полезных ископаемых;
 Основы научных исследований;
 Реагенты в физико-химических процессах;
 Флотационные процессы обогащения;
 Физическая и коллоидная химия;
 Исследование полезных ископаемых на обогатимость;
 Основы обогащения и переработки полезных ископаемых;
 Производственная, Производственно-технологическая практика;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
     <t>"В форме стажировки в АО "ЦОФ "Березовская", 16 час. (от 25.10.2022 ААА 104208010012, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Обогащение поленых ископаемых", 60 час. (от 26.05.2023 420800167939, Кузбасский государственный технический университет имени Т.Ф.Горбачева филиал КУЗГТУ в г. Прокопьевске);
 "Оказание первой помощи пострадавшим на производстве", 16 час. (от 31.12.2023 , Актион Университет. Онлайн-обучение);
 "Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600802, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
-"Искусственный интеллект для педагогической деятельности", 16 час. (от 07.12.2025 722025023498, ФГАОУ ВО "Тюменский государственный университет")</t>
+"Искусственный интеллект для педагогической деятельности", 16 час. (от 07.12.2025 722025023498, ФГАОУ ВО "Тюменский государственный университет");
+"Техника и технология современных углеобогатительных фабрик", 16 час. (от 12.12.2025 080000064781, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Съедина Наталья Валерьевна</t>
   </si>
   <si>
     <t>Доцент;
 Старший преподаватель</t>
   </si>
   <si>
     <t>Основы российской государственности;
 Уголовный процесс;
 Правонарушения в сфере экономики;
 Уголовное право;
 Правовые аспекты обеспечения экономической безопасности</t>
   </si>
   <si>
@@ -12627,84 +12657,86 @@
 * направление подготовки и (или) специальности: электропривод и автоматизация промышленных установок и технологических комплексов
 квалификация: инженер;</t>
   </si>
   <si>
     <t>"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000602280, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>Разработка приложений виртуальной реальности на движке Unity;
 Диплом предоставляет право на ведение профессиональной деятельности в сфере экономики и управления на предприятии</t>
   </si>
   <si>
     <t>11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 21.05.04 Горное дело - Горные машины и оборудование</t>
   </si>
   <si>
     <t>Сычев Алексей Петрович</t>
   </si>
   <si>
+    <t>Основы инженерных сооружений на автомобильных дорогах</t>
+  </si>
+  <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: экономика и управление на предприятии в строительстве
 квалификация: инженер;
 * направление подготовки и (или) специальности: экономика и управление на предприятии в строительстве
 квалификация: менеджер;</t>
   </si>
   <si>
     <t>Тайлакова Анна Александровна</t>
   </si>
   <si>
     <t>Интеллектуальные информационные системы;
 Системы искусственного интеллекта;
 Программная инженерия;
 Информационные системы и технологии;
 Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
     <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123686 23.29.449-01.99, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295827, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.04.02 Менеджмент - Стратегическое управление</t>
   </si>
   <si>
     <t>Тациенко Виктор Прокопьевич</t>
   </si>
   <si>
-    <t>Производственная, Производственно-технологическая практика;
-Производственная, Ознакомительная практика</t>
+    <t>Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: технология и комплексная механизация подземной разработки месторождений полезных ископаемых
 квалификация: горный инженер;</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332275, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348127, Негосударственное образовательное частное учреждение организации дополнительного профессионального образования ''Актион'');
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227661, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>32 года
 5 месяцев</t>
   </si>
   <si>
     <t>Темникова Елена Юрьевна</t>
   </si>
   <si>
     <t>Введение в профессиональную деятельность;
 Технологии инженерного проектирования;
 Энергетические системы обеспечения жизнедеятельности;
 Теоретические основы теплотехники;
 Спецвопросы тепломассообмена;
 Методы научных исследований;
@@ -12737,145 +12769,144 @@
 Тенденции развития технологий и оборудования переработки полимеров;
 Основы получения и переработки смесей полимеров;
 Технология переработки полимеров;
 Современные технологии формования экструзионных изделий;
 Математическое планирование эксперимента;
 Надежность технических систем и техногенный риск</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: химическая технология пластических масс
 квалификация: инженер химик-технолог;</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Технология и переработка полимеров;
 18.04.01 Химическая технология - Технология и переработка полимеров;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств</t>
   </si>
   <si>
     <t>Тиунова Наталья Владимировна</t>
   </si>
   <si>
     <t>Промышленная экология;
 Техника и процессы переработки отходов химико-технологического производства;
-Цифровая культура в профессиональной деятельности;
 Процессы и аппараты химической технологии;
 Экология;
+Цифровая культура в профессиональной деятельности;
 Прикладные компьютерные программы;
 Производственная, Организационно-управленческая практика;
 Производственная, Преддипломная практика;
 Производственная, Научно-исследовательская работа</t>
   </si>
   <si>
     <t>23 года
 5 месяцев</t>
   </si>
   <si>
-    <t>18.03.01 Химическая технология - Инфохимия;
-18.03.01 Химическая технология - Технология и переработка полимеров;
+    <t>18.03.01 Химическая технология - Технология и переработка полимеров;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг</t>
   </si>
   <si>
     <t>Тихомирова Анастасия Владимировна</t>
   </si>
   <si>
     <t>Теоретические основы химической технологии неорганических веществ;
 Технология минеральных удобрений;
 Химическая технология неорганических веществ;
 Актуальные направления химической технологии неорганических веществ;
-Технологические инновации в производстве неорганических веществ;
 Химия;
-Учебная, Технологическая (проектно-технологическая) практика;
-Производственная, Преддипломная практика</t>
+Учебная, Технологическая (проектно-технологическая) практика</t>
   </si>
   <si>
     <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227664, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Технологии "Фабрик Будующего", 108 час. (от 27.09.2024 782400099371, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076990, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Педагог профессионального обучения и профессионального образования</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
-18.03.01 Химическая технология - Инфохимия;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Тихонов Виктор Владимирович</t>
   </si>
   <si>
     <t>Процессы и аппараты защиты окружающей среды;
 Процессы и аппараты химической технологии</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: основные процессы химических производств и химическая кибернетика
 квалификация: инженер;</t>
   </si>
   <si>
     <t>"По программе "Стажировка в области повышения надежности и продления ресурса технологического оборудования", 72 час. (от 26.06.2023 70 АВ 050071, Томский политехнический институт)</t>
   </si>
   <si>
     <t>40 лет
 7 месяцев</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств</t>
   </si>
   <si>
     <t>Тихонов Николай Викторович</t>
   </si>
   <si>
     <t>Химические реакторы;
 Процессы и аппараты химической технологии</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: химическая технология  и биотехнология
 квалификация: магистр техники и технологии;</t>
   </si>
   <si>
     <t>"Организация адаптации и академической поддержки студентов университета", 24 час. (от 09.09.2022 70АВ 040737, Национальный исследовательский Томский политехнический университет);
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227665, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076991, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541112, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
   </si>
   <si>
-    <t>18.03.01 Химическая технология - Инфохимия;
-18.03.01 Химическая технология - Технология и переработка полимеров;
+    <t>10 лет
+10 месяцев</t>
+  </si>
+  <si>
+    <t>18.03.01 Химическая технология - Технология и переработка полимеров;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 18.04.01 Химическая технология - Технология и переработка полимеров;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 18.04.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов</t>
   </si>
   <si>
     <t>Тихонова Ирина Юрьевна</t>
   </si>
   <si>
     <t>Геоинформационные и компьютерные технологии;
 Классификация объектов недвижимости;
 Компьютерные технологии управления в дорожном строительстве;
 Основы внутрихозяйственной организации территорий;
 Документоведение;
 Экология;
 Техническая инвентаризация объектов недвижимости;
 Метрология, стандартизация и сертификация;
 Экономико-математические методы в науке;
 Топографическое черчение и картография;
 Метрология, стандартизация и сертификация в строительстве;
 Учебная, Исполнительская практика;
 100 шагов к успеху</t>
@@ -12988,110 +13019,109 @@
   <si>
     <t>Социально-психологические аспекты организационно-управленческой деятельности;
 Основы управления профессиональной деятельностью;
 Педагогика и андрагогика;
 Основы педагогики и андрагогики;
 Социально-психологические аспекты в профессиональной деятельности</t>
   </si>
   <si>
     <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 09.12.2022 782400076943, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>Профессиональная переподготовка по программе "Преподаватель высшей школы" с 01.11.2004 по 30.06.2005 г. Диплом ПП № 511455 от 30.06.2005;
 Менеджмент в организации;
 Преподаватель психологии в условиях реализации ФГОС;
 Практический психолог</t>
   </si>
   <si>
     <t>9 месяцев</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.04.02 Землеустройство и кадастры - Кадастр недвижимости;
-21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.05 Физические процессы горного или нефтегазового производства - Физические процессы горного производства</t>
   </si>
   <si>
     <t>Трофимов Иван Евгеньевич</t>
   </si>
   <si>
     <t>Методологии разработки информационных систем;
 Проектный практикум</t>
   </si>
   <si>
     <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123688, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800135676, Национальный исследовательский Томский государственный университет);
 "Передовые производственные технологии", 150 час. (от 14.08.2024 782400098212, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>11 лет
-1 месяц</t>
+2 месяца</t>
   </si>
   <si>
     <t>Трусов Александр Николаевич</t>
   </si>
   <si>
     <t>Проектирование автоматизированных систем;
 Технологическое оснащение автоматизированного производства;
 Автоматизация технологических процессов и производств;
 Системы автоматизированного проектирования;
 Проектирование автоматизированных технологических процессов;
 Производственная, Научно-исследовательская работа;
 Производственная, Преддипломная практика;
 Учебная, Научно-исследовательская работа;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
     <t>"Инструменты электронной информационно-образовательной среды", 16 час. (от 21.09.2023 550400002736 ИДО-23-444, ФГБОУ ВО "СибАДИ" институт дополнительного образования)</t>
   </si>
   <si>
     <t>Тур Кирилл Андреевич</t>
   </si>
   <si>
     <t>Расчет устойчивости откосов при открытой геотехнологии;
 Автоматизированное проектирование по цифровым планам</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332279, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Маркшейдерское дело", 72 час. (от 24.11.2022 ВНИМИ ПК 001157, Учебный центр АО "ВНИМИ");
 "Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485183, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227666, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533457, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Управление научными проектами", 16 час. (от 25.10.2024 423103229353, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594270, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Основы обеспечения безопасности применения беспилотных авиационных систем", 72 час. (от 12.12.2025 ПК-I 060256, ФГАОУ ВО "Самарский национальный исследовательский университет им.академика С.П.Королева")</t>
   </si>
   <si>
     <t>7 лет
-7 месяцев</t>
+8 месяцев</t>
   </si>
   <si>
     <t>Тыра Анна Валерьевна</t>
   </si>
   <si>
     <t>Тепловые двигатели и нагнетатели</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: теплоэнергетика и теплотехника
 квалификация: бакалавр теплоэнергетика и теплотехника;</t>
   </si>
   <si>
     <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227671, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076994, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Тюленев Максим Анатольевич</t>
   </si>
   <si>
     <t>Технология разработки сложноструктурных месторождений;
 Технология и комплексная механизация открытых горных работ</t>
   </si>
   <si>
     <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063636 62, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
@@ -13219,86 +13249,90 @@
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000602417, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Электрификация и автоматизация горного производства</t>
   </si>
   <si>
     <t>Тютеньков Сергей Борисович</t>
   </si>
   <si>
     <t>Дисциплины по физической культуре и спорту - базовые виды спорта;
 ОГСЭ.04 Физическая культура</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: физическая культура и спорт
 квалификация: преподаватель физической культуры и спорта;</t>
   </si>
   <si>
     <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009983, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" (Институт непрерывного образования));
 "Оказание первой помощи пострадавшим на производстве", 16 час. (от 31.12.2023 , Актион Университет. Онлайн-обучение);
 "Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10303, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
+09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
+13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
+13.03.02 Электроэнергетика и электротехника - Электроснабжение;
+15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
+15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 18.03.01 Химическая технология - Инновационные химические технологии;
 21.05.04 Горное дело - Открытые горные работы;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл);
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
-38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера</t>
+38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
+38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
+43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Учайкин Сергей Евгеньевич</t>
   </si>
   <si>
     <t>Программирование и наладка станков с числовым программным управлением;
 Автоматизированное проектирование технологических процессов в машиностроении</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332265, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "3D- дизайн и прототипирование инновационного продукта", 76 час. (от 21.11.2023 782400089602, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227668, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076995, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
-    <t>6 месяцев</t>
+    <t>7 месяцев</t>
   </si>
   <si>
     <t>Ушаков Андрей Геннадьевич</t>
   </si>
   <si>
     <t>Промышленный катализ;
-Процессы газификации и горения твердого топлива;
-Ожижение и гидрогенизация твердых горючих ископаемых;
 Методы исследования горючих ископаемых;
 Экологическая очистка вредных выбросов. Водоподготовка;
-Катализ в углехимии;
 Водоподготовка на химических  предприятиях;
 Общая химическая технология;
 Учебная, Технологическая (проектно-технологическая) практика;
 Производственная, Технологическая (проектно-технологическая) практика</t>
   </si>
   <si>
     <t>"Углехимия и глубокая переработка угля", 72 час. (от 28.11.2025 , Шаньсийский институт энергетики)</t>
   </si>
   <si>
     <t>Профессиональная переподготовка по программе "Менеджмент</t>
   </si>
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.04.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды</t>
   </si>
   <si>
     <t>Ушаков Константин Юрьевич</t>
   </si>
   <si>
     <t>Котельные установки и парогенераторы;
 Инженерные сети;
 Централизованное, децентрализованное и индивидуальное энергоснабжение;
@@ -13324,51 +13358,50 @@
     <t>Ушакова Елена Сергеевна</t>
   </si>
   <si>
     <t>Методы инженерного творчества;
 Общая химическая технология;
 Метрология, стандартизация и сертификация в химическом производстве;
 ОП.07 Метрология, стандартизация и сертификация;
 ОП.07 Охрана труда и бережливое производство;
 ОП.08 Охрана труда;
 СГ.06 Основы бережливого производства;
 СГЦ.05 Основы бережливого производства</t>
   </si>
   <si>
     <t>"Изучение китайского языка и культуры" (от 30.12.2022 2022DQ04035, Колледж международного обмена "Шандуньский научно-технологический университет");
 "Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000601680, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Технологии бережливого производства: картирование процесса", 16 час. (от 15.05.2025 42ПК 10741, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования")</t>
   </si>
   <si>
     <t>Специалист в области охраны труда и техносферной безопасности</t>
   </si>
   <si>
     <t>15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
-18.03.01 Химическая технология - Инфохимия;
 18.03.01 Химическая технология - Технология и переработка полимеров;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Фаляхов Руслан Фаридович</t>
   </si>
   <si>
     <t>Экономический анализ затрат для реализации технологий обогащения полезных ископаемых;
 Экономика и менеджмент горного производства;
 Инновации в сервисе;
 Организация горного производства;
 МДК.02.02 Бухгалтерская технология проведения и оформления инвентаризации;
 ОП.07 Предпринимательская деятельность в сфере гостиничного бизнеса;
 ОП.12 Менеджмент в профессиональной деятельности;
 ОПЦ.02 Предпринимательская деятельность в сфере туризма и гостиничного бизнеса;
 СГЦ.06 Основы бережливого производства;
 100 шагов к успеху</t>
@@ -13498,100 +13531,103 @@
   <si>
     <t>Фофанов Андрей Алексеевич</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте</t>
   </si>
   <si>
     <t>Фридман Юрий Абрамович</t>
   </si>
   <si>
     <t>Производственная, Преддипломная практика;
 Производственная, Научно-исследовательская работа</t>
   </si>
   <si>
     <t>"Цифровые решения для моделирования и анализа экономических процессов", 72 час. (от 29.03.2024 13, Академия Менеджмента Консалтинга и Стратегии (ООО "Аймекс"))</t>
   </si>
   <si>
     <t>58 лет
-2 месяца</t>
+3 месяца</t>
   </si>
   <si>
     <t>Фролов Вадим Станиславович</t>
   </si>
   <si>
     <t>Учебная, Организационно-управленческая практика;
 Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: обогащение полезных ископаемых
 квалификация: горный инженер-обогатитель;</t>
   </si>
   <si>
+    <t>"Техника и технология современных углеобогатительных фабрик", 16 час. (от 12.12.2025 080000064782, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
+  </si>
+  <si>
     <t>26 лет
-6 месяцев</t>
+7 месяцев</t>
   </si>
   <si>
     <t>Хакимов Павел Евгеньевич</t>
   </si>
   <si>
     <t>Сети и системы передачи информации;
 МДК.01.01 Операционные системы;
 МДК.01.03 Сети и системы передачи информации;
 МДК.04.01 Технология выполнения работ;
 ПП.01.01 Производственная практика (Эксплуатация автоматизированных (информационных) систем в защищённом исполнении);
 УП.01.01 Учебная практика (Эксплуатация автоматизированных (информационных) систем в защищённом исполнении)</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: автоматизация технологических процессов и производств
 квалификация: ;</t>
   </si>
   <si>
     <t>Хамзина Татьяна Анатольевна</t>
   </si>
   <si>
     <t>Флотационные процессы обогащения;
 Основы обогащения и переработки полезных ископаемых;
 Производственная, Практика по профилю профессиональной деятельности</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: обогащение полезных ископаемых
 квалификация: ;</t>
   </si>
   <si>
     <t>19 лет
-6 месяцев</t>
+7 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых</t>
   </si>
   <si>
     <t>Харазян Анастасия Анатольевна</t>
   </si>
   <si>
     <t>Геоинформационные и компьютерные технологии;
 Конструкции автомобильных дорог;
 Организация и планирование кадастровых работ</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: землеустройство и кадастры
 квалификация: бакалавр;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: землеустройство и кадастры
 квалификация: магистр;</t>
   </si>
   <si>
     <t>Хивинцева Марина Альбертовна</t>
   </si>
   <si>
@@ -13614,51 +13650,52 @@
   </si>
   <si>
     <t>Хозяинов Борис Петрович</t>
   </si>
   <si>
     <t>Железобетонные и каменные конструкции;
 Спецкурс железобетонных конструкций</t>
   </si>
   <si>
     <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096966, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>Хорешок Алексей Алексеевич</t>
   </si>
   <si>
     <t>Эксплуатация горных машин и оборудования</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332273, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000261273, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009980, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063637 63, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Современное нормативно-методическое обеспечение федеральных государственных образовательных стандартов высшего образования", 16 час. (от 20.10.2023 040000486140, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 01.12.2023 У2023384296, актион Университет. Онлайн обучение);
 "Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000604190, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
-"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594291, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594291, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Техника и технология современных углеобогатительных фабрик", 16 час. (от 12.12.2025 080000064783, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>Цалко Елена Викторовна</t>
   </si>
   <si>
     <t>Основы промышленной безопасности;
 Основы теория горения и взрыва;
 Физическая химия;
 Избранные главы физической химии;
 Коллоидная химия;
 Учебная, Научно-исследовательская работа (получение первичных навыков научно-исследовательской работы);
 УП.03.01 Учебная практика (Организация лабораторно-производственной деятельности)</t>
   </si>
   <si>
     <t>"Система обучающих цифровых моделей для подготовки и оценки студентов и специалистов нефтегазовой отрасли РТСИМ. Карьера" (от 01.04.2024 000793, РТСИМ. Карьера );
 "Инновационные и цифровые технологии в образовании", 72 час. (от 14.08.2024 782400098303, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.04.01 Химическая технология - Технология и переработка полимеров;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
@@ -13748,91 +13785,86 @@
 08.03.01 Строительство - Промышленное и гражданское строительство;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Ченская Валентина Васильевна</t>
   </si>
   <si>
     <t>Теоретические основы химической технологии неорганических веществ;
-Молекулярный дизайн неорганических соединений и материалов;
 Технологические машины и оборудование;
 Основы проектирования и оборудование химических производств;
 Химия;
 Избранные главы неорганической химии;
 Производственная, Технологическая (проектно-технологическая) практика;
 Расчеты в технологии неорганических веществ;
 100 шагов к успеху</t>
   </si>
   <si>
     <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348191, актион Университет. Онлайн обучение);
 "Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096969, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
-18.03.01 Химическая технология - Инфохимия;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Чергинец Ольга Александровна</t>
   </si>
   <si>
     <t>Моделирование процессов горения</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: теплоэнергетика и теплотехника
 квалификация: бакалавр;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: теплоэнергетика и теплотехника
 квалификация: магистр;</t>
-  </si>
-[...1 lines deleted...]
-    <t>8 лет</t>
   </si>
   <si>
     <t>13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика</t>
   </si>
   <si>
     <t>Черемных Ирина Анатольевна</t>
   </si>
   <si>
     <t>Основы градостроительства и планировка населенных мест;
 Правовое обеспечение землеустройства и кадастров в современных условиях</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: правоведение
 квалификация: юрист;</t>
   </si>
   <si>
     <t>Правовое обеспечение землеустройства и кадастров в современных условиях</t>
   </si>
   <si>
     <t>21.04.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Черкасова Виктория Валерьевна</t>
   </si>
@@ -13948,51 +13980,52 @@
     <t>08.04.01 Строительство - Автомобильные дороги;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.04.02 Менеджмент - Стратегическое управление;
 38.04.02 Менеджмент - Стратегическое управление минерально-сырьевыми компаниями;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Чичерин Иван Владимирович</t>
   </si>
   <si>
     <t>Проектирование систем управления;
 Диагностика и надежность автоматизированных систем;
 Компьютерно-интегрированные производственные системы;
 История информатики;
 Производственная, Преддипломная практика;
 Производственная, Практика по модулю направленного на получение дополнительной квалификации «Инженер-технолог в машиностроении III категории (5 уровень квалификации)»;
 Автоматизированное проектирование технологических процессов в машиностроении;
 Комплексный экзамен по модулю (квалификационный экзамен)</t>
   </si>
   <si>
     <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123696, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227680, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 01.12.2023 У2023384319, актион Университет. Онлайн обучение);
 "Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134262, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
-"Управление научными проектами", 16 час. (от 25.10.2024 423102077001, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
+"Управление научными проектами", 16 час. (от 25.10.2024 423102077001, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
+"SprutCAM пользователь (фрезерная и токарная обработка): от теории к практике", 64 час. (от 21.01.2026 080000064785, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>Информатика и информационные системы;
 Специалист по технической защите информации</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Системная интеграция и автоматизация информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.04.02 Информационные системы и технологии - Искусственный интеллект и системная интеграция информационных процессов;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности</t>
   </si>
   <si>
     <t>Чупрякова Алена Григорьевна</t>
   </si>
   <si>
     <t>Управление проектами;
 Основы российской государственности;
 Менеджмент профессиональной деятельности</t>
   </si>
   <si>
     <t>"Методика преподавания основ российской государственности", 72 час. (от 18.08.2023 0000129051 01098-2023-У-ФИРО, Российская академия народного хозяйства и государственной службы при Президенте Российской Федерации);
 "Теория и практика преподавания дисциплины "Основы российской государственности" в вузе", 16 час. (от 28.03.2025 240400101587, ФГАОУ ВО "Сибирский федеральный университет" НОЦ "Институт непрерывного образования");
 "Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295746, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
@@ -14047,54 +14080,50 @@
 Управление инвестиционно-строительными процессами;
 Строительство в зимних условиях;
 Управление и организация производственной деятельности в строительстве;
 Организация строительного производства;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: промышленное и гражданское строительство
 квалификация: инженер;
 Послевузовское образование:
 * направление подготовки и (или) специальности: 21.06.01- геология, разведка и разработка полезных ископаемых
 квалификация: ;</t>
   </si>
   <si>
     <t>"Судебная строительно-техническая и стоимостная экспертиза объектов недвижимости", 520 час. (от 14.11.2022 372418025094 306-2022, ЧОУ ДПО "ОТКРЫТАЯ АКАДЕМИЯ ПРОФЕССИОНАЛЬНОГО ОБРАЗОВАНИЯ" );
 "Управление проектными командами", 36 час. (от 18.11.2022 423102332310, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Повышение квалификации в форме стажировки в ГБУ "ПИ "Кузбасспроект " на тему "Организация проектной и изыскательской деятельности в строительстве", 72 час. (от 25.01.2023 ААА 104208010104, ФГБОУ ВПО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Контроль качества и объемов строительно-монтажных работ", 72 час. (от 21.04.2023 ААА 104208010252, ФГБОУ ВПО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Пожарная безопасность для руководителей и ответственных лиц" (от 15.11.2023 У2023348213, актион Университет. Онлайн обучение);
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227681, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Управление научными проектами", 16 час. (от 25.10.2024 423102077002, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541116, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
   </si>
   <si>
-    <t>10 лет
-[...2 lines deleted...]
-  <si>
     <t>Шалина Виолетта Витальевна</t>
   </si>
   <si>
     <t>Иностранный язык;
 СГЦ.02 Иностранный язык в профессиональной деятельности</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: филология
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Обучение безопасным методам и приемам выполнения работ при воздействии вредных и опасных производственных факторов, источников опасности, идентифицированных в рамках СОУТ и оценки профессион.рисков", 16 час. (от 14.05.2024 , Актион Университет. Онлайн-обучение);
 "Обучение по общим вопросам охраны труда и функционирования системы управления охраной труда", 16 час. (от 14.05.2024 , Актион Университет. Онлайн-обучение);
 "Оказание первой помощи пострадавшим на производстве", 16 час. (от 14.05.2024 , Актион Университет. Онлайн-обучение);
 "Инновационные и цифровые технологии в образовании", 72 час. (от 14.08.2024 782400098306, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 36 час. (от 24.12.2024 700800225758, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069446, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
   </si>
   <si>
     <t>Преподаватель английского и немецкого языков;
 Переводчик в сфере профессиональной коммуникации (английский и немецкий языки)</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
@@ -14124,51 +14153,51 @@
 Сертификация систем качества;
 Учебная, Ознакомительная практика;
 Производственная, Ознакомительная практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: металлорежущие станки и инструменты
 квалификация: инженер;
 Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: техники и технологии
 квалификация: бакалавр;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: экономика
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348219, НОЧУО ДПО "Актион");
 "Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069447, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
   </si>
   <si>
     <t>Диплом предоставляет право на ведение профессиональной деятельности в сфере управления качеством;
 Диплом предоставляет право на ведение профессиональной деятельности в сфере менеджмент</t>
   </si>
   <si>
     <t>26 лет
-3 месяца</t>
+4 месяца</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Конструкторское обеспечение машиностроительных производств;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование механообрабатывающих и инструментальных комплексов в машиностроении;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
 27.04.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Шаулев Андрей Альбертович</t>
   </si>
   <si>
     <t>Монтаж и наладка электронных устройств;
 Введение в электронику;
 МДК.01.02 Технология настройки и регулировки электронных приборов и устройств;
 МДК.02.01 Основы диагностики и обнаружения отказов и дефектов электронных приборов и устройств;
 МДК.04.01 Технология выполнения работ;
 ПП.03.01 Производственная практика (Проектирование электронных приборов и устройств на основе печатного монтажа);
 ПП.04.01 Производственная практика (Выполнение работ по профессии слесарь-сборщик радиоэлектронной аппаратуры и приборов);
 УП.03.01 Учебная практика (Проектирование электронных приборов и устройств на основе печатного монтажа);
 УП.04.01 Учебная практика (Выполнение работ по профессии слесарь-сборщик радиоэлектронной аппаратуры и приборов)</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: гидроаэродинамика
@@ -14303,51 +14332,51 @@
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электротехнические комплексы и системы;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг</t>
   </si>
   <si>
     <t>Шевченко Анастасия Александровна</t>
   </si>
   <si>
     <t>Электрические трансформаторы;
 Основы электроснабжения;
 Специальные вопросы надежности электроснабжения;
 Специальные главы электроснабжения;
 Электроснабжение;
 Электроснабжение потребителей электрической энергии;
 Электромагнитная совместимость;
 Надежность электроснабжения;
 Производственная, Эксплуатационная практика</t>
   </si>
   <si>
     <t>По программе "Преподаватель высшей школы" с 24.10.2016 по 30.06.2017 в ФГБО УВО "КемГУ", диплом от 14.07.2017 №924</t>
   </si>
   <si>
     <t>11 лет
-10 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Менеджмент в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика</t>
   </si>
   <si>
     <t>Шевырёв Сергей Александрович</t>
   </si>
   <si>
     <t>Введение в профессиональную деятельность;
 Источники и системы теплоснабжения;
 Энергетическая безопасность;
 Учебная, Практика по получению первичных профессиональных умений и навыков;
 Теория горения топлива</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332320, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Английский язык в академической сфере", 36 час. (от 16.06.2025 ПК 295694, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>Шепелева Софья Алексеевна</t>
   </si>
@@ -14377,51 +14406,51 @@
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 18.03.01 Химическая технология - Инновационные химические технологии;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Шидловская Диана Сергеевна</t>
   </si>
   <si>
     <t>Основы информационных технологий;
 100 шагов к успеху</t>
   </si>
   <si>
     <t>2 года
-2 месяца</t>
+3 месяца</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 21.05.04 Горное дело - Маркшейдерское дело;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Широколобов Георгий Валентинович</t>
   </si>
   <si>
     <t>Сопротивление материалов;
 ОП.02 Техническая механика;
 ОП.03 Техническая механика</t>
   </si>
   <si>
     <t>"Современные педагогические технологии в деятельности преподавателя вуза", 72 час. (от 08.04.2025 422424575713, АНО ДПО "Межрегиональный институт повышения квалификации и профессиональной переподготовки");
 "Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295747, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
@@ -14746,51 +14775,52 @@
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин</t>
   </si>
   <si>
     <t>Яркова Анастасия Владимировна</t>
   </si>
   <si>
     <t>Научно-исследовательская деятельность;
 Переработка полезных ископаемых;
 Исследование полезных ископаемых на обогатимость;
 Основы обогащения и переработки полезных ископаемых;
 100 шагов к успеху</t>
   </si>
   <si>
-    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323153, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+    <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323153, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Техника и технология современных углеобогатительных фабрик", 16 час. (от 12.12.2025 080000064784, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>Яцевич Мария Юрьевна</t>
   </si>
   <si>
     <t>История и философия науки;
 Философия</t>
   </si>
   <si>
     <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096981, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "История и философия науки в условиях реализации ФГОС ВО", 36 час. (от 31.07.2024 ПК 0118730, ООО "Московский институт профессиональной переподготовки и повышения квалификации педагогов");
 "Особенности инклюзивного образования в ВУЗе", 16 час. (от 04.10.2024 ПК 31371, АНО ДПО "Дальневосточный институт дополнительного профессионального образования");
 "Педагогика высшей школы", 16 час. (от 04.10.2024 ПК 31305, АНО ДПО "Дальневосточный институт дополнительного профессионального образования");
 "Электронная информационно-образовательная среда ВУЗа", 16 час. (от 04.10.2024 ПК 31374, АНО ДПО "Дальневосточный институт дополнительного профессионального образования")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 1.2 Компьютерные науки и информатика - Математические моделирование, численные методы и комплексы программ;
 1.3 Физические науки - Теплофизика и теоретическая теплотехника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
@@ -15148,51 +15178,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J540"/>
+  <dimension ref="A1:J541"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="18" customWidth="true" style="0"/>
     <col min="2" max="2" width="18" customWidth="true" style="0"/>
     <col min="5" max="5" width="18" customWidth="true" style="0"/>
     <col min="6" max="6" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="32" customWidth="true" style="0"/>
     <col min="4" max="4" width="32" customWidth="true" style="0"/>
     <col min="8" max="8" width="32" customWidth="true" style="0"/>
     <col min="7" max="7" width="48" customWidth="true" style="0"/>
     <col min="9" max="9" width="12" customWidth="true" style="0"/>
     <col min="10" max="10" width="180.384521" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
@@ -16582,13158 +16612,13192 @@
       <c r="A54" t="s">
         <v>300</v>
       </c>
       <c r="B54" t="s">
         <v>21</v>
       </c>
       <c r="C54" t="s">
         <v>301</v>
       </c>
       <c r="D54" t="s">
         <v>302</v>
       </c>
       <c r="E54" t="s">
         <v>303</v>
       </c>
       <c r="F54" t="s">
         <v>25</v>
       </c>
       <c r="G54" t="s">
         <v>304</v>
       </c>
       <c r="H54" t="s">
         <v>305</v>
       </c>
       <c r="I54" t="s">
-        <v>65</v>
+        <v>306</v>
       </c>
       <c r="J54" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B55" t="s">
         <v>214</v>
       </c>
       <c r="C55" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D55" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E55" t="s">
         <v>217</v>
       </c>
       <c r="F55" t="s">
         <v>25</v>
       </c>
       <c r="G55" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H55"/>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B56" t="s">
         <v>25</v>
       </c>
       <c r="C56" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D56" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E56" t="s">
         <v>24</v>
       </c>
       <c r="F56" t="s">
         <v>25</v>
       </c>
       <c r="G56" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="H56"/>
       <c r="I56" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="J56" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B57" t="s">
         <v>43</v>
       </c>
       <c r="C57" t="s">
         <v>44</v>
       </c>
       <c r="D57" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E57"/>
       <c r="F57"/>
       <c r="G57" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="H57" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B58" t="s">
         <v>198</v>
       </c>
       <c r="C58" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D58" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E58" t="s">
         <v>303</v>
       </c>
       <c r="F58" t="s">
         <v>25</v>
       </c>
       <c r="G58" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H58"/>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B59" t="s">
         <v>25</v>
       </c>
       <c r="C59" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D59" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="E59" t="s">
         <v>164</v>
       </c>
       <c r="F59"/>
       <c r="G59" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H59"/>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B60" t="s">
         <v>115</v>
       </c>
       <c r="C60" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D60" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E60"/>
       <c r="F60"/>
       <c r="G60" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="H60" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B61" t="s">
         <v>37</v>
       </c>
       <c r="C61" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D61" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E61"/>
       <c r="F61"/>
       <c r="G61" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="H61"/>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B62" t="s">
         <v>25</v>
       </c>
       <c r="C62" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D62" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E62" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="F62" t="s">
         <v>25</v>
       </c>
       <c r="G62" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H62"/>
       <c r="I62" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="J62" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B63" t="s">
         <v>60</v>
       </c>
       <c r="C63" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D63" t="s">
         <v>193</v>
       </c>
       <c r="E63" t="s">
         <v>303</v>
       </c>
       <c r="F63"/>
       <c r="G63" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H63"/>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B64" t="s">
         <v>198</v>
       </c>
       <c r="C64" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D64" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E64" t="s">
         <v>201</v>
       </c>
       <c r="F64" t="s">
         <v>25</v>
       </c>
       <c r="G64" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H64"/>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B65" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C65" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D65" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E65"/>
       <c r="F65"/>
       <c r="G65" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="H65"/>
       <c r="I65" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="J65" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B66" t="s">
         <v>214</v>
       </c>
       <c r="C66" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D66" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E66" t="s">
         <v>217</v>
       </c>
       <c r="F66" t="s">
         <v>214</v>
       </c>
       <c r="G66" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H66"/>
       <c r="I66" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="J66" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B67" t="s">
         <v>25</v>
       </c>
       <c r="C67" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D67" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E67" t="s">
         <v>24</v>
       </c>
       <c r="F67" t="s">
         <v>25</v>
       </c>
       <c r="G67" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="H67"/>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B68" t="s">
         <v>139</v>
       </c>
       <c r="C68" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D68" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E68"/>
       <c r="F68"/>
       <c r="G68"/>
       <c r="H68"/>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B69" t="s">
         <v>43</v>
       </c>
       <c r="C69" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D69" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E69"/>
       <c r="F69"/>
       <c r="G69" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="H69"/>
       <c r="I69" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="J69" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B70" t="s">
         <v>25</v>
       </c>
       <c r="C70" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D70" t="s">
         <v>32</v>
       </c>
       <c r="E70" t="s">
         <v>24</v>
       </c>
       <c r="F70" t="s">
         <v>25</v>
       </c>
       <c r="G70" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="H70" t="s">
         <v>72</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B71" t="s">
         <v>43</v>
       </c>
       <c r="C71" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D71" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="E71"/>
       <c r="F71"/>
       <c r="G71" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="H71"/>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B72" t="s">
         <v>43</v>
       </c>
       <c r="C72" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D72" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="H72"/>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B73" t="s">
         <v>37</v>
       </c>
       <c r="C73" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D73" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E73"/>
       <c r="F73"/>
       <c r="G73" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="H73"/>
       <c r="I73" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="J73" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B74" t="s">
         <v>43</v>
       </c>
       <c r="C74" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D74" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="E74"/>
       <c r="F74"/>
       <c r="G74" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H74"/>
       <c r="I74" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="J74" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B75" t="s">
         <v>115</v>
       </c>
       <c r="C75" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D75" t="s">
         <v>148</v>
       </c>
       <c r="E75"/>
       <c r="F75"/>
       <c r="G75" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="H75"/>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B76" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C76" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D76" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E76"/>
       <c r="F76"/>
       <c r="G76" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="H76"/>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B77" t="s">
         <v>139</v>
       </c>
       <c r="C77" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D77" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E77"/>
       <c r="F77"/>
       <c r="G77" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="H77"/>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B78" t="s">
         <v>37</v>
       </c>
       <c r="C78" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D78" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E78"/>
       <c r="F78"/>
       <c r="G78" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="H78"/>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B79" t="s">
         <v>139</v>
       </c>
       <c r="C79" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D79" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="E79"/>
       <c r="F79"/>
       <c r="G79" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="H79"/>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B80" t="s">
         <v>25</v>
       </c>
       <c r="C80" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D80" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="E80" t="s">
         <v>303</v>
       </c>
       <c r="F80" t="s">
         <v>25</v>
       </c>
       <c r="G80" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="H80"/>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B81" t="s">
         <v>43</v>
       </c>
       <c r="C81" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D81" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="E81"/>
       <c r="F81"/>
       <c r="G81" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="H81" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="I81" t="s">
         <v>40</v>
       </c>
       <c r="J81" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B82" t="s">
         <v>139</v>
       </c>
       <c r="C82" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D82" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="E82"/>
       <c r="F82"/>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B83" t="s">
         <v>25</v>
       </c>
       <c r="C83" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D83" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="E83" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="F83" t="s">
         <v>25</v>
       </c>
       <c r="G83" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="H83"/>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B84" t="s">
         <v>43</v>
       </c>
       <c r="C84" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D84" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H84"/>
       <c r="I84" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="J84" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B85" t="s">
         <v>43</v>
       </c>
       <c r="C85" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D85" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="E85"/>
       <c r="F85"/>
       <c r="G85" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="H85" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B86" t="s">
         <v>139</v>
       </c>
       <c r="C86" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D86" t="s">
         <v>193</v>
       </c>
       <c r="E86"/>
       <c r="F86"/>
       <c r="G86" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="H86" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B87" t="s">
         <v>25</v>
       </c>
       <c r="C87" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D87" t="s">
         <v>266</v>
       </c>
       <c r="E87" t="s">
         <v>24</v>
       </c>
       <c r="F87"/>
       <c r="G87" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="H87" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="I87" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="J87" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B88" t="s">
         <v>214</v>
       </c>
       <c r="C88" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D88" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="E88" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="F88" t="s">
         <v>214</v>
       </c>
       <c r="G88" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H88"/>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B89" t="s">
         <v>25</v>
       </c>
       <c r="C89" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D89" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="E89" t="s">
         <v>24</v>
       </c>
       <c r="F89" t="s">
         <v>25</v>
       </c>
       <c r="G89" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="H89"/>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B90" t="s">
         <v>37</v>
       </c>
       <c r="C90" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D90" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="E90"/>
       <c r="F90"/>
       <c r="G90"/>
       <c r="H90"/>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B91" t="s">
         <v>25</v>
       </c>
       <c r="C91" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D91" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E91" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="F91" t="s">
         <v>25</v>
       </c>
       <c r="G91" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="H91" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B92" t="s">
         <v>115</v>
       </c>
       <c r="C92" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D92" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E92"/>
       <c r="F92"/>
       <c r="G92" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="H92" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B93" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="C93" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D93" t="s">
-        <v>510</v>
-[...1 lines deleted...]
-      <c r="E93" t="s">
+        <v>148</v>
+      </c>
+      <c r="E93"/>
+      <c r="F93"/>
+      <c r="G93" t="s">
         <v>511</v>
       </c>
-      <c r="F93" t="s">
-[...2 lines deleted...]
-      <c r="G93" t="s">
+      <c r="H93"/>
+      <c r="I93" t="s">
         <v>512</v>
       </c>
-      <c r="H93" t="s">
+      <c r="J93" t="s">
         <v>513</v>
-      </c>
-[...2 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" t="s">
+        <v>514</v>
+      </c>
+      <c r="B94" t="s">
+        <v>25</v>
+      </c>
+      <c r="C94" t="s">
         <v>515</v>
       </c>
-      <c r="B94" t="s">
-[...2 lines deleted...]
-      <c r="C94" t="s">
+      <c r="D94" t="s">
         <v>516</v>
       </c>
-      <c r="D94"/>
-[...3 lines deleted...]
-      <c r="H94"/>
+      <c r="E94" t="s">
+        <v>517</v>
+      </c>
+      <c r="F94" t="s">
+        <v>25</v>
+      </c>
+      <c r="G94" t="s">
+        <v>518</v>
+      </c>
+      <c r="H94" t="s">
+        <v>519</v>
+      </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="B95" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C95" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95"/>
       <c r="G95"/>
       <c r="H95"/>
-      <c r="I95" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I95"/>
       <c r="J95" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B96" t="s">
-        <v>37</v>
+        <v>214</v>
       </c>
       <c r="C96" t="s">
-        <v>523</v>
-[...3 lines deleted...]
-      </c>
+        <v>525</v>
+      </c>
+      <c r="D96"/>
       <c r="E96"/>
       <c r="F96"/>
       <c r="G96"/>
       <c r="H96"/>
       <c r="I96" t="s">
-        <v>136</v>
+        <v>526</v>
       </c>
       <c r="J96" t="s">
-        <v>206</v>
+        <v>527</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="B97" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C97" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="D97" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="E97"/>
       <c r="F97"/>
-      <c r="G97" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G97"/>
       <c r="H97"/>
       <c r="I97" t="s">
-        <v>527</v>
+        <v>136</v>
       </c>
       <c r="J97" t="s">
-        <v>528</v>
+        <v>206</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B98" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C98" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D98" t="s">
-        <v>368</v>
+        <v>122</v>
       </c>
       <c r="E98" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F98"/>
       <c r="G98" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="H98"/>
       <c r="I98" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="J98" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B99" t="s">
-        <v>198</v>
+        <v>214</v>
       </c>
       <c r="C99" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D99" t="s">
-        <v>122</v>
+        <v>369</v>
       </c>
       <c r="E99" t="s">
-        <v>24</v>
+        <v>217</v>
       </c>
       <c r="F99" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="G99" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="H99"/>
       <c r="I99" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="J99" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B100" t="s">
-        <v>25</v>
+        <v>198</v>
       </c>
       <c r="C100" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D100" t="s">
-        <v>541</v>
+        <v>122</v>
       </c>
       <c r="E100" t="s">
         <v>24</v>
       </c>
-      <c r="F100"/>
+      <c r="F100" t="s">
+        <v>25</v>
+      </c>
       <c r="G100" t="s">
         <v>542</v>
       </c>
       <c r="H100"/>
       <c r="I100" t="s">
         <v>543</v>
       </c>
       <c r="J100" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" t="s">
         <v>545</v>
       </c>
       <c r="B101" t="s">
-        <v>198</v>
+        <v>25</v>
       </c>
       <c r="C101" t="s">
         <v>546</v>
       </c>
       <c r="D101" t="s">
-        <v>193</v>
+        <v>547</v>
       </c>
       <c r="E101" t="s">
-        <v>303</v>
+        <v>24</v>
       </c>
       <c r="F101"/>
       <c r="G101" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="H101"/>
-      <c r="I101"/>
+      <c r="I101" t="s">
+        <v>549</v>
+      </c>
       <c r="J101" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="B102" t="s">
-        <v>43</v>
+        <v>198</v>
       </c>
       <c r="C102" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="D102" t="s">
-        <v>551</v>
-[...1 lines deleted...]
-      <c r="E102"/>
+        <v>193</v>
+      </c>
+      <c r="E102" t="s">
+        <v>303</v>
+      </c>
       <c r="F102"/>
       <c r="G102" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="H102"/>
-      <c r="I102" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I102"/>
       <c r="J102" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" t="s">
         <v>555</v>
       </c>
       <c r="B103" t="s">
         <v>43</v>
       </c>
       <c r="C103" t="s">
         <v>556</v>
       </c>
       <c r="D103" t="s">
         <v>557</v>
       </c>
       <c r="E103"/>
       <c r="F103"/>
       <c r="G103" t="s">
         <v>558</v>
       </c>
-      <c r="H103" t="s">
+      <c r="H103"/>
+      <c r="I103" t="s">
         <v>559</v>
       </c>
-      <c r="I103" t="s">
+      <c r="J103" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" t="s">
         <v>561</v>
       </c>
       <c r="B104" t="s">
         <v>43</v>
       </c>
       <c r="C104" t="s">
         <v>562</v>
       </c>
       <c r="D104" t="s">
-        <v>181</v>
+        <v>563</v>
       </c>
       <c r="E104"/>
       <c r="F104"/>
       <c r="G104" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-      <c r="I104"/>
+        <v>564</v>
+      </c>
+      <c r="H104" t="s">
+        <v>565</v>
+      </c>
+      <c r="I104" t="s">
+        <v>566</v>
+      </c>
       <c r="J104" t="s">
-        <v>564</v>
+        <v>263</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="B105" t="s">
         <v>43</v>
       </c>
       <c r="C105" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="D105" t="s">
-        <v>567</v>
+        <v>181</v>
       </c>
       <c r="E105"/>
       <c r="F105"/>
       <c r="G105" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="H105"/>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B106" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="C106" t="s">
-        <v>44</v>
+        <v>572</v>
       </c>
       <c r="D106" t="s">
-        <v>571</v>
-[...6 lines deleted...]
-      </c>
+        <v>573</v>
+      </c>
+      <c r="E106"/>
+      <c r="F106"/>
       <c r="G106" t="s">
-        <v>572</v>
-[...3 lines deleted...]
-      </c>
+        <v>574</v>
+      </c>
+      <c r="H106"/>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B107" t="s">
-        <v>214</v>
+        <v>21</v>
       </c>
       <c r="C107" t="s">
-        <v>576</v>
+        <v>44</v>
       </c>
       <c r="D107" t="s">
         <v>577</v>
       </c>
       <c r="E107" t="s">
-        <v>217</v>
+        <v>164</v>
       </c>
       <c r="F107" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="G107" t="s">
         <v>578</v>
       </c>
-      <c r="H107"/>
+      <c r="H107" t="s">
+        <v>579</v>
+      </c>
       <c r="I107"/>
       <c r="J107" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B108" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="C108" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D108" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="E108" t="s">
-        <v>346</v>
+        <v>217</v>
       </c>
       <c r="F108" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="G108" t="s">
-        <v>583</v>
-[...1 lines deleted...]
-      <c r="H108" t="s">
         <v>584</v>
       </c>
+      <c r="H108"/>
       <c r="I108"/>
       <c r="J108" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" t="s">
         <v>586</v>
       </c>
       <c r="B109" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C109" t="s">
         <v>587</v>
       </c>
       <c r="D109" t="s">
         <v>588</v>
       </c>
-      <c r="E109"/>
-      <c r="F109"/>
+      <c r="E109" t="s">
+        <v>347</v>
+      </c>
+      <c r="F109" t="s">
+        <v>25</v>
+      </c>
       <c r="G109" t="s">
         <v>589</v>
       </c>
-      <c r="H109"/>
+      <c r="H109" t="s">
+        <v>590</v>
+      </c>
       <c r="I109"/>
       <c r="J109" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B110" t="s">
-        <v>139</v>
+        <v>43</v>
       </c>
       <c r="C110" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D110" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E110"/>
       <c r="F110"/>
-      <c r="G110"/>
+      <c r="G110" t="s">
+        <v>595</v>
+      </c>
       <c r="H110"/>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="B111" t="s">
-        <v>43</v>
+        <v>139</v>
       </c>
       <c r="C111" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="D111" t="s">
-        <v>216</v>
+        <v>599</v>
       </c>
       <c r="E111"/>
       <c r="F111"/>
-      <c r="G111" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G111"/>
       <c r="H111"/>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="B112" t="s">
-        <v>600</v>
+        <v>43</v>
       </c>
       <c r="C112" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D112" t="s">
-        <v>77</v>
+        <v>216</v>
       </c>
       <c r="E112"/>
       <c r="F112"/>
       <c r="G112" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="H112"/>
       <c r="I112"/>
       <c r="J112" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B113" t="s">
-        <v>43</v>
+        <v>606</v>
       </c>
       <c r="C113" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="D113" t="s">
-        <v>606</v>
+        <v>77</v>
       </c>
       <c r="E113"/>
       <c r="F113"/>
       <c r="G113" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="H113"/>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>35</v>
+        <v>609</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="B114" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="C114" t="s">
-        <v>609</v>
-[...1 lines deleted...]
-      <c r="D114"/>
+        <v>611</v>
+      </c>
+      <c r="D114" t="s">
+        <v>612</v>
+      </c>
       <c r="E114"/>
       <c r="F114"/>
       <c r="G114" t="s">
-        <v>610</v>
-[...3 lines deleted...]
-      </c>
+        <v>613</v>
+      </c>
+      <c r="H114"/>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>611</v>
+        <v>35</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B115" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="C115" t="s">
-        <v>328</v>
-[...3 lines deleted...]
-      </c>
+        <v>615</v>
+      </c>
+      <c r="D115"/>
       <c r="E115"/>
       <c r="F115"/>
       <c r="G115" t="s">
-        <v>614</v>
-[...1 lines deleted...]
-      <c r="H115"/>
+        <v>616</v>
+      </c>
+      <c r="H115" t="s">
+        <v>139</v>
+      </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="B116" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="C116" t="s">
-        <v>617</v>
+        <v>329</v>
       </c>
       <c r="D116" t="s">
-        <v>618</v>
-[...3 lines deleted...]
-      </c>
+        <v>619</v>
+      </c>
+      <c r="E116"/>
       <c r="F116"/>
       <c r="G116" t="s">
-        <v>619</v>
-[...1 lines deleted...]
-      <c r="H116" t="s">
         <v>620</v>
       </c>
+      <c r="H116"/>
       <c r="I116"/>
       <c r="J116" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" t="s">
         <v>622</v>
       </c>
       <c r="B117" t="s">
-        <v>43</v>
+        <v>198</v>
       </c>
       <c r="C117" t="s">
         <v>623</v>
       </c>
       <c r="D117" t="s">
         <v>624</v>
       </c>
-      <c r="E117"/>
+      <c r="E117" t="s">
+        <v>24</v>
+      </c>
       <c r="F117"/>
       <c r="G117" t="s">
         <v>625</v>
       </c>
-      <c r="H117"/>
+      <c r="H117" t="s">
+        <v>626</v>
+      </c>
       <c r="I117"/>
       <c r="J117" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B118" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="C118" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D118" t="s">
-        <v>629</v>
-[...3 lines deleted...]
-      </c>
+        <v>630</v>
+      </c>
+      <c r="E118"/>
       <c r="F118"/>
       <c r="G118" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="H118"/>
-      <c r="I118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I118"/>
       <c r="J118" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B119" t="s">
-        <v>43</v>
+        <v>198</v>
       </c>
       <c r="C119" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D119" t="s">
-        <v>420</v>
-[...1 lines deleted...]
-      <c r="E119"/>
+        <v>635</v>
+      </c>
+      <c r="E119" t="s">
+        <v>24</v>
+      </c>
       <c r="F119"/>
       <c r="G119" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="H119"/>
-      <c r="I119"/>
+      <c r="I119" t="s">
+        <v>371</v>
+      </c>
       <c r="J119" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="B120" t="s">
         <v>43</v>
       </c>
       <c r="C120" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="D120" t="s">
-        <v>638</v>
+        <v>421</v>
       </c>
       <c r="E120"/>
       <c r="F120"/>
       <c r="G120" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="H120"/>
-      <c r="I120" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I120"/>
       <c r="J120" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B121" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C121" t="s">
-        <v>609</v>
+        <v>643</v>
       </c>
       <c r="D121" t="s">
-        <v>629</v>
-[...3 lines deleted...]
-      </c>
+        <v>644</v>
+      </c>
+      <c r="E121"/>
       <c r="F121"/>
       <c r="G121" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="H121"/>
-      <c r="I121"/>
+      <c r="I121" t="s">
+        <v>646</v>
+      </c>
       <c r="J121" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="B122" t="s">
         <v>25</v>
       </c>
       <c r="C122" t="s">
-        <v>645</v>
+        <v>615</v>
       </c>
       <c r="D122" t="s">
-        <v>82</v>
+        <v>635</v>
       </c>
       <c r="E122" t="s">
         <v>24</v>
       </c>
       <c r="F122"/>
       <c r="G122" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="H122"/>
-      <c r="I122" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I122"/>
       <c r="J122" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B123" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C123" t="s">
-        <v>328</v>
+        <v>651</v>
       </c>
       <c r="D123" t="s">
-        <v>650</v>
-[...1 lines deleted...]
-      <c r="E123"/>
+        <v>82</v>
+      </c>
+      <c r="E123" t="s">
+        <v>24</v>
+      </c>
       <c r="F123"/>
       <c r="G123" t="s">
-        <v>651</v>
-[...1 lines deleted...]
-      <c r="H123" t="s">
         <v>652</v>
       </c>
-      <c r="I123"/>
+      <c r="H123"/>
+      <c r="I123" t="s">
+        <v>653</v>
+      </c>
       <c r="J123" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B124" t="s">
         <v>43</v>
       </c>
       <c r="C124" t="s">
-        <v>576</v>
+        <v>329</v>
       </c>
       <c r="D124" t="s">
-        <v>618</v>
+        <v>656</v>
       </c>
       <c r="E124"/>
       <c r="F124"/>
       <c r="G124" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="H124" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="B125" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C125" t="s">
-        <v>659</v>
+        <v>582</v>
       </c>
       <c r="D125" t="s">
-        <v>266</v>
-[...3 lines deleted...]
-      </c>
+        <v>624</v>
+      </c>
+      <c r="E125"/>
       <c r="F125"/>
       <c r="G125" t="s">
-        <v>660</v>
-[...1 lines deleted...]
-      <c r="H125"/>
+        <v>661</v>
+      </c>
+      <c r="H125" t="s">
+        <v>662</v>
+      </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="B126" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="C126" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="D126" t="s">
-        <v>664</v>
+        <v>266</v>
       </c>
       <c r="E126" t="s">
         <v>24</v>
       </c>
       <c r="F126"/>
       <c r="G126" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H126"/>
-      <c r="I126" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I126"/>
       <c r="J126" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B127" t="s">
-        <v>668</v>
+        <v>60</v>
       </c>
       <c r="C127" t="s">
         <v>669</v>
       </c>
       <c r="D127" t="s">
-        <v>56</v>
+        <v>670</v>
       </c>
       <c r="E127" t="s">
         <v>24</v>
       </c>
-      <c r="F127" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F127"/>
       <c r="G127" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="H127"/>
-      <c r="I127"/>
+      <c r="I127" t="s">
+        <v>306</v>
+      </c>
       <c r="J127" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B128" t="s">
-        <v>43</v>
+        <v>674</v>
       </c>
       <c r="C128" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D128" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-      <c r="F128"/>
+        <v>56</v>
+      </c>
+      <c r="E128" t="s">
+        <v>24</v>
+      </c>
+      <c r="F128" t="s">
+        <v>25</v>
+      </c>
       <c r="G128" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="H128"/>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B129" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C129" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="D129" t="s">
-        <v>678</v>
-[...6 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="E129"/>
+      <c r="F129"/>
       <c r="G129" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="H129"/>
-      <c r="I129" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I129"/>
       <c r="J129" t="s">
-        <v>91</v>
+        <v>681</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B130" t="s">
-        <v>682</v>
+        <v>25</v>
       </c>
       <c r="C130" t="s">
         <v>683</v>
       </c>
       <c r="D130" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-      <c r="F130"/>
+        <v>684</v>
+      </c>
+      <c r="E130" t="s">
+        <v>24</v>
+      </c>
+      <c r="F130" t="s">
+        <v>25</v>
+      </c>
       <c r="G130" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="H130"/>
-      <c r="I130"/>
+      <c r="I130" t="s">
+        <v>686</v>
+      </c>
       <c r="J130" t="s">
-        <v>685</v>
+        <v>91</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="B131" t="s">
-        <v>37</v>
+        <v>688</v>
       </c>
       <c r="C131" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="D131" t="s">
-        <v>95</v>
+        <v>495</v>
       </c>
       <c r="E131"/>
       <c r="F131"/>
       <c r="G131" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="H131"/>
-      <c r="I131" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I131"/>
       <c r="J131" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B132" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C132" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D132" t="s">
-        <v>693</v>
-[...6 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="E132"/>
+      <c r="F132"/>
       <c r="G132" t="s">
         <v>694</v>
       </c>
       <c r="H132"/>
       <c r="I132" t="s">
         <v>695</v>
       </c>
       <c r="J132" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" t="s">
         <v>697</v>
       </c>
       <c r="B133" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C133" t="s">
         <v>698</v>
       </c>
       <c r="D133" t="s">
         <v>699</v>
       </c>
-      <c r="E133"/>
-      <c r="F133"/>
+      <c r="E133" t="s">
+        <v>24</v>
+      </c>
+      <c r="F133" t="s">
+        <v>25</v>
+      </c>
       <c r="G133" t="s">
         <v>700</v>
       </c>
-      <c r="H133" t="s">
+      <c r="H133"/>
+      <c r="I133" t="s">
         <v>701</v>
       </c>
-      <c r="I133" t="s">
+      <c r="J133" t="s">
         <v>702</v>
-      </c>
-[...1 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" t="s">
+        <v>703</v>
+      </c>
+      <c r="B134" t="s">
+        <v>43</v>
+      </c>
+      <c r="C134" t="s">
         <v>704</v>
       </c>
-      <c r="B134" t="s">
-[...2 lines deleted...]
-      <c r="C134" t="s">
+      <c r="D134" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
       <c r="E134"/>
       <c r="F134"/>
       <c r="G134" t="s">
+        <v>706</v>
+      </c>
+      <c r="H134" t="s">
         <v>707</v>
       </c>
-      <c r="H134"/>
-      <c r="I134"/>
+      <c r="I134" t="s">
+        <v>708</v>
+      </c>
       <c r="J134" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B135" t="s">
-        <v>710</v>
+        <v>606</v>
       </c>
       <c r="C135" t="s">
         <v>711</v>
       </c>
       <c r="D135" t="s">
         <v>712</v>
       </c>
       <c r="E135"/>
       <c r="F135"/>
       <c r="G135" t="s">
         <v>713</v>
       </c>
-      <c r="H135" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H135"/>
       <c r="I135"/>
       <c r="J135" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" t="s">
         <v>715</v>
       </c>
       <c r="B136" t="s">
-        <v>43</v>
+        <v>716</v>
       </c>
       <c r="C136" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D136" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="E136"/>
       <c r="F136"/>
-      <c r="G136"/>
-[...3 lines deleted...]
-      </c>
+      <c r="G136" t="s">
+        <v>719</v>
+      </c>
+      <c r="H136" t="s">
+        <v>139</v>
+      </c>
+      <c r="I136"/>
       <c r="J136" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="B137" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C137" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="D137" t="s">
-        <v>721</v>
-[...3 lines deleted...]
-      </c>
+        <v>723</v>
+      </c>
+      <c r="E137"/>
       <c r="F137"/>
       <c r="G137"/>
       <c r="H137"/>
       <c r="I137" t="s">
-        <v>722</v>
+        <v>386</v>
       </c>
       <c r="J137" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B138" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="C138" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="D138" t="s">
-        <v>726</v>
-[...1 lines deleted...]
-      <c r="E138"/>
+        <v>727</v>
+      </c>
+      <c r="E138" t="s">
+        <v>24</v>
+      </c>
       <c r="F138"/>
-      <c r="G138" t="s">
-[...2 lines deleted...]
-      <c r="H138" t="s">
+      <c r="G138"/>
+      <c r="H138"/>
+      <c r="I138" t="s">
         <v>728</v>
       </c>
-      <c r="I138" t="s">
+      <c r="J138" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>730</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" t="s">
+        <v>730</v>
+      </c>
+      <c r="B139" t="s">
+        <v>68</v>
+      </c>
+      <c r="C139" t="s">
         <v>731</v>
       </c>
-      <c r="B139" t="s">
-[...2 lines deleted...]
-      <c r="C139" t="s">
+      <c r="D139" t="s">
         <v>732</v>
       </c>
-      <c r="D139"/>
       <c r="E139"/>
       <c r="F139"/>
       <c r="G139" t="s">
         <v>733</v>
       </c>
       <c r="H139" t="s">
-        <v>139</v>
+        <v>734</v>
       </c>
       <c r="I139" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="J139" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B140" t="s">
         <v>37</v>
       </c>
       <c r="C140" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="D140"/>
       <c r="E140"/>
       <c r="F140"/>
-      <c r="G140"/>
-[...1 lines deleted...]
-      <c r="I140"/>
+      <c r="G140" t="s">
+        <v>739</v>
+      </c>
+      <c r="H140" t="s">
+        <v>139</v>
+      </c>
+      <c r="I140" t="s">
+        <v>740</v>
+      </c>
       <c r="J140" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B141" t="s">
-        <v>150</v>
+        <v>37</v>
       </c>
       <c r="C141" t="s">
-        <v>740</v>
-[...3 lines deleted...]
-      </c>
+        <v>743</v>
+      </c>
+      <c r="D141"/>
       <c r="E141"/>
       <c r="F141"/>
       <c r="G141"/>
       <c r="H141"/>
       <c r="I141"/>
       <c r="J141" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="B142" t="s">
-        <v>25</v>
+        <v>150</v>
       </c>
       <c r="C142" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="D142" t="s">
-        <v>461</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="E142"/>
+      <c r="F142"/>
       <c r="G142" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="H142"/>
-      <c r="I142" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I142"/>
       <c r="J142" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="B143" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C143" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="D143" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-      <c r="F143"/>
+        <v>462</v>
+      </c>
+      <c r="E143" t="s">
+        <v>24</v>
+      </c>
+      <c r="F143" t="s">
+        <v>25</v>
+      </c>
       <c r="G143" t="s">
-        <v>749</v>
-[...3 lines deleted...]
-      </c>
+        <v>751</v>
+      </c>
+      <c r="H143"/>
       <c r="I143" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="J143" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B144" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C144" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D144" t="s">
-        <v>755</v>
-[...6 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="E144"/>
+      <c r="F144"/>
       <c r="G144" t="s">
         <v>756</v>
       </c>
       <c r="H144" t="s">
         <v>757</v>
       </c>
       <c r="I144" t="s">
         <v>758</v>
       </c>
       <c r="J144" t="s">
-        <v>533</v>
+        <v>759</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="B145" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="C145" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D145" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-      <c r="F145"/>
+        <v>762</v>
+      </c>
+      <c r="E145" t="s">
+        <v>24</v>
+      </c>
+      <c r="F145" t="s">
+        <v>25</v>
+      </c>
       <c r="G145" t="s">
-        <v>761</v>
-[...2 lines deleted...]
-      <c r="I145"/>
+        <v>763</v>
+      </c>
+      <c r="H145" t="s">
+        <v>764</v>
+      </c>
+      <c r="I145" t="s">
+        <v>765</v>
+      </c>
       <c r="J145" t="s">
-        <v>762</v>
+        <v>539</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="B146" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="C146" t="s">
-        <v>609</v>
+        <v>767</v>
       </c>
       <c r="D146" t="s">
-        <v>764</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="E146"/>
       <c r="F146"/>
       <c r="G146" t="s">
-        <v>765</v>
-[...3 lines deleted...]
-      </c>
+        <v>768</v>
+      </c>
+      <c r="H146"/>
       <c r="I146"/>
       <c r="J146" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="B147" t="s">
         <v>25</v>
       </c>
       <c r="C147" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="D147" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
       <c r="E147" t="s">
         <v>176</v>
       </c>
-      <c r="F147" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F147"/>
       <c r="G147" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="H147" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" t="s">
+        <v>775</v>
+      </c>
+      <c r="B148" t="s">
+        <v>25</v>
+      </c>
+      <c r="C148" t="s">
+        <v>615</v>
+      </c>
+      <c r="D148" t="s">
         <v>771</v>
       </c>
-      <c r="B148" t="s">
-[...5 lines deleted...]
-      <c r="D148" t="s">
+      <c r="E148" t="s">
+        <v>176</v>
+      </c>
+      <c r="F148" t="s">
+        <v>25</v>
+      </c>
+      <c r="G148" t="s">
+        <v>776</v>
+      </c>
+      <c r="H148" t="s">
         <v>773</v>
       </c>
-      <c r="E148" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="I148"/>
       <c r="J148" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" t="s">
         <v>778</v>
       </c>
       <c r="B149" t="s">
-        <v>150</v>
+        <v>60</v>
       </c>
       <c r="C149" t="s">
         <v>779</v>
       </c>
       <c r="D149" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-      <c r="F149"/>
+        <v>780</v>
+      </c>
+      <c r="E149" t="s">
+        <v>347</v>
+      </c>
+      <c r="F149" t="s">
+        <v>25</v>
+      </c>
       <c r="G149" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-      <c r="I149"/>
+        <v>781</v>
+      </c>
+      <c r="H149" t="s">
+        <v>782</v>
+      </c>
+      <c r="I149" t="s">
+        <v>783</v>
+      </c>
       <c r="J149" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="B150" t="s">
-        <v>25</v>
+        <v>150</v>
       </c>
       <c r="C150" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="D150" t="s">
-        <v>577</v>
-[...6 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="E150"/>
+      <c r="F150"/>
       <c r="G150" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="H150"/>
       <c r="I150"/>
       <c r="J150" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="B151" t="s">
-        <v>150</v>
+        <v>25</v>
       </c>
       <c r="C151" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="D151" t="s">
-        <v>788</v>
-[...9 lines deleted...]
-      </c>
+        <v>583</v>
+      </c>
+      <c r="E151" t="s">
+        <v>24</v>
+      </c>
+      <c r="F151" t="s">
+        <v>25</v>
+      </c>
+      <c r="G151" t="s">
+        <v>791</v>
+      </c>
+      <c r="H151"/>
+      <c r="I151"/>
       <c r="J151" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="B152" t="s">
-        <v>25</v>
+        <v>150</v>
       </c>
       <c r="C152" t="s">
-        <v>292</v>
+        <v>794</v>
       </c>
       <c r="D152" t="s">
-        <v>356</v>
-[...9 lines deleted...]
-      </c>
+        <v>795</v>
+      </c>
+      <c r="E152"/>
+      <c r="F152"/>
+      <c r="G152"/>
       <c r="H152" t="s">
-        <v>794</v>
-[...1 lines deleted...]
-      <c r="I152"/>
+        <v>796</v>
+      </c>
+      <c r="I152" t="s">
+        <v>797</v>
+      </c>
       <c r="J152" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="B153" t="s">
-        <v>797</v>
+        <v>25</v>
       </c>
       <c r="C153" t="s">
-        <v>798</v>
+        <v>292</v>
       </c>
       <c r="D153" t="s">
-        <v>266</v>
+        <v>357</v>
       </c>
       <c r="E153" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F153"/>
+        <v>201</v>
+      </c>
+      <c r="F153" t="s">
+        <v>25</v>
+      </c>
       <c r="G153" t="s">
-        <v>799</v>
-[...1 lines deleted...]
-      <c r="H153"/>
+        <v>800</v>
+      </c>
+      <c r="H153" t="s">
+        <v>801</v>
+      </c>
       <c r="I153"/>
       <c r="J153" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="B154" t="s">
-        <v>25</v>
+        <v>804</v>
       </c>
       <c r="C154" t="s">
-        <v>609</v>
+        <v>805</v>
       </c>
       <c r="D154" t="s">
-        <v>764</v>
+        <v>266</v>
       </c>
       <c r="E154" t="s">
         <v>24</v>
       </c>
-      <c r="F154" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F154"/>
       <c r="G154" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="H154"/>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="B155" t="s">
-        <v>805</v>
+        <v>25</v>
       </c>
       <c r="C155" t="s">
-        <v>806</v>
+        <v>615</v>
       </c>
       <c r="D155" t="s">
-        <v>88</v>
+        <v>771</v>
       </c>
       <c r="E155" t="s">
         <v>24</v>
       </c>
       <c r="F155" t="s">
         <v>25</v>
       </c>
       <c r="G155" t="s">
-        <v>807</v>
-[...3 lines deleted...]
-      </c>
+        <v>809</v>
+      </c>
+      <c r="H155"/>
       <c r="I155"/>
       <c r="J155" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="B156" t="s">
-        <v>214</v>
+        <v>812</v>
       </c>
       <c r="C156" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="D156" t="s">
-        <v>624</v>
+        <v>88</v>
       </c>
       <c r="E156" t="s">
-        <v>217</v>
+        <v>24</v>
       </c>
       <c r="F156" t="s">
         <v>25</v>
       </c>
       <c r="G156" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="H156" t="s">
-        <v>812</v>
+        <v>90</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="B157" t="s">
         <v>214</v>
       </c>
       <c r="C157" t="s">
-        <v>815</v>
-[...5 lines deleted...]
-      <c r="H157"/>
+        <v>817</v>
+      </c>
+      <c r="D157" t="s">
+        <v>630</v>
+      </c>
+      <c r="E157" t="s">
+        <v>217</v>
+      </c>
+      <c r="F157" t="s">
+        <v>25</v>
+      </c>
+      <c r="G157" t="s">
+        <v>818</v>
+      </c>
+      <c r="H157" t="s">
+        <v>819</v>
+      </c>
       <c r="I157"/>
       <c r="J157" t="s">
-        <v>35</v>
+        <v>820</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
       <c r="B158" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="C158" t="s">
-        <v>817</v>
-[...12 lines deleted...]
-      </c>
+        <v>822</v>
+      </c>
+      <c r="D158"/>
+      <c r="E158"/>
+      <c r="F158"/>
+      <c r="G158"/>
       <c r="H158"/>
       <c r="I158"/>
       <c r="J158" t="s">
-        <v>820</v>
+        <v>35</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="B159" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="C159" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="D159" t="s">
-        <v>823</v>
-[...2 lines deleted...]
-      <c r="F159"/>
+        <v>825</v>
+      </c>
+      <c r="E159" t="s">
+        <v>24</v>
+      </c>
+      <c r="F159" t="s">
+        <v>25</v>
+      </c>
       <c r="G159" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="H159"/>
       <c r="I159"/>
       <c r="J159" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="B160" t="s">
-        <v>25</v>
+        <v>93</v>
       </c>
       <c r="C160" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="D160" t="s">
-        <v>368</v>
-[...6 lines deleted...]
-      </c>
+        <v>830</v>
+      </c>
+      <c r="E160"/>
+      <c r="F160"/>
       <c r="G160" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="H160"/>
-      <c r="I160" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I160"/>
       <c r="J160" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="B161" t="s">
         <v>25</v>
       </c>
       <c r="C161" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="D161" t="s">
-        <v>834</v>
+        <v>369</v>
       </c>
       <c r="E161" t="s">
         <v>24</v>
       </c>
       <c r="F161" t="s">
-        <v>25</v>
+        <v>835</v>
       </c>
       <c r="G161" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="H161"/>
-      <c r="I161"/>
+      <c r="I161" t="s">
+        <v>837</v>
+      </c>
       <c r="J161" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="B162" t="s">
-        <v>838</v>
+        <v>25</v>
       </c>
       <c r="C162" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="D162" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="E162" t="s">
-        <v>346</v>
+        <v>24</v>
       </c>
       <c r="F162" t="s">
         <v>25</v>
       </c>
       <c r="G162" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="H162"/>
       <c r="I162"/>
       <c r="J162" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B163" t="s">
-        <v>139</v>
+        <v>845</v>
       </c>
       <c r="C163" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="D163" t="s">
-        <v>845</v>
-[...3 lines deleted...]
-      <c r="G163"/>
+        <v>847</v>
+      </c>
+      <c r="E163" t="s">
+        <v>347</v>
+      </c>
+      <c r="F163" t="s">
+        <v>25</v>
+      </c>
+      <c r="G163" t="s">
+        <v>848</v>
+      </c>
       <c r="H163"/>
-      <c r="I163" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I163"/>
       <c r="J163" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="B164" t="s">
-        <v>214</v>
+        <v>139</v>
       </c>
       <c r="C164" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="D164" t="s">
-        <v>850</v>
-[...9 lines deleted...]
-      </c>
+        <v>852</v>
+      </c>
+      <c r="E164"/>
+      <c r="F164"/>
+      <c r="G164"/>
       <c r="H164"/>
       <c r="I164" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="J164" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B165" t="s">
         <v>214</v>
       </c>
       <c r="C165" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="D165" t="s">
-        <v>629</v>
+        <v>857</v>
       </c>
       <c r="E165" t="s">
-        <v>217</v>
+        <v>279</v>
       </c>
       <c r="F165" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="G165" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="H165"/>
-      <c r="I165"/>
+      <c r="I165" t="s">
+        <v>859</v>
+      </c>
       <c r="J165" t="s">
-        <v>533</v>
+        <v>860</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="B166" t="s">
-        <v>37</v>
+        <v>214</v>
       </c>
       <c r="C166" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="D166" t="s">
-        <v>859</v>
-[...2 lines deleted...]
-      <c r="F166"/>
+        <v>635</v>
+      </c>
+      <c r="E166" t="s">
+        <v>217</v>
+      </c>
+      <c r="F166" t="s">
+        <v>25</v>
+      </c>
       <c r="G166" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="H166"/>
       <c r="I166"/>
       <c r="J166" t="s">
-        <v>861</v>
+        <v>539</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="B167" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="C167" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="D167" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="E167"/>
       <c r="F167"/>
       <c r="G167" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="H167"/>
-      <c r="I167" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I167"/>
       <c r="J167" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B168" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C168" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="D168" t="s">
-        <v>62</v>
-[...6 lines deleted...]
-      </c>
+        <v>871</v>
+      </c>
+      <c r="E168"/>
+      <c r="F168"/>
       <c r="G168" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="H168"/>
-      <c r="I168"/>
+      <c r="I168" t="s">
+        <v>873</v>
+      </c>
       <c r="J168" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="B169" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C169" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="D169" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-      <c r="F169"/>
+        <v>62</v>
+      </c>
+      <c r="E169" t="s">
+        <v>24</v>
+      </c>
+      <c r="F169" t="s">
+        <v>25</v>
+      </c>
       <c r="G169" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="H169"/>
       <c r="I169"/>
       <c r="J169" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="B170" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="C170" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="D170" t="s">
-        <v>879</v>
-[...6 lines deleted...]
-      </c>
+        <v>881</v>
+      </c>
+      <c r="E170"/>
+      <c r="F170"/>
       <c r="G170" t="s">
-        <v>880</v>
-[...3 lines deleted...]
-      </c>
+        <v>882</v>
+      </c>
+      <c r="H170"/>
       <c r="I170"/>
       <c r="J170" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B171" t="s">
-        <v>37</v>
+        <v>198</v>
       </c>
       <c r="C171" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="D171" t="s">
-        <v>885</v>
-[...2 lines deleted...]
-      <c r="F171"/>
+        <v>886</v>
+      </c>
+      <c r="E171" t="s">
+        <v>24</v>
+      </c>
+      <c r="F171" t="s">
+        <v>25</v>
+      </c>
       <c r="G171" t="s">
-        <v>886</v>
-[...1 lines deleted...]
-      <c r="H171"/>
+        <v>887</v>
+      </c>
+      <c r="H171" t="s">
+        <v>888</v>
+      </c>
       <c r="I171"/>
       <c r="J171" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="B172" t="s">
-        <v>889</v>
+        <v>37</v>
       </c>
       <c r="C172" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="D172" t="s">
-        <v>891</v>
-[...1 lines deleted...]
-      <c r="E172" t="s">
         <v>892</v>
       </c>
-      <c r="F172" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E172"/>
+      <c r="F172"/>
       <c r="G172" t="s">
         <v>893</v>
       </c>
-      <c r="H172" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H172"/>
       <c r="I172"/>
       <c r="J172" t="s">
-        <v>501</v>
+        <v>894</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="B173" t="s">
-        <v>25</v>
+        <v>896</v>
       </c>
       <c r="C173" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="D173" t="s">
-        <v>266</v>
+        <v>898</v>
       </c>
       <c r="E173" t="s">
-        <v>24</v>
+        <v>899</v>
       </c>
       <c r="F173" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="G173" t="s">
-        <v>896</v>
-[...4 lines deleted...]
-      </c>
+        <v>900</v>
+      </c>
+      <c r="H173" t="s">
+        <v>27</v>
+      </c>
+      <c r="I173"/>
       <c r="J173" t="s">
-        <v>898</v>
+        <v>502</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="B174" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="C174" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="D174" t="s">
-        <v>901</v>
-[...2 lines deleted...]
-      <c r="F174"/>
+        <v>266</v>
+      </c>
+      <c r="E174" t="s">
+        <v>24</v>
+      </c>
+      <c r="F174" t="s">
+        <v>25</v>
+      </c>
       <c r="G174" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="H174"/>
-      <c r="I174"/>
+      <c r="I174" t="s">
+        <v>904</v>
+      </c>
       <c r="J174" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="B175" t="s">
-        <v>214</v>
+        <v>115</v>
       </c>
       <c r="C175" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="D175" t="s">
-        <v>368</v>
-[...6 lines deleted...]
-      </c>
+        <v>908</v>
+      </c>
+      <c r="E175"/>
+      <c r="F175"/>
       <c r="G175" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="H175"/>
       <c r="I175"/>
       <c r="J175" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="B176" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="C176" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="D176" t="s">
-        <v>910</v>
+        <v>369</v>
       </c>
       <c r="E176" t="s">
-        <v>24</v>
+        <v>217</v>
       </c>
       <c r="F176" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="G176" t="s">
-        <v>911</v>
-[...6 lines deleted...]
-      </c>
+        <v>913</v>
+      </c>
+      <c r="H176"/>
+      <c r="I176"/>
       <c r="J176" t="s">
-        <v>145</v>
+        <v>914</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="B177" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C177" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="D177" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="E177" t="s">
-        <v>217</v>
+        <v>24</v>
       </c>
       <c r="F177" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="G177" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-      <c r="I177"/>
+        <v>918</v>
+      </c>
+      <c r="H177" t="s">
+        <v>919</v>
+      </c>
+      <c r="I177" t="s">
+        <v>136</v>
+      </c>
       <c r="J177" t="s">
-        <v>917</v>
+        <v>145</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="B178" t="s">
-        <v>43</v>
+        <v>214</v>
       </c>
       <c r="C178" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="D178" t="s">
-        <v>920</v>
-[...2 lines deleted...]
-      <c r="F178"/>
+        <v>922</v>
+      </c>
+      <c r="E178" t="s">
+        <v>217</v>
+      </c>
+      <c r="F178" t="s">
+        <v>214</v>
+      </c>
       <c r="G178" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="H178"/>
       <c r="I178"/>
       <c r="J178" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="B179" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C179" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="D179" t="s">
-        <v>925</v>
-[...6 lines deleted...]
-      </c>
+        <v>927</v>
+      </c>
+      <c r="E179"/>
+      <c r="F179"/>
       <c r="G179" t="s">
-        <v>926</v>
-[...6 lines deleted...]
-      </c>
+        <v>928</v>
+      </c>
+      <c r="H179"/>
+      <c r="I179"/>
       <c r="J179" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="B180" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C180" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D180" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="E180" t="s">
-        <v>932</v>
+        <v>24</v>
       </c>
       <c r="F180" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="G180" t="s">
         <v>933</v>
       </c>
-      <c r="H180"/>
-      <c r="I180"/>
+      <c r="H180" t="s">
+        <v>934</v>
+      </c>
+      <c r="I180" t="s">
+        <v>935</v>
+      </c>
       <c r="J180" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B181" t="s">
-        <v>198</v>
+        <v>214</v>
       </c>
       <c r="C181" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="D181" t="s">
-        <v>111</v>
+        <v>939</v>
       </c>
       <c r="E181" t="s">
-        <v>303</v>
+        <v>940</v>
       </c>
       <c r="F181" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="G181" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="H181"/>
       <c r="I181"/>
       <c r="J181" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="B182" t="s">
-        <v>25</v>
+        <v>198</v>
       </c>
       <c r="C182" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="D182" t="s">
-        <v>941</v>
+        <v>111</v>
       </c>
       <c r="E182" t="s">
-        <v>346</v>
+        <v>303</v>
       </c>
       <c r="F182" t="s">
         <v>25</v>
       </c>
       <c r="G182" t="s">
-        <v>942</v>
-[...3 lines deleted...]
-      </c>
+        <v>945</v>
+      </c>
+      <c r="H182"/>
       <c r="I182"/>
       <c r="J182" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="B183" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="C183" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="D183" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-      <c r="F183"/>
+        <v>949</v>
+      </c>
+      <c r="E183" t="s">
+        <v>347</v>
+      </c>
+      <c r="F183" t="s">
+        <v>25</v>
+      </c>
       <c r="G183" t="s">
-        <v>947</v>
-[...1 lines deleted...]
-      <c r="H183"/>
+        <v>950</v>
+      </c>
+      <c r="H183" t="s">
+        <v>951</v>
+      </c>
       <c r="I183"/>
       <c r="J183" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="B184" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="C184" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="D184" t="s">
-        <v>368</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="E184"/>
       <c r="F184"/>
       <c r="G184" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="H184"/>
-      <c r="I184" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I184"/>
       <c r="J184" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="B185" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C185" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="D185" t="s">
-        <v>956</v>
+        <v>369</v>
       </c>
       <c r="E185" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F185"/>
       <c r="G185" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="H185"/>
       <c r="I185" t="s">
-        <v>385</v>
+        <v>960</v>
       </c>
       <c r="J185" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="B186" t="s">
-        <v>21</v>
+        <v>214</v>
       </c>
       <c r="C186" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="D186" t="s">
-        <v>398</v>
+        <v>964</v>
       </c>
       <c r="E186" t="s">
-        <v>24</v>
+        <v>217</v>
       </c>
       <c r="F186" t="s">
         <v>25</v>
       </c>
       <c r="G186" t="s">
-        <v>961</v>
-[...4 lines deleted...]
-      <c r="I186"/>
+        <v>965</v>
+      </c>
+      <c r="H186"/>
+      <c r="I186" t="s">
+        <v>386</v>
+      </c>
       <c r="J186" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="B187" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C187" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="D187" t="s">
-        <v>966</v>
+        <v>399</v>
       </c>
       <c r="E187" t="s">
         <v>24</v>
       </c>
-      <c r="F187"/>
+      <c r="F187" t="s">
+        <v>25</v>
+      </c>
       <c r="G187" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="H187" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="I187"/>
       <c r="J187" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="B188" t="s">
-        <v>971</v>
+        <v>25</v>
       </c>
       <c r="C188" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="D188" t="s">
-        <v>973</v>
-[...1 lines deleted...]
-      <c r="E188"/>
+        <v>974</v>
+      </c>
+      <c r="E188" t="s">
+        <v>24</v>
+      </c>
       <c r="F188"/>
       <c r="G188" t="s">
-        <v>974</v>
-[...1 lines deleted...]
-      <c r="H188"/>
+        <v>975</v>
+      </c>
+      <c r="H188" t="s">
+        <v>976</v>
+      </c>
       <c r="I188"/>
       <c r="J188" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="B189" t="s">
-        <v>25</v>
+        <v>979</v>
       </c>
       <c r="C189" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="D189" t="s">
-        <v>216</v>
-[...6 lines deleted...]
-      </c>
+        <v>981</v>
+      </c>
+      <c r="E189"/>
+      <c r="F189"/>
       <c r="G189" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="H189"/>
       <c r="I189"/>
       <c r="J189" t="s">
-        <v>979</v>
+        <v>983</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="B190" t="s">
         <v>25</v>
       </c>
       <c r="C190" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="D190" t="s">
-        <v>982</v>
+        <v>216</v>
       </c>
       <c r="E190" t="s">
-        <v>983</v>
+        <v>24</v>
       </c>
       <c r="F190" t="s">
         <v>25</v>
       </c>
       <c r="G190" t="s">
-        <v>984</v>
-[...3 lines deleted...]
-      </c>
+        <v>986</v>
+      </c>
+      <c r="H190"/>
       <c r="I190"/>
       <c r="J190" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="B191" t="s">
-        <v>150</v>
+        <v>25</v>
       </c>
       <c r="C191" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="D191" t="s">
-        <v>989</v>
-[...2 lines deleted...]
-      <c r="F191"/>
+        <v>990</v>
+      </c>
+      <c r="E191" t="s">
+        <v>991</v>
+      </c>
+      <c r="F191" t="s">
+        <v>25</v>
+      </c>
       <c r="G191" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="H191" t="s">
-        <v>927</v>
+        <v>993</v>
       </c>
       <c r="I191"/>
       <c r="J191" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="B192" t="s">
-        <v>43</v>
+        <v>150</v>
       </c>
       <c r="C192" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="D192" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="E192"/>
       <c r="F192"/>
       <c r="G192" t="s">
-        <v>995</v>
-[...1 lines deleted...]
-      <c r="H192"/>
+        <v>998</v>
+      </c>
+      <c r="H192" t="s">
+        <v>934</v>
+      </c>
       <c r="I192"/>
       <c r="J192" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="B193" t="s">
-        <v>214</v>
+        <v>43</v>
       </c>
       <c r="C193" t="s">
-        <v>292</v>
+        <v>1001</v>
       </c>
       <c r="D193" t="s">
-        <v>293</v>
-[...6 lines deleted...]
-      </c>
+        <v>1002</v>
+      </c>
+      <c r="E193"/>
+      <c r="F193"/>
       <c r="G193" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="H193"/>
       <c r="I193"/>
       <c r="J193" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="B194" t="s">
-        <v>43</v>
+        <v>214</v>
       </c>
       <c r="C194" t="s">
-        <v>1001</v>
+        <v>292</v>
       </c>
       <c r="D194" t="s">
-        <v>706</v>
-[...2 lines deleted...]
-      <c r="F194"/>
+        <v>293</v>
+      </c>
+      <c r="E194" t="s">
+        <v>272</v>
+      </c>
+      <c r="F194" t="s">
+        <v>25</v>
+      </c>
       <c r="G194" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="H194"/>
-      <c r="I194" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I194"/>
       <c r="J194" t="s">
-        <v>85</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="B195" t="s">
-        <v>139</v>
+        <v>43</v>
       </c>
       <c r="C195" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="D195" t="s">
-        <v>1006</v>
+        <v>712</v>
       </c>
       <c r="E195"/>
       <c r="F195"/>
       <c r="G195" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="H195"/>
-      <c r="I195"/>
+      <c r="I195" t="s">
+        <v>1011</v>
+      </c>
       <c r="J195" t="s">
-        <v>1008</v>
+        <v>85</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="B196" t="s">
-        <v>198</v>
+        <v>139</v>
       </c>
       <c r="C196" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="D196" t="s">
-        <v>1011</v>
-[...6 lines deleted...]
-      </c>
+        <v>1014</v>
+      </c>
+      <c r="E196"/>
+      <c r="F196"/>
       <c r="G196" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="H196"/>
       <c r="I196"/>
       <c r="J196" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="B197" t="s">
-        <v>43</v>
+        <v>198</v>
       </c>
       <c r="C197" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="D197" t="s">
-        <v>1016</v>
-[...2 lines deleted...]
-      <c r="F197"/>
+        <v>1019</v>
+      </c>
+      <c r="E197" t="s">
+        <v>303</v>
+      </c>
+      <c r="F197" t="s">
+        <v>25</v>
+      </c>
       <c r="G197" t="s">
-        <v>1017</v>
-[...3 lines deleted...]
-      </c>
+        <v>1020</v>
+      </c>
+      <c r="H197"/>
       <c r="I197"/>
       <c r="J197" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="B198" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="C198" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="D198" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="E198"/>
       <c r="F198"/>
       <c r="G198" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="H198" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="I198"/>
       <c r="J198" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="B199" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="C199" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="D199" t="s">
-        <v>362</v>
+        <v>1030</v>
       </c>
       <c r="E199"/>
       <c r="F199"/>
       <c r="G199" t="s">
-        <v>1028</v>
-[...1 lines deleted...]
-      <c r="H199"/>
+        <v>1031</v>
+      </c>
+      <c r="H199" t="s">
+        <v>1032</v>
+      </c>
       <c r="I199"/>
       <c r="J199" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="B200" t="s">
-        <v>1031</v>
+        <v>43</v>
       </c>
       <c r="C200" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="D200" t="s">
-        <v>618</v>
-[...6 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="E200"/>
+      <c r="F200"/>
       <c r="G200" t="s">
-        <v>1033</v>
-[...3 lines deleted...]
-      </c>
+        <v>1036</v>
+      </c>
+      <c r="H200"/>
       <c r="I200"/>
       <c r="J200" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="B201" t="s">
-        <v>43</v>
+        <v>1039</v>
       </c>
       <c r="C201" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="D201" t="s">
-        <v>1038</v>
-[...2 lines deleted...]
-      <c r="F201"/>
+        <v>624</v>
+      </c>
+      <c r="E201" t="s">
+        <v>164</v>
+      </c>
+      <c r="F201" t="s">
+        <v>25</v>
+      </c>
       <c r="G201" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="H201" t="s">
-        <v>584</v>
+        <v>1042</v>
       </c>
       <c r="I201"/>
       <c r="J201" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="B202" t="s">
-        <v>214</v>
+        <v>43</v>
       </c>
       <c r="C202" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="D202" t="s">
-        <v>1043</v>
-[...6 lines deleted...]
-      </c>
+        <v>1046</v>
+      </c>
+      <c r="E202"/>
+      <c r="F202"/>
       <c r="G202" t="s">
-        <v>1044</v>
-[...1 lines deleted...]
-      <c r="H202"/>
+        <v>1047</v>
+      </c>
+      <c r="H202" t="s">
+        <v>590</v>
+      </c>
       <c r="I202"/>
       <c r="J202" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="B203" t="s">
-        <v>139</v>
+        <v>214</v>
       </c>
       <c r="C203" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="D203" t="s">
-        <v>1048</v>
-[...3 lines deleted...]
-      <c r="G203"/>
+        <v>1051</v>
+      </c>
+      <c r="E203" t="s">
+        <v>217</v>
+      </c>
+      <c r="F203" t="s">
+        <v>25</v>
+      </c>
+      <c r="G203" t="s">
+        <v>1052</v>
+      </c>
       <c r="H203"/>
       <c r="I203"/>
       <c r="J203" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="B204" t="s">
-        <v>43</v>
+        <v>139</v>
       </c>
       <c r="C204" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="D204" t="s">
-        <v>127</v>
+        <v>1056</v>
       </c>
       <c r="E204"/>
       <c r="F204"/>
-      <c r="G204" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G204"/>
+      <c r="H204"/>
+      <c r="I204"/>
       <c r="J204" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="B205" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C205" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="D205" t="s">
-        <v>1057</v>
-[...6 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="E205"/>
+      <c r="F205"/>
       <c r="G205" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="H205" t="s">
-        <v>1060</v>
-[...1 lines deleted...]
-      <c r="I205"/>
+        <v>1061</v>
+      </c>
+      <c r="I205" t="s">
+        <v>758</v>
+      </c>
       <c r="J205" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="B206" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="C206" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="D206" t="s">
-        <v>1064</v>
-[...2 lines deleted...]
-      <c r="F206"/>
+        <v>1065</v>
+      </c>
+      <c r="E206" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F206" t="s">
+        <v>25</v>
+      </c>
       <c r="G206" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="H206" t="s">
-        <v>1066</v>
-[...3 lines deleted...]
-      </c>
+        <v>1068</v>
+      </c>
+      <c r="I206"/>
       <c r="J206" t="s">
-        <v>703</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="B207" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C207" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="D207" t="s">
-        <v>122</v>
-[...6 lines deleted...]
-      </c>
+        <v>1072</v>
+      </c>
+      <c r="E207"/>
+      <c r="F207"/>
       <c r="G207" t="s">
-        <v>1070</v>
-[...1 lines deleted...]
-      <c r="H207"/>
+        <v>1073</v>
+      </c>
+      <c r="H207" t="s">
+        <v>1074</v>
+      </c>
       <c r="I207" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="J207" t="s">
-        <v>1072</v>
+        <v>709</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="B208" t="s">
-        <v>198</v>
+        <v>25</v>
       </c>
       <c r="C208" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="D208" t="s">
-        <v>1075</v>
+        <v>122</v>
       </c>
       <c r="E208" t="s">
         <v>24</v>
       </c>
       <c r="F208" t="s">
         <v>25</v>
       </c>
       <c r="G208" t="s">
-        <v>1076</v>
-[...4 lines deleted...]
-      <c r="I208"/>
+        <v>1078</v>
+      </c>
+      <c r="H208"/>
+      <c r="I208" t="s">
+        <v>1079</v>
+      </c>
       <c r="J208" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="B209" t="s">
-        <v>43</v>
+        <v>198</v>
       </c>
       <c r="C209" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="D209" t="s">
-        <v>1080</v>
-[...2 lines deleted...]
-      <c r="F209"/>
+        <v>1083</v>
+      </c>
+      <c r="E209" t="s">
+        <v>24</v>
+      </c>
+      <c r="F209" t="s">
+        <v>25</v>
+      </c>
       <c r="G209" t="s">
-        <v>1081</v>
-[...4 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="H209" t="s">
+        <v>1042</v>
+      </c>
+      <c r="I209"/>
       <c r="J209" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="B210" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C210" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="D210" t="s">
-        <v>1086</v>
-[...3 lines deleted...]
-      </c>
+        <v>1088</v>
+      </c>
+      <c r="E210"/>
       <c r="F210"/>
       <c r="G210" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="H210"/>
       <c r="I210" t="s">
-        <v>852</v>
+        <v>1090</v>
       </c>
       <c r="J210" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="B211" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C211" t="s">
-        <v>609</v>
+        <v>1093</v>
       </c>
       <c r="D211" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="E211" t="s">
         <v>24</v>
       </c>
-      <c r="F211" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F211"/>
       <c r="G211" t="s">
-        <v>1091</v>
-[...4 lines deleted...]
-      <c r="I211"/>
+        <v>1095</v>
+      </c>
+      <c r="H211"/>
+      <c r="I211" t="s">
+        <v>859</v>
+      </c>
       <c r="J211" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="B212" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="C212" t="s">
-        <v>1094</v>
+        <v>615</v>
       </c>
       <c r="D212" t="s">
-        <v>1095</v>
-[...2 lines deleted...]
-      <c r="F212"/>
+        <v>1098</v>
+      </c>
+      <c r="E212" t="s">
+        <v>24</v>
+      </c>
+      <c r="F212" t="s">
+        <v>25</v>
+      </c>
       <c r="G212" t="s">
-        <v>1096</v>
-[...4 lines deleted...]
-      </c>
+        <v>1099</v>
+      </c>
+      <c r="H212" t="s">
+        <v>139</v>
+      </c>
+      <c r="I212"/>
       <c r="J212" t="s">
-        <v>412</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="B213" t="s">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="C213" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="D213" t="s">
-        <v>70</v>
-[...6 lines deleted...]
-      </c>
+        <v>1103</v>
+      </c>
+      <c r="E213"/>
+      <c r="F213"/>
       <c r="G213" t="s">
-        <v>1100</v>
-[...4 lines deleted...]
-      <c r="I213"/>
+        <v>1104</v>
+      </c>
+      <c r="H213"/>
+      <c r="I213" t="s">
+        <v>1105</v>
+      </c>
       <c r="J213" t="s">
-        <v>1102</v>
+        <v>413</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="B214" t="s">
-        <v>1104</v>
+        <v>60</v>
       </c>
       <c r="C214" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="D214" t="s">
-        <v>1106</v>
-[...2 lines deleted...]
-      <c r="F214"/>
+        <v>70</v>
+      </c>
+      <c r="E214" t="s">
+        <v>24</v>
+      </c>
+      <c r="F214" t="s">
+        <v>25</v>
+      </c>
       <c r="G214" t="s">
-        <v>1107</v>
-[...1 lines deleted...]
-      <c r="H214"/>
+        <v>1108</v>
+      </c>
+      <c r="H214" t="s">
+        <v>1109</v>
+      </c>
       <c r="I214"/>
       <c r="J214" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="B215" t="s">
-        <v>1104</v>
+        <v>1112</v>
       </c>
       <c r="C215" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="D215" t="s">
-        <v>764</v>
+        <v>1114</v>
       </c>
       <c r="E215"/>
       <c r="F215"/>
       <c r="G215" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="H215"/>
       <c r="I215"/>
       <c r="J215" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="B216" t="s">
-        <v>214</v>
+        <v>1112</v>
       </c>
       <c r="C216" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="D216" t="s">
-        <v>956</v>
-[...6 lines deleted...]
-      </c>
+        <v>771</v>
+      </c>
+      <c r="E216"/>
+      <c r="F216"/>
       <c r="G216" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="H216"/>
       <c r="I216"/>
       <c r="J216" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="B217" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="C217" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="D217" t="s">
-        <v>1119</v>
+        <v>964</v>
       </c>
       <c r="E217" t="s">
-        <v>346</v>
+        <v>217</v>
       </c>
       <c r="F217" t="s">
         <v>25</v>
       </c>
       <c r="G217" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="H217"/>
       <c r="I217"/>
       <c r="J217" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="B218" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="C218" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="D218" t="s">
-        <v>1124</v>
-[...3 lines deleted...]
-      <c r="G218"/>
+        <v>1127</v>
+      </c>
+      <c r="E218" t="s">
+        <v>347</v>
+      </c>
+      <c r="F218" t="s">
+        <v>25</v>
+      </c>
+      <c r="G218" t="s">
+        <v>1128</v>
+      </c>
       <c r="H218"/>
       <c r="I218"/>
       <c r="J218" t="s">
-        <v>240</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" t="s">
-        <v>1125</v>
+        <v>1130</v>
       </c>
       <c r="B219" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="C219" t="s">
-        <v>1126</v>
+        <v>1131</v>
       </c>
       <c r="D219" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>1132</v>
+      </c>
+      <c r="E219"/>
       <c r="F219"/>
-      <c r="G219" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G219"/>
       <c r="H219"/>
-      <c r="I219" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I219"/>
       <c r="J219" t="s">
-        <v>1129</v>
+        <v>240</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="B220" t="s">
         <v>25</v>
       </c>
       <c r="C220" t="s">
-        <v>44</v>
+        <v>1134</v>
       </c>
       <c r="D220" t="s">
-        <v>1131</v>
+        <v>23</v>
       </c>
       <c r="E220" t="s">
         <v>24</v>
       </c>
-      <c r="F220" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F220"/>
       <c r="G220" t="s">
-        <v>1132</v>
-[...4 lines deleted...]
-      <c r="I220"/>
+        <v>1135</v>
+      </c>
+      <c r="H220"/>
+      <c r="I220" t="s">
+        <v>1136</v>
+      </c>
       <c r="J220" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="B221" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="C221" t="s">
-        <v>328</v>
+        <v>44</v>
       </c>
       <c r="D221" t="s">
-        <v>1136</v>
-[...2 lines deleted...]
-      <c r="F221"/>
+        <v>1139</v>
+      </c>
+      <c r="E221" t="s">
+        <v>24</v>
+      </c>
+      <c r="F221" t="s">
+        <v>25</v>
+      </c>
       <c r="G221" t="s">
-        <v>1137</v>
-[...1 lines deleted...]
-      <c r="H221"/>
+        <v>1140</v>
+      </c>
+      <c r="H221" t="s">
+        <v>1141</v>
+      </c>
       <c r="I221"/>
       <c r="J221" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="B222" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C222" t="s">
-        <v>1140</v>
+        <v>329</v>
       </c>
       <c r="D222" t="s">
-        <v>1141</v>
-[...6 lines deleted...]
-      </c>
+        <v>1144</v>
+      </c>
+      <c r="E222"/>
+      <c r="F222"/>
       <c r="G222" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="H222"/>
       <c r="I222"/>
       <c r="J222" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="B223" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="C223" t="s">
-        <v>465</v>
+        <v>1148</v>
       </c>
       <c r="D223" t="s">
-        <v>1145</v>
-[...3 lines deleted...]
-      <c r="G223"/>
+        <v>1149</v>
+      </c>
+      <c r="E223" t="s">
+        <v>347</v>
+      </c>
+      <c r="F223" t="s">
+        <v>25</v>
+      </c>
+      <c r="G223" t="s">
+        <v>1150</v>
+      </c>
       <c r="H223"/>
       <c r="I223"/>
       <c r="J223" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="B224" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C224" t="s">
-        <v>1148</v>
+        <v>466</v>
       </c>
       <c r="D224" t="s">
-        <v>1149</v>
-[...3 lines deleted...]
-      </c>
+        <v>1153</v>
+      </c>
+      <c r="E224"/>
       <c r="F224"/>
-      <c r="G224" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G224"/>
       <c r="H224"/>
-      <c r="I224" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I224"/>
       <c r="J224" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="B225" t="s">
-        <v>600</v>
+        <v>25</v>
       </c>
       <c r="C225" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="D225" t="s">
-        <v>706</v>
-[...1 lines deleted...]
-      <c r="E225"/>
+        <v>1157</v>
+      </c>
+      <c r="E225" t="s">
+        <v>303</v>
+      </c>
       <c r="F225"/>
-      <c r="G225"/>
+      <c r="G225" t="s">
+        <v>1158</v>
+      </c>
       <c r="H225"/>
-      <c r="I225"/>
+      <c r="I225" t="s">
+        <v>1159</v>
+      </c>
       <c r="J225" t="s">
-        <v>1155</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" t="s">
-        <v>1156</v>
+        <v>1161</v>
       </c>
       <c r="B226" t="s">
-        <v>43</v>
+        <v>606</v>
       </c>
       <c r="C226" t="s">
-        <v>1015</v>
+        <v>1162</v>
       </c>
       <c r="D226" t="s">
-        <v>1157</v>
+        <v>712</v>
       </c>
       <c r="E226"/>
       <c r="F226"/>
-      <c r="G226" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G226"/>
       <c r="H226"/>
       <c r="I226"/>
       <c r="J226" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="B227" t="s">
         <v>43</v>
       </c>
       <c r="C227" t="s">
-        <v>1161</v>
+        <v>1023</v>
       </c>
       <c r="D227" t="s">
-        <v>362</v>
+        <v>1165</v>
       </c>
       <c r="E227"/>
       <c r="F227"/>
       <c r="G227" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
       <c r="H227"/>
       <c r="I227"/>
       <c r="J227" t="s">
-        <v>206</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" t="s">
-        <v>1163</v>
+        <v>1168</v>
       </c>
       <c r="B228" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="C228" t="s">
-        <v>1164</v>
-[...1 lines deleted...]
-      <c r="D228"/>
+        <v>1169</v>
+      </c>
+      <c r="D228" t="s">
+        <v>363</v>
+      </c>
       <c r="E228"/>
       <c r="F228"/>
       <c r="G228" t="s">
-        <v>1165</v>
-[...6 lines deleted...]
-      </c>
+        <v>1170</v>
+      </c>
+      <c r="H228"/>
+      <c r="I228"/>
       <c r="J228" t="s">
-        <v>1168</v>
+        <v>206</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="B229" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="C229" t="s">
-        <v>1170</v>
-[...3 lines deleted...]
-      </c>
+        <v>1172</v>
+      </c>
+      <c r="D229"/>
       <c r="E229"/>
       <c r="F229"/>
       <c r="G229" t="s">
-        <v>1172</v>
-[...2 lines deleted...]
-      <c r="I229"/>
+        <v>1173</v>
+      </c>
+      <c r="H229" t="s">
+        <v>1174</v>
+      </c>
+      <c r="I229" t="s">
+        <v>1175</v>
+      </c>
       <c r="J229" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="B230" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="C230" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="D230" t="s">
-        <v>1176</v>
-[...6 lines deleted...]
-      </c>
+        <v>1179</v>
+      </c>
+      <c r="E230"/>
+      <c r="F230"/>
       <c r="G230" t="s">
-        <v>1177</v>
-[...6 lines deleted...]
-      </c>
+        <v>1180</v>
+      </c>
+      <c r="H230"/>
+      <c r="I230"/>
       <c r="J230" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="B231" t="s">
-        <v>198</v>
+        <v>25</v>
       </c>
       <c r="C231" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D231" t="s">
-        <v>293</v>
+        <v>1184</v>
       </c>
       <c r="E231" t="s">
-        <v>164</v>
+        <v>24</v>
       </c>
       <c r="F231" t="s">
         <v>25</v>
       </c>
       <c r="G231" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="H231" t="s">
-        <v>1184</v>
-[...1 lines deleted...]
-      <c r="I231"/>
+        <v>1186</v>
+      </c>
+      <c r="I231" t="s">
+        <v>1187</v>
+      </c>
       <c r="J231" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
       <c r="B232" t="s">
-        <v>139</v>
+        <v>198</v>
       </c>
       <c r="C232" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="D232" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-      <c r="F232"/>
+        <v>293</v>
+      </c>
+      <c r="E232" t="s">
+        <v>164</v>
+      </c>
+      <c r="F232" t="s">
+        <v>25</v>
+      </c>
       <c r="G232" t="s">
-        <v>1188</v>
-[...1 lines deleted...]
-      <c r="H232"/>
+        <v>1191</v>
+      </c>
+      <c r="H232" t="s">
+        <v>1192</v>
+      </c>
       <c r="I232"/>
       <c r="J232" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="B233" t="s">
-        <v>1104</v>
+        <v>139</v>
       </c>
       <c r="C233" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="D233" t="s">
-        <v>1192</v>
+        <v>82</v>
       </c>
       <c r="E233"/>
       <c r="F233"/>
       <c r="G233" t="s">
-        <v>1193</v>
-[...3 lines deleted...]
-      </c>
+        <v>1196</v>
+      </c>
+      <c r="H233"/>
       <c r="I233"/>
       <c r="J233" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="B234" t="s">
-        <v>214</v>
+        <v>1112</v>
       </c>
       <c r="C234" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="D234" t="s">
-        <v>278</v>
-[...6 lines deleted...]
-      </c>
+        <v>1200</v>
+      </c>
+      <c r="E234"/>
+      <c r="F234"/>
       <c r="G234" t="s">
-        <v>1197</v>
-[...4 lines deleted...]
-      </c>
+        <v>1201</v>
+      </c>
+      <c r="H234" t="s">
+        <v>139</v>
+      </c>
+      <c r="I234"/>
       <c r="J234" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="B235" t="s">
-        <v>1201</v>
+        <v>214</v>
       </c>
       <c r="C235" t="s">
-        <v>38</v>
+        <v>1204</v>
       </c>
       <c r="D235" t="s">
-        <v>1202</v>
-[...3 lines deleted...]
-      <c r="G235"/>
+        <v>278</v>
+      </c>
+      <c r="E235" t="s">
+        <v>217</v>
+      </c>
+      <c r="F235" t="s">
+        <v>214</v>
+      </c>
+      <c r="G235" t="s">
+        <v>1205</v>
+      </c>
       <c r="H235"/>
-      <c r="I235"/>
+      <c r="I235" t="s">
+        <v>1206</v>
+      </c>
       <c r="J235" t="s">
-        <v>412</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" t="s">
-        <v>1203</v>
+        <v>1208</v>
       </c>
       <c r="B236" t="s">
-        <v>21</v>
+        <v>1209</v>
       </c>
       <c r="C236" t="s">
-        <v>1204</v>
+        <v>38</v>
       </c>
       <c r="D236" t="s">
-        <v>1205</v>
-[...15 lines deleted...]
-      </c>
+        <v>1210</v>
+      </c>
+      <c r="E236"/>
+      <c r="F236"/>
+      <c r="G236"/>
+      <c r="H236"/>
+      <c r="I236"/>
       <c r="J236" t="s">
-        <v>1208</v>
+        <v>413</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="B237" t="s">
-        <v>139</v>
+        <v>21</v>
       </c>
       <c r="C237" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="D237" t="s">
-        <v>1211</v>
-[...2 lines deleted...]
-      <c r="F237"/>
+        <v>1213</v>
+      </c>
+      <c r="E237" t="s">
+        <v>347</v>
+      </c>
+      <c r="F237" t="s">
+        <v>25</v>
+      </c>
       <c r="G237" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="H237" t="s">
-        <v>1213</v>
-[...1 lines deleted...]
-      <c r="I237"/>
+        <v>1215</v>
+      </c>
+      <c r="I237" t="s">
+        <v>853</v>
+      </c>
       <c r="J237" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="B238" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="C238" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="D238" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="E238"/>
       <c r="F238"/>
       <c r="G238" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="H238" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="I238"/>
       <c r="J238" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="B239" t="s">
-        <v>1222</v>
+        <v>150</v>
       </c>
       <c r="C239" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="D239" t="s">
-        <v>32</v>
-[...6 lines deleted...]
-      </c>
+        <v>1225</v>
+      </c>
+      <c r="E239"/>
+      <c r="F239"/>
       <c r="G239" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="H239" t="s">
-        <v>195</v>
+        <v>1227</v>
       </c>
       <c r="I239"/>
       <c r="J239" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="B240" t="s">
-        <v>25</v>
+        <v>1230</v>
       </c>
       <c r="C240" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="D240" t="s">
-        <v>567</v>
+        <v>32</v>
       </c>
       <c r="E240" t="s">
-        <v>24</v>
+        <v>217</v>
       </c>
       <c r="F240" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="G240" t="s">
-        <v>1228</v>
-[...1 lines deleted...]
-      <c r="H240"/>
+        <v>1232</v>
+      </c>
+      <c r="H240" t="s">
+        <v>195</v>
+      </c>
       <c r="I240"/>
       <c r="J240" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="B241" t="s">
         <v>25</v>
       </c>
       <c r="C241" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="D241" t="s">
-        <v>32</v>
+        <v>573</v>
       </c>
       <c r="E241" t="s">
         <v>24</v>
       </c>
       <c r="F241" t="s">
         <v>25</v>
       </c>
       <c r="G241" t="s">
-        <v>1232</v>
-[...3 lines deleted...]
-      </c>
+        <v>1236</v>
+      </c>
+      <c r="H241"/>
       <c r="I241"/>
       <c r="J241" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="B242" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C242" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="D242" t="s">
-        <v>1237</v>
+        <v>32</v>
       </c>
       <c r="E242" t="s">
-        <v>279</v>
+        <v>24</v>
       </c>
       <c r="F242" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="G242" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="H242" t="s">
-        <v>27</v>
+        <v>1241</v>
       </c>
       <c r="I242"/>
       <c r="J242" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="B243" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="C243" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="D243" t="s">
-        <v>334</v>
+        <v>1245</v>
       </c>
       <c r="E243" t="s">
-        <v>24</v>
+        <v>279</v>
       </c>
       <c r="F243" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="G243" t="s">
-        <v>1242</v>
-[...4 lines deleted...]
-      </c>
+        <v>1246</v>
+      </c>
+      <c r="H243" t="s">
+        <v>27</v>
+      </c>
+      <c r="I243"/>
       <c r="J243" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="B244" t="s">
         <v>25</v>
       </c>
       <c r="C244" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="D244" t="s">
-        <v>1247</v>
+        <v>335</v>
       </c>
       <c r="E244" t="s">
         <v>24</v>
       </c>
-      <c r="F244"/>
+      <c r="F244" t="s">
+        <v>25</v>
+      </c>
       <c r="G244" t="s">
-        <v>1248</v>
-[...3 lines deleted...]
-      </c>
+        <v>1250</v>
+      </c>
+      <c r="H244"/>
       <c r="I244" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="J244" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="B245" t="s">
-        <v>198</v>
+        <v>25</v>
       </c>
       <c r="C245" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="D245" t="s">
-        <v>324</v>
+        <v>1255</v>
       </c>
       <c r="E245" t="s">
-        <v>303</v>
+        <v>24</v>
       </c>
       <c r="F245"/>
       <c r="G245" t="s">
-        <v>1254</v>
-[...2 lines deleted...]
-      <c r="I245"/>
+        <v>1256</v>
+      </c>
+      <c r="H245" t="s">
+        <v>1257</v>
+      </c>
+      <c r="I245" t="s">
+        <v>1258</v>
+      </c>
       <c r="J245" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="B246" t="s">
         <v>198</v>
       </c>
       <c r="C246" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="D246" t="s">
-        <v>910</v>
+        <v>325</v>
       </c>
       <c r="E246" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="F246"/>
       <c r="G246" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="H246"/>
       <c r="I246"/>
       <c r="J246" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
       <c r="B247" t="s">
-        <v>139</v>
+        <v>198</v>
       </c>
       <c r="C247" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="D247" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-      <c r="F247"/>
+        <v>1266</v>
+      </c>
+      <c r="E247" t="s">
+        <v>24</v>
+      </c>
+      <c r="F247" t="s">
+        <v>25</v>
+      </c>
       <c r="G247" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
       <c r="H247"/>
       <c r="I247"/>
       <c r="J247" t="s">
-        <v>1214</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="B248" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="C248" t="s">
-        <v>1264</v>
+        <v>1270</v>
       </c>
       <c r="D248" t="s">
-        <v>222</v>
-[...6 lines deleted...]
-      </c>
+        <v>635</v>
+      </c>
+      <c r="E248"/>
+      <c r="F248"/>
       <c r="G248" t="s">
-        <v>1265</v>
-[...3 lines deleted...]
-      </c>
+        <v>1271</v>
+      </c>
+      <c r="H248"/>
       <c r="I248"/>
       <c r="J248" t="s">
-        <v>1267</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="B249" t="s">
         <v>25</v>
       </c>
       <c r="C249" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="D249" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="E249"/>
+        <v>222</v>
+      </c>
+      <c r="E249" t="s">
+        <v>24</v>
+      </c>
       <c r="F249" t="s">
         <v>25</v>
       </c>
-      <c r="G249"/>
+      <c r="G249" t="s">
+        <v>1274</v>
+      </c>
       <c r="H249" t="s">
-        <v>1034</v>
+        <v>1275</v>
       </c>
       <c r="I249"/>
       <c r="J249" t="s">
-        <v>1270</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" t="s">
-        <v>1271</v>
+        <v>1277</v>
       </c>
       <c r="B250" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C250" t="s">
-        <v>1272</v>
+        <v>1278</v>
       </c>
       <c r="D250" t="s">
-        <v>1149</v>
+        <v>122</v>
       </c>
       <c r="E250"/>
-      <c r="F250"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F250" t="s">
+        <v>25</v>
+      </c>
+      <c r="G250"/>
       <c r="H250" t="s">
-        <v>1274</v>
-[...3 lines deleted...]
-      </c>
+        <v>1042</v>
+      </c>
+      <c r="I250"/>
       <c r="J250" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" t="s">
-        <v>1277</v>
+        <v>1280</v>
       </c>
       <c r="B251" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="C251" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="D251" t="s">
-        <v>1279</v>
+        <v>1157</v>
       </c>
       <c r="E251"/>
       <c r="F251"/>
       <c r="G251" t="s">
-        <v>1280</v>
-[...2 lines deleted...]
-      <c r="I251"/>
+        <v>1282</v>
+      </c>
+      <c r="H251" t="s">
+        <v>1283</v>
+      </c>
+      <c r="I251" t="s">
+        <v>1284</v>
+      </c>
       <c r="J251" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="B252" t="s">
-        <v>668</v>
+        <v>37</v>
       </c>
       <c r="C252" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="D252" t="s">
-        <v>1284</v>
-[...6 lines deleted...]
-      </c>
+        <v>1288</v>
+      </c>
+      <c r="E252"/>
+      <c r="F252"/>
       <c r="G252" t="s">
-        <v>1285</v>
-[...3 lines deleted...]
-      </c>
+        <v>1289</v>
+      </c>
+      <c r="H252"/>
       <c r="I252"/>
       <c r="J252" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="B253" t="s">
-        <v>797</v>
+        <v>674</v>
       </c>
       <c r="C253" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="D253" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="E253" t="s">
-        <v>346</v>
+        <v>24</v>
       </c>
       <c r="F253" t="s">
         <v>25</v>
       </c>
       <c r="G253" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="H253" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="I253"/>
       <c r="J253" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="B254" t="s">
-        <v>668</v>
+        <v>804</v>
       </c>
       <c r="C254" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="D254" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="E254" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F254"/>
+        <v>347</v>
+      </c>
+      <c r="F254" t="s">
+        <v>25</v>
+      </c>
       <c r="G254" t="s">
-        <v>1297</v>
-[...4 lines deleted...]
-      </c>
+        <v>1300</v>
+      </c>
+      <c r="H254" t="s">
+        <v>1301</v>
+      </c>
+      <c r="I254"/>
       <c r="J254" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="B255" t="s">
-        <v>25</v>
+        <v>674</v>
       </c>
       <c r="C255" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="D255" t="s">
-        <v>368</v>
+        <v>1305</v>
       </c>
       <c r="E255" t="s">
         <v>24</v>
       </c>
-      <c r="F255" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F255"/>
       <c r="G255" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
       <c r="H255"/>
-      <c r="I255"/>
+      <c r="I255" t="s">
+        <v>1307</v>
+      </c>
       <c r="J255" t="s">
-        <v>1303</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" t="s">
-        <v>1304</v>
+        <v>1309</v>
       </c>
       <c r="B256" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="C256" t="s">
-        <v>1305</v>
+        <v>1310</v>
       </c>
       <c r="D256" t="s">
-        <v>148</v>
-[...3 lines deleted...]
-      <c r="G256"/>
+        <v>369</v>
+      </c>
+      <c r="E256" t="s">
+        <v>24</v>
+      </c>
+      <c r="F256" t="s">
+        <v>25</v>
+      </c>
+      <c r="G256" t="s">
+        <v>1311</v>
+      </c>
       <c r="H256"/>
       <c r="I256"/>
       <c r="J256" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
       <c r="B257" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="C257" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
       <c r="D257" t="s">
-        <v>1309</v>
-[...3 lines deleted...]
-      </c>
+        <v>148</v>
+      </c>
+      <c r="E257"/>
       <c r="F257"/>
-      <c r="G257" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G257"/>
+      <c r="H257"/>
+      <c r="I257"/>
       <c r="J257" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="B258" t="s">
-        <v>838</v>
+        <v>25</v>
       </c>
       <c r="C258" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="D258" t="s">
-        <v>425</v>
+        <v>1318</v>
       </c>
       <c r="E258" t="s">
         <v>24</v>
       </c>
-      <c r="F258" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F258"/>
       <c r="G258" t="s">
-        <v>1316</v>
-[...1 lines deleted...]
-      <c r="H258"/>
+        <v>1319</v>
+      </c>
+      <c r="H258" t="s">
+        <v>1320</v>
+      </c>
       <c r="I258" t="s">
-        <v>852</v>
+        <v>1321</v>
       </c>
       <c r="J258" t="s">
-        <v>1317</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" t="s">
-        <v>1318</v>
+        <v>1323</v>
       </c>
       <c r="B259" t="s">
-        <v>25</v>
+        <v>845</v>
       </c>
       <c r="C259" t="s">
-        <v>1005</v>
+        <v>1324</v>
       </c>
       <c r="D259" t="s">
-        <v>1319</v>
+        <v>426</v>
       </c>
       <c r="E259" t="s">
         <v>24</v>
       </c>
       <c r="F259" t="s">
         <v>25</v>
       </c>
       <c r="G259" t="s">
-        <v>1320</v>
+        <v>1325</v>
       </c>
       <c r="H259"/>
-      <c r="I259"/>
+      <c r="I259" t="s">
+        <v>859</v>
+      </c>
       <c r="J259" t="s">
-        <v>1321</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" t="s">
-        <v>1322</v>
+        <v>1327</v>
       </c>
       <c r="B260" t="s">
-        <v>150</v>
+        <v>25</v>
       </c>
       <c r="C260" t="s">
-        <v>1323</v>
+        <v>1013</v>
       </c>
       <c r="D260" t="s">
-        <v>1324</v>
-[...2 lines deleted...]
-      <c r="F260"/>
+        <v>1328</v>
+      </c>
+      <c r="E260" t="s">
+        <v>24</v>
+      </c>
+      <c r="F260" t="s">
+        <v>25</v>
+      </c>
       <c r="G260" t="s">
-        <v>1325</v>
-[...3 lines deleted...]
-      </c>
+        <v>1329</v>
+      </c>
+      <c r="H260"/>
       <c r="I260"/>
       <c r="J260" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="B261" t="s">
-        <v>115</v>
+        <v>150</v>
       </c>
       <c r="C261" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="D261" t="s">
-        <v>494</v>
+        <v>1333</v>
       </c>
       <c r="E261"/>
       <c r="F261"/>
       <c r="G261" t="s">
-        <v>1329</v>
-[...1 lines deleted...]
-      <c r="H261"/>
+        <v>1334</v>
+      </c>
+      <c r="H261" t="s">
+        <v>934</v>
+      </c>
       <c r="I261"/>
       <c r="J261" t="s">
-        <v>1330</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" t="s">
-        <v>1331</v>
+        <v>1336</v>
       </c>
       <c r="B262" t="s">
-        <v>150</v>
+        <v>115</v>
       </c>
       <c r="C262" t="s">
-        <v>1332</v>
+        <v>1337</v>
       </c>
       <c r="D262" t="s">
-        <v>425</v>
+        <v>495</v>
       </c>
       <c r="E262"/>
       <c r="F262"/>
       <c r="G262" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
       <c r="H262"/>
       <c r="I262"/>
       <c r="J262" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="B263" t="s">
         <v>150</v>
       </c>
       <c r="C263" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="D263" t="s">
-        <v>1337</v>
+        <v>426</v>
       </c>
       <c r="E263"/>
       <c r="F263"/>
       <c r="G263" t="s">
-        <v>1338</v>
-[...3 lines deleted...]
-      </c>
+        <v>1342</v>
+      </c>
+      <c r="H263"/>
       <c r="I263"/>
       <c r="J263" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
       <c r="B264" t="s">
-        <v>25</v>
+        <v>150</v>
       </c>
       <c r="C264" t="s">
-        <v>1341</v>
+        <v>1345</v>
       </c>
       <c r="D264" t="s">
-        <v>941</v>
-[...6 lines deleted...]
-      </c>
+        <v>1346</v>
+      </c>
+      <c r="E264"/>
+      <c r="F264"/>
       <c r="G264" t="s">
-        <v>1342</v>
-[...4 lines deleted...]
-      </c>
+        <v>1347</v>
+      </c>
+      <c r="H264" t="s">
+        <v>1042</v>
+      </c>
+      <c r="I264"/>
       <c r="J264" t="s">
-        <v>1343</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
       <c r="B265" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="C265" t="s">
-        <v>1345</v>
-[...4 lines deleted...]
-      <c r="G265"/>
+        <v>1350</v>
+      </c>
+      <c r="D265" t="s">
+        <v>949</v>
+      </c>
+      <c r="E265" t="s">
+        <v>347</v>
+      </c>
+      <c r="F265" t="s">
+        <v>25</v>
+      </c>
+      <c r="G265" t="s">
+        <v>1351</v>
+      </c>
       <c r="H265"/>
-      <c r="I265"/>
+      <c r="I265" t="s">
+        <v>306</v>
+      </c>
       <c r="J265" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="B266" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="C266" t="s">
-        <v>1348</v>
-[...15 lines deleted...]
-      </c>
+        <v>1354</v>
+      </c>
+      <c r="D266"/>
+      <c r="E266"/>
+      <c r="F266"/>
+      <c r="G266"/>
+      <c r="H266"/>
       <c r="I266"/>
       <c r="J266" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="B267" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C267" t="s">
-        <v>1352</v>
+        <v>1357</v>
       </c>
       <c r="D267" t="s">
-        <v>1141</v>
+        <v>32</v>
       </c>
       <c r="E267" t="s">
-        <v>279</v>
+        <v>24</v>
       </c>
       <c r="F267" t="s">
         <v>25</v>
       </c>
       <c r="G267" t="s">
-        <v>1353</v>
-[...1 lines deleted...]
-      <c r="H267"/>
+        <v>1358</v>
+      </c>
+      <c r="H267" t="s">
+        <v>934</v>
+      </c>
       <c r="I267"/>
       <c r="J267" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
       <c r="B268" t="s">
-        <v>43</v>
+        <v>214</v>
       </c>
       <c r="C268" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="D268" t="s">
-        <v>1357</v>
-[...2 lines deleted...]
-      <c r="F268"/>
+        <v>1149</v>
+      </c>
+      <c r="E268" t="s">
+        <v>279</v>
+      </c>
+      <c r="F268" t="s">
+        <v>25</v>
+      </c>
       <c r="G268" t="s">
-        <v>1358</v>
-[...6 lines deleted...]
-      </c>
+        <v>1362</v>
+      </c>
+      <c r="H268"/>
+      <c r="I268"/>
       <c r="J268" t="s">
-        <v>91</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" t="s">
-        <v>1361</v>
+        <v>1364</v>
       </c>
       <c r="B269" t="s">
-        <v>150</v>
+        <v>43</v>
       </c>
       <c r="C269" t="s">
-        <v>1362</v>
+        <v>1365</v>
       </c>
       <c r="D269" t="s">
-        <v>1363</v>
+        <v>1366</v>
       </c>
       <c r="E269"/>
       <c r="F269"/>
       <c r="G269" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="H269" t="s">
-        <v>1365</v>
-[...1 lines deleted...]
-      <c r="I269"/>
+        <v>1368</v>
+      </c>
+      <c r="I269" t="s">
+        <v>1369</v>
+      </c>
       <c r="J269" t="s">
-        <v>1366</v>
+        <v>91</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" t="s">
-        <v>1367</v>
+        <v>1370</v>
       </c>
       <c r="B270" t="s">
-        <v>214</v>
+        <v>150</v>
       </c>
       <c r="C270" t="s">
-        <v>1368</v>
+        <v>1371</v>
       </c>
       <c r="D270" t="s">
-        <v>1369</v>
-[...11 lines deleted...]
-      </c>
+        <v>1372</v>
+      </c>
+      <c r="E270"/>
+      <c r="F270"/>
+      <c r="G270" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H270" t="s">
+        <v>1374</v>
+      </c>
+      <c r="I270"/>
       <c r="J270" t="s">
-        <v>1371</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" t="s">
-        <v>1372</v>
+        <v>1376</v>
       </c>
       <c r="B271" t="s">
-        <v>150</v>
+        <v>214</v>
       </c>
       <c r="C271" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="D271" t="s">
-        <v>1374</v>
-[...2 lines deleted...]
-      <c r="F271"/>
+        <v>1378</v>
+      </c>
+      <c r="E271" t="s">
+        <v>217</v>
+      </c>
+      <c r="F271" t="s">
+        <v>25</v>
+      </c>
       <c r="G271" t="s">
-        <v>1375</v>
-[...4 lines deleted...]
-      <c r="I271"/>
+        <v>1379</v>
+      </c>
+      <c r="H271"/>
+      <c r="I271" t="s">
+        <v>1380</v>
+      </c>
       <c r="J271" t="s">
-        <v>1376</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" t="s">
-        <v>1377</v>
+        <v>1382</v>
       </c>
       <c r="B272" t="s">
-        <v>43</v>
+        <v>150</v>
       </c>
       <c r="C272" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
       <c r="D272" t="s">
-        <v>23</v>
+        <v>1384</v>
       </c>
       <c r="E272"/>
       <c r="F272"/>
       <c r="G272" t="s">
-        <v>1379</v>
-[...4 lines deleted...]
-      </c>
+        <v>1385</v>
+      </c>
+      <c r="H272" t="s">
+        <v>658</v>
+      </c>
+      <c r="I272"/>
       <c r="J272" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" t="s">
-        <v>1382</v>
+        <v>1387</v>
       </c>
       <c r="B273" t="s">
-        <v>68</v>
+        <v>43</v>
       </c>
       <c r="C273" t="s">
-        <v>1383</v>
+        <v>1388</v>
       </c>
       <c r="D273" t="s">
-        <v>324</v>
+        <v>23</v>
       </c>
       <c r="E273"/>
       <c r="F273"/>
       <c r="G273" t="s">
-        <v>1384</v>
-[...4 lines deleted...]
-      <c r="I273"/>
+        <v>1389</v>
+      </c>
+      <c r="H273"/>
+      <c r="I273" t="s">
+        <v>1390</v>
+      </c>
       <c r="J273" t="s">
-        <v>1385</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" t="s">
-        <v>1386</v>
+        <v>1392</v>
       </c>
       <c r="B274" t="s">
-        <v>115</v>
+        <v>68</v>
       </c>
       <c r="C274" t="s">
-        <v>1387</v>
+        <v>1393</v>
       </c>
       <c r="D274" t="s">
-        <v>613</v>
+        <v>325</v>
       </c>
       <c r="E274"/>
       <c r="F274"/>
       <c r="G274" t="s">
-        <v>1388</v>
-[...1 lines deleted...]
-      <c r="H274"/>
+        <v>1394</v>
+      </c>
+      <c r="H274" t="s">
+        <v>195</v>
+      </c>
       <c r="I274"/>
       <c r="J274" t="s">
-        <v>1389</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" t="s">
-        <v>1390</v>
+        <v>1396</v>
       </c>
       <c r="B275" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="C275" t="s">
-        <v>1391</v>
+        <v>1397</v>
       </c>
       <c r="D275" t="s">
-        <v>1392</v>
+        <v>619</v>
       </c>
       <c r="E275"/>
       <c r="F275"/>
       <c r="G275" t="s">
-        <v>1393</v>
+        <v>1398</v>
       </c>
       <c r="H275"/>
-      <c r="I275" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I275"/>
       <c r="J275" t="s">
-        <v>1395</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
       <c r="B276" t="s">
         <v>43</v>
       </c>
       <c r="C276" t="s">
-        <v>1397</v>
+        <v>1401</v>
       </c>
       <c r="D276" t="s">
-        <v>618</v>
+        <v>1402</v>
       </c>
       <c r="E276"/>
       <c r="F276"/>
       <c r="G276" t="s">
-        <v>1398</v>
+        <v>1403</v>
       </c>
       <c r="H276"/>
-      <c r="I276"/>
+      <c r="I276" t="s">
+        <v>1404</v>
+      </c>
       <c r="J276" t="s">
-        <v>1399</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="B277" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="C277" t="s">
-        <v>1401</v>
+        <v>1407</v>
       </c>
       <c r="D277" t="s">
-        <v>629</v>
-[...3 lines deleted...]
-      </c>
+        <v>624</v>
+      </c>
+      <c r="E277"/>
       <c r="F277"/>
       <c r="G277" t="s">
-        <v>1402</v>
-[...6 lines deleted...]
-      </c>
+        <v>1408</v>
+      </c>
+      <c r="H277"/>
+      <c r="I277"/>
       <c r="J277" t="s">
-        <v>1404</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278" t="s">
-        <v>1405</v>
+        <v>1410</v>
       </c>
       <c r="B278" t="s">
-        <v>214</v>
+        <v>198</v>
       </c>
       <c r="C278" t="s">
-        <v>1406</v>
+        <v>1411</v>
       </c>
       <c r="D278" t="s">
-        <v>1141</v>
+        <v>635</v>
       </c>
       <c r="E278" t="s">
-        <v>279</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F278"/>
       <c r="G278" t="s">
-        <v>1407</v>
-[...2 lines deleted...]
-      <c r="I278"/>
+        <v>1412</v>
+      </c>
+      <c r="H278" t="s">
+        <v>1042</v>
+      </c>
+      <c r="I278" t="s">
+        <v>406</v>
+      </c>
       <c r="J278" t="s">
-        <v>1408</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" t="s">
-        <v>1409</v>
+        <v>1414</v>
       </c>
       <c r="B279" t="s">
-        <v>1104</v>
+        <v>214</v>
       </c>
       <c r="C279" t="s">
-        <v>1410</v>
+        <v>1415</v>
       </c>
       <c r="D279" t="s">
-        <v>1411</v>
-[...2 lines deleted...]
-      <c r="F279"/>
+        <v>1149</v>
+      </c>
+      <c r="E279" t="s">
+        <v>279</v>
+      </c>
+      <c r="F279" t="s">
+        <v>214</v>
+      </c>
       <c r="G279" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
       <c r="H279"/>
       <c r="I279"/>
       <c r="J279" t="s">
-        <v>1108</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" t="s">
-        <v>1413</v>
+        <v>1418</v>
       </c>
       <c r="B280" t="s">
-        <v>139</v>
+        <v>1112</v>
       </c>
       <c r="C280" t="s">
-        <v>1414</v>
+        <v>1419</v>
       </c>
       <c r="D280" t="s">
-        <v>1415</v>
+        <v>1420</v>
       </c>
       <c r="E280"/>
       <c r="F280"/>
       <c r="G280" t="s">
-        <v>1416</v>
+        <v>1421</v>
       </c>
       <c r="H280"/>
       <c r="I280"/>
       <c r="J280" t="s">
-        <v>1049</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281" t="s">
-        <v>1417</v>
+        <v>1422</v>
       </c>
       <c r="B281" t="s">
-        <v>43</v>
+        <v>139</v>
       </c>
       <c r="C281" t="s">
-        <v>1418</v>
+        <v>1423</v>
       </c>
       <c r="D281" t="s">
-        <v>706</v>
+        <v>1424</v>
       </c>
       <c r="E281"/>
       <c r="F281"/>
       <c r="G281" t="s">
-        <v>1419</v>
+        <v>1425</v>
       </c>
       <c r="H281"/>
-      <c r="I281" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I281"/>
       <c r="J281" t="s">
-        <v>85</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282" t="s">
-        <v>1421</v>
+        <v>1426</v>
       </c>
       <c r="B282" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C282" t="s">
-        <v>1422</v>
+        <v>1427</v>
       </c>
       <c r="D282" t="s">
-        <v>32</v>
-[...6 lines deleted...]
-      </c>
+        <v>712</v>
+      </c>
+      <c r="E282"/>
+      <c r="F282"/>
       <c r="G282" t="s">
-        <v>1423</v>
-[...4 lines deleted...]
-      <c r="I282"/>
+        <v>1428</v>
+      </c>
+      <c r="H282"/>
+      <c r="I282" t="s">
+        <v>1429</v>
+      </c>
       <c r="J282" t="s">
-        <v>1425</v>
+        <v>85</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="A283" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
       <c r="B283" t="s">
         <v>25</v>
       </c>
       <c r="C283" t="s">
-        <v>1427</v>
+        <v>1431</v>
       </c>
       <c r="D283" t="s">
-        <v>755</v>
+        <v>32</v>
       </c>
       <c r="E283" t="s">
         <v>24</v>
       </c>
       <c r="F283" t="s">
         <v>25</v>
       </c>
       <c r="G283" t="s">
-        <v>1428</v>
+        <v>1432</v>
       </c>
       <c r="H283" t="s">
-        <v>1429</v>
-[...3 lines deleted...]
-      </c>
+        <v>1433</v>
+      </c>
+      <c r="I283"/>
       <c r="J283" t="s">
-        <v>1431</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284" t="s">
-        <v>1432</v>
+        <v>1435</v>
       </c>
       <c r="B284" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="C284" t="s">
-        <v>1433</v>
+        <v>1436</v>
       </c>
       <c r="D284" t="s">
-        <v>1434</v>
-[...2 lines deleted...]
-      <c r="F284"/>
+        <v>762</v>
+      </c>
+      <c r="E284" t="s">
+        <v>24</v>
+      </c>
+      <c r="F284" t="s">
+        <v>25</v>
+      </c>
       <c r="G284" t="s">
-        <v>1435</v>
-[...2 lines deleted...]
-      <c r="I284"/>
+        <v>1437</v>
+      </c>
+      <c r="H284" t="s">
+        <v>1438</v>
+      </c>
+      <c r="I284" t="s">
+        <v>1439</v>
+      </c>
       <c r="J284" t="s">
-        <v>141</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" t="s">
-        <v>1436</v>
+        <v>1441</v>
       </c>
       <c r="B285" t="s">
-        <v>43</v>
+        <v>139</v>
       </c>
       <c r="C285" t="s">
-        <v>1437</v>
+        <v>1442</v>
       </c>
       <c r="D285" t="s">
-        <v>1438</v>
+        <v>1443</v>
       </c>
       <c r="E285"/>
       <c r="F285"/>
-      <c r="G285"/>
+      <c r="G285" t="s">
+        <v>1444</v>
+      </c>
       <c r="H285"/>
-      <c r="I285" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I285"/>
       <c r="J285" t="s">
-        <v>1439</v>
+        <v>141</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" t="s">
-        <v>1440</v>
+        <v>1445</v>
       </c>
       <c r="B286" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="C286" t="s">
-        <v>1441</v>
+        <v>1446</v>
       </c>
       <c r="D286" t="s">
-        <v>1442</v>
-[...3 lines deleted...]
-      </c>
+        <v>1447</v>
+      </c>
+      <c r="E286"/>
       <c r="F286"/>
-      <c r="G286" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G286"/>
       <c r="H286"/>
-      <c r="I286"/>
+      <c r="I286" t="s">
+        <v>316</v>
+      </c>
       <c r="J286" t="s">
-        <v>1444</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" t="s">
-        <v>1445</v>
+        <v>1449</v>
       </c>
       <c r="B287" t="s">
-        <v>1104</v>
+        <v>198</v>
       </c>
       <c r="C287" t="s">
-        <v>1446</v>
+        <v>1450</v>
       </c>
       <c r="D287" t="s">
-        <v>1447</v>
-[...1 lines deleted...]
-      <c r="E287"/>
+        <v>1451</v>
+      </c>
+      <c r="E287" t="s">
+        <v>24</v>
+      </c>
       <c r="F287"/>
       <c r="G287" t="s">
-        <v>1448</v>
-[...3 lines deleted...]
-      </c>
+        <v>1452</v>
+      </c>
+      <c r="H287"/>
       <c r="I287"/>
       <c r="J287" t="s">
-        <v>1108</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" t="s">
-        <v>1450</v>
+        <v>1454</v>
       </c>
       <c r="B288" t="s">
-        <v>43</v>
+        <v>1112</v>
       </c>
       <c r="C288" t="s">
-        <v>249</v>
+        <v>1455</v>
       </c>
       <c r="D288" t="s">
-        <v>45</v>
+        <v>1456</v>
       </c>
       <c r="E288"/>
       <c r="F288"/>
       <c r="G288" t="s">
-        <v>1451</v>
+        <v>1457</v>
       </c>
       <c r="H288" t="s">
-        <v>1452</v>
+        <v>1458</v>
       </c>
       <c r="I288"/>
       <c r="J288" t="s">
-        <v>1453</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="B289" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C289" t="s">
-        <v>1455</v>
+        <v>249</v>
       </c>
       <c r="D289" t="s">
-        <v>227</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="E289"/>
       <c r="F289"/>
       <c r="G289" t="s">
-        <v>1456</v>
-[...4 lines deleted...]
-      </c>
+        <v>1460</v>
+      </c>
+      <c r="H289" t="s">
+        <v>1461</v>
+      </c>
+      <c r="I289"/>
       <c r="J289" t="s">
-        <v>1458</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" t="s">
-        <v>1459</v>
+        <v>1463</v>
       </c>
       <c r="B290" t="s">
         <v>25</v>
       </c>
       <c r="C290" t="s">
-        <v>1460</v>
+        <v>1464</v>
       </c>
       <c r="D290" t="s">
-        <v>368</v>
+        <v>227</v>
       </c>
       <c r="E290" t="s">
         <v>24</v>
       </c>
-      <c r="F290" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F290"/>
       <c r="G290" t="s">
-        <v>1461</v>
+        <v>1465</v>
       </c>
       <c r="H290"/>
       <c r="I290" t="s">
-        <v>1462</v>
+        <v>1466</v>
       </c>
       <c r="J290" t="s">
-        <v>268</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291" t="s">
-        <v>1463</v>
+        <v>1468</v>
       </c>
       <c r="B291" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="C291" t="s">
-        <v>1464</v>
+        <v>1469</v>
       </c>
       <c r="D291" t="s">
-        <v>1465</v>
-[...3 lines deleted...]
-      <c r="G291"/>
+        <v>369</v>
+      </c>
+      <c r="E291" t="s">
+        <v>24</v>
+      </c>
+      <c r="F291" t="s">
+        <v>25</v>
+      </c>
+      <c r="G291" t="s">
+        <v>1470</v>
+      </c>
       <c r="H291"/>
-      <c r="I291"/>
+      <c r="I291" t="s">
+        <v>1471</v>
+      </c>
       <c r="J291" t="s">
-        <v>1346</v>
+        <v>268</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" t="s">
-        <v>1466</v>
+        <v>1472</v>
       </c>
       <c r="B292" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="C292" t="s">
-        <v>1467</v>
+        <v>1473</v>
       </c>
       <c r="D292" t="s">
-        <v>764</v>
-[...9 lines deleted...]
-      </c>
+        <v>1474</v>
+      </c>
+      <c r="E292"/>
+      <c r="F292"/>
+      <c r="G292"/>
       <c r="H292"/>
       <c r="I292"/>
       <c r="J292" t="s">
-        <v>1469</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" t="s">
-        <v>1470</v>
+        <v>1475</v>
       </c>
       <c r="B293" t="s">
-        <v>198</v>
+        <v>25</v>
       </c>
       <c r="C293" t="s">
-        <v>1471</v>
+        <v>1476</v>
       </c>
       <c r="D293" t="s">
-        <v>1472</v>
+        <v>771</v>
       </c>
       <c r="E293" t="s">
-        <v>346</v>
+        <v>24</v>
       </c>
       <c r="F293" t="s">
         <v>25</v>
       </c>
       <c r="G293" t="s">
-        <v>1473</v>
-[...6 lines deleted...]
-      </c>
+        <v>1477</v>
+      </c>
+      <c r="H293"/>
+      <c r="I293"/>
       <c r="J293" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="B294" t="s">
-        <v>214</v>
+        <v>198</v>
       </c>
       <c r="C294" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="D294" t="s">
-        <v>368</v>
+        <v>1481</v>
       </c>
       <c r="E294" t="s">
-        <v>217</v>
+        <v>347</v>
       </c>
       <c r="F294" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="G294" t="s">
-        <v>1479</v>
-[...1 lines deleted...]
-      <c r="H294"/>
+        <v>1482</v>
+      </c>
+      <c r="H294" t="s">
+        <v>1483</v>
+      </c>
       <c r="I294" t="s">
-        <v>1480</v>
+        <v>1484</v>
       </c>
       <c r="J294" t="s">
-        <v>533</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" t="s">
-        <v>1481</v>
+        <v>1486</v>
       </c>
       <c r="B295" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="C295" t="s">
-        <v>754</v>
+        <v>1487</v>
       </c>
       <c r="D295" t="s">
-        <v>1290</v>
+        <v>369</v>
       </c>
       <c r="E295" t="s">
-        <v>346</v>
+        <v>217</v>
       </c>
       <c r="F295" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="G295" t="s">
-        <v>1482</v>
-[...4 lines deleted...]
-      <c r="I295"/>
+        <v>1488</v>
+      </c>
+      <c r="H295"/>
+      <c r="I295" t="s">
+        <v>1489</v>
+      </c>
       <c r="J295" t="s">
-        <v>1484</v>
+        <v>539</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296" t="s">
-        <v>1485</v>
+        <v>1490</v>
       </c>
       <c r="B296" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="C296" t="s">
-        <v>1123</v>
+        <v>761</v>
       </c>
       <c r="D296" t="s">
-        <v>1486</v>
-[...2 lines deleted...]
-      <c r="F296"/>
+        <v>1299</v>
+      </c>
+      <c r="E296" t="s">
+        <v>347</v>
+      </c>
+      <c r="F296" t="s">
+        <v>25</v>
+      </c>
       <c r="G296" t="s">
-        <v>1487</v>
-[...1 lines deleted...]
-      <c r="H296"/>
+        <v>1491</v>
+      </c>
+      <c r="H296" t="s">
+        <v>1492</v>
+      </c>
       <c r="I296"/>
       <c r="J296" t="s">
-        <v>240</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297" t="s">
-        <v>1488</v>
+        <v>1494</v>
       </c>
       <c r="B297" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="C297" t="s">
-        <v>328</v>
+        <v>1131</v>
       </c>
       <c r="D297" t="s">
-        <v>1489</v>
-[...6 lines deleted...]
-      </c>
+        <v>1495</v>
+      </c>
+      <c r="E297"/>
+      <c r="F297"/>
       <c r="G297" t="s">
-        <v>1490</v>
+        <v>1496</v>
       </c>
       <c r="H297"/>
       <c r="I297"/>
       <c r="J297" t="s">
-        <v>1491</v>
+        <v>240</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298" t="s">
-        <v>1492</v>
+        <v>1497</v>
       </c>
       <c r="B298" t="s">
         <v>25</v>
       </c>
       <c r="C298" t="s">
-        <v>1493</v>
+        <v>329</v>
       </c>
       <c r="D298" t="s">
-        <v>1494</v>
+        <v>1498</v>
       </c>
       <c r="E298" t="s">
-        <v>24</v>
+        <v>164</v>
       </c>
       <c r="F298" t="s">
         <v>25</v>
       </c>
       <c r="G298" t="s">
-        <v>1495</v>
+        <v>1499</v>
       </c>
       <c r="H298"/>
-      <c r="I298" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I298"/>
       <c r="J298" t="s">
-        <v>1497</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" t="s">
-        <v>1498</v>
+        <v>1501</v>
       </c>
       <c r="B299" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="C299" t="s">
-        <v>1499</v>
+        <v>1502</v>
       </c>
       <c r="D299" t="s">
-        <v>1500</v>
-[...2 lines deleted...]
-      <c r="F299"/>
+        <v>1503</v>
+      </c>
+      <c r="E299" t="s">
+        <v>24</v>
+      </c>
+      <c r="F299" t="s">
+        <v>25</v>
+      </c>
       <c r="G299" t="s">
-        <v>1501</v>
+        <v>1504</v>
       </c>
       <c r="H299"/>
-      <c r="I299"/>
+      <c r="I299" t="s">
+        <v>1505</v>
+      </c>
       <c r="J299" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="300" spans="1:10">
       <c r="A300" t="s">
-        <v>1503</v>
+        <v>1507</v>
       </c>
       <c r="B300" t="s">
-        <v>115</v>
+        <v>37</v>
       </c>
       <c r="C300" t="s">
-        <v>1504</v>
+        <v>1508</v>
       </c>
       <c r="D300" t="s">
-        <v>1505</v>
+        <v>1509</v>
       </c>
       <c r="E300"/>
       <c r="F300"/>
       <c r="G300" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="H300"/>
       <c r="I300"/>
       <c r="J300" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="301" spans="1:10">
       <c r="A301" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
       <c r="B301" t="s">
-        <v>25</v>
+        <v>115</v>
       </c>
       <c r="C301" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
       <c r="D301" t="s">
-        <v>1510</v>
-[...6 lines deleted...]
-      </c>
+        <v>1514</v>
+      </c>
+      <c r="E301"/>
+      <c r="F301"/>
       <c r="G301" t="s">
-        <v>1511</v>
+        <v>1515</v>
       </c>
       <c r="H301"/>
-      <c r="I301" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I301"/>
       <c r="J301" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="302" spans="1:10">
       <c r="A302" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="B302" t="s">
         <v>25</v>
       </c>
       <c r="C302" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="D302" t="s">
-        <v>629</v>
+        <v>1519</v>
       </c>
       <c r="E302" t="s">
         <v>24</v>
       </c>
-      <c r="F302"/>
+      <c r="F302" t="s">
+        <v>25</v>
+      </c>
       <c r="G302" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="H302"/>
       <c r="I302" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
       <c r="J302" t="s">
-        <v>1518</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="B303" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="C303" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="D303" t="s">
-        <v>356</v>
+        <v>635</v>
       </c>
       <c r="E303" t="s">
-        <v>1521</v>
+        <v>24</v>
       </c>
       <c r="F303"/>
       <c r="G303" t="s">
-        <v>1522</v>
-[...4 lines deleted...]
-      <c r="I303"/>
+        <v>1525</v>
+      </c>
+      <c r="H303"/>
+      <c r="I303" t="s">
+        <v>1526</v>
+      </c>
       <c r="J303" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
       <c r="B304" t="s">
-        <v>68</v>
+        <v>139</v>
       </c>
       <c r="C304" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
       <c r="D304" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="E304"/>
+        <v>357</v>
+      </c>
+      <c r="E304" t="s">
+        <v>1530</v>
+      </c>
       <c r="F304"/>
       <c r="G304" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
       <c r="H304" t="s">
-        <v>927</v>
+        <v>1532</v>
       </c>
       <c r="I304"/>
       <c r="J304" t="s">
-        <v>1528</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" t="s">
-        <v>1529</v>
+        <v>1534</v>
       </c>
       <c r="B305" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="C305" t="s">
-        <v>1530</v>
+        <v>1535</v>
       </c>
       <c r="D305" t="s">
-        <v>222</v>
-[...8 lines deleted...]
-      <c r="H305"/>
+        <v>32</v>
+      </c>
+      <c r="E305"/>
+      <c r="F305"/>
+      <c r="G305" t="s">
+        <v>1536</v>
+      </c>
+      <c r="H305" t="s">
+        <v>934</v>
+      </c>
       <c r="I305"/>
       <c r="J305" t="s">
-        <v>1531</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306" t="s">
-        <v>1532</v>
+        <v>1538</v>
       </c>
       <c r="B306" t="s">
-        <v>150</v>
+        <v>25</v>
       </c>
       <c r="C306" t="s">
-        <v>1533</v>
+        <v>1539</v>
       </c>
       <c r="D306" t="s">
-        <v>1534</v>
+        <v>222</v>
       </c>
       <c r="E306" t="s">
         <v>24</v>
       </c>
-      <c r="F306"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F306" t="s">
+        <v>25</v>
+      </c>
+      <c r="G306"/>
       <c r="H306"/>
-      <c r="I306" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I306"/>
       <c r="J306" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
       <c r="B307" t="s">
-        <v>214</v>
+        <v>150</v>
       </c>
       <c r="C307" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
       <c r="D307" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="E307" t="s">
-        <v>1541</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F307"/>
       <c r="G307" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="H307"/>
-      <c r="I307"/>
+      <c r="I307" t="s">
+        <v>1545</v>
+      </c>
       <c r="J307" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
       <c r="B308" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="C308" t="s">
-        <v>1545</v>
-[...4 lines deleted...]
-      <c r="G308"/>
+        <v>1548</v>
+      </c>
+      <c r="D308" t="s">
+        <v>1549</v>
+      </c>
+      <c r="E308" t="s">
+        <v>1550</v>
+      </c>
+      <c r="F308" t="s">
+        <v>214</v>
+      </c>
+      <c r="G308" t="s">
+        <v>1551</v>
+      </c>
       <c r="H308"/>
       <c r="I308"/>
       <c r="J308" t="s">
-        <v>703</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309" t="s">
-        <v>1546</v>
+        <v>1553</v>
       </c>
       <c r="B309" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C309" t="s">
-        <v>1547</v>
+        <v>1554</v>
       </c>
       <c r="D309"/>
       <c r="E309"/>
       <c r="F309"/>
       <c r="G309"/>
       <c r="H309"/>
       <c r="I309"/>
       <c r="J309" t="s">
-        <v>1548</v>
+        <v>709</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="B310" t="s">
-        <v>214</v>
+        <v>43</v>
       </c>
       <c r="C310" t="s">
-        <v>1278</v>
-[...18 lines deleted...]
-      </c>
+        <v>1556</v>
+      </c>
+      <c r="D310"/>
+      <c r="E310"/>
+      <c r="F310"/>
+      <c r="G310"/>
+      <c r="H310"/>
+      <c r="I310"/>
       <c r="J310" t="s">
-        <v>1552</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311" t="s">
-        <v>1553</v>
+        <v>1558</v>
       </c>
       <c r="B311" t="s">
-        <v>43</v>
+        <v>214</v>
       </c>
       <c r="C311" t="s">
-        <v>1554</v>
+        <v>1287</v>
       </c>
       <c r="D311" t="s">
-        <v>1555</v>
-[...2 lines deleted...]
-      <c r="F311"/>
+        <v>341</v>
+      </c>
+      <c r="E311" t="s">
+        <v>279</v>
+      </c>
+      <c r="F311" t="s">
+        <v>25</v>
+      </c>
       <c r="G311" t="s">
-        <v>1556</v>
-[...2 lines deleted...]
-      <c r="I311"/>
+        <v>1559</v>
+      </c>
+      <c r="H311" t="s">
+        <v>590</v>
+      </c>
+      <c r="I311" t="s">
+        <v>1560</v>
+      </c>
       <c r="J311" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
       <c r="B312" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="C312" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
       <c r="D312" t="s">
-        <v>1560</v>
+        <v>1564</v>
       </c>
       <c r="E312"/>
       <c r="F312"/>
       <c r="G312" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="H312"/>
-      <c r="I312" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I312"/>
       <c r="J312" t="s">
-        <v>1562</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="B313" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C313" t="s">
-        <v>44</v>
+        <v>1568</v>
       </c>
       <c r="D313" t="s">
-        <v>1564</v>
-[...3 lines deleted...]
-      </c>
+        <v>1569</v>
+      </c>
+      <c r="E313"/>
       <c r="F313"/>
       <c r="G313" t="s">
-        <v>1565</v>
+        <v>1570</v>
       </c>
       <c r="H313"/>
-      <c r="I313"/>
+      <c r="I313" t="s">
+        <v>136</v>
+      </c>
       <c r="J313" t="s">
-        <v>1566</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" t="s">
-        <v>1567</v>
+        <v>1572</v>
       </c>
       <c r="B314" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="C314" t="s">
-        <v>1568</v>
+        <v>44</v>
       </c>
       <c r="D314" t="s">
-        <v>1211</v>
-[...1 lines deleted...]
-      <c r="E314"/>
+        <v>1573</v>
+      </c>
+      <c r="E314" t="s">
+        <v>24</v>
+      </c>
       <c r="F314"/>
       <c r="G314" t="s">
-        <v>1569</v>
+        <v>1574</v>
       </c>
       <c r="H314"/>
       <c r="I314"/>
       <c r="J314" t="s">
-        <v>1214</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" t="s">
-        <v>1570</v>
+        <v>1576</v>
       </c>
       <c r="B315" t="s">
-        <v>1571</v>
+        <v>139</v>
       </c>
       <c r="C315" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
       <c r="D315" t="s">
-        <v>1472</v>
-[...6 lines deleted...]
-      </c>
+        <v>1219</v>
+      </c>
+      <c r="E315"/>
+      <c r="F315"/>
       <c r="G315" t="s">
-        <v>1573</v>
-[...6 lines deleted...]
-      </c>
+        <v>1578</v>
+      </c>
+      <c r="H315"/>
+      <c r="I315"/>
       <c r="J315" t="s">
-        <v>1574</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="B316" t="s">
-        <v>25</v>
+        <v>1580</v>
       </c>
       <c r="C316" t="s">
-        <v>1576</v>
+        <v>1581</v>
       </c>
       <c r="D316" t="s">
-        <v>1577</v>
+        <v>1481</v>
       </c>
       <c r="E316" t="s">
         <v>24</v>
       </c>
       <c r="F316" t="s">
         <v>25</v>
       </c>
       <c r="G316" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="H316" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="I316" t="s">
-        <v>1579</v>
+        <v>1075</v>
       </c>
       <c r="J316" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="B317" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C317" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="D317" t="s">
-        <v>216</v>
+        <v>1586</v>
       </c>
       <c r="E317" t="s">
         <v>24</v>
       </c>
       <c r="F317" t="s">
         <v>25</v>
       </c>
       <c r="G317" t="s">
-        <v>1583</v>
+        <v>1587</v>
       </c>
       <c r="H317" t="s">
-        <v>1584</v>
-[...1 lines deleted...]
-      <c r="I317"/>
+        <v>590</v>
+      </c>
+      <c r="I317" t="s">
+        <v>1588</v>
+      </c>
       <c r="J317" t="s">
-        <v>1585</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318" t="s">
-        <v>1586</v>
+        <v>1590</v>
       </c>
       <c r="B318" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="C318" t="s">
-        <v>1587</v>
+        <v>1591</v>
       </c>
       <c r="D318" t="s">
-        <v>1588</v>
-[...2 lines deleted...]
-      <c r="F318"/>
+        <v>216</v>
+      </c>
+      <c r="E318" t="s">
+        <v>24</v>
+      </c>
+      <c r="F318" t="s">
+        <v>25</v>
+      </c>
       <c r="G318" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
       <c r="H318" t="s">
-        <v>584</v>
+        <v>1593</v>
       </c>
       <c r="I318"/>
       <c r="J318" t="s">
-        <v>1590</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319" t="s">
-        <v>1591</v>
+        <v>1595</v>
       </c>
       <c r="B319" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C319" t="s">
-        <v>1592</v>
+        <v>1596</v>
       </c>
       <c r="D319" t="s">
-        <v>582</v>
-[...6 lines deleted...]
-      </c>
+        <v>1597</v>
+      </c>
+      <c r="E319"/>
+      <c r="F319"/>
       <c r="G319" t="s">
-        <v>1593</v>
+        <v>1598</v>
       </c>
       <c r="H319" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="I319"/>
       <c r="J319" t="s">
-        <v>1594</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320" t="s">
-        <v>1595</v>
+        <v>1600</v>
       </c>
       <c r="B320" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="C320" t="s">
-        <v>609</v>
+        <v>1601</v>
       </c>
       <c r="D320" t="s">
-        <v>1596</v>
-[...4 lines deleted...]
-      <c r="H320"/>
+        <v>588</v>
+      </c>
+      <c r="E320" t="s">
+        <v>347</v>
+      </c>
+      <c r="F320" t="s">
+        <v>25</v>
+      </c>
+      <c r="G320" t="s">
+        <v>1602</v>
+      </c>
+      <c r="H320" t="s">
+        <v>590</v>
+      </c>
       <c r="I320"/>
       <c r="J320" t="s">
-        <v>1597</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321" t="s">
-        <v>1598</v>
+        <v>1604</v>
       </c>
       <c r="B321" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C321" t="s">
-        <v>1599</v>
+        <v>615</v>
       </c>
       <c r="D321" t="s">
-        <v>982</v>
-[...12 lines deleted...]
-      </c>
+        <v>1605</v>
+      </c>
+      <c r="E321"/>
+      <c r="F321"/>
+      <c r="G321"/>
+      <c r="H321"/>
       <c r="I321"/>
       <c r="J321" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="A322" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
       <c r="B322" t="s">
         <v>25</v>
       </c>
       <c r="C322" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="D322" t="s">
-        <v>1606</v>
+        <v>990</v>
       </c>
       <c r="E322" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F322"/>
+        <v>1609</v>
+      </c>
+      <c r="F322" t="s">
+        <v>25</v>
+      </c>
       <c r="G322" t="s">
-        <v>1607</v>
-[...4 lines deleted...]
-      </c>
+        <v>1610</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1611</v>
+      </c>
+      <c r="I322"/>
       <c r="J322" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323" t="s">
-        <v>1610</v>
+        <v>1613</v>
       </c>
       <c r="B323" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="C323" t="s">
-        <v>1611</v>
-[...2 lines deleted...]
-      <c r="E323"/>
+        <v>1614</v>
+      </c>
+      <c r="D323" t="s">
+        <v>1615</v>
+      </c>
+      <c r="E323" t="s">
+        <v>24</v>
+      </c>
       <c r="F323"/>
-      <c r="G323"/>
+      <c r="G323" t="s">
+        <v>1616</v>
+      </c>
       <c r="H323"/>
-      <c r="I323"/>
+      <c r="I323" t="s">
+        <v>1617</v>
+      </c>
       <c r="J323" t="s">
-        <v>1612</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324" t="s">
-        <v>1613</v>
+        <v>1619</v>
       </c>
       <c r="B324" t="s">
-        <v>60</v>
+        <v>139</v>
       </c>
       <c r="C324" t="s">
-        <v>1614</v>
-[...15 lines deleted...]
-      </c>
+        <v>1620</v>
+      </c>
+      <c r="D324"/>
+      <c r="E324"/>
+      <c r="F324"/>
+      <c r="G324"/>
+      <c r="H324"/>
       <c r="I324"/>
       <c r="J324" t="s">
-        <v>1617</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="325" spans="1:10">
       <c r="A325" t="s">
-        <v>1618</v>
+        <v>1622</v>
       </c>
       <c r="B325" t="s">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="C325" t="s">
-        <v>1619</v>
+        <v>1623</v>
       </c>
       <c r="D325" t="s">
-        <v>368</v>
+        <v>917</v>
       </c>
       <c r="E325" t="s">
         <v>24</v>
       </c>
       <c r="F325" t="s">
         <v>25</v>
       </c>
       <c r="G325" t="s">
-        <v>1620</v>
-[...1 lines deleted...]
-      <c r="H325"/>
+        <v>1624</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1625</v>
+      </c>
       <c r="I325"/>
       <c r="J325" t="s">
-        <v>1621</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="326" spans="1:10">
       <c r="A326" t="s">
-        <v>1622</v>
+        <v>1627</v>
       </c>
       <c r="B326" t="s">
-        <v>668</v>
+        <v>25</v>
       </c>
       <c r="C326" t="s">
-        <v>1623</v>
+        <v>1628</v>
       </c>
       <c r="D326" t="s">
-        <v>1624</v>
+        <v>369</v>
       </c>
       <c r="E326" t="s">
         <v>24</v>
       </c>
       <c r="F326" t="s">
         <v>25</v>
       </c>
       <c r="G326" t="s">
-        <v>1625</v>
+        <v>1629</v>
       </c>
       <c r="H326"/>
       <c r="I326"/>
       <c r="J326" t="s">
-        <v>1626</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327" t="s">
-        <v>1627</v>
+        <v>1631</v>
       </c>
       <c r="B327" t="s">
-        <v>198</v>
+        <v>674</v>
       </c>
       <c r="C327" t="s">
-        <v>1628</v>
+        <v>1632</v>
       </c>
       <c r="D327" t="s">
-        <v>629</v>
+        <v>1633</v>
       </c>
       <c r="E327" t="s">
         <v>24</v>
       </c>
-      <c r="F327"/>
+      <c r="F327" t="s">
+        <v>25</v>
+      </c>
       <c r="G327" t="s">
-        <v>1629</v>
-[...3 lines deleted...]
-      </c>
+        <v>1634</v>
+      </c>
+      <c r="H327"/>
       <c r="I327"/>
       <c r="J327" t="s">
-        <v>1630</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328" t="s">
-        <v>1631</v>
+        <v>1636</v>
       </c>
       <c r="B328" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="C328" t="s">
-        <v>1632</v>
+        <v>1637</v>
       </c>
       <c r="D328" t="s">
-        <v>1633</v>
-[...1 lines deleted...]
-      <c r="E328"/>
+        <v>635</v>
+      </c>
+      <c r="E328" t="s">
+        <v>24</v>
+      </c>
       <c r="F328"/>
       <c r="G328" t="s">
-        <v>1634</v>
-[...1 lines deleted...]
-      <c r="H328"/>
+        <v>1638</v>
+      </c>
+      <c r="H328" t="s">
+        <v>195</v>
+      </c>
       <c r="I328"/>
       <c r="J328" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="A329" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="B329" t="s">
-        <v>150</v>
+        <v>191</v>
       </c>
       <c r="C329" t="s">
-        <v>1637</v>
+        <v>1641</v>
       </c>
       <c r="D329" t="s">
-        <v>1638</v>
+        <v>1642</v>
       </c>
       <c r="E329"/>
       <c r="F329"/>
       <c r="G329" t="s">
-        <v>1639</v>
+        <v>1643</v>
       </c>
       <c r="H329"/>
       <c r="I329"/>
       <c r="J329" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="B330" t="s">
-        <v>25</v>
+        <v>150</v>
       </c>
       <c r="C330" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="D330" t="s">
-        <v>324</v>
-[...6 lines deleted...]
-      </c>
+        <v>1647</v>
+      </c>
+      <c r="E330"/>
+      <c r="F330"/>
       <c r="G330" t="s">
-        <v>1643</v>
+        <v>1648</v>
       </c>
       <c r="H330"/>
       <c r="I330"/>
       <c r="J330" t="s">
-        <v>1644</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331" t="s">
-        <v>1645</v>
+        <v>1650</v>
       </c>
       <c r="B331" t="s">
         <v>25</v>
       </c>
       <c r="C331" t="s">
-        <v>1646</v>
+        <v>1651</v>
       </c>
       <c r="D331" t="s">
-        <v>989</v>
+        <v>325</v>
       </c>
       <c r="E331" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F331"/>
+        <v>303</v>
+      </c>
+      <c r="F331" t="s">
+        <v>25</v>
+      </c>
       <c r="G331" t="s">
-        <v>1647</v>
-[...6 lines deleted...]
-      </c>
+        <v>1652</v>
+      </c>
+      <c r="H331"/>
+      <c r="I331"/>
       <c r="J331" t="s">
-        <v>1648</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332" t="s">
-        <v>1649</v>
+        <v>1654</v>
       </c>
       <c r="B332" t="s">
         <v>25</v>
       </c>
       <c r="C332" t="s">
-        <v>1650</v>
+        <v>1655</v>
       </c>
       <c r="D332" t="s">
-        <v>982</v>
+        <v>997</v>
       </c>
       <c r="E332" t="s">
-        <v>983</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F332"/>
       <c r="G332" t="s">
-        <v>1651</v>
+        <v>1656</v>
       </c>
       <c r="H332" t="s">
-        <v>1652</v>
-[...1 lines deleted...]
-      <c r="I332"/>
+        <v>764</v>
+      </c>
+      <c r="I332" t="s">
+        <v>40</v>
+      </c>
       <c r="J332" t="s">
-        <v>501</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333" t="s">
-        <v>1653</v>
+        <v>1658</v>
       </c>
       <c r="B333" t="s">
         <v>25</v>
       </c>
       <c r="C333" t="s">
-        <v>1654</v>
+        <v>1659</v>
       </c>
       <c r="D333" t="s">
-        <v>1655</v>
+        <v>990</v>
       </c>
       <c r="E333" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F333"/>
+        <v>991</v>
+      </c>
+      <c r="F333" t="s">
+        <v>25</v>
+      </c>
       <c r="G333" t="s">
-        <v>1656</v>
-[...4 lines deleted...]
-      </c>
+        <v>1660</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1661</v>
+      </c>
+      <c r="I333"/>
       <c r="J333" t="s">
-        <v>1658</v>
+        <v>502</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334" t="s">
-        <v>1659</v>
+        <v>1662</v>
       </c>
       <c r="B334" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C334" t="s">
-        <v>1660</v>
+        <v>1663</v>
       </c>
       <c r="D334" t="s">
-        <v>1661</v>
+        <v>1664</v>
       </c>
       <c r="E334" t="s">
-        <v>176</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F334"/>
       <c r="G334" t="s">
-        <v>1662</v>
-[...4 lines deleted...]
-      <c r="I334"/>
+        <v>1665</v>
+      </c>
+      <c r="H334"/>
+      <c r="I334" t="s">
+        <v>1666</v>
+      </c>
       <c r="J334" t="s">
-        <v>1664</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335" t="s">
-        <v>1665</v>
+        <v>1668</v>
       </c>
       <c r="B335" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C335" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
       <c r="D335" t="s">
-        <v>122</v>
+        <v>1670</v>
       </c>
       <c r="E335" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F335"/>
+        <v>176</v>
+      </c>
+      <c r="F335" t="s">
+        <v>25</v>
+      </c>
       <c r="G335" t="s">
-        <v>1667</v>
-[...1 lines deleted...]
-      <c r="H335"/>
+        <v>1671</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1672</v>
+      </c>
       <c r="I335"/>
       <c r="J335" t="s">
-        <v>1668</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" t="s">
-        <v>1669</v>
+        <v>1674</v>
       </c>
       <c r="B336" t="s">
-        <v>198</v>
+        <v>25</v>
       </c>
       <c r="C336" t="s">
-        <v>1670</v>
+        <v>1675</v>
       </c>
       <c r="D336" t="s">
-        <v>1671</v>
+        <v>122</v>
       </c>
       <c r="E336" t="s">
         <v>24</v>
       </c>
       <c r="F336"/>
       <c r="G336" t="s">
-        <v>1672</v>
-[...3 lines deleted...]
-      </c>
+        <v>1676</v>
+      </c>
+      <c r="H336"/>
       <c r="I336"/>
       <c r="J336" t="s">
-        <v>1674</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" t="s">
-        <v>1675</v>
+        <v>1678</v>
       </c>
       <c r="B337" t="s">
-        <v>25</v>
+        <v>198</v>
       </c>
       <c r="C337" t="s">
-        <v>1676</v>
+        <v>1679</v>
       </c>
       <c r="D337" t="s">
-        <v>1677</v>
+        <v>1680</v>
       </c>
       <c r="E337" t="s">
-        <v>983</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F337"/>
       <c r="G337" t="s">
-        <v>1678</v>
+        <v>1681</v>
       </c>
       <c r="H337" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
       <c r="I337"/>
       <c r="J337" t="s">
-        <v>1680</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" t="s">
-        <v>1681</v>
+        <v>1684</v>
       </c>
       <c r="B338" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="C338" t="s">
-        <v>1682</v>
+        <v>1685</v>
       </c>
       <c r="D338" t="s">
-        <v>1683</v>
-[...7 lines deleted...]
-      </c>
+        <v>1686</v>
+      </c>
+      <c r="E338" t="s">
+        <v>991</v>
+      </c>
+      <c r="F338" t="s">
+        <v>25</v>
+      </c>
+      <c r="G338" t="s">
+        <v>1687</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1688</v>
+      </c>
+      <c r="I338"/>
       <c r="J338" t="s">
-        <v>1684</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" t="s">
-        <v>1685</v>
+        <v>1690</v>
       </c>
       <c r="B339" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="C339" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="D339" t="s">
-        <v>1687</v>
+        <v>1692</v>
       </c>
       <c r="E339"/>
       <c r="F339"/>
-      <c r="G339" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G339"/>
+      <c r="H339"/>
       <c r="I339" t="s">
-        <v>1690</v>
+        <v>1284</v>
       </c>
       <c r="J339" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="B340" t="s">
-        <v>214</v>
+        <v>43</v>
       </c>
       <c r="C340" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="D340" t="s">
-        <v>1694</v>
-[...6 lines deleted...]
-      </c>
+        <v>1696</v>
+      </c>
+      <c r="E340"/>
+      <c r="F340"/>
       <c r="G340" t="s">
-        <v>1695</v>
-[...2 lines deleted...]
-      <c r="I340"/>
+        <v>1697</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1698</v>
+      </c>
+      <c r="I340" t="s">
+        <v>1699</v>
+      </c>
       <c r="J340" t="s">
-        <v>1395</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" t="s">
-        <v>1696</v>
+        <v>1701</v>
       </c>
       <c r="B341" t="s">
-        <v>43</v>
+        <v>214</v>
       </c>
       <c r="C341" t="s">
-        <v>1697</v>
+        <v>1702</v>
       </c>
       <c r="D341" t="s">
-        <v>1698</v>
-[...2 lines deleted...]
-      <c r="F341"/>
+        <v>1703</v>
+      </c>
+      <c r="E341" t="s">
+        <v>279</v>
+      </c>
+      <c r="F341" t="s">
+        <v>214</v>
+      </c>
       <c r="G341" t="s">
-        <v>1699</v>
+        <v>1704</v>
       </c>
       <c r="H341"/>
-      <c r="I341" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I341"/>
       <c r="J341" t="s">
-        <v>1700</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" t="s">
-        <v>1701</v>
+        <v>1705</v>
       </c>
       <c r="B342" t="s">
-        <v>1104</v>
+        <v>43</v>
       </c>
       <c r="C342" t="s">
-        <v>1702</v>
+        <v>1706</v>
       </c>
       <c r="D342" t="s">
-        <v>420</v>
+        <v>1707</v>
       </c>
       <c r="E342"/>
       <c r="F342"/>
       <c r="G342" t="s">
-        <v>1703</v>
-[...4 lines deleted...]
-      <c r="I342"/>
+        <v>1708</v>
+      </c>
+      <c r="H342"/>
+      <c r="I342" t="s">
+        <v>84</v>
+      </c>
       <c r="J342" t="s">
-        <v>1705</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" t="s">
-        <v>1706</v>
+        <v>1710</v>
       </c>
       <c r="B343" t="s">
-        <v>25</v>
+        <v>1112</v>
       </c>
       <c r="C343" t="s">
-        <v>1707</v>
+        <v>1711</v>
       </c>
       <c r="D343" t="s">
-        <v>1708</v>
-[...6 lines deleted...]
-      </c>
+        <v>421</v>
+      </c>
+      <c r="E343"/>
+      <c r="F343"/>
       <c r="G343" t="s">
-        <v>1709</v>
-[...1 lines deleted...]
-      <c r="H343"/>
+        <v>1712</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1713</v>
+      </c>
       <c r="I343"/>
       <c r="J343" t="s">
-        <v>1710</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344" t="s">
-        <v>1711</v>
+        <v>1715</v>
       </c>
       <c r="B344" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C344" t="s">
-        <v>1712</v>
+        <v>1716</v>
       </c>
       <c r="D344" t="s">
-        <v>1713</v>
-[...2 lines deleted...]
-      <c r="F344"/>
+        <v>1717</v>
+      </c>
+      <c r="E344" t="s">
+        <v>24</v>
+      </c>
+      <c r="F344" t="s">
+        <v>25</v>
+      </c>
       <c r="G344" t="s">
-        <v>1714</v>
-[...3 lines deleted...]
-      </c>
+        <v>1718</v>
+      </c>
+      <c r="H344"/>
       <c r="I344"/>
       <c r="J344" t="s">
-        <v>898</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" t="s">
-        <v>1716</v>
+        <v>1720</v>
       </c>
       <c r="B345" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C345" t="s">
-        <v>1717</v>
+        <v>1721</v>
       </c>
       <c r="D345" t="s">
-        <v>1718</v>
-[...3 lines deleted...]
-      </c>
+        <v>1722</v>
+      </c>
+      <c r="E345"/>
       <c r="F345"/>
       <c r="G345" t="s">
-        <v>1719</v>
+        <v>1723</v>
       </c>
       <c r="H345" t="s">
-        <v>1720</v>
+        <v>1724</v>
       </c>
       <c r="I345"/>
       <c r="J345" t="s">
-        <v>1721</v>
+        <v>905</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" t="s">
-        <v>1722</v>
+        <v>1725</v>
       </c>
       <c r="B346" t="s">
-        <v>1723</v>
+        <v>25</v>
       </c>
       <c r="C346" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="D346" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="E346" t="s">
-        <v>1058</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F346"/>
       <c r="G346" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="H346" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="I346"/>
       <c r="J346" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="B347" t="s">
-        <v>214</v>
+        <v>1732</v>
       </c>
       <c r="C347" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="D347" t="s">
-        <v>1731</v>
+        <v>1734</v>
       </c>
       <c r="E347" t="s">
-        <v>484</v>
+        <v>1066</v>
       </c>
       <c r="F347" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="G347" t="s">
-        <v>1732</v>
-[...1 lines deleted...]
-      <c r="H347"/>
+        <v>1735</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1736</v>
+      </c>
       <c r="I347"/>
       <c r="J347" t="s">
-        <v>1733</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348" t="s">
-        <v>1734</v>
+        <v>1738</v>
       </c>
       <c r="B348" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="C348" t="s">
-        <v>1735</v>
+        <v>1739</v>
       </c>
       <c r="D348" t="s">
-        <v>920</v>
+        <v>1740</v>
       </c>
       <c r="E348" t="s">
-        <v>1736</v>
+        <v>485</v>
       </c>
       <c r="F348" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="G348" t="s">
-        <v>1737</v>
+        <v>1741</v>
       </c>
       <c r="H348"/>
-      <c r="I348" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I348"/>
       <c r="J348" t="s">
-        <v>1739</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" t="s">
-        <v>1740</v>
+        <v>1743</v>
       </c>
       <c r="B349" t="s">
         <v>25</v>
       </c>
       <c r="C349" t="s">
-        <v>1741</v>
+        <v>1744</v>
       </c>
       <c r="D349" t="s">
-        <v>70</v>
+        <v>927</v>
       </c>
       <c r="E349" t="s">
-        <v>24</v>
+        <v>1745</v>
       </c>
       <c r="F349" t="s">
         <v>25</v>
       </c>
       <c r="G349" t="s">
-        <v>1742</v>
-[...4 lines deleted...]
-      <c r="I349"/>
+        <v>1746</v>
+      </c>
+      <c r="H349"/>
+      <c r="I349" t="s">
+        <v>1747</v>
+      </c>
       <c r="J349" t="s">
-        <v>1744</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" t="s">
-        <v>1745</v>
+        <v>1749</v>
       </c>
       <c r="B350" t="s">
-        <v>1104</v>
+        <v>25</v>
       </c>
       <c r="C350" t="s">
-        <v>1504</v>
+        <v>1750</v>
       </c>
       <c r="D350" t="s">
-        <v>1746</v>
-[...2 lines deleted...]
-      <c r="F350"/>
+        <v>70</v>
+      </c>
+      <c r="E350" t="s">
+        <v>24</v>
+      </c>
+      <c r="F350" t="s">
+        <v>25</v>
+      </c>
       <c r="G350" t="s">
-        <v>1747</v>
-[...1 lines deleted...]
-      <c r="H350"/>
+        <v>1751</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1752</v>
+      </c>
       <c r="I350"/>
       <c r="J350" t="s">
-        <v>1748</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351" t="s">
-        <v>1749</v>
+        <v>1754</v>
       </c>
       <c r="B351" t="s">
-        <v>68</v>
+        <v>1112</v>
       </c>
       <c r="C351" t="s">
-        <v>1750</v>
+        <v>1513</v>
       </c>
       <c r="D351" t="s">
-        <v>1751</v>
+        <v>1755</v>
       </c>
       <c r="E351"/>
       <c r="F351"/>
       <c r="G351" t="s">
-        <v>1752</v>
+        <v>1756</v>
       </c>
       <c r="H351"/>
       <c r="I351"/>
       <c r="J351" t="s">
-        <v>1753</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352" t="s">
-        <v>1754</v>
+        <v>1758</v>
       </c>
       <c r="B352" t="s">
-        <v>139</v>
+        <v>68</v>
       </c>
       <c r="C352" t="s">
-        <v>1755</v>
+        <v>1759</v>
       </c>
       <c r="D352" t="s">
-        <v>1756</v>
+        <v>1760</v>
       </c>
       <c r="E352"/>
       <c r="F352"/>
-      <c r="G352"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G352" t="s">
+        <v>1761</v>
+      </c>
+      <c r="H352"/>
       <c r="I352"/>
       <c r="J352" t="s">
-        <v>1035</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353" t="s">
-        <v>1758</v>
+        <v>1763</v>
       </c>
       <c r="B353" t="s">
-        <v>21</v>
+        <v>139</v>
       </c>
       <c r="C353" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="D353" t="s">
-        <v>1661</v>
-[...13 lines deleted...]
-      </c>
+        <v>1765</v>
+      </c>
+      <c r="E353"/>
+      <c r="F353"/>
+      <c r="G353"/>
+      <c r="H353" t="s">
+        <v>1766</v>
+      </c>
+      <c r="I353"/>
       <c r="J353" t="s">
-        <v>1762</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" t="s">
-        <v>1763</v>
+        <v>1767</v>
       </c>
       <c r="B354" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C354" t="s">
-        <v>1764</v>
+        <v>1768</v>
       </c>
       <c r="D354" t="s">
-        <v>23</v>
+        <v>1670</v>
       </c>
       <c r="E354" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F354"/>
+        <v>217</v>
+      </c>
+      <c r="F354" t="s">
+        <v>214</v>
+      </c>
       <c r="G354" t="s">
-        <v>1765</v>
+        <v>1769</v>
       </c>
       <c r="H354"/>
       <c r="I354" t="s">
-        <v>1766</v>
+        <v>1770</v>
       </c>
       <c r="J354" t="s">
-        <v>1767</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" t="s">
-        <v>1768</v>
+        <v>1772</v>
       </c>
       <c r="B355" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C355" t="s">
-        <v>1769</v>
+        <v>1773</v>
       </c>
       <c r="D355" t="s">
-        <v>1770</v>
+        <v>23</v>
       </c>
       <c r="E355" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F355"/>
       <c r="G355" t="s">
-        <v>1771</v>
+        <v>1774</v>
       </c>
       <c r="H355"/>
       <c r="I355" t="s">
-        <v>1772</v>
+        <v>1206</v>
       </c>
       <c r="J355" t="s">
-        <v>85</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356" t="s">
-        <v>1773</v>
+        <v>1776</v>
       </c>
       <c r="B356" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="C356" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="D356" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="E356" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F356"/>
+        <v>217</v>
+      </c>
+      <c r="F356" t="s">
+        <v>25</v>
+      </c>
       <c r="G356" t="s">
-        <v>1776</v>
+        <v>1779</v>
       </c>
       <c r="H356"/>
       <c r="I356" t="s">
-        <v>1777</v>
+        <v>1780</v>
       </c>
       <c r="J356" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357" t="s">
-        <v>1778</v>
+        <v>1781</v>
       </c>
       <c r="B357" t="s">
         <v>25</v>
       </c>
       <c r="C357" t="s">
-        <v>1779</v>
+        <v>1782</v>
       </c>
       <c r="D357" t="s">
-        <v>56</v>
+        <v>1783</v>
       </c>
       <c r="E357" t="s">
         <v>24</v>
       </c>
-      <c r="F357" t="s">
-[...2 lines deleted...]
-      <c r="G357"/>
+      <c r="F357"/>
+      <c r="G357" t="s">
+        <v>1784</v>
+      </c>
       <c r="H357"/>
       <c r="I357" t="s">
-        <v>1780</v>
+        <v>1785</v>
       </c>
       <c r="J357" t="s">
-        <v>1781</v>
+        <v>91</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358" t="s">
-        <v>1782</v>
+        <v>1786</v>
       </c>
       <c r="B358" t="s">
         <v>25</v>
       </c>
       <c r="C358" t="s">
-        <v>1005</v>
+        <v>1787</v>
       </c>
       <c r="D358" t="s">
-        <v>618</v>
+        <v>56</v>
       </c>
       <c r="E358" t="s">
-        <v>176</v>
+        <v>24</v>
       </c>
       <c r="F358" t="s">
         <v>25</v>
       </c>
-      <c r="G358" t="s">
-[...5 lines deleted...]
-      <c r="I358"/>
+      <c r="G358"/>
+      <c r="H358"/>
+      <c r="I358" t="s">
+        <v>1788</v>
+      </c>
       <c r="J358" t="s">
-        <v>1785</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359" t="s">
-        <v>1786</v>
+        <v>1790</v>
       </c>
       <c r="B359" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="C359" t="s">
-        <v>1787</v>
-[...5 lines deleted...]
-      <c r="H359"/>
+        <v>1013</v>
+      </c>
+      <c r="D359" t="s">
+        <v>624</v>
+      </c>
+      <c r="E359" t="s">
+        <v>176</v>
+      </c>
+      <c r="F359" t="s">
+        <v>25</v>
+      </c>
+      <c r="G359" t="s">
+        <v>1791</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1792</v>
+      </c>
       <c r="I359"/>
       <c r="J359" t="s">
-        <v>1788</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
       <c r="B360" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="C360" t="s">
-        <v>1790</v>
-[...12 lines deleted...]
-      </c>
+        <v>1795</v>
+      </c>
+      <c r="D360"/>
+      <c r="E360"/>
+      <c r="F360"/>
+      <c r="G360"/>
       <c r="H360"/>
       <c r="I360"/>
       <c r="J360" t="s">
-        <v>102</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361" t="s">
-        <v>1792</v>
+        <v>1797</v>
       </c>
       <c r="B361" t="s">
         <v>25</v>
       </c>
       <c r="C361" t="s">
-        <v>1793</v>
+        <v>1798</v>
       </c>
       <c r="D361" t="s">
-        <v>1661</v>
+        <v>335</v>
       </c>
       <c r="E361" t="s">
-        <v>176</v>
+        <v>24</v>
       </c>
       <c r="F361" t="s">
         <v>25</v>
       </c>
       <c r="G361" t="s">
-        <v>1794</v>
+        <v>1799</v>
       </c>
       <c r="H361"/>
       <c r="I361"/>
       <c r="J361" t="s">
-        <v>1795</v>
+        <v>102</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" t="s">
-        <v>1796</v>
+        <v>1800</v>
       </c>
       <c r="B362" t="s">
         <v>25</v>
       </c>
       <c r="C362" t="s">
-        <v>1797</v>
+        <v>1801</v>
       </c>
       <c r="D362" t="s">
-        <v>1798</v>
+        <v>1670</v>
       </c>
       <c r="E362" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F362"/>
+        <v>176</v>
+      </c>
+      <c r="F362" t="s">
+        <v>25</v>
+      </c>
       <c r="G362" t="s">
-        <v>1799</v>
+        <v>1802</v>
       </c>
       <c r="H362"/>
       <c r="I362"/>
       <c r="J362" t="s">
-        <v>1800</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" t="s">
-        <v>1801</v>
+        <v>1804</v>
       </c>
       <c r="B363" t="s">
-        <v>805</v>
+        <v>25</v>
       </c>
       <c r="C363" t="s">
-        <v>1802</v>
+        <v>1805</v>
       </c>
       <c r="D363" t="s">
-        <v>127</v>
+        <v>1806</v>
       </c>
       <c r="E363" t="s">
         <v>24</v>
       </c>
       <c r="F363"/>
       <c r="G363" t="s">
-        <v>1803</v>
+        <v>1807</v>
       </c>
       <c r="H363"/>
       <c r="I363"/>
       <c r="J363" t="s">
-        <v>1804</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" t="s">
-        <v>1805</v>
+        <v>1809</v>
       </c>
       <c r="B364" t="s">
-        <v>150</v>
+        <v>812</v>
       </c>
       <c r="C364" t="s">
-        <v>1806</v>
+        <v>1810</v>
       </c>
       <c r="D364" t="s">
         <v>127</v>
       </c>
-      <c r="E364"/>
+      <c r="E364" t="s">
+        <v>24</v>
+      </c>
       <c r="F364"/>
       <c r="G364" t="s">
-        <v>1807</v>
+        <v>1811</v>
       </c>
       <c r="H364"/>
       <c r="I364"/>
       <c r="J364" t="s">
-        <v>1808</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" t="s">
-        <v>1809</v>
+        <v>1813</v>
       </c>
       <c r="B365" t="s">
-        <v>43</v>
+        <v>150</v>
       </c>
       <c r="C365" t="s">
-        <v>1810</v>
+        <v>1814</v>
       </c>
       <c r="D365" t="s">
-        <v>430</v>
+        <v>127</v>
       </c>
       <c r="E365"/>
       <c r="F365"/>
-      <c r="G365"/>
+      <c r="G365" t="s">
+        <v>1815</v>
+      </c>
       <c r="H365"/>
-      <c r="I365" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I365"/>
       <c r="J365" t="s">
-        <v>263</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" t="s">
-        <v>1812</v>
+        <v>1817</v>
       </c>
       <c r="B366" t="s">
-        <v>1104</v>
+        <v>43</v>
       </c>
       <c r="C366" t="s">
-        <v>1813</v>
+        <v>1818</v>
       </c>
       <c r="D366" t="s">
-        <v>1814</v>
+        <v>431</v>
       </c>
       <c r="E366"/>
       <c r="F366"/>
-      <c r="G366" t="s">
-[...5 lines deleted...]
-      <c r="I366"/>
+      <c r="G366"/>
+      <c r="H366"/>
+      <c r="I366" t="s">
+        <v>1819</v>
+      </c>
       <c r="J366" t="s">
-        <v>247</v>
+        <v>263</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" t="s">
-        <v>1817</v>
+        <v>1820</v>
       </c>
       <c r="B367" t="s">
-        <v>139</v>
+        <v>1112</v>
       </c>
       <c r="C367" t="s">
-        <v>1818</v>
+        <v>1821</v>
       </c>
       <c r="D367" t="s">
-        <v>1819</v>
+        <v>1822</v>
       </c>
       <c r="E367"/>
       <c r="F367"/>
       <c r="G367" t="s">
-        <v>1820</v>
-[...1 lines deleted...]
-      <c r="H367"/>
+        <v>1823</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1824</v>
+      </c>
       <c r="I367"/>
       <c r="J367" t="s">
-        <v>1821</v>
+        <v>247</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368" t="s">
-        <v>1822</v>
+        <v>1825</v>
       </c>
       <c r="B368" t="s">
-        <v>1823</v>
+        <v>139</v>
       </c>
       <c r="C368" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="D368" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
       <c r="E368"/>
       <c r="F368"/>
-      <c r="G368"/>
+      <c r="G368" t="s">
+        <v>1828</v>
+      </c>
       <c r="H368"/>
-      <c r="I368" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I368"/>
       <c r="J368" t="s">
-        <v>703</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369" t="s">
-        <v>1826</v>
+        <v>1830</v>
       </c>
       <c r="B369" t="s">
-        <v>25</v>
+        <v>1831</v>
       </c>
       <c r="C369" t="s">
-        <v>1827</v>
+        <v>1832</v>
       </c>
       <c r="D369" t="s">
-        <v>1828</v>
-[...6 lines deleted...]
-      </c>
+        <v>1833</v>
+      </c>
+      <c r="E369"/>
+      <c r="F369"/>
       <c r="G369"/>
       <c r="H369"/>
       <c r="I369" t="s">
-        <v>136</v>
+        <v>1834</v>
       </c>
       <c r="J369" t="s">
-        <v>1299</v>
+        <v>709</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" t="s">
-        <v>1829</v>
+        <v>1835</v>
       </c>
       <c r="B370" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C370" t="s">
-        <v>1830</v>
+        <v>1836</v>
       </c>
       <c r="D370" t="s">
-        <v>1831</v>
+        <v>1837</v>
       </c>
       <c r="E370" t="s">
-        <v>217</v>
+        <v>24</v>
       </c>
       <c r="F370" t="s">
-        <v>214</v>
-[...6 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G370"/>
+      <c r="H370"/>
       <c r="I370" t="s">
-        <v>1834</v>
+        <v>136</v>
       </c>
       <c r="J370" t="s">
-        <v>1835</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="B371" t="s">
-        <v>37</v>
+        <v>214</v>
       </c>
       <c r="C371" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="D371" t="s">
-        <v>1838</v>
-[...5 lines deleted...]
-      <c r="I371"/>
+        <v>1840</v>
+      </c>
+      <c r="E371" t="s">
+        <v>217</v>
+      </c>
+      <c r="F371" t="s">
+        <v>214</v>
+      </c>
+      <c r="G371" t="s">
+        <v>1841</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1842</v>
+      </c>
+      <c r="I371" t="s">
+        <v>1843</v>
+      </c>
       <c r="J371" t="s">
-        <v>887</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" t="s">
-        <v>1839</v>
+        <v>1845</v>
       </c>
       <c r="B372" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="C372" t="s">
-        <v>1840</v>
+        <v>1846</v>
       </c>
       <c r="D372" t="s">
-        <v>1841</v>
+        <v>1847</v>
       </c>
       <c r="E372"/>
       <c r="F372"/>
-      <c r="G372" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G372"/>
       <c r="H372"/>
-      <c r="I372" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I372"/>
       <c r="J372" t="s">
-        <v>85</v>
+        <v>894</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" t="s">
-        <v>1844</v>
+        <v>1848</v>
       </c>
       <c r="B373" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C373" t="s">
-        <v>576</v>
+        <v>1849</v>
       </c>
       <c r="D373" t="s">
-        <v>618</v>
-[...6 lines deleted...]
-      </c>
+        <v>1850</v>
+      </c>
+      <c r="E373"/>
+      <c r="F373"/>
       <c r="G373" t="s">
-        <v>1845</v>
+        <v>1851</v>
       </c>
       <c r="H373"/>
-      <c r="I373"/>
+      <c r="I373" t="s">
+        <v>1852</v>
+      </c>
       <c r="J373" t="s">
-        <v>853</v>
+        <v>85</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" t="s">
-        <v>1846</v>
+        <v>1853</v>
       </c>
       <c r="B374" t="s">
-        <v>1571</v>
+        <v>25</v>
       </c>
       <c r="C374" t="s">
-        <v>1847</v>
+        <v>582</v>
       </c>
       <c r="D374" t="s">
-        <v>1848</v>
+        <v>624</v>
       </c>
       <c r="E374" t="s">
-        <v>176</v>
+        <v>24</v>
       </c>
       <c r="F374" t="s">
         <v>25</v>
       </c>
       <c r="G374" t="s">
-        <v>1849</v>
-[...6 lines deleted...]
-      </c>
+        <v>1854</v>
+      </c>
+      <c r="H374"/>
+      <c r="I374"/>
       <c r="J374" t="s">
-        <v>1851</v>
+        <v>860</v>
       </c>
     </row>
     <row r="375" spans="1:10">
       <c r="A375" t="s">
-        <v>1852</v>
+        <v>1855</v>
       </c>
       <c r="B375" t="s">
-        <v>214</v>
+        <v>1580</v>
       </c>
       <c r="C375" t="s">
-        <v>1853</v>
+        <v>1856</v>
       </c>
       <c r="D375" t="s">
-        <v>915</v>
+        <v>1857</v>
       </c>
       <c r="E375" t="s">
-        <v>217</v>
+        <v>176</v>
       </c>
       <c r="F375" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="G375" t="s">
-        <v>1854</v>
-[...2 lines deleted...]
-      <c r="I375"/>
+        <v>1858</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1859</v>
+      </c>
+      <c r="I375" t="s">
+        <v>1666</v>
+      </c>
       <c r="J375" t="s">
-        <v>1855</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="376" spans="1:10">
       <c r="A376" t="s">
-        <v>1856</v>
+        <v>1861</v>
       </c>
       <c r="B376" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="C376" t="s">
-        <v>1857</v>
+        <v>1862</v>
       </c>
       <c r="D376" t="s">
-        <v>32</v>
+        <v>922</v>
       </c>
       <c r="E376" t="s">
-        <v>24</v>
+        <v>217</v>
       </c>
       <c r="F376" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="G376" t="s">
-        <v>1858</v>
-[...3 lines deleted...]
-      </c>
+        <v>1863</v>
+      </c>
+      <c r="H376"/>
       <c r="I376"/>
       <c r="J376" t="s">
-        <v>1860</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="377" spans="1:10">
       <c r="A377" t="s">
-        <v>1861</v>
+        <v>1865</v>
       </c>
       <c r="B377" t="s">
         <v>25</v>
       </c>
       <c r="C377" t="s">
-        <v>609</v>
+        <v>1866</v>
       </c>
       <c r="D377" t="s">
-        <v>1862</v>
+        <v>32</v>
       </c>
       <c r="E377" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="F377"/>
+        <v>24</v>
+      </c>
+      <c r="F377" t="s">
+        <v>25</v>
+      </c>
       <c r="G377" t="s">
-        <v>1863</v>
+        <v>1867</v>
       </c>
       <c r="H377" t="s">
-        <v>1034</v>
+        <v>1868</v>
       </c>
       <c r="I377"/>
       <c r="J377" t="s">
-        <v>1864</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="A378" t="s">
-        <v>1865</v>
+        <v>1870</v>
       </c>
       <c r="B378" t="s">
-        <v>1866</v>
+        <v>25</v>
       </c>
       <c r="C378" t="s">
-        <v>1867</v>
+        <v>615</v>
       </c>
       <c r="D378" t="s">
-        <v>1868</v>
-[...1 lines deleted...]
-      <c r="E378"/>
+        <v>1871</v>
+      </c>
+      <c r="E378" t="s">
+        <v>176</v>
+      </c>
       <c r="F378"/>
       <c r="G378" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
       <c r="H378" t="s">
-        <v>1870</v>
-[...3 lines deleted...]
-      </c>
+        <v>1042</v>
+      </c>
+      <c r="I378"/>
       <c r="J378" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="379" spans="1:10">
       <c r="A379" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="B379" t="s">
-        <v>25</v>
+        <v>1875</v>
       </c>
       <c r="C379" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="D379" t="s">
-        <v>1011</v>
-[...6 lines deleted...]
-      </c>
+        <v>1877</v>
+      </c>
+      <c r="E379"/>
+      <c r="F379"/>
       <c r="G379" t="s">
-        <v>1875</v>
-[...2 lines deleted...]
-      <c r="I379"/>
+        <v>1878</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1879</v>
+      </c>
+      <c r="I379" t="s">
+        <v>1880</v>
+      </c>
       <c r="J379" t="s">
-        <v>1876</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="380" spans="1:10">
       <c r="A380" t="s">
-        <v>1877</v>
+        <v>1882</v>
       </c>
       <c r="B380" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="C380" t="s">
-        <v>1878</v>
+        <v>1883</v>
       </c>
       <c r="D380" t="s">
-        <v>1879</v>
-[...2 lines deleted...]
-      <c r="F380"/>
+        <v>1019</v>
+      </c>
+      <c r="E380" t="s">
+        <v>303</v>
+      </c>
+      <c r="F380" t="s">
+        <v>25</v>
+      </c>
       <c r="G380" t="s">
-        <v>1880</v>
+        <v>1884</v>
       </c>
       <c r="H380"/>
       <c r="I380"/>
       <c r="J380" t="s">
-        <v>847</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="381" spans="1:10">
       <c r="A381" t="s">
-        <v>1881</v>
+        <v>1886</v>
       </c>
       <c r="B381" t="s">
-        <v>214</v>
+        <v>139</v>
       </c>
       <c r="C381" t="s">
-        <v>1882</v>
+        <v>1887</v>
       </c>
       <c r="D381" t="s">
-        <v>1883</v>
-[...6 lines deleted...]
-      </c>
+        <v>1888</v>
+      </c>
+      <c r="E381"/>
+      <c r="F381"/>
       <c r="G381" t="s">
-        <v>1884</v>
-[...3 lines deleted...]
-      </c>
+        <v>1889</v>
+      </c>
+      <c r="H381"/>
       <c r="I381"/>
       <c r="J381" t="s">
-        <v>1886</v>
+        <v>854</v>
       </c>
     </row>
     <row r="382" spans="1:10">
       <c r="A382" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="B382" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="C382" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="D382" t="s">
-        <v>941</v>
+        <v>1892</v>
       </c>
       <c r="E382" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="F382"/>
+        <v>940</v>
+      </c>
+      <c r="F382" t="s">
+        <v>25</v>
+      </c>
       <c r="G382" t="s">
-        <v>1889</v>
-[...1 lines deleted...]
-      <c r="H382"/>
+        <v>1893</v>
+      </c>
+      <c r="H382" t="s">
+        <v>1894</v>
+      </c>
       <c r="I382"/>
       <c r="J382" t="s">
-        <v>1890</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="383" spans="1:10">
       <c r="A383" t="s">
-        <v>1891</v>
+        <v>1896</v>
       </c>
       <c r="B383" t="s">
         <v>25</v>
       </c>
       <c r="C383" t="s">
-        <v>1892</v>
+        <v>1897</v>
       </c>
       <c r="D383" t="s">
-        <v>1893</v>
+        <v>949</v>
       </c>
       <c r="E383" t="s">
-        <v>24</v>
+        <v>347</v>
       </c>
       <c r="F383"/>
       <c r="G383" t="s">
-        <v>1894</v>
-[...6 lines deleted...]
-      </c>
+        <v>1898</v>
+      </c>
+      <c r="H383"/>
+      <c r="I383"/>
       <c r="J383" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="384" spans="1:10">
       <c r="A384" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="B384" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="C384" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="D384" t="s">
-        <v>1900</v>
-[...1 lines deleted...]
-      <c r="E384"/>
+        <v>1902</v>
+      </c>
+      <c r="E384" t="s">
+        <v>24</v>
+      </c>
       <c r="F384"/>
       <c r="G384" t="s">
-        <v>1901</v>
-[...2 lines deleted...]
-      <c r="I384"/>
+        <v>1903</v>
+      </c>
+      <c r="H384" t="s">
+        <v>1904</v>
+      </c>
+      <c r="I384" t="s">
+        <v>1905</v>
+      </c>
       <c r="J384" t="s">
-        <v>1395</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="385" spans="1:10">
       <c r="A385" t="s">
-        <v>1902</v>
+        <v>1907</v>
       </c>
       <c r="B385" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C385" t="s">
-        <v>1599</v>
+        <v>1908</v>
       </c>
       <c r="D385" t="s">
-        <v>1903</v>
-[...3 lines deleted...]
-      </c>
+        <v>1909</v>
+      </c>
+      <c r="E385"/>
       <c r="F385"/>
       <c r="G385" t="s">
-        <v>1904</v>
-[...3 lines deleted...]
-      </c>
+        <v>1910</v>
+      </c>
+      <c r="H385"/>
       <c r="I385"/>
       <c r="J385" t="s">
-        <v>1906</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="386" spans="1:10">
       <c r="A386" t="s">
-        <v>1907</v>
+        <v>1911</v>
       </c>
       <c r="B386" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="C386" t="s">
-        <v>1908</v>
+        <v>1608</v>
       </c>
       <c r="D386" t="s">
-        <v>1909</v>
-[...1 lines deleted...]
-      <c r="E386"/>
+        <v>1912</v>
+      </c>
+      <c r="E386" t="s">
+        <v>1609</v>
+      </c>
       <c r="F386"/>
       <c r="G386" t="s">
-        <v>1910</v>
-[...1 lines deleted...]
-      <c r="H386"/>
+        <v>1913</v>
+      </c>
+      <c r="H386" t="s">
+        <v>1914</v>
+      </c>
       <c r="I386"/>
       <c r="J386" t="s">
-        <v>1911</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="387" spans="1:10">
       <c r="A387" t="s">
-        <v>1912</v>
+        <v>1916</v>
       </c>
       <c r="B387" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="C387" t="s">
-        <v>1913</v>
+        <v>1917</v>
       </c>
       <c r="D387" t="s">
-        <v>1324</v>
+        <v>1918</v>
       </c>
       <c r="E387"/>
       <c r="F387"/>
       <c r="G387" t="s">
-        <v>1914</v>
-[...3 lines deleted...]
-      </c>
+        <v>1919</v>
+      </c>
+      <c r="H387"/>
       <c r="I387"/>
       <c r="J387" t="s">
-        <v>1916</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="388" spans="1:10">
       <c r="A388" t="s">
-        <v>1917</v>
+        <v>1921</v>
       </c>
       <c r="B388" t="s">
-        <v>21</v>
+        <v>150</v>
       </c>
       <c r="C388" t="s">
-        <v>1918</v>
+        <v>1922</v>
       </c>
       <c r="D388" t="s">
-        <v>278</v>
-[...6 lines deleted...]
-      </c>
+        <v>1333</v>
+      </c>
+      <c r="E388"/>
+      <c r="F388"/>
       <c r="G388" t="s">
-        <v>1919</v>
+        <v>1923</v>
       </c>
       <c r="H388" t="s">
-        <v>1920</v>
-[...3 lines deleted...]
-      </c>
+        <v>1924</v>
+      </c>
+      <c r="I388"/>
       <c r="J388" t="s">
-        <v>1922</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="389" spans="1:10">
       <c r="A389" t="s">
-        <v>1923</v>
+        <v>1926</v>
       </c>
       <c r="B389" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C389" t="s">
-        <v>1924</v>
+        <v>1927</v>
       </c>
       <c r="D389" t="s">
-        <v>1176</v>
+        <v>278</v>
       </c>
       <c r="E389" t="s">
-        <v>346</v>
+        <v>217</v>
       </c>
       <c r="F389" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="G389" t="s">
-        <v>1925</v>
-[...1 lines deleted...]
-      <c r="H389"/>
+        <v>1928</v>
+      </c>
+      <c r="H389" t="s">
+        <v>1929</v>
+      </c>
       <c r="I389" t="s">
-        <v>952</v>
+        <v>1930</v>
       </c>
       <c r="J389" t="s">
-        <v>412</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="390" spans="1:10">
       <c r="A390" t="s">
-        <v>1926</v>
+        <v>1932</v>
       </c>
       <c r="B390" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C390" t="s">
-        <v>1927</v>
+        <v>1933</v>
       </c>
       <c r="D390" t="s">
-        <v>1928</v>
-[...2 lines deleted...]
-      <c r="F390"/>
+        <v>1184</v>
+      </c>
+      <c r="E390" t="s">
+        <v>347</v>
+      </c>
+      <c r="F390" t="s">
+        <v>25</v>
+      </c>
       <c r="G390" t="s">
-        <v>1929</v>
+        <v>1934</v>
       </c>
       <c r="H390"/>
-      <c r="I390"/>
+      <c r="I390" t="s">
+        <v>1935</v>
+      </c>
       <c r="J390" t="s">
-        <v>1439</v>
+        <v>413</v>
       </c>
     </row>
     <row r="391" spans="1:10">
       <c r="A391" t="s">
-        <v>1930</v>
+        <v>1936</v>
       </c>
       <c r="B391" t="s">
-        <v>214</v>
+        <v>43</v>
       </c>
       <c r="C391" t="s">
-        <v>1931</v>
+        <v>1937</v>
       </c>
       <c r="D391" t="s">
-        <v>1770</v>
-[...6 lines deleted...]
-      </c>
+        <v>1938</v>
+      </c>
+      <c r="E391"/>
+      <c r="F391"/>
       <c r="G391" t="s">
-        <v>1932</v>
+        <v>1939</v>
       </c>
       <c r="H391"/>
       <c r="I391"/>
       <c r="J391" t="s">
-        <v>1933</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="392" spans="1:10">
       <c r="A392" t="s">
-        <v>1934</v>
+        <v>1940</v>
       </c>
       <c r="B392" t="s">
-        <v>43</v>
+        <v>214</v>
       </c>
       <c r="C392" t="s">
-        <v>1774</v>
+        <v>1941</v>
       </c>
       <c r="D392" t="s">
-        <v>1935</v>
-[...2 lines deleted...]
-      <c r="F392"/>
+        <v>1778</v>
+      </c>
+      <c r="E392" t="s">
+        <v>217</v>
+      </c>
+      <c r="F392" t="s">
+        <v>25</v>
+      </c>
       <c r="G392" t="s">
-        <v>1936</v>
+        <v>1942</v>
       </c>
       <c r="H392"/>
-      <c r="I392" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I392"/>
       <c r="J392" t="s">
-        <v>1938</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="393" spans="1:10">
       <c r="A393" t="s">
-        <v>1939</v>
+        <v>1944</v>
       </c>
       <c r="B393" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C393" t="s">
-        <v>1940</v>
+        <v>1782</v>
       </c>
       <c r="D393" t="s">
-        <v>1941</v>
-[...6 lines deleted...]
-      </c>
+        <v>1945</v>
+      </c>
+      <c r="E393"/>
+      <c r="F393"/>
       <c r="G393" t="s">
-        <v>1942</v>
-[...4 lines deleted...]
-      <c r="I393"/>
+        <v>1946</v>
+      </c>
+      <c r="H393"/>
+      <c r="I393" t="s">
+        <v>1947</v>
+      </c>
       <c r="J393" t="s">
-        <v>1944</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="394" spans="1:10">
       <c r="A394" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="B394" t="s">
         <v>25</v>
       </c>
       <c r="C394" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="D394" t="s">
-        <v>32</v>
+        <v>1951</v>
       </c>
       <c r="E394" t="s">
-        <v>24</v>
+        <v>164</v>
       </c>
       <c r="F394" t="s">
         <v>25</v>
       </c>
       <c r="G394" t="s">
-        <v>1947</v>
+        <v>1952</v>
       </c>
       <c r="H394" t="s">
-        <v>1948</v>
+        <v>1953</v>
       </c>
       <c r="I394"/>
       <c r="J394" t="s">
-        <v>1949</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="395" spans="1:10">
       <c r="A395" t="s">
-        <v>1950</v>
+        <v>1955</v>
       </c>
       <c r="B395" t="s">
-        <v>198</v>
+        <v>25</v>
       </c>
       <c r="C395" t="s">
-        <v>1951</v>
+        <v>1956</v>
       </c>
       <c r="D395" t="s">
-        <v>1952</v>
+        <v>32</v>
       </c>
       <c r="E395" t="s">
         <v>24</v>
       </c>
-      <c r="F395"/>
+      <c r="F395" t="s">
+        <v>25</v>
+      </c>
       <c r="G395" t="s">
-        <v>1953</v>
+        <v>1957</v>
       </c>
       <c r="H395" t="s">
-        <v>1954</v>
+        <v>1958</v>
       </c>
       <c r="I395"/>
       <c r="J395" t="s">
-        <v>1955</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="396" spans="1:10">
       <c r="A396" t="s">
-        <v>1956</v>
+        <v>1960</v>
       </c>
       <c r="B396" t="s">
-        <v>139</v>
+        <v>198</v>
       </c>
       <c r="C396" t="s">
-        <v>1345</v>
-[...2 lines deleted...]
-      <c r="E396"/>
+        <v>1961</v>
+      </c>
+      <c r="D396" t="s">
+        <v>1962</v>
+      </c>
+      <c r="E396" t="s">
+        <v>24</v>
+      </c>
       <c r="F396"/>
-      <c r="G396"/>
-      <c r="H396"/>
+      <c r="G396" t="s">
+        <v>1963</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1964</v>
+      </c>
       <c r="I396"/>
       <c r="J396" t="s">
-        <v>1049</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="397" spans="1:10">
       <c r="A397" t="s">
-        <v>1957</v>
+        <v>1966</v>
       </c>
       <c r="B397" t="s">
-        <v>1958</v>
+        <v>139</v>
       </c>
       <c r="C397" t="s">
-        <v>1959</v>
-[...3 lines deleted...]
-      </c>
+        <v>1354</v>
+      </c>
+      <c r="D397"/>
       <c r="E397"/>
       <c r="F397"/>
-      <c r="G397" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G397"/>
       <c r="H397"/>
-      <c r="I397" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I397"/>
       <c r="J397" t="s">
-        <v>1872</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="398" spans="1:10">
       <c r="A398" t="s">
-        <v>1961</v>
+        <v>1967</v>
       </c>
       <c r="B398" t="s">
-        <v>43</v>
+        <v>1968</v>
       </c>
       <c r="C398" t="s">
-        <v>1962</v>
+        <v>1969</v>
       </c>
       <c r="D398" t="s">
-        <v>1963</v>
+        <v>404</v>
       </c>
       <c r="E398"/>
       <c r="F398"/>
       <c r="G398" t="s">
-        <v>1964</v>
+        <v>1970</v>
       </c>
       <c r="H398"/>
       <c r="I398" t="s">
-        <v>52</v>
+        <v>306</v>
       </c>
       <c r="J398" t="s">
-        <v>1965</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="399" spans="1:10">
       <c r="A399" t="s">
-        <v>1966</v>
+        <v>1971</v>
       </c>
       <c r="B399" t="s">
         <v>43</v>
       </c>
       <c r="C399" t="s">
-        <v>1967</v>
+        <v>1972</v>
       </c>
       <c r="D399" t="s">
-        <v>122</v>
+        <v>1973</v>
       </c>
       <c r="E399"/>
       <c r="F399"/>
       <c r="G399" t="s">
-        <v>1968</v>
+        <v>1974</v>
       </c>
       <c r="H399"/>
-      <c r="I399"/>
+      <c r="I399" t="s">
+        <v>52</v>
+      </c>
       <c r="J399" t="s">
-        <v>1969</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="400" spans="1:10">
       <c r="A400" t="s">
-        <v>1970</v>
+        <v>1976</v>
       </c>
       <c r="B400" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C400" t="s">
-        <v>1971</v>
+        <v>1977</v>
       </c>
       <c r="D400" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="E400"/>
       <c r="F400"/>
       <c r="G400" t="s">
-        <v>1972</v>
+        <v>1978</v>
       </c>
       <c r="H400"/>
       <c r="I400"/>
       <c r="J400" t="s">
-        <v>1973</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="401" spans="1:10">
       <c r="A401" t="s">
-        <v>1974</v>
+        <v>1980</v>
       </c>
       <c r="B401" t="s">
         <v>25</v>
       </c>
       <c r="C401" t="s">
-        <v>1975</v>
+        <v>1981</v>
       </c>
       <c r="D401" t="s">
-        <v>618</v>
+        <v>127</v>
       </c>
       <c r="E401" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F401"/>
       <c r="G401" t="s">
-        <v>1976</v>
+        <v>1982</v>
       </c>
       <c r="H401"/>
-      <c r="I401" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I401"/>
       <c r="J401" t="s">
-        <v>1897</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="402" spans="1:10">
       <c r="A402" t="s">
-        <v>1978</v>
+        <v>1984</v>
       </c>
       <c r="B402" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="C402" t="s">
-        <v>1979</v>
+        <v>1985</v>
       </c>
       <c r="D402" t="s">
-        <v>32</v>
-[...7 lines deleted...]
-      <c r="I402"/>
+        <v>624</v>
+      </c>
+      <c r="E402" t="s">
+        <v>164</v>
+      </c>
+      <c r="F402" t="s">
+        <v>25</v>
+      </c>
+      <c r="G402" t="s">
+        <v>1986</v>
+      </c>
+      <c r="H402"/>
+      <c r="I402" t="s">
+        <v>1987</v>
+      </c>
       <c r="J402" t="s">
-        <v>1980</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="403" spans="1:10">
       <c r="A403" t="s">
-        <v>1981</v>
+        <v>1988</v>
       </c>
       <c r="B403" t="s">
-        <v>25</v>
+        <v>115</v>
       </c>
       <c r="C403" t="s">
-        <v>1982</v>
+        <v>1989</v>
       </c>
       <c r="D403" t="s">
         <v>32</v>
       </c>
-      <c r="E403" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="E403"/>
+      <c r="F403"/>
+      <c r="G403"/>
       <c r="H403" t="s">
-        <v>1743</v>
+        <v>195</v>
       </c>
       <c r="I403"/>
       <c r="J403" t="s">
-        <v>1984</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="404" spans="1:10">
       <c r="A404" t="s">
-        <v>1985</v>
+        <v>1991</v>
       </c>
       <c r="B404" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C404" t="s">
-        <v>1986</v>
+        <v>1992</v>
       </c>
       <c r="D404" t="s">
-        <v>1987</v>
-[...2 lines deleted...]
-      <c r="F404"/>
+        <v>32</v>
+      </c>
+      <c r="E404" t="s">
+        <v>24</v>
+      </c>
+      <c r="F404" t="s">
+        <v>25</v>
+      </c>
       <c r="G404" t="s">
-        <v>1988</v>
+        <v>1993</v>
       </c>
       <c r="H404" t="s">
-        <v>927</v>
+        <v>1752</v>
       </c>
       <c r="I404"/>
       <c r="J404" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="405" spans="1:10">
       <c r="A405" t="s">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="B405" t="s">
-        <v>139</v>
+        <v>43</v>
       </c>
       <c r="C405" t="s">
-        <v>1991</v>
+        <v>1996</v>
       </c>
       <c r="D405" t="s">
-        <v>1992</v>
+        <v>1997</v>
       </c>
       <c r="E405"/>
       <c r="F405"/>
       <c r="G405" t="s">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="H405" t="s">
-        <v>1994</v>
+        <v>934</v>
       </c>
       <c r="I405"/>
       <c r="J405" t="s">
-        <v>1995</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406" t="s">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="B406" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="C406" t="s">
-        <v>1997</v>
+        <v>2001</v>
       </c>
       <c r="D406" t="s">
-        <v>1998</v>
-[...6 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="E406"/>
+      <c r="F406"/>
       <c r="G406" t="s">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="H406" t="s">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="I406"/>
       <c r="J406" t="s">
-        <v>2001</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="A407" t="s">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="B407" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C407" t="s">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="D407" t="s">
-        <v>1064</v>
-[...2 lines deleted...]
-      <c r="F407"/>
+        <v>2008</v>
+      </c>
+      <c r="E407" t="s">
+        <v>24</v>
+      </c>
+      <c r="F407" t="s">
+        <v>25</v>
+      </c>
       <c r="G407" t="s">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="H407"/>
+        <v>2009</v>
+      </c>
+      <c r="H407" t="s">
+        <v>2010</v>
+      </c>
       <c r="I407"/>
       <c r="J407" t="s">
-        <v>2005</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="A408" t="s">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="B408" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C408" t="s">
-        <v>1056</v>
+        <v>2013</v>
       </c>
       <c r="D408" t="s">
-        <v>2007</v>
-[...6 lines deleted...]
-      </c>
+        <v>1072</v>
+      </c>
+      <c r="E408"/>
+      <c r="F408"/>
       <c r="G408" t="s">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="H408"/>
       <c r="I408"/>
       <c r="J408" t="s">
-        <v>2010</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409" t="s">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="B409" t="s">
-        <v>1104</v>
+        <v>25</v>
       </c>
       <c r="C409" t="s">
-        <v>2012</v>
+        <v>1064</v>
       </c>
       <c r="D409" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-      <c r="F409"/>
+        <v>2017</v>
+      </c>
+      <c r="E409" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F409" t="s">
+        <v>25</v>
+      </c>
       <c r="G409" t="s">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="H409" t="s">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="I409"/>
       <c r="J409" t="s">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410" t="s">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="B410" t="s">
-        <v>25</v>
+        <v>1112</v>
       </c>
       <c r="C410" t="s">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="D410" t="s">
-        <v>2018</v>
-[...6 lines deleted...]
-      </c>
+        <v>624</v>
+      </c>
+      <c r="E410"/>
+      <c r="F410"/>
       <c r="G410" t="s">
-        <v>2019</v>
-[...4 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="H410" t="s">
+        <v>2024</v>
+      </c>
+      <c r="I410"/>
       <c r="J410" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
       <c r="B411" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="C411" t="s">
-        <v>2022</v>
+        <v>2027</v>
       </c>
       <c r="D411" t="s">
-        <v>2023</v>
-[...2 lines deleted...]
-      <c r="F411"/>
+        <v>2028</v>
+      </c>
+      <c r="E411" t="s">
+        <v>24</v>
+      </c>
+      <c r="F411" t="s">
+        <v>25</v>
+      </c>
       <c r="G411" t="s">
-        <v>2024</v>
+        <v>2029</v>
       </c>
       <c r="H411"/>
       <c r="I411" t="s">
-        <v>364</v>
+        <v>853</v>
       </c>
       <c r="J411" t="s">
-        <v>2025</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="412" spans="1:10">
       <c r="A412" t="s">
-        <v>2026</v>
+        <v>2031</v>
       </c>
       <c r="B412" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C412" t="s">
-        <v>2027</v>
+        <v>2032</v>
       </c>
       <c r="D412" t="s">
-        <v>122</v>
+        <v>2033</v>
       </c>
       <c r="E412"/>
-      <c r="F412" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F412"/>
       <c r="G412" t="s">
-        <v>2028</v>
+        <v>2034</v>
       </c>
       <c r="H412"/>
       <c r="I412" t="s">
-        <v>2029</v>
+        <v>365</v>
       </c>
       <c r="J412" t="s">
-        <v>2030</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="A413" t="s">
-        <v>2031</v>
+        <v>2036</v>
       </c>
       <c r="B413" t="s">
         <v>25</v>
       </c>
       <c r="C413" t="s">
-        <v>2032</v>
+        <v>2037</v>
       </c>
       <c r="D413" t="s">
-        <v>2033</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="E413"/>
       <c r="F413" t="s">
         <v>25</v>
       </c>
       <c r="G413" t="s">
-        <v>2034</v>
+        <v>2038</v>
       </c>
       <c r="H413"/>
-      <c r="I413"/>
+      <c r="I413" t="s">
+        <v>2039</v>
+      </c>
       <c r="J413" t="s">
-        <v>2035</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="414" spans="1:10">
       <c r="A414" t="s">
-        <v>2036</v>
+        <v>2041</v>
       </c>
       <c r="B414" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="C414" t="s">
-        <v>2037</v>
+        <v>2042</v>
       </c>
       <c r="D414" t="s">
-        <v>2038</v>
-[...2 lines deleted...]
-      <c r="F414"/>
+        <v>2043</v>
+      </c>
+      <c r="E414" t="s">
+        <v>24</v>
+      </c>
+      <c r="F414" t="s">
+        <v>25</v>
+      </c>
       <c r="G414" t="s">
-        <v>2039</v>
-[...3 lines deleted...]
-      </c>
+        <v>2044</v>
+      </c>
+      <c r="H414"/>
       <c r="I414"/>
       <c r="J414" t="s">
-        <v>2041</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="415" spans="1:10">
       <c r="A415" t="s">
-        <v>2042</v>
+        <v>2046</v>
       </c>
       <c r="B415" t="s">
-        <v>25</v>
+        <v>115</v>
       </c>
       <c r="C415" t="s">
-        <v>1940</v>
+        <v>2047</v>
       </c>
       <c r="D415" t="s">
-        <v>2043</v>
-[...6 lines deleted...]
-      </c>
+        <v>2048</v>
+      </c>
+      <c r="E415"/>
+      <c r="F415"/>
       <c r="G415" t="s">
-        <v>2044</v>
-[...1 lines deleted...]
-      <c r="H415"/>
+        <v>2049</v>
+      </c>
+      <c r="H415" t="s">
+        <v>2050</v>
+      </c>
       <c r="I415"/>
       <c r="J415" t="s">
-        <v>2045</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="416" spans="1:10">
       <c r="A416" t="s">
-        <v>2046</v>
+        <v>2052</v>
       </c>
       <c r="B416" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C416" t="s">
-        <v>2047</v>
+        <v>1950</v>
       </c>
       <c r="D416" t="s">
-        <v>284</v>
+        <v>2053</v>
       </c>
       <c r="E416" t="s">
-        <v>217</v>
+        <v>164</v>
       </c>
       <c r="F416" t="s">
         <v>25</v>
       </c>
       <c r="G416" t="s">
-        <v>2048</v>
+        <v>2054</v>
       </c>
       <c r="H416"/>
       <c r="I416"/>
       <c r="J416" t="s">
-        <v>2020</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="417" spans="1:10">
       <c r="A417" t="s">
-        <v>2049</v>
+        <v>2056</v>
       </c>
       <c r="B417" t="s">
-        <v>60</v>
+        <v>214</v>
       </c>
       <c r="C417" t="s">
-        <v>2050</v>
+        <v>2057</v>
       </c>
       <c r="D417" t="s">
-        <v>334</v>
+        <v>284</v>
       </c>
       <c r="E417" t="s">
-        <v>24</v>
+        <v>217</v>
       </c>
       <c r="F417" t="s">
         <v>25</v>
       </c>
       <c r="G417" t="s">
-        <v>2051</v>
+        <v>2058</v>
       </c>
       <c r="H417"/>
-      <c r="I417" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I417"/>
       <c r="J417" t="s">
-        <v>2053</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="418" spans="1:10">
       <c r="A418" t="s">
-        <v>2054</v>
+        <v>2059</v>
       </c>
       <c r="B418" t="s">
-        <v>1571</v>
+        <v>60</v>
       </c>
       <c r="C418" t="s">
-        <v>2055</v>
+        <v>2060</v>
       </c>
       <c r="D418" t="s">
-        <v>420</v>
+        <v>335</v>
       </c>
       <c r="E418" t="s">
         <v>24</v>
       </c>
       <c r="F418" t="s">
         <v>25</v>
       </c>
       <c r="G418" t="s">
-        <v>2056</v>
+        <v>2061</v>
       </c>
       <c r="H418"/>
-      <c r="I418"/>
+      <c r="I418" t="s">
+        <v>1404</v>
+      </c>
       <c r="J418" t="s">
-        <v>2057</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="419" spans="1:10">
       <c r="A419" t="s">
-        <v>2058</v>
+        <v>2063</v>
       </c>
       <c r="B419" t="s">
-        <v>25</v>
+        <v>1580</v>
       </c>
       <c r="C419" t="s">
-        <v>465</v>
+        <v>2064</v>
       </c>
       <c r="D419" t="s">
-        <v>2059</v>
+        <v>421</v>
       </c>
       <c r="E419" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="F419"/>
+        <v>24</v>
+      </c>
+      <c r="F419" t="s">
+        <v>25</v>
+      </c>
       <c r="G419" t="s">
-        <v>2060</v>
-[...6 lines deleted...]
-      </c>
+        <v>2065</v>
+      </c>
+      <c r="H419"/>
+      <c r="I419"/>
       <c r="J419" t="s">
-        <v>2063</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="420" spans="1:10">
       <c r="A420" t="s">
-        <v>2064</v>
+        <v>2067</v>
       </c>
       <c r="B420" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="C420" t="s">
-        <v>2065</v>
+        <v>466</v>
       </c>
       <c r="D420" t="s">
-        <v>111</v>
+        <v>2068</v>
       </c>
       <c r="E420" t="s">
-        <v>303</v>
-[...3 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="F420"/>
       <c r="G420" t="s">
-        <v>2066</v>
-[...2 lines deleted...]
-      <c r="I420"/>
+        <v>2069</v>
+      </c>
+      <c r="H420" t="s">
+        <v>2070</v>
+      </c>
+      <c r="I420" t="s">
+        <v>2071</v>
+      </c>
       <c r="J420" t="s">
-        <v>2067</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="421" spans="1:10">
       <c r="A421" t="s">
-        <v>2068</v>
+        <v>2073</v>
       </c>
       <c r="B421" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="C421" t="s">
-        <v>2069</v>
+        <v>2074</v>
       </c>
       <c r="D421" t="s">
-        <v>2070</v>
-[...2 lines deleted...]
-      <c r="F421"/>
+        <v>111</v>
+      </c>
+      <c r="E421" t="s">
+        <v>303</v>
+      </c>
+      <c r="F421" t="s">
+        <v>25</v>
+      </c>
       <c r="G421" t="s">
-        <v>2071</v>
-[...6 lines deleted...]
-      </c>
+        <v>2075</v>
+      </c>
+      <c r="H421"/>
+      <c r="I421"/>
       <c r="J421" t="s">
-        <v>2073</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="422" spans="1:10">
       <c r="A422" t="s">
-        <v>2074</v>
+        <v>2077</v>
       </c>
       <c r="B422" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="C422" t="s">
-        <v>2075</v>
+        <v>2078</v>
       </c>
       <c r="D422" t="s">
-        <v>2076</v>
+        <v>2079</v>
       </c>
       <c r="E422"/>
       <c r="F422"/>
       <c r="G422" t="s">
-        <v>2077</v>
+        <v>2080</v>
       </c>
       <c r="H422" t="s">
-        <v>2078</v>
+        <v>2081</v>
       </c>
       <c r="I422" t="s">
-        <v>2079</v>
+        <v>646</v>
       </c>
       <c r="J422" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="423" spans="1:10">
       <c r="A423" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="B423" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="C423" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="D423" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
       <c r="E423"/>
       <c r="F423"/>
       <c r="G423" t="s">
-        <v>2084</v>
-[...2 lines deleted...]
-      <c r="I423"/>
+        <v>2086</v>
+      </c>
+      <c r="H423" t="s">
+        <v>2087</v>
+      </c>
+      <c r="I423" t="s">
+        <v>2088</v>
+      </c>
       <c r="J423" t="s">
-        <v>2085</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="424" spans="1:10">
       <c r="A424" t="s">
-        <v>2086</v>
+        <v>2090</v>
       </c>
       <c r="B424" t="s">
         <v>43</v>
       </c>
       <c r="C424" t="s">
-        <v>2087</v>
+        <v>2091</v>
       </c>
       <c r="D424" t="s">
-        <v>32</v>
+        <v>2092</v>
       </c>
       <c r="E424"/>
       <c r="F424"/>
       <c r="G424" t="s">
-        <v>2088</v>
+        <v>2093</v>
       </c>
       <c r="H424"/>
       <c r="I424"/>
       <c r="J424" t="s">
-        <v>2089</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="425" spans="1:10">
       <c r="A425" t="s">
-        <v>2090</v>
+        <v>2095</v>
       </c>
       <c r="B425" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="C425" t="s">
-        <v>2091</v>
+        <v>2096</v>
       </c>
       <c r="D425" t="s">
-        <v>2092</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="E425"/>
       <c r="F425"/>
       <c r="G425" t="s">
-        <v>2093</v>
-[...3 lines deleted...]
-      </c>
+        <v>2097</v>
+      </c>
+      <c r="H425"/>
       <c r="I425"/>
       <c r="J425" t="s">
-        <v>2095</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="426" spans="1:10">
       <c r="A426" t="s">
-        <v>2096</v>
+        <v>2099</v>
       </c>
       <c r="B426" t="s">
-        <v>25</v>
+        <v>198</v>
       </c>
       <c r="C426" t="s">
-        <v>2097</v>
+        <v>2100</v>
       </c>
       <c r="D426" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="E426" t="s">
-        <v>24</v>
+        <v>164</v>
       </c>
       <c r="F426"/>
       <c r="G426" t="s">
-        <v>2099</v>
+        <v>2102</v>
       </c>
       <c r="H426" t="s">
-        <v>2100</v>
+        <v>2103</v>
       </c>
       <c r="I426"/>
       <c r="J426" t="s">
-        <v>2101</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="427" spans="1:10">
       <c r="A427" t="s">
-        <v>2102</v>
+        <v>2105</v>
       </c>
       <c r="B427" t="s">
-        <v>2103</v>
+        <v>25</v>
       </c>
       <c r="C427" t="s">
-        <v>2104</v>
+        <v>2106</v>
       </c>
       <c r="D427" t="s">
-        <v>2105</v>
+        <v>2107</v>
       </c>
       <c r="E427" t="s">
         <v>24</v>
       </c>
       <c r="F427"/>
       <c r="G427" t="s">
-        <v>2106</v>
+        <v>2108</v>
       </c>
       <c r="H427" t="s">
-        <v>2107</v>
+        <v>2109</v>
       </c>
       <c r="I427"/>
       <c r="J427" t="s">
-        <v>2108</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="428" spans="1:10">
       <c r="A428" t="s">
-        <v>2109</v>
+        <v>2111</v>
       </c>
       <c r="B428" t="s">
-        <v>43</v>
+        <v>2112</v>
       </c>
       <c r="C428" t="s">
-        <v>2110</v>
+        <v>2113</v>
       </c>
       <c r="D428" t="s">
-        <v>2111</v>
-[...1 lines deleted...]
-      <c r="E428"/>
+        <v>2114</v>
+      </c>
+      <c r="E428" t="s">
+        <v>24</v>
+      </c>
       <c r="F428"/>
       <c r="G428" t="s">
-        <v>2112</v>
+        <v>2115</v>
       </c>
       <c r="H428" t="s">
-        <v>2113</v>
+        <v>2116</v>
       </c>
       <c r="I428"/>
       <c r="J428" t="s">
-        <v>1562</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="429" spans="1:10">
       <c r="A429" t="s">
-        <v>2114</v>
+        <v>2118</v>
       </c>
       <c r="B429" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C429" t="s">
-        <v>2115</v>
+        <v>2119</v>
       </c>
       <c r="D429" t="s">
-        <v>618</v>
-[...3 lines deleted...]
-      </c>
+        <v>2120</v>
+      </c>
+      <c r="E429"/>
       <c r="F429"/>
       <c r="G429" t="s">
-        <v>2116</v>
-[...1 lines deleted...]
-      <c r="H429"/>
+        <v>2121</v>
+      </c>
+      <c r="H429" t="s">
+        <v>2122</v>
+      </c>
       <c r="I429"/>
       <c r="J429" t="s">
-        <v>2117</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="430" spans="1:10">
       <c r="A430" t="s">
-        <v>2118</v>
+        <v>2123</v>
       </c>
       <c r="B430" t="s">
         <v>25</v>
       </c>
       <c r="C430" t="s">
-        <v>1015</v>
+        <v>2124</v>
       </c>
       <c r="D430" t="s">
-        <v>32</v>
+        <v>624</v>
       </c>
       <c r="E430" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F430"/>
       <c r="G430" t="s">
-        <v>2119</v>
-[...3 lines deleted...]
-      </c>
+        <v>2125</v>
+      </c>
+      <c r="H430"/>
       <c r="I430"/>
       <c r="J430" t="s">
-        <v>2121</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="431" spans="1:10">
       <c r="A431" t="s">
-        <v>2122</v>
+        <v>2127</v>
       </c>
       <c r="B431" t="s">
         <v>25</v>
       </c>
       <c r="C431" t="s">
-        <v>1278</v>
+        <v>1023</v>
       </c>
       <c r="D431" t="s">
-        <v>2123</v>
+        <v>32</v>
       </c>
       <c r="E431" t="s">
-        <v>498</v>
-[...1 lines deleted...]
-      <c r="F431"/>
+        <v>164</v>
+      </c>
+      <c r="F431" t="s">
+        <v>25</v>
+      </c>
       <c r="G431" t="s">
-        <v>2124</v>
-[...4 lines deleted...]
-      </c>
+        <v>2128</v>
+      </c>
+      <c r="H431" t="s">
+        <v>2129</v>
+      </c>
+      <c r="I431"/>
       <c r="J431" t="s">
-        <v>2125</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="432" spans="1:10">
       <c r="A432" t="s">
-        <v>2126</v>
+        <v>2131</v>
       </c>
       <c r="B432" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C432" t="s">
-        <v>2127</v>
+        <v>1287</v>
       </c>
       <c r="D432" t="s">
-        <v>2128</v>
-[...1 lines deleted...]
-      <c r="E432"/>
+        <v>2132</v>
+      </c>
+      <c r="E432" t="s">
+        <v>499</v>
+      </c>
       <c r="F432"/>
       <c r="G432" t="s">
-        <v>2129</v>
-[...3 lines deleted...]
-      </c>
+        <v>2133</v>
+      </c>
+      <c r="H432"/>
       <c r="I432" t="s">
-        <v>2131</v>
+        <v>2134</v>
       </c>
       <c r="J432" t="s">
-        <v>2132</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="433" spans="1:10">
       <c r="A433" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="B433" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C433" t="s">
-        <v>2134</v>
+        <v>2137</v>
       </c>
       <c r="D433" t="s">
-        <v>2135</v>
-[...6 lines deleted...]
-      </c>
+        <v>2138</v>
+      </c>
+      <c r="E433"/>
+      <c r="F433"/>
       <c r="G433" t="s">
-        <v>2136</v>
+        <v>2139</v>
       </c>
       <c r="H433" t="s">
-        <v>2137</v>
-[...1 lines deleted...]
-      <c r="I433"/>
+        <v>2140</v>
+      </c>
+      <c r="I433" t="s">
+        <v>2141</v>
+      </c>
       <c r="J433" t="s">
-        <v>2138</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="434" spans="1:10">
       <c r="A434" t="s">
-        <v>2139</v>
+        <v>2143</v>
       </c>
       <c r="B434" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="C434" t="s">
-        <v>2140</v>
+        <v>2144</v>
       </c>
       <c r="D434" t="s">
-        <v>2141</v>
-[...2 lines deleted...]
-      <c r="F434"/>
+        <v>2145</v>
+      </c>
+      <c r="E434" t="s">
+        <v>176</v>
+      </c>
+      <c r="F434" t="s">
+        <v>25</v>
+      </c>
       <c r="G434" t="s">
-        <v>2142</v>
+        <v>2146</v>
       </c>
       <c r="H434" t="s">
-        <v>2143</v>
+        <v>2147</v>
       </c>
       <c r="I434"/>
       <c r="J434" t="s">
-        <v>2144</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="435" spans="1:10">
       <c r="A435" t="s">
-        <v>2145</v>
+        <v>2149</v>
       </c>
       <c r="B435" t="s">
-        <v>25</v>
+        <v>115</v>
       </c>
       <c r="C435" t="s">
-        <v>2146</v>
+        <v>2150</v>
       </c>
       <c r="D435" t="s">
-        <v>941</v>
-[...3 lines deleted...]
-      </c>
+        <v>2151</v>
+      </c>
+      <c r="E435"/>
       <c r="F435"/>
       <c r="G435" t="s">
-        <v>2147</v>
-[...1 lines deleted...]
-      <c r="H435"/>
+        <v>2152</v>
+      </c>
+      <c r="H435" t="s">
+        <v>2153</v>
+      </c>
       <c r="I435"/>
       <c r="J435" t="s">
-        <v>2148</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="436" spans="1:10">
       <c r="A436" t="s">
-        <v>2149</v>
+        <v>2155</v>
       </c>
       <c r="B436" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="C436" t="s">
-        <v>2150</v>
+        <v>2156</v>
       </c>
       <c r="D436" t="s">
-        <v>362</v>
-[...1 lines deleted...]
-      <c r="E436"/>
+        <v>949</v>
+      </c>
+      <c r="E436" t="s">
+        <v>347</v>
+      </c>
       <c r="F436"/>
-      <c r="G436"/>
+      <c r="G436" t="s">
+        <v>2157</v>
+      </c>
       <c r="H436"/>
       <c r="I436"/>
       <c r="J436" t="s">
-        <v>752</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="437" spans="1:10">
       <c r="A437" t="s">
-        <v>2151</v>
+        <v>2159</v>
       </c>
       <c r="B437" t="s">
-        <v>214</v>
+        <v>37</v>
       </c>
       <c r="C437" t="s">
-        <v>2152</v>
+        <v>2160</v>
       </c>
       <c r="D437" t="s">
-        <v>209</v>
-[...9 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="E437"/>
+      <c r="F437"/>
+      <c r="G437"/>
       <c r="H437"/>
-      <c r="I437" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I437"/>
       <c r="J437" t="s">
-        <v>2154</v>
+        <v>759</v>
       </c>
     </row>
     <row r="438" spans="1:10">
       <c r="A438" t="s">
-        <v>2155</v>
+        <v>2161</v>
       </c>
       <c r="B438" t="s">
-        <v>37</v>
+        <v>214</v>
       </c>
       <c r="C438" t="s">
-        <v>2156</v>
+        <v>2162</v>
       </c>
       <c r="D438" t="s">
-        <v>2157</v>
-[...2 lines deleted...]
-      <c r="F438"/>
+        <v>209</v>
+      </c>
+      <c r="E438" t="s">
+        <v>217</v>
+      </c>
+      <c r="F438" t="s">
+        <v>214</v>
+      </c>
       <c r="G438" t="s">
-        <v>2158</v>
-[...4 lines deleted...]
-      <c r="I438"/>
+        <v>2163</v>
+      </c>
+      <c r="H438"/>
+      <c r="I438" t="s">
+        <v>1284</v>
+      </c>
       <c r="J438" t="s">
-        <v>85</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="439" spans="1:10">
       <c r="A439" t="s">
-        <v>2160</v>
+        <v>2165</v>
       </c>
       <c r="B439" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C439" t="s">
-        <v>2161</v>
+        <v>2166</v>
       </c>
       <c r="D439" t="s">
-        <v>629</v>
-[...6 lines deleted...]
-      </c>
+        <v>2167</v>
+      </c>
+      <c r="E439"/>
+      <c r="F439"/>
       <c r="G439" t="s">
-        <v>2162</v>
-[...4 lines deleted...]
-      </c>
+        <v>2168</v>
+      </c>
+      <c r="H439" t="s">
+        <v>2169</v>
+      </c>
+      <c r="I439"/>
       <c r="J439" t="s">
-        <v>1897</v>
+        <v>85</v>
       </c>
     </row>
     <row r="440" spans="1:10">
       <c r="A440" t="s">
-        <v>2164</v>
+        <v>2170</v>
       </c>
       <c r="B440" t="s">
         <v>25</v>
       </c>
       <c r="C440" t="s">
-        <v>2165</v>
+        <v>2171</v>
       </c>
       <c r="D440" t="s">
-        <v>127</v>
+        <v>635</v>
       </c>
       <c r="E440" t="s">
         <v>24</v>
       </c>
-      <c r="F440"/>
+      <c r="F440" t="s">
+        <v>25</v>
+      </c>
       <c r="G440" t="s">
-        <v>2166</v>
+        <v>2172</v>
       </c>
       <c r="H440"/>
       <c r="I440" t="s">
-        <v>866</v>
+        <v>2173</v>
       </c>
       <c r="J440" t="s">
-        <v>2167</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="441" spans="1:10">
       <c r="A441" t="s">
-        <v>2168</v>
+        <v>2174</v>
       </c>
       <c r="B441" t="s">
         <v>25</v>
       </c>
       <c r="C441" t="s">
-        <v>2169</v>
+        <v>2175</v>
       </c>
       <c r="D441" t="s">
-        <v>1624</v>
+        <v>127</v>
       </c>
       <c r="E441" t="s">
         <v>24</v>
       </c>
       <c r="F441"/>
       <c r="G441" t="s">
-        <v>2170</v>
+        <v>2176</v>
       </c>
       <c r="H441"/>
       <c r="I441" t="s">
-        <v>1937</v>
+        <v>873</v>
       </c>
       <c r="J441" t="s">
-        <v>2171</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="442" spans="1:10">
       <c r="A442" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
       <c r="B442" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="C442" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="D442" t="s">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E442"/>
+        <v>1633</v>
+      </c>
+      <c r="E442" t="s">
+        <v>24</v>
+      </c>
       <c r="F442"/>
       <c r="G442" t="s">
-        <v>2174</v>
-[...4 lines deleted...]
-      <c r="I442"/>
+        <v>2180</v>
+      </c>
+      <c r="H442"/>
+      <c r="I442" t="s">
+        <v>1947</v>
+      </c>
       <c r="J442" t="s">
-        <v>452</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="443" spans="1:10">
       <c r="A443" t="s">
-        <v>2176</v>
+        <v>2182</v>
       </c>
       <c r="B443" t="s">
         <v>139</v>
       </c>
       <c r="C443" t="s">
-        <v>2177</v>
+        <v>2183</v>
       </c>
       <c r="D443" t="s">
-        <v>2178</v>
+        <v>2017</v>
       </c>
       <c r="E443"/>
       <c r="F443"/>
       <c r="G443" t="s">
-        <v>2179</v>
+        <v>2184</v>
       </c>
       <c r="H443" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>2185</v>
+      </c>
+      <c r="I443"/>
       <c r="J443" t="s">
-        <v>1354</v>
+        <v>453</v>
       </c>
     </row>
     <row r="444" spans="1:10">
       <c r="A444" t="s">
-        <v>2181</v>
+        <v>2186</v>
       </c>
       <c r="B444" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="C444" t="s">
-        <v>2182</v>
+        <v>2187</v>
       </c>
       <c r="D444" t="s">
-        <v>2183</v>
-[...6 lines deleted...]
-      </c>
+        <v>2188</v>
+      </c>
+      <c r="E444"/>
+      <c r="F444"/>
       <c r="G444" t="s">
-        <v>2184</v>
-[...1 lines deleted...]
-      <c r="H444"/>
+        <v>2189</v>
+      </c>
+      <c r="H444" t="s">
+        <v>90</v>
+      </c>
       <c r="I444" t="s">
-        <v>2185</v>
+        <v>2190</v>
       </c>
       <c r="J444" t="s">
-        <v>2186</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="445" spans="1:10">
       <c r="A445" t="s">
-        <v>2187</v>
+        <v>2191</v>
       </c>
       <c r="B445" t="s">
         <v>25</v>
       </c>
       <c r="C445" t="s">
-        <v>2188</v>
+        <v>2192</v>
       </c>
       <c r="D445" t="s">
-        <v>2189</v>
+        <v>2193</v>
       </c>
       <c r="E445" t="s">
         <v>24</v>
       </c>
       <c r="F445" t="s">
         <v>25</v>
       </c>
       <c r="G445" t="s">
-        <v>2190</v>
-[...3 lines deleted...]
-      </c>
+        <v>2194</v>
+      </c>
+      <c r="H445"/>
       <c r="I445" t="s">
-        <v>2163</v>
+        <v>2195</v>
       </c>
       <c r="J445" t="s">
-        <v>2191</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="446" spans="1:10">
       <c r="A446" t="s">
-        <v>2192</v>
+        <v>2197</v>
       </c>
       <c r="B446" t="s">
         <v>25</v>
       </c>
       <c r="C446" t="s">
-        <v>2193</v>
+        <v>2198</v>
       </c>
       <c r="D446" t="s">
-        <v>345</v>
+        <v>2199</v>
       </c>
       <c r="E446" t="s">
-        <v>164</v>
+        <v>24</v>
       </c>
       <c r="F446" t="s">
         <v>25</v>
       </c>
       <c r="G446" t="s">
-        <v>2194</v>
+        <v>2200</v>
       </c>
       <c r="H446" t="s">
-        <v>2195</v>
-[...1 lines deleted...]
-      <c r="I446"/>
+        <v>934</v>
+      </c>
+      <c r="I446" t="s">
+        <v>2173</v>
+      </c>
       <c r="J446" t="s">
-        <v>2196</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="447" spans="1:10">
       <c r="A447" t="s">
-        <v>2197</v>
+        <v>2202</v>
       </c>
       <c r="B447" t="s">
         <v>25</v>
       </c>
       <c r="C447" t="s">
-        <v>2198</v>
+        <v>2203</v>
       </c>
       <c r="D447" t="s">
-        <v>2199</v>
+        <v>346</v>
       </c>
       <c r="E447" t="s">
         <v>164</v>
       </c>
       <c r="F447" t="s">
         <v>25</v>
       </c>
       <c r="G447" t="s">
-        <v>2200</v>
-[...1 lines deleted...]
-      <c r="H447"/>
+        <v>2204</v>
+      </c>
+      <c r="H447" t="s">
+        <v>2205</v>
+      </c>
       <c r="I447"/>
       <c r="J447" t="s">
-        <v>2201</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="448" spans="1:10">
       <c r="A448" t="s">
-        <v>2202</v>
+        <v>2207</v>
       </c>
       <c r="B448" t="s">
-        <v>1104</v>
+        <v>25</v>
       </c>
       <c r="C448" t="s">
-        <v>2203</v>
+        <v>2208</v>
       </c>
       <c r="D448" t="s">
-        <v>2204</v>
-[...2 lines deleted...]
-      <c r="F448"/>
+        <v>2209</v>
+      </c>
+      <c r="E448" t="s">
+        <v>164</v>
+      </c>
+      <c r="F448" t="s">
+        <v>25</v>
+      </c>
       <c r="G448" t="s">
-        <v>2205</v>
-[...3 lines deleted...]
-      </c>
+        <v>2210</v>
+      </c>
+      <c r="H448"/>
       <c r="I448"/>
       <c r="J448" t="s">
-        <v>2207</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="449" spans="1:10">
       <c r="A449" t="s">
-        <v>2208</v>
+        <v>2212</v>
       </c>
       <c r="B449" t="s">
-        <v>25</v>
+        <v>1112</v>
       </c>
       <c r="C449" t="s">
-        <v>2209</v>
+        <v>2213</v>
       </c>
       <c r="D449" t="s">
-        <v>278</v>
-[...6 lines deleted...]
-      </c>
+        <v>2214</v>
+      </c>
+      <c r="E449"/>
+      <c r="F449"/>
       <c r="G449" t="s">
-        <v>2210</v>
-[...4 lines deleted...]
-      </c>
+        <v>2215</v>
+      </c>
+      <c r="H449" t="s">
+        <v>2216</v>
+      </c>
+      <c r="I449"/>
       <c r="J449" t="s">
-        <v>2212</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="450" spans="1:10">
       <c r="A450" t="s">
-        <v>2213</v>
+        <v>2218</v>
       </c>
       <c r="B450" t="s">
-        <v>1104</v>
+        <v>25</v>
       </c>
       <c r="C450" t="s">
-        <v>2214</v>
+        <v>2219</v>
       </c>
       <c r="D450" t="s">
-        <v>2215</v>
+        <v>278</v>
       </c>
       <c r="E450" t="s">
-        <v>303</v>
-[...1 lines deleted...]
-      <c r="F450"/>
+        <v>24</v>
+      </c>
+      <c r="F450" t="s">
+        <v>25</v>
+      </c>
       <c r="G450" t="s">
-        <v>2216</v>
-[...4 lines deleted...]
-      <c r="I450"/>
+        <v>2220</v>
+      </c>
+      <c r="H450"/>
+      <c r="I450" t="s">
+        <v>2221</v>
+      </c>
       <c r="J450" t="s">
-        <v>247</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="451" spans="1:10">
       <c r="A451" t="s">
-        <v>2218</v>
+        <v>2223</v>
       </c>
       <c r="B451" t="s">
-        <v>25</v>
+        <v>1112</v>
       </c>
       <c r="C451" t="s">
-        <v>2219</v>
+        <v>2224</v>
       </c>
       <c r="D451" t="s">
-        <v>2220</v>
+        <v>2225</v>
       </c>
       <c r="E451" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="F451"/>
       <c r="G451" t="s">
-        <v>2221</v>
-[...1 lines deleted...]
-      <c r="H451"/>
+        <v>2226</v>
+      </c>
+      <c r="H451" t="s">
+        <v>2227</v>
+      </c>
       <c r="I451"/>
       <c r="J451" t="s">
-        <v>2222</v>
+        <v>247</v>
       </c>
     </row>
     <row r="452" spans="1:10">
       <c r="A452" t="s">
-        <v>2223</v>
+        <v>2228</v>
       </c>
       <c r="B452" t="s">
         <v>25</v>
       </c>
       <c r="C452" t="s">
-        <v>2224</v>
+        <v>2229</v>
       </c>
       <c r="D452" t="s">
-        <v>764</v>
+        <v>2230</v>
       </c>
       <c r="E452" t="s">
-        <v>303</v>
-[...1 lines deleted...]
-      <c r="F452"/>
+        <v>24</v>
+      </c>
+      <c r="F452" t="s">
+        <v>25</v>
+      </c>
       <c r="G452" t="s">
-        <v>2225</v>
+        <v>2231</v>
       </c>
       <c r="H452"/>
       <c r="I452"/>
       <c r="J452" t="s">
-        <v>2226</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="453" spans="1:10">
       <c r="A453" t="s">
-        <v>2227</v>
+        <v>2233</v>
       </c>
       <c r="B453" t="s">
-        <v>2228</v>
+        <v>25</v>
       </c>
       <c r="C453" t="s">
-        <v>2229</v>
+        <v>2234</v>
       </c>
       <c r="D453" t="s">
-        <v>2230</v>
+        <v>771</v>
       </c>
       <c r="E453" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="F453"/>
       <c r="G453" t="s">
-        <v>2231</v>
+        <v>2235</v>
       </c>
       <c r="H453"/>
       <c r="I453"/>
       <c r="J453" t="s">
-        <v>2232</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="454" spans="1:10">
       <c r="A454" t="s">
-        <v>2233</v>
+        <v>2237</v>
       </c>
       <c r="B454" t="s">
-        <v>2234</v>
+        <v>2238</v>
       </c>
       <c r="C454" t="s">
-        <v>2235</v>
+        <v>2239</v>
       </c>
       <c r="D454" t="s">
-        <v>2189</v>
+        <v>2240</v>
       </c>
       <c r="E454" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F454"/>
+        <v>164</v>
+      </c>
+      <c r="F454" t="s">
+        <v>25</v>
+      </c>
       <c r="G454" t="s">
-        <v>2236</v>
-[...3 lines deleted...]
-      </c>
+        <v>2241</v>
+      </c>
+      <c r="H454"/>
       <c r="I454"/>
       <c r="J454" t="s">
-        <v>390</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="455" spans="1:10">
       <c r="A455" t="s">
-        <v>2238</v>
+        <v>2243</v>
       </c>
       <c r="B455" t="s">
-        <v>43</v>
+        <v>2244</v>
       </c>
       <c r="C455" t="s">
-        <v>2239</v>
+        <v>2245</v>
       </c>
       <c r="D455" t="s">
-        <v>2240</v>
-[...2 lines deleted...]
-      <c r="F455"/>
+        <v>2199</v>
+      </c>
+      <c r="E455" t="s">
+        <v>24</v>
+      </c>
+      <c r="F455" t="s">
+        <v>25</v>
+      </c>
       <c r="G455" t="s">
-        <v>2241</v>
+        <v>2246</v>
       </c>
       <c r="H455" t="s">
-        <v>2242</v>
+        <v>2247</v>
       </c>
       <c r="I455"/>
       <c r="J455" t="s">
-        <v>2243</v>
+        <v>391</v>
       </c>
     </row>
     <row r="456" spans="1:10">
       <c r="A456" t="s">
-        <v>2244</v>
+        <v>2248</v>
       </c>
       <c r="B456" t="s">
         <v>43</v>
       </c>
       <c r="C456" t="s">
-        <v>523</v>
+        <v>2249</v>
       </c>
       <c r="D456" t="s">
-        <v>2245</v>
+        <v>2250</v>
       </c>
       <c r="E456"/>
       <c r="F456"/>
-      <c r="G456"/>
-[...3 lines deleted...]
-      </c>
+      <c r="G456" t="s">
+        <v>2251</v>
+      </c>
+      <c r="H456" t="s">
+        <v>2252</v>
+      </c>
+      <c r="I456"/>
       <c r="J456" t="s">
-        <v>206</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="457" spans="1:10">
       <c r="A457" t="s">
-        <v>2246</v>
+        <v>2254</v>
       </c>
       <c r="B457" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C457" t="s">
-        <v>2247</v>
+        <v>2255</v>
       </c>
       <c r="D457" t="s">
-        <v>1202</v>
-[...3 lines deleted...]
-      </c>
+        <v>2256</v>
+      </c>
+      <c r="E457"/>
       <c r="F457"/>
-      <c r="G457" t="s">
-[...5 lines deleted...]
-      <c r="I457"/>
+      <c r="G457"/>
+      <c r="H457"/>
+      <c r="I457" t="s">
+        <v>386</v>
+      </c>
       <c r="J457" t="s">
-        <v>2249</v>
+        <v>206</v>
       </c>
     </row>
     <row r="458" spans="1:10">
       <c r="A458" t="s">
-        <v>2250</v>
+        <v>2257</v>
       </c>
       <c r="B458" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C458" t="s">
-        <v>2251</v>
+        <v>2258</v>
       </c>
       <c r="D458" t="s">
-        <v>2252</v>
+        <v>1210</v>
       </c>
       <c r="E458" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F458"/>
       <c r="G458" t="s">
-        <v>2253</v>
-[...4 lines deleted...]
-      </c>
+        <v>2259</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1042</v>
+      </c>
+      <c r="I458"/>
       <c r="J458" t="s">
-        <v>533</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="459" spans="1:10">
       <c r="A459" t="s">
-        <v>2255</v>
+        <v>2261</v>
       </c>
       <c r="B459" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="C459" t="s">
-        <v>2256</v>
+        <v>2262</v>
       </c>
       <c r="D459" t="s">
-        <v>2257</v>
+        <v>2263</v>
       </c>
       <c r="E459" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F459"/>
+        <v>217</v>
+      </c>
+      <c r="F459" t="s">
+        <v>25</v>
+      </c>
       <c r="G459" t="s">
-        <v>2258</v>
+        <v>2264</v>
       </c>
       <c r="H459"/>
-      <c r="I459"/>
+      <c r="I459" t="s">
+        <v>2265</v>
+      </c>
       <c r="J459" t="s">
-        <v>2259</v>
+        <v>539</v>
       </c>
     </row>
     <row r="460" spans="1:10">
       <c r="A460" t="s">
-        <v>2260</v>
+        <v>2266</v>
       </c>
       <c r="B460" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C460" t="s">
-        <v>2261</v>
+        <v>2267</v>
       </c>
       <c r="D460" t="s">
-        <v>2262</v>
+        <v>2268</v>
       </c>
       <c r="E460" t="s">
-        <v>217</v>
-[...4 lines deleted...]
-      <c r="G460"/>
+        <v>24</v>
+      </c>
+      <c r="F460"/>
+      <c r="G460" t="s">
+        <v>2269</v>
+      </c>
       <c r="H460"/>
       <c r="I460"/>
       <c r="J460" t="s">
-        <v>2263</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="461" spans="1:10">
       <c r="A461" t="s">
-        <v>2264</v>
+        <v>2271</v>
       </c>
       <c r="B461" t="s">
-        <v>43</v>
+        <v>214</v>
       </c>
       <c r="C461" t="s">
-        <v>2265</v>
+        <v>2272</v>
       </c>
       <c r="D461" t="s">
-        <v>2257</v>
-[...2 lines deleted...]
-      <c r="F461"/>
+        <v>2273</v>
+      </c>
+      <c r="E461" t="s">
+        <v>217</v>
+      </c>
+      <c r="F461" t="s">
+        <v>25</v>
+      </c>
       <c r="G461"/>
       <c r="H461"/>
-      <c r="I461" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I461"/>
       <c r="J461" t="s">
-        <v>2267</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="462" spans="1:10">
       <c r="A462" t="s">
+        <v>2275</v>
+      </c>
+      <c r="B462" t="s">
+        <v>43</v>
+      </c>
+      <c r="C462" t="s">
+        <v>2276</v>
+      </c>
+      <c r="D462" t="s">
         <v>2268</v>
       </c>
-      <c r="B462" t="s">
-[...20 lines deleted...]
-      <c r="I462"/>
+      <c r="E462"/>
+      <c r="F462"/>
+      <c r="G462"/>
+      <c r="H462"/>
+      <c r="I462" t="s">
+        <v>2277</v>
+      </c>
       <c r="J462" t="s">
-        <v>2272</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="463" spans="1:10">
       <c r="A463" t="s">
-        <v>2273</v>
+        <v>2279</v>
       </c>
       <c r="B463" t="s">
-        <v>805</v>
+        <v>25</v>
       </c>
       <c r="C463" t="s">
-        <v>2274</v>
+        <v>2280</v>
       </c>
       <c r="D463" t="s">
-        <v>2275</v>
+        <v>193</v>
       </c>
       <c r="E463" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F463"/>
+        <v>303</v>
+      </c>
+      <c r="F463" t="s">
+        <v>25</v>
+      </c>
       <c r="G463" t="s">
-        <v>2276</v>
-[...4 lines deleted...]
-      </c>
+        <v>2281</v>
+      </c>
+      <c r="H463" t="s">
+        <v>2282</v>
+      </c>
+      <c r="I463"/>
       <c r="J463" t="s">
-        <v>2278</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="464" spans="1:10">
       <c r="A464" t="s">
-        <v>2279</v>
+        <v>2284</v>
       </c>
       <c r="B464" t="s">
-        <v>25</v>
+        <v>812</v>
       </c>
       <c r="C464" t="s">
-        <v>2280</v>
+        <v>2285</v>
       </c>
       <c r="D464" t="s">
-        <v>2281</v>
+        <v>2286</v>
       </c>
       <c r="E464" t="s">
         <v>24</v>
       </c>
       <c r="F464"/>
       <c r="G464" t="s">
-        <v>2282</v>
+        <v>2287</v>
       </c>
       <c r="H464"/>
       <c r="I464" t="s">
-        <v>1761</v>
+        <v>2288</v>
       </c>
       <c r="J464" t="s">
-        <v>2283</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="465" spans="1:10">
       <c r="A465" t="s">
-        <v>2284</v>
+        <v>2290</v>
       </c>
       <c r="B465" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="C465" t="s">
-        <v>2285</v>
-[...2 lines deleted...]
-      <c r="E465"/>
+        <v>2291</v>
+      </c>
+      <c r="D465" t="s">
+        <v>2292</v>
+      </c>
+      <c r="E465" t="s">
+        <v>24</v>
+      </c>
       <c r="F465"/>
-      <c r="G465"/>
-[...3 lines deleted...]
-      <c r="I465"/>
+      <c r="G465" t="s">
+        <v>2293</v>
+      </c>
+      <c r="H465"/>
+      <c r="I465" t="s">
+        <v>2294</v>
+      </c>
       <c r="J465" t="s">
-        <v>400</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="466" spans="1:10">
       <c r="A466" t="s">
-        <v>2286</v>
+        <v>2296</v>
       </c>
       <c r="B466" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C466" t="s">
-        <v>2104</v>
-[...6 lines deleted...]
-      </c>
+        <v>2297</v>
+      </c>
+      <c r="D466"/>
+      <c r="E466"/>
       <c r="F466"/>
-      <c r="G466" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G466"/>
       <c r="H466" t="s">
-        <v>584</v>
+        <v>1174</v>
       </c>
       <c r="I466"/>
       <c r="J466" t="s">
-        <v>2288</v>
+        <v>401</v>
       </c>
     </row>
     <row r="467" spans="1:10">
       <c r="A467" t="s">
-        <v>2289</v>
+        <v>2298</v>
       </c>
       <c r="B467" t="s">
-        <v>668</v>
+        <v>25</v>
       </c>
       <c r="C467" t="s">
-        <v>2290</v>
+        <v>2113</v>
       </c>
       <c r="D467" t="s">
-        <v>2291</v>
+        <v>341</v>
       </c>
       <c r="E467" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="F467"/>
       <c r="G467" t="s">
-        <v>2292</v>
-[...1 lines deleted...]
-      <c r="H467"/>
+        <v>2299</v>
+      </c>
+      <c r="H467" t="s">
+        <v>590</v>
+      </c>
       <c r="I467"/>
       <c r="J467" t="s">
-        <v>2293</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="468" spans="1:10">
       <c r="A468" t="s">
-        <v>2294</v>
+        <v>2301</v>
       </c>
       <c r="B468" t="s">
-        <v>25</v>
+        <v>674</v>
       </c>
       <c r="C468" t="s">
-        <v>2295</v>
+        <v>2302</v>
       </c>
       <c r="D468" t="s">
-        <v>726</v>
+        <v>2303</v>
       </c>
       <c r="E468" t="s">
-        <v>346</v>
+        <v>24</v>
       </c>
       <c r="F468" t="s">
         <v>25</v>
       </c>
       <c r="G468" t="s">
-        <v>2296</v>
-[...3 lines deleted...]
-      </c>
+        <v>2304</v>
+      </c>
+      <c r="H468"/>
       <c r="I468"/>
       <c r="J468" t="s">
-        <v>2298</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="469" spans="1:10">
       <c r="A469" t="s">
-        <v>2299</v>
+        <v>2306</v>
       </c>
       <c r="B469" t="s">
         <v>25</v>
       </c>
       <c r="C469" t="s">
-        <v>2300</v>
+        <v>2307</v>
       </c>
       <c r="D469" t="s">
-        <v>122</v>
+        <v>732</v>
       </c>
       <c r="E469" t="s">
-        <v>164</v>
+        <v>347</v>
       </c>
       <c r="F469" t="s">
         <v>25</v>
       </c>
       <c r="G469" t="s">
-        <v>2301</v>
+        <v>2308</v>
       </c>
       <c r="H469" t="s">
-        <v>2302</v>
-[...3 lines deleted...]
-      </c>
+        <v>2309</v>
+      </c>
+      <c r="I469"/>
       <c r="J469" t="s">
-        <v>2304</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="470" spans="1:10">
       <c r="A470" t="s">
-        <v>2305</v>
+        <v>2311</v>
       </c>
       <c r="B470" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C470" t="s">
-        <v>2306</v>
+        <v>2312</v>
       </c>
       <c r="D470" t="s">
-        <v>1095</v>
-[...2 lines deleted...]
-      <c r="F470"/>
+        <v>122</v>
+      </c>
+      <c r="E470" t="s">
+        <v>164</v>
+      </c>
+      <c r="F470" t="s">
+        <v>25</v>
+      </c>
       <c r="G470" t="s">
-        <v>2307</v>
+        <v>2313</v>
       </c>
       <c r="H470" t="s">
-        <v>757</v>
+        <v>2314</v>
       </c>
       <c r="I470" t="s">
-        <v>2308</v>
+        <v>2315</v>
       </c>
       <c r="J470" t="s">
-        <v>1897</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="471" spans="1:10">
       <c r="A471" t="s">
-        <v>2309</v>
+        <v>2317</v>
       </c>
       <c r="B471" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C471" t="s">
-        <v>2310</v>
+        <v>2318</v>
       </c>
       <c r="D471" t="s">
-        <v>32</v>
-[...6 lines deleted...]
-      </c>
+        <v>1103</v>
+      </c>
+      <c r="E471"/>
+      <c r="F471"/>
       <c r="G471" t="s">
-        <v>2311</v>
+        <v>2319</v>
       </c>
       <c r="H471" t="s">
-        <v>927</v>
-[...1 lines deleted...]
-      <c r="I471"/>
+        <v>764</v>
+      </c>
+      <c r="I471" t="s">
+        <v>2320</v>
+      </c>
       <c r="J471" t="s">
-        <v>2191</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="472" spans="1:10">
       <c r="A472" t="s">
-        <v>2312</v>
+        <v>2321</v>
       </c>
       <c r="B472" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C472" t="s">
-        <v>2313</v>
+        <v>2322</v>
       </c>
       <c r="D472" t="s">
-        <v>706</v>
-[...2 lines deleted...]
-      <c r="F472"/>
+        <v>32</v>
+      </c>
+      <c r="E472" t="s">
+        <v>24</v>
+      </c>
+      <c r="F472" t="s">
+        <v>25</v>
+      </c>
       <c r="G472" t="s">
-        <v>2314</v>
-[...4 lines deleted...]
-      </c>
+        <v>2323</v>
+      </c>
+      <c r="H472" t="s">
+        <v>934</v>
+      </c>
+      <c r="I472"/>
       <c r="J472" t="s">
-        <v>85</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="473" spans="1:10">
       <c r="A473" t="s">
-        <v>2316</v>
+        <v>2324</v>
       </c>
       <c r="B473" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="C473" t="s">
-        <v>2317</v>
+        <v>2325</v>
       </c>
       <c r="D473" t="s">
-        <v>2318</v>
+        <v>712</v>
       </c>
       <c r="E473"/>
       <c r="F473"/>
       <c r="G473" t="s">
-        <v>2319</v>
+        <v>2326</v>
       </c>
       <c r="H473"/>
-      <c r="I473"/>
+      <c r="I473" t="s">
+        <v>2327</v>
+      </c>
       <c r="J473" t="s">
-        <v>263</v>
+        <v>85</v>
       </c>
     </row>
     <row r="474" spans="1:10">
       <c r="A474" t="s">
-        <v>2320</v>
+        <v>2328</v>
       </c>
       <c r="B474" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="C474" t="s">
-        <v>2321</v>
+        <v>2329</v>
       </c>
       <c r="D474" t="s">
-        <v>1494</v>
-[...6 lines deleted...]
-      </c>
+        <v>2330</v>
+      </c>
+      <c r="E474"/>
+      <c r="F474"/>
       <c r="G474" t="s">
-        <v>2322</v>
+        <v>2331</v>
       </c>
       <c r="H474"/>
-      <c r="I474" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I474"/>
       <c r="J474" t="s">
-        <v>2020</v>
+        <v>263</v>
       </c>
     </row>
     <row r="475" spans="1:10">
       <c r="A475" t="s">
-        <v>2323</v>
+        <v>2332</v>
       </c>
       <c r="B475" t="s">
-        <v>2324</v>
+        <v>21</v>
       </c>
       <c r="C475" t="s">
-        <v>2325</v>
+        <v>2333</v>
       </c>
       <c r="D475" t="s">
-        <v>1290</v>
+        <v>1503</v>
       </c>
       <c r="E475" t="s">
-        <v>346</v>
+        <v>24</v>
       </c>
       <c r="F475" t="s">
         <v>25</v>
       </c>
       <c r="G475" t="s">
-        <v>2326</v>
-[...4 lines deleted...]
-      <c r="I475"/>
+        <v>2334</v>
+      </c>
+      <c r="H475"/>
+      <c r="I475" t="s">
+        <v>1505</v>
+      </c>
       <c r="J475" t="s">
-        <v>2328</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="476" spans="1:10">
       <c r="A476" t="s">
-        <v>2329</v>
+        <v>2335</v>
       </c>
       <c r="B476" t="s">
-        <v>214</v>
+        <v>2336</v>
       </c>
       <c r="C476" t="s">
-        <v>2330</v>
+        <v>2337</v>
       </c>
       <c r="D476" t="s">
-        <v>664</v>
+        <v>1299</v>
       </c>
       <c r="E476" t="s">
-        <v>279</v>
+        <v>347</v>
       </c>
       <c r="F476" t="s">
         <v>25</v>
       </c>
       <c r="G476" t="s">
-        <v>2331</v>
-[...1 lines deleted...]
-      <c r="H476"/>
+        <v>2338</v>
+      </c>
+      <c r="H476" t="s">
+        <v>2339</v>
+      </c>
       <c r="I476"/>
       <c r="J476" t="s">
-        <v>2332</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="477" spans="1:10">
       <c r="A477" t="s">
-        <v>2333</v>
+        <v>2341</v>
       </c>
       <c r="B477" t="s">
-        <v>37</v>
+        <v>214</v>
       </c>
       <c r="C477" t="s">
-        <v>2334</v>
+        <v>2342</v>
       </c>
       <c r="D477" t="s">
-        <v>2335</v>
-[...2 lines deleted...]
-      <c r="F477"/>
+        <v>670</v>
+      </c>
+      <c r="E477" t="s">
+        <v>279</v>
+      </c>
+      <c r="F477" t="s">
+        <v>25</v>
+      </c>
       <c r="G477" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="H477"/>
       <c r="I477"/>
       <c r="J477" t="s">
-        <v>2337</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="478" spans="1:10">
       <c r="A478" t="s">
-        <v>2338</v>
+        <v>2345</v>
       </c>
       <c r="B478" t="s">
-        <v>150</v>
+        <v>37</v>
       </c>
       <c r="C478" t="s">
-        <v>2339</v>
+        <v>2346</v>
       </c>
       <c r="D478" t="s">
-        <v>2340</v>
+        <v>2347</v>
       </c>
       <c r="E478"/>
       <c r="F478"/>
       <c r="G478" t="s">
-        <v>2341</v>
+        <v>2348</v>
       </c>
       <c r="H478"/>
       <c r="I478"/>
       <c r="J478" t="s">
-        <v>2342</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="479" spans="1:10">
       <c r="A479" t="s">
-        <v>2343</v>
+        <v>2350</v>
       </c>
       <c r="B479" t="s">
-        <v>43</v>
+        <v>150</v>
       </c>
       <c r="C479" t="s">
-        <v>2344</v>
+        <v>2351</v>
       </c>
       <c r="D479" t="s">
-        <v>1022</v>
+        <v>2352</v>
       </c>
       <c r="E479"/>
       <c r="F479"/>
       <c r="G479" t="s">
-        <v>2345</v>
-[...6 lines deleted...]
-      </c>
+        <v>2353</v>
+      </c>
+      <c r="H479"/>
+      <c r="I479"/>
       <c r="J479" t="s">
-        <v>2035</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="480" spans="1:10">
       <c r="A480" t="s">
-        <v>2347</v>
+        <v>2355</v>
       </c>
       <c r="B480" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C480" t="s">
-        <v>2348</v>
+        <v>2356</v>
       </c>
       <c r="D480" t="s">
-        <v>1624</v>
-[...6 lines deleted...]
-      </c>
+        <v>1030</v>
+      </c>
+      <c r="E480"/>
+      <c r="F480"/>
       <c r="G480" t="s">
-        <v>2349</v>
+        <v>2357</v>
       </c>
       <c r="H480" t="s">
-        <v>2350</v>
-[...1 lines deleted...]
-      <c r="I480"/>
+        <v>1227</v>
+      </c>
+      <c r="I480" t="s">
+        <v>2358</v>
+      </c>
       <c r="J480" t="s">
-        <v>2351</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="481" spans="1:10">
       <c r="A481" t="s">
-        <v>2352</v>
+        <v>2359</v>
       </c>
       <c r="B481" t="s">
         <v>25</v>
       </c>
       <c r="C481" t="s">
-        <v>2353</v>
+        <v>2360</v>
       </c>
       <c r="D481" t="s">
-        <v>2354</v>
+        <v>1633</v>
       </c>
       <c r="E481" t="s">
         <v>24</v>
       </c>
-      <c r="F481"/>
+      <c r="F481" t="s">
+        <v>25</v>
+      </c>
       <c r="G481" t="s">
-        <v>2355</v>
-[...1 lines deleted...]
-      <c r="H481"/>
+        <v>2361</v>
+      </c>
+      <c r="H481" t="s">
+        <v>2362</v>
+      </c>
       <c r="I481"/>
       <c r="J481" t="s">
-        <v>35</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="482" spans="1:10">
       <c r="A482" t="s">
-        <v>2356</v>
+        <v>2364</v>
       </c>
       <c r="B482" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="C482" t="s">
-        <v>2357</v>
+        <v>2365</v>
       </c>
       <c r="D482" t="s">
-        <v>1708</v>
+        <v>2366</v>
       </c>
       <c r="E482" t="s">
         <v>24</v>
       </c>
-      <c r="F482" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F482"/>
       <c r="G482" t="s">
-        <v>2358</v>
-[...3 lines deleted...]
-      </c>
+        <v>2367</v>
+      </c>
+      <c r="H482"/>
       <c r="I482"/>
       <c r="J482" t="s">
-        <v>2360</v>
+        <v>35</v>
       </c>
     </row>
     <row r="483" spans="1:10">
       <c r="A483" t="s">
-        <v>2361</v>
+        <v>2368</v>
       </c>
       <c r="B483" t="s">
-        <v>150</v>
+        <v>60</v>
       </c>
       <c r="C483" t="s">
-        <v>2362</v>
+        <v>2369</v>
       </c>
       <c r="D483" t="s">
-        <v>2363</v>
-[...2 lines deleted...]
-      <c r="F483"/>
+        <v>1717</v>
+      </c>
+      <c r="E483" t="s">
+        <v>24</v>
+      </c>
+      <c r="F483" t="s">
+        <v>25</v>
+      </c>
       <c r="G483" t="s">
-        <v>2364</v>
+        <v>2370</v>
       </c>
       <c r="H483" t="s">
-        <v>1166</v>
+        <v>2371</v>
       </c>
       <c r="I483"/>
       <c r="J483" t="s">
-        <v>2365</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="484" spans="1:10">
       <c r="A484" t="s">
-        <v>2366</v>
+        <v>2373</v>
       </c>
       <c r="B484" t="s">
-        <v>37</v>
+        <v>150</v>
       </c>
       <c r="C484" t="s">
-        <v>402</v>
+        <v>2374</v>
       </c>
       <c r="D484" t="s">
-        <v>403</v>
+        <v>2375</v>
       </c>
       <c r="E484"/>
       <c r="F484"/>
       <c r="G484" t="s">
-        <v>2367</v>
-[...4 lines deleted...]
-      </c>
+        <v>2376</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1174</v>
+      </c>
+      <c r="I484"/>
       <c r="J484" t="s">
-        <v>2368</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="485" spans="1:10">
       <c r="A485" t="s">
-        <v>2369</v>
+        <v>2378</v>
       </c>
       <c r="B485" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="C485" t="s">
-        <v>2370</v>
+        <v>403</v>
       </c>
       <c r="D485" t="s">
-        <v>122</v>
+        <v>404</v>
       </c>
       <c r="E485"/>
       <c r="F485"/>
       <c r="G485" t="s">
-        <v>2371</v>
-[...3 lines deleted...]
-      </c>
+        <v>2379</v>
+      </c>
+      <c r="H485"/>
       <c r="I485" t="s">
-        <v>370</v>
+        <v>406</v>
       </c>
       <c r="J485" t="s">
-        <v>2373</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="486" spans="1:10">
       <c r="A486" t="s">
-        <v>2374</v>
+        <v>2381</v>
       </c>
       <c r="B486" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C486" t="s">
-        <v>2375</v>
+        <v>2382</v>
       </c>
       <c r="D486" t="s">
-        <v>2376</v>
-[...6 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="E486"/>
+      <c r="F486"/>
       <c r="G486" t="s">
-        <v>2377</v>
-[...1 lines deleted...]
-      <c r="H486"/>
+        <v>2383</v>
+      </c>
+      <c r="H486" t="s">
+        <v>2384</v>
+      </c>
       <c r="I486" t="s">
-        <v>866</v>
+        <v>371</v>
       </c>
       <c r="J486" t="s">
-        <v>2378</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="487" spans="1:10">
       <c r="A487" t="s">
-        <v>2379</v>
+        <v>2386</v>
       </c>
       <c r="B487" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C487" t="s">
-        <v>2380</v>
+        <v>2387</v>
       </c>
       <c r="D487" t="s">
-        <v>2381</v>
+        <v>2388</v>
       </c>
       <c r="E487" t="s">
-        <v>217</v>
+        <v>24</v>
       </c>
       <c r="F487" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="G487" t="s">
-        <v>2382</v>
+        <v>2389</v>
       </c>
       <c r="H487"/>
       <c r="I487" t="s">
-        <v>2383</v>
+        <v>873</v>
       </c>
       <c r="J487" t="s">
-        <v>2384</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="488" spans="1:10">
       <c r="A488" t="s">
-        <v>2385</v>
+        <v>2391</v>
       </c>
       <c r="B488" t="s">
-        <v>43</v>
+        <v>214</v>
       </c>
       <c r="C488" t="s">
-        <v>609</v>
-[...4 lines deleted...]
-      <c r="G488"/>
+        <v>2392</v>
+      </c>
+      <c r="D488" t="s">
+        <v>2393</v>
+      </c>
+      <c r="E488" t="s">
+        <v>217</v>
+      </c>
+      <c r="F488" t="s">
+        <v>214</v>
+      </c>
+      <c r="G488" t="s">
+        <v>2394</v>
+      </c>
       <c r="H488"/>
-      <c r="I488"/>
+      <c r="I488" t="s">
+        <v>2395</v>
+      </c>
       <c r="J488" t="s">
-        <v>2386</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="489" spans="1:10">
       <c r="A489" t="s">
-        <v>2387</v>
+        <v>2397</v>
       </c>
       <c r="B489" t="s">
-        <v>214</v>
+        <v>43</v>
       </c>
       <c r="C489" t="s">
-        <v>2388</v>
-[...12 lines deleted...]
-      </c>
+        <v>615</v>
+      </c>
+      <c r="D489"/>
+      <c r="E489"/>
+      <c r="F489"/>
+      <c r="G489"/>
       <c r="H489"/>
-      <c r="I489" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I489"/>
       <c r="J489" t="s">
-        <v>1897</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="490" spans="1:10">
       <c r="A490" t="s">
-        <v>2391</v>
+        <v>2399</v>
       </c>
       <c r="B490" t="s">
-        <v>43</v>
+        <v>214</v>
       </c>
       <c r="C490" t="s">
-        <v>2392</v>
+        <v>2400</v>
       </c>
       <c r="D490" t="s">
-        <v>2393</v>
-[...3 lines deleted...]
-      <c r="G490"/>
+        <v>1586</v>
+      </c>
+      <c r="E490" t="s">
+        <v>279</v>
+      </c>
+      <c r="F490" t="s">
+        <v>214</v>
+      </c>
+      <c r="G490" t="s">
+        <v>2401</v>
+      </c>
       <c r="H490"/>
       <c r="I490" t="s">
-        <v>2394</v>
+        <v>2402</v>
       </c>
       <c r="J490" t="s">
-        <v>243</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="491" spans="1:10">
       <c r="A491" t="s">
-        <v>2395</v>
+        <v>2403</v>
       </c>
       <c r="B491" t="s">
-        <v>68</v>
+        <v>43</v>
       </c>
       <c r="C491" t="s">
-        <v>2396</v>
+        <v>2404</v>
       </c>
       <c r="D491" t="s">
-        <v>2397</v>
+        <v>2405</v>
       </c>
       <c r="E491"/>
       <c r="F491"/>
-      <c r="G491"/>
+      <c r="G491" t="s">
+        <v>2406</v>
+      </c>
       <c r="H491"/>
-      <c r="I491"/>
+      <c r="I491" t="s">
+        <v>2407</v>
+      </c>
       <c r="J491" t="s">
-        <v>1872</v>
+        <v>243</v>
       </c>
     </row>
     <row r="492" spans="1:10">
       <c r="A492" t="s">
-        <v>2398</v>
+        <v>2408</v>
       </c>
       <c r="B492" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="C492" t="s">
-        <v>2399</v>
+        <v>2409</v>
       </c>
       <c r="D492" t="s">
-        <v>2400</v>
+        <v>2410</v>
       </c>
       <c r="E492"/>
       <c r="F492"/>
       <c r="G492"/>
       <c r="H492"/>
-      <c r="I492" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I492"/>
       <c r="J492" t="s">
-        <v>2402</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="493" spans="1:10">
       <c r="A493" t="s">
-        <v>2403</v>
+        <v>2411</v>
       </c>
       <c r="B493" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="C493" t="s">
-        <v>2404</v>
+        <v>2412</v>
       </c>
       <c r="D493" t="s">
-        <v>2405</v>
+        <v>2413</v>
       </c>
       <c r="E493"/>
       <c r="F493"/>
       <c r="G493"/>
       <c r="H493"/>
       <c r="I493" t="s">
-        <v>40</v>
+        <v>2414</v>
       </c>
       <c r="J493" t="s">
-        <v>1680</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="494" spans="1:10">
       <c r="A494" t="s">
-        <v>2406</v>
+        <v>2416</v>
       </c>
       <c r="B494" t="s">
-        <v>1104</v>
+        <v>43</v>
       </c>
       <c r="C494" t="s">
-        <v>2407</v>
+        <v>2417</v>
       </c>
       <c r="D494" t="s">
-        <v>618</v>
+        <v>2418</v>
       </c>
       <c r="E494"/>
       <c r="F494"/>
-      <c r="G494" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G494"/>
       <c r="H494"/>
-      <c r="I494"/>
+      <c r="I494" t="s">
+        <v>40</v>
+      </c>
       <c r="J494" t="s">
-        <v>2409</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="495" spans="1:10">
       <c r="A495" t="s">
-        <v>2410</v>
+        <v>2419</v>
       </c>
       <c r="B495" t="s">
-        <v>214</v>
+        <v>1112</v>
       </c>
       <c r="C495" t="s">
-        <v>2411</v>
+        <v>2420</v>
       </c>
       <c r="D495" t="s">
-        <v>122</v>
-[...6 lines deleted...]
-      </c>
+        <v>624</v>
+      </c>
+      <c r="E495"/>
+      <c r="F495"/>
       <c r="G495" t="s">
-        <v>2412</v>
+        <v>2421</v>
       </c>
       <c r="H495"/>
       <c r="I495"/>
       <c r="J495" t="s">
-        <v>1739</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="496" spans="1:10">
       <c r="A496" t="s">
-        <v>2413</v>
+        <v>2423</v>
       </c>
       <c r="B496" t="s">
         <v>214</v>
       </c>
       <c r="C496" t="s">
-        <v>2414</v>
+        <v>2424</v>
       </c>
       <c r="D496" t="s">
-        <v>368</v>
+        <v>122</v>
       </c>
       <c r="E496" t="s">
         <v>217</v>
       </c>
       <c r="F496" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="G496" t="s">
-        <v>2415</v>
+        <v>2425</v>
       </c>
       <c r="H496"/>
       <c r="I496"/>
       <c r="J496" t="s">
-        <v>533</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="497" spans="1:10">
       <c r="A497" t="s">
-        <v>2416</v>
+        <v>2426</v>
       </c>
       <c r="B497" t="s">
-        <v>198</v>
+        <v>214</v>
       </c>
       <c r="C497" t="s">
-        <v>2417</v>
+        <v>2427</v>
       </c>
       <c r="D497" t="s">
-        <v>193</v>
+        <v>369</v>
       </c>
       <c r="E497" t="s">
-        <v>303</v>
+        <v>217</v>
       </c>
       <c r="F497" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="G497" t="s">
-        <v>2418</v>
+        <v>2428</v>
       </c>
       <c r="H497"/>
       <c r="I497"/>
       <c r="J497" t="s">
-        <v>2419</v>
+        <v>539</v>
       </c>
     </row>
     <row r="498" spans="1:10">
       <c r="A498" t="s">
-        <v>2420</v>
+        <v>2429</v>
       </c>
       <c r="B498" t="s">
-        <v>25</v>
+        <v>198</v>
       </c>
       <c r="C498" t="s">
-        <v>2421</v>
+        <v>2430</v>
       </c>
       <c r="D498" t="s">
-        <v>2422</v>
+        <v>193</v>
       </c>
       <c r="E498" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F498"/>
+        <v>303</v>
+      </c>
+      <c r="F498" t="s">
+        <v>25</v>
+      </c>
       <c r="G498" t="s">
-        <v>2423</v>
+        <v>2431</v>
       </c>
       <c r="H498"/>
-      <c r="I498" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I498"/>
       <c r="J498" t="s">
-        <v>91</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="499" spans="1:10">
       <c r="A499" t="s">
-        <v>2424</v>
+        <v>2433</v>
       </c>
       <c r="B499" t="s">
         <v>25</v>
       </c>
       <c r="C499" t="s">
-        <v>2425</v>
+        <v>2434</v>
       </c>
       <c r="D499" t="s">
-        <v>425</v>
+        <v>2435</v>
       </c>
       <c r="E499" t="s">
-        <v>303</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="F499"/>
       <c r="G499" t="s">
-        <v>2426</v>
+        <v>2436</v>
       </c>
       <c r="H499"/>
-      <c r="I499"/>
+      <c r="I499" t="s">
+        <v>873</v>
+      </c>
       <c r="J499" t="s">
-        <v>102</v>
+        <v>91</v>
       </c>
     </row>
     <row r="500" spans="1:10">
       <c r="A500" t="s">
-        <v>2427</v>
+        <v>2437</v>
       </c>
       <c r="B500" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="C500" t="s">
-        <v>2428</v>
-[...4 lines deleted...]
-      <c r="G500"/>
+        <v>2438</v>
+      </c>
+      <c r="D500" t="s">
+        <v>426</v>
+      </c>
+      <c r="E500" t="s">
+        <v>303</v>
+      </c>
+      <c r="F500" t="s">
+        <v>25</v>
+      </c>
+      <c r="G500" t="s">
+        <v>2439</v>
+      </c>
       <c r="H500"/>
       <c r="I500"/>
       <c r="J500" t="s">
-        <v>2429</v>
+        <v>102</v>
       </c>
     </row>
     <row r="501" spans="1:10">
       <c r="A501" t="s">
-        <v>2430</v>
+        <v>2440</v>
       </c>
       <c r="B501" t="s">
-        <v>68</v>
+        <v>43</v>
       </c>
       <c r="C501" t="s">
-        <v>2431</v>
-[...3 lines deleted...]
-      </c>
+        <v>2441</v>
+      </c>
+      <c r="D501"/>
       <c r="E501"/>
       <c r="F501"/>
-      <c r="G501" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G501"/>
+      <c r="H501"/>
       <c r="I501"/>
       <c r="J501" t="s">
-        <v>2434</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="502" spans="1:10">
       <c r="A502" t="s">
-        <v>2435</v>
+        <v>2443</v>
       </c>
       <c r="B502" t="s">
-        <v>1571</v>
+        <v>68</v>
       </c>
       <c r="C502" t="s">
-        <v>2436</v>
+        <v>2444</v>
       </c>
       <c r="D502" t="s">
-        <v>1011</v>
-[...6 lines deleted...]
-      </c>
+        <v>2445</v>
+      </c>
+      <c r="E502"/>
+      <c r="F502"/>
       <c r="G502" t="s">
-        <v>2437</v>
-[...1 lines deleted...]
-      <c r="H502"/>
+        <v>2446</v>
+      </c>
+      <c r="H502" t="s">
+        <v>64</v>
+      </c>
       <c r="I502"/>
       <c r="J502" t="s">
-        <v>2438</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="503" spans="1:10">
       <c r="A503" t="s">
-        <v>2439</v>
+        <v>2448</v>
       </c>
       <c r="B503" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="C503" t="s">
-        <v>2440</v>
+        <v>2449</v>
       </c>
       <c r="D503" t="s">
-        <v>2441</v>
-[...3 lines deleted...]
-      <c r="G503"/>
+        <v>1019</v>
+      </c>
+      <c r="E503" t="s">
+        <v>303</v>
+      </c>
+      <c r="F503" t="s">
+        <v>25</v>
+      </c>
+      <c r="G503" t="s">
+        <v>2450</v>
+      </c>
       <c r="H503"/>
-      <c r="I503" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I503"/>
       <c r="J503" t="s">
-        <v>2443</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="504" spans="1:10">
       <c r="A504" t="s">
-        <v>2444</v>
+        <v>2452</v>
       </c>
       <c r="B504" t="s">
         <v>43</v>
       </c>
       <c r="C504" t="s">
-        <v>2445</v>
+        <v>2453</v>
       </c>
       <c r="D504" t="s">
-        <v>2446</v>
+        <v>2454</v>
       </c>
       <c r="E504"/>
       <c r="F504"/>
       <c r="G504"/>
       <c r="H504"/>
       <c r="I504" t="s">
-        <v>846</v>
+        <v>1560</v>
       </c>
       <c r="J504" t="s">
-        <v>386</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="505" spans="1:10">
       <c r="A505" t="s">
-        <v>2444</v>
+        <v>2456</v>
       </c>
       <c r="B505" t="s">
         <v>43</v>
       </c>
       <c r="C505" t="s">
-        <v>2447</v>
-[...1 lines deleted...]
-      <c r="D505"/>
+        <v>2457</v>
+      </c>
+      <c r="D505" t="s">
+        <v>2458</v>
+      </c>
       <c r="E505"/>
       <c r="F505"/>
       <c r="G505"/>
       <c r="H505"/>
-      <c r="I505"/>
+      <c r="I505" t="s">
+        <v>853</v>
+      </c>
       <c r="J505" t="s">
-        <v>2448</v>
+        <v>387</v>
       </c>
     </row>
     <row r="506" spans="1:10">
       <c r="A506" t="s">
-        <v>2449</v>
+        <v>2456</v>
       </c>
       <c r="B506" t="s">
-        <v>139</v>
+        <v>43</v>
       </c>
       <c r="C506" t="s">
-        <v>2450</v>
-[...3 lines deleted...]
-      </c>
+        <v>2459</v>
+      </c>
+      <c r="D506"/>
       <c r="E506"/>
       <c r="F506"/>
-      <c r="G506" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G506"/>
       <c r="H506"/>
       <c r="I506"/>
       <c r="J506" t="s">
-        <v>2452</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="507" spans="1:10">
       <c r="A507" t="s">
-        <v>2453</v>
+        <v>2461</v>
       </c>
       <c r="B507" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="C507" t="s">
-        <v>2454</v>
+        <v>2462</v>
       </c>
       <c r="D507" t="s">
-        <v>193</v>
-[...7 lines deleted...]
-      <c r="G507"/>
+        <v>1543</v>
+      </c>
+      <c r="E507"/>
+      <c r="F507"/>
+      <c r="G507" t="s">
+        <v>2463</v>
+      </c>
       <c r="H507"/>
       <c r="I507"/>
       <c r="J507" t="s">
-        <v>2455</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="508" spans="1:10">
       <c r="A508" t="s">
-        <v>2456</v>
+        <v>2465</v>
       </c>
       <c r="B508" t="s">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="C508" t="s">
-        <v>2457</v>
+        <v>2466</v>
       </c>
       <c r="D508" t="s">
-        <v>440</v>
+        <v>193</v>
       </c>
       <c r="E508" t="s">
-        <v>484</v>
+        <v>303</v>
       </c>
       <c r="F508" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="G508"/>
       <c r="H508"/>
       <c r="I508"/>
       <c r="J508" t="s">
-        <v>2459</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="509" spans="1:10">
       <c r="A509" t="s">
-        <v>2460</v>
+        <v>2468</v>
       </c>
       <c r="B509" t="s">
         <v>214</v>
       </c>
       <c r="C509" t="s">
-        <v>2461</v>
+        <v>2469</v>
       </c>
       <c r="D509" t="s">
-        <v>2462</v>
+        <v>441</v>
       </c>
       <c r="E509" t="s">
-        <v>217</v>
+        <v>485</v>
       </c>
       <c r="F509" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="G509" t="s">
-        <v>2463</v>
+        <v>2470</v>
       </c>
       <c r="H509"/>
       <c r="I509"/>
       <c r="J509" t="s">
-        <v>2464</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="510" spans="1:10">
       <c r="A510" t="s">
-        <v>2465</v>
+        <v>2472</v>
       </c>
       <c r="B510" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="C510" t="s">
-        <v>2466</v>
+        <v>2473</v>
       </c>
       <c r="D510" t="s">
-        <v>726</v>
+        <v>2474</v>
       </c>
       <c r="E510" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="F510"/>
+        <v>217</v>
+      </c>
+      <c r="F510" t="s">
+        <v>25</v>
+      </c>
       <c r="G510" t="s">
-        <v>2467</v>
+        <v>2475</v>
       </c>
       <c r="H510"/>
       <c r="I510"/>
       <c r="J510" t="s">
-        <v>2468</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="511" spans="1:10">
       <c r="A511" t="s">
-        <v>2469</v>
+        <v>2477</v>
       </c>
       <c r="B511" t="s">
-        <v>1571</v>
+        <v>25</v>
       </c>
       <c r="C511" t="s">
-        <v>2470</v>
+        <v>2478</v>
       </c>
       <c r="D511" t="s">
-        <v>222</v>
+        <v>732</v>
       </c>
       <c r="E511" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="F511"/>
       <c r="G511" t="s">
-        <v>2471</v>
-[...3 lines deleted...]
-      </c>
+        <v>2479</v>
+      </c>
+      <c r="H511"/>
       <c r="I511"/>
       <c r="J511" t="s">
-        <v>2473</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="512" spans="1:10">
       <c r="A512" t="s">
-        <v>2474</v>
+        <v>2481</v>
       </c>
       <c r="B512" t="s">
-        <v>25</v>
+        <v>1580</v>
       </c>
       <c r="C512" t="s">
-        <v>2475</v>
+        <v>2482</v>
       </c>
       <c r="D512" t="s">
-        <v>1987</v>
+        <v>222</v>
       </c>
       <c r="E512" t="s">
-        <v>346</v>
+        <v>24</v>
       </c>
       <c r="F512" t="s">
         <v>25</v>
       </c>
       <c r="G512" t="s">
-        <v>2476</v>
-[...4 lines deleted...]
-      </c>
+        <v>2483</v>
+      </c>
+      <c r="H512" t="s">
+        <v>2484</v>
+      </c>
+      <c r="I512"/>
       <c r="J512" t="s">
-        <v>2478</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="513" spans="1:10">
       <c r="A513" t="s">
-        <v>2479</v>
+        <v>2486</v>
       </c>
       <c r="B513" t="s">
         <v>25</v>
       </c>
       <c r="C513" t="s">
-        <v>2480</v>
+        <v>2487</v>
       </c>
       <c r="D513" t="s">
-        <v>2481</v>
+        <v>1997</v>
       </c>
       <c r="E513" t="s">
-        <v>24</v>
+        <v>347</v>
       </c>
       <c r="F513" t="s">
         <v>25</v>
       </c>
-      <c r="G513"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G513" t="s">
+        <v>2488</v>
+      </c>
+      <c r="H513"/>
       <c r="I513" t="s">
-        <v>1457</v>
+        <v>2489</v>
       </c>
       <c r="J513" t="s">
-        <v>400</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="514" spans="1:10">
       <c r="A514" t="s">
-        <v>2482</v>
+        <v>2491</v>
       </c>
       <c r="B514" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C514" t="s">
-        <v>2483</v>
+        <v>2492</v>
       </c>
       <c r="D514" t="s">
-        <v>2484</v>
+        <v>2493</v>
       </c>
       <c r="E514" t="s">
         <v>24</v>
       </c>
       <c r="F514" t="s">
         <v>25</v>
       </c>
-      <c r="G514" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G514"/>
       <c r="H514" t="s">
-        <v>962</v>
+        <v>970</v>
       </c>
       <c r="I514" t="s">
-        <v>2486</v>
+        <v>1466</v>
       </c>
       <c r="J514" t="s">
-        <v>1973</v>
+        <v>401</v>
       </c>
     </row>
     <row r="515" spans="1:10">
       <c r="A515" t="s">
-        <v>2487</v>
+        <v>2494</v>
       </c>
       <c r="B515" t="s">
-        <v>1866</v>
+        <v>21</v>
       </c>
       <c r="C515" t="s">
-        <v>2488</v>
+        <v>2495</v>
       </c>
       <c r="D515" t="s">
-        <v>2489</v>
-[...2 lines deleted...]
-      <c r="F515"/>
+        <v>2496</v>
+      </c>
+      <c r="E515" t="s">
+        <v>24</v>
+      </c>
+      <c r="F515" t="s">
+        <v>25</v>
+      </c>
       <c r="G515" t="s">
-        <v>2490</v>
+        <v>2497</v>
       </c>
       <c r="H515" t="s">
-        <v>2491</v>
-[...1 lines deleted...]
-      <c r="I515"/>
+        <v>970</v>
+      </c>
+      <c r="I515" t="s">
+        <v>2294</v>
+      </c>
       <c r="J515" t="s">
-        <v>2492</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="516" spans="1:10">
       <c r="A516" t="s">
-        <v>2493</v>
+        <v>2498</v>
       </c>
       <c r="B516" t="s">
-        <v>43</v>
+        <v>1875</v>
       </c>
       <c r="C516" t="s">
-        <v>2494</v>
-[...1 lines deleted...]
-      <c r="D516"/>
+        <v>2499</v>
+      </c>
+      <c r="D516" t="s">
+        <v>2500</v>
+      </c>
       <c r="E516"/>
       <c r="F516"/>
-      <c r="G516"/>
-      <c r="H516"/>
+      <c r="G516" t="s">
+        <v>2501</v>
+      </c>
+      <c r="H516" t="s">
+        <v>2502</v>
+      </c>
       <c r="I516"/>
       <c r="J516" t="s">
-        <v>386</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="517" spans="1:10">
       <c r="A517" t="s">
-        <v>2495</v>
+        <v>2504</v>
       </c>
       <c r="B517" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C517" t="s">
-        <v>2496</v>
-[...18 lines deleted...]
-      </c>
+        <v>2505</v>
+      </c>
+      <c r="D517"/>
+      <c r="E517"/>
+      <c r="F517"/>
+      <c r="G517"/>
+      <c r="H517"/>
+      <c r="I517"/>
       <c r="J517" t="s">
-        <v>2501</v>
+        <v>387</v>
       </c>
     </row>
     <row r="518" spans="1:10">
       <c r="A518" t="s">
-        <v>2502</v>
+        <v>2506</v>
       </c>
       <c r="B518" t="s">
-        <v>191</v>
+        <v>25</v>
       </c>
       <c r="C518" t="s">
-        <v>2503</v>
+        <v>2507</v>
       </c>
       <c r="D518" t="s">
-        <v>2504</v>
-[...2 lines deleted...]
-      <c r="F518"/>
+        <v>2508</v>
+      </c>
+      <c r="E518" t="s">
+        <v>24</v>
+      </c>
+      <c r="F518" t="s">
+        <v>25</v>
+      </c>
       <c r="G518" t="s">
-        <v>2505</v>
-[...1 lines deleted...]
-      <c r="H518"/>
+        <v>2509</v>
+      </c>
+      <c r="H518" t="s">
+        <v>2510</v>
+      </c>
       <c r="I518" t="s">
-        <v>1394</v>
+        <v>2511</v>
       </c>
       <c r="J518" t="s">
-        <v>2506</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="519" spans="1:10">
       <c r="A519" t="s">
-        <v>2507</v>
+        <v>2513</v>
       </c>
       <c r="B519" t="s">
-        <v>838</v>
+        <v>191</v>
       </c>
       <c r="C519" t="s">
-        <v>2508</v>
+        <v>2514</v>
       </c>
       <c r="D519" t="s">
-        <v>2509</v>
-[...6 lines deleted...]
-      </c>
+        <v>2515</v>
+      </c>
+      <c r="E519"/>
+      <c r="F519"/>
       <c r="G519" t="s">
-        <v>2510</v>
-[...4 lines deleted...]
-      <c r="I519"/>
+        <v>2516</v>
+      </c>
+      <c r="H519"/>
+      <c r="I519" t="s">
+        <v>1404</v>
+      </c>
       <c r="J519" t="s">
-        <v>2511</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="520" spans="1:10">
       <c r="A520" t="s">
-        <v>2512</v>
+        <v>2518</v>
       </c>
       <c r="B520" t="s">
-        <v>1104</v>
+        <v>845</v>
       </c>
       <c r="C520" t="s">
-        <v>2513</v>
+        <v>2519</v>
       </c>
       <c r="D520" t="s">
-        <v>2514</v>
-[...2 lines deleted...]
-      <c r="F520"/>
+        <v>2520</v>
+      </c>
+      <c r="E520" t="s">
+        <v>24</v>
+      </c>
+      <c r="F520" t="s">
+        <v>25</v>
+      </c>
       <c r="G520" t="s">
-        <v>2515</v>
+        <v>2521</v>
       </c>
       <c r="H520" t="s">
-        <v>2516</v>
+        <v>1042</v>
       </c>
       <c r="I520"/>
       <c r="J520" t="s">
-        <v>437</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="521" spans="1:10">
       <c r="A521" t="s">
-        <v>2517</v>
+        <v>2523</v>
       </c>
       <c r="B521" t="s">
-        <v>25</v>
+        <v>1112</v>
       </c>
       <c r="C521" t="s">
-        <v>2518</v>
+        <v>2524</v>
       </c>
       <c r="D521" t="s">
-        <v>2519</v>
-[...6 lines deleted...]
-      </c>
+        <v>2525</v>
+      </c>
+      <c r="E521"/>
+      <c r="F521"/>
       <c r="G521" t="s">
-        <v>2520</v>
+        <v>2526</v>
       </c>
       <c r="H521" t="s">
-        <v>2521</v>
+        <v>2527</v>
       </c>
       <c r="I521"/>
       <c r="J521" t="s">
-        <v>2522</v>
+        <v>438</v>
       </c>
     </row>
     <row r="522" spans="1:10">
       <c r="A522" t="s">
-        <v>2523</v>
+        <v>2528</v>
       </c>
       <c r="B522" t="s">
-        <v>150</v>
+        <v>25</v>
       </c>
       <c r="C522" t="s">
-        <v>2524</v>
+        <v>2529</v>
       </c>
       <c r="D522" t="s">
-        <v>2525</v>
-[...2 lines deleted...]
-      <c r="F522"/>
+        <v>2530</v>
+      </c>
+      <c r="E522" t="s">
+        <v>347</v>
+      </c>
+      <c r="F522" t="s">
+        <v>25</v>
+      </c>
       <c r="G522" t="s">
-        <v>2526</v>
+        <v>2531</v>
       </c>
       <c r="H522" t="s">
-        <v>2527</v>
+        <v>2532</v>
       </c>
       <c r="I522"/>
       <c r="J522" t="s">
-        <v>2528</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="523" spans="1:10">
       <c r="A523" t="s">
-        <v>2529</v>
+        <v>2534</v>
       </c>
       <c r="B523" t="s">
-        <v>43</v>
+        <v>150</v>
       </c>
       <c r="C523" t="s">
-        <v>2530</v>
+        <v>2535</v>
       </c>
       <c r="D523" t="s">
-        <v>266</v>
+        <v>2536</v>
       </c>
       <c r="E523"/>
       <c r="F523"/>
-      <c r="G523"/>
+      <c r="G523" t="s">
+        <v>2537</v>
+      </c>
       <c r="H523" t="s">
-        <v>2531</v>
-[...3 lines deleted...]
-      </c>
+        <v>2538</v>
+      </c>
+      <c r="I523"/>
       <c r="J523" t="s">
-        <v>2533</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="524" spans="1:10">
       <c r="A524" t="s">
-        <v>2534</v>
+        <v>2540</v>
       </c>
       <c r="B524" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C524" t="s">
-        <v>2535</v>
+        <v>2541</v>
       </c>
       <c r="D524" t="s">
-        <v>788</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="E524"/>
       <c r="F524"/>
-      <c r="G524" t="s">
-[...3 lines deleted...]
-      <c r="I524"/>
+      <c r="G524"/>
+      <c r="H524" t="s">
+        <v>2542</v>
+      </c>
+      <c r="I524" t="s">
+        <v>2543</v>
+      </c>
       <c r="J524" t="s">
-        <v>35</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="525" spans="1:10">
       <c r="A525" t="s">
-        <v>2537</v>
+        <v>2545</v>
       </c>
       <c r="B525" t="s">
         <v>25</v>
       </c>
       <c r="C525" t="s">
-        <v>609</v>
+        <v>2546</v>
       </c>
       <c r="D525" t="s">
-        <v>2538</v>
+        <v>795</v>
       </c>
       <c r="E525" t="s">
         <v>24</v>
       </c>
-      <c r="F525" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F525"/>
       <c r="G525" t="s">
-        <v>2539</v>
+        <v>2547</v>
       </c>
       <c r="H525"/>
       <c r="I525"/>
       <c r="J525" t="s">
-        <v>2540</v>
+        <v>35</v>
       </c>
     </row>
     <row r="526" spans="1:10">
       <c r="A526" t="s">
-        <v>2541</v>
+        <v>2548</v>
       </c>
       <c r="B526" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="C526" t="s">
-        <v>2542</v>
+        <v>615</v>
       </c>
       <c r="D526" t="s">
-        <v>403</v>
-[...3 lines deleted...]
-      <c r="G526"/>
+        <v>2549</v>
+      </c>
+      <c r="E526" t="s">
+        <v>24</v>
+      </c>
+      <c r="F526" t="s">
+        <v>25</v>
+      </c>
+      <c r="G526" t="s">
+        <v>2550</v>
+      </c>
       <c r="H526"/>
-      <c r="I526" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I526"/>
       <c r="J526" t="s">
-        <v>2544</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="527" spans="1:10">
       <c r="A527" t="s">
-        <v>2545</v>
+        <v>2552</v>
       </c>
       <c r="B527" t="s">
-        <v>198</v>
+        <v>37</v>
       </c>
       <c r="C527" t="s">
-        <v>2546</v>
+        <v>2553</v>
       </c>
       <c r="D527" t="s">
-        <v>368</v>
-[...9 lines deleted...]
-      </c>
+        <v>404</v>
+      </c>
+      <c r="E527"/>
+      <c r="F527"/>
+      <c r="G527"/>
       <c r="H527"/>
-      <c r="I527"/>
+      <c r="I527" t="s">
+        <v>2554</v>
+      </c>
       <c r="J527" t="s">
-        <v>2548</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="528" spans="1:10">
       <c r="A528" t="s">
-        <v>2549</v>
+        <v>2556</v>
       </c>
       <c r="B528" t="s">
-        <v>25</v>
+        <v>198</v>
       </c>
       <c r="C528" t="s">
-        <v>2550</v>
+        <v>2557</v>
       </c>
       <c r="D528" t="s">
-        <v>2551</v>
+        <v>369</v>
       </c>
       <c r="E528" t="s">
-        <v>1058</v>
+        <v>24</v>
       </c>
       <c r="F528" t="s">
         <v>25</v>
       </c>
       <c r="G528" t="s">
-        <v>2552</v>
-[...3 lines deleted...]
-      </c>
+        <v>2558</v>
+      </c>
+      <c r="H528"/>
       <c r="I528"/>
       <c r="J528" t="s">
-        <v>2554</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="529" spans="1:10">
       <c r="A529" t="s">
-        <v>2555</v>
+        <v>2560</v>
       </c>
       <c r="B529" t="s">
-        <v>1866</v>
+        <v>25</v>
       </c>
       <c r="C529" t="s">
-        <v>2556</v>
+        <v>2561</v>
       </c>
       <c r="D529" t="s">
-        <v>2557</v>
-[...2 lines deleted...]
-      <c r="F529"/>
+        <v>2562</v>
+      </c>
+      <c r="E529" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F529" t="s">
+        <v>25</v>
+      </c>
       <c r="G529" t="s">
-        <v>2558</v>
-[...1 lines deleted...]
-      <c r="H529"/>
+        <v>2563</v>
+      </c>
+      <c r="H529" t="s">
+        <v>2564</v>
+      </c>
       <c r="I529"/>
       <c r="J529" t="s">
-        <v>1872</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="530" spans="1:10">
       <c r="A530" t="s">
-        <v>2559</v>
+        <v>2566</v>
       </c>
       <c r="B530" t="s">
-        <v>25</v>
+        <v>1875</v>
       </c>
       <c r="C530" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="D530" t="s">
-        <v>2561</v>
-[...3 lines deleted...]
-      </c>
+        <v>2568</v>
+      </c>
+      <c r="E530"/>
       <c r="F530"/>
       <c r="G530" t="s">
-        <v>2562</v>
+        <v>2569</v>
       </c>
       <c r="H530"/>
       <c r="I530"/>
       <c r="J530" t="s">
-        <v>2563</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="531" spans="1:10">
       <c r="A531" t="s">
-        <v>2564</v>
+        <v>2570</v>
       </c>
       <c r="B531" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="C531" t="s">
-        <v>2565</v>
+        <v>2571</v>
       </c>
       <c r="D531" t="s">
-        <v>489</v>
-[...1 lines deleted...]
-      <c r="E531"/>
+        <v>2572</v>
+      </c>
+      <c r="E531" t="s">
+        <v>24</v>
+      </c>
       <c r="F531"/>
       <c r="G531" t="s">
-        <v>2566</v>
+        <v>2573</v>
       </c>
       <c r="H531"/>
       <c r="I531"/>
       <c r="J531" t="s">
-        <v>337</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="532" spans="1:10">
       <c r="A532" t="s">
-        <v>2567</v>
+        <v>2575</v>
       </c>
       <c r="B532" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="C532" t="s">
-        <v>2568</v>
+        <v>2576</v>
       </c>
       <c r="D532" t="s">
-        <v>1011</v>
-[...6 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="E532"/>
+      <c r="F532"/>
       <c r="G532" t="s">
-        <v>2569</v>
-[...3 lines deleted...]
-      </c>
+        <v>2577</v>
+      </c>
+      <c r="H532"/>
       <c r="I532"/>
       <c r="J532" t="s">
-        <v>2570</v>
+        <v>338</v>
       </c>
     </row>
     <row r="533" spans="1:10">
       <c r="A533" t="s">
-        <v>2571</v>
+        <v>2578</v>
       </c>
       <c r="B533" t="s">
         <v>25</v>
       </c>
       <c r="C533" t="s">
-        <v>2572</v>
+        <v>2579</v>
       </c>
       <c r="D533" t="s">
-        <v>1141</v>
+        <v>1019</v>
       </c>
       <c r="E533" t="s">
-        <v>346</v>
+        <v>303</v>
       </c>
       <c r="F533" t="s">
         <v>25</v>
       </c>
       <c r="G533" t="s">
-        <v>2573</v>
-[...1 lines deleted...]
-      <c r="H533"/>
+        <v>2580</v>
+      </c>
+      <c r="H533" t="s">
+        <v>1682</v>
+      </c>
       <c r="I533"/>
       <c r="J533" t="s">
-        <v>2574</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="534" spans="1:10">
       <c r="A534" t="s">
-        <v>2575</v>
+        <v>2582</v>
       </c>
       <c r="B534" t="s">
-        <v>1104</v>
+        <v>25</v>
       </c>
       <c r="C534" t="s">
-        <v>2576</v>
+        <v>2583</v>
       </c>
       <c r="D534" t="s">
-        <v>2577</v>
-[...2 lines deleted...]
-      <c r="F534"/>
+        <v>1149</v>
+      </c>
+      <c r="E534" t="s">
+        <v>347</v>
+      </c>
+      <c r="F534" t="s">
+        <v>25</v>
+      </c>
       <c r="G534" t="s">
-        <v>2578</v>
+        <v>2584</v>
       </c>
       <c r="H534"/>
       <c r="I534"/>
       <c r="J534" t="s">
-        <v>2579</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="535" spans="1:10">
       <c r="A535" t="s">
-        <v>2580</v>
+        <v>2586</v>
       </c>
       <c r="B535" t="s">
-        <v>25</v>
+        <v>1112</v>
       </c>
       <c r="C535" t="s">
-        <v>2581</v>
+        <v>2587</v>
       </c>
       <c r="D535" t="s">
-        <v>368</v>
-[...6 lines deleted...]
-      </c>
+        <v>2588</v>
+      </c>
+      <c r="E535"/>
+      <c r="F535"/>
       <c r="G535" t="s">
-        <v>2582</v>
+        <v>2589</v>
       </c>
       <c r="H535"/>
       <c r="I535"/>
       <c r="J535" t="s">
-        <v>2583</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="536" spans="1:10">
       <c r="A536" t="s">
-        <v>2584</v>
+        <v>2591</v>
       </c>
       <c r="B536" t="s">
-        <v>1104</v>
+        <v>25</v>
       </c>
       <c r="C536" t="s">
-        <v>2585</v>
+        <v>2592</v>
       </c>
       <c r="D536" t="s">
-        <v>2586</v>
-[...2 lines deleted...]
-      <c r="F536"/>
+        <v>369</v>
+      </c>
+      <c r="E536" t="s">
+        <v>24</v>
+      </c>
+      <c r="F536" t="s">
+        <v>25</v>
+      </c>
       <c r="G536" t="s">
-        <v>2587</v>
+        <v>2593</v>
       </c>
       <c r="H536"/>
       <c r="I536"/>
       <c r="J536" t="s">
-        <v>2588</v>
+        <v>2594</v>
       </c>
     </row>
     <row r="537" spans="1:10">
       <c r="A537" t="s">
-        <v>2589</v>
+        <v>2595</v>
       </c>
       <c r="B537" t="s">
-        <v>25</v>
+        <v>1112</v>
       </c>
       <c r="C537" t="s">
-        <v>2590</v>
+        <v>2596</v>
       </c>
       <c r="D537" t="s">
-        <v>1171</v>
-[...6 lines deleted...]
-      </c>
+        <v>2597</v>
+      </c>
+      <c r="E537"/>
+      <c r="F537"/>
       <c r="G537" t="s">
-        <v>2591</v>
-[...3 lines deleted...]
-      </c>
+        <v>2598</v>
+      </c>
+      <c r="H537"/>
       <c r="I537"/>
       <c r="J537" t="s">
-        <v>2592</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="538" spans="1:10">
       <c r="A538" t="s">
-        <v>2593</v>
+        <v>2600</v>
       </c>
       <c r="B538" t="s">
         <v>25</v>
       </c>
       <c r="C538" t="s">
-        <v>609</v>
+        <v>2601</v>
       </c>
       <c r="D538" t="s">
-        <v>764</v>
+        <v>1179</v>
       </c>
       <c r="E538" t="s">
-        <v>24</v>
+        <v>347</v>
       </c>
       <c r="F538" t="s">
         <v>25</v>
       </c>
       <c r="G538" t="s">
-        <v>2594</v>
-[...1 lines deleted...]
-      <c r="H538"/>
+        <v>2602</v>
+      </c>
+      <c r="H538" t="s">
+        <v>590</v>
+      </c>
       <c r="I538"/>
       <c r="J538" t="s">
-        <v>2595</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="539" spans="1:10">
       <c r="A539" t="s">
-        <v>2596</v>
+        <v>2604</v>
       </c>
       <c r="B539" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="C539" t="s">
-        <v>2597</v>
+        <v>615</v>
       </c>
       <c r="D539" t="s">
-        <v>1500</v>
-[...2 lines deleted...]
-      <c r="F539"/>
+        <v>771</v>
+      </c>
+      <c r="E539" t="s">
+        <v>24</v>
+      </c>
+      <c r="F539" t="s">
+        <v>25</v>
+      </c>
       <c r="G539" t="s">
-        <v>2598</v>
+        <v>2605</v>
       </c>
       <c r="H539"/>
       <c r="I539"/>
       <c r="J539" t="s">
-        <v>603</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="540" spans="1:10">
       <c r="A540" t="s">
-        <v>2599</v>
+        <v>2607</v>
       </c>
       <c r="B540" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="C540" t="s">
-        <v>2600</v>
+        <v>2608</v>
       </c>
       <c r="D540" t="s">
-        <v>271</v>
-[...6 lines deleted...]
-      </c>
+        <v>1509</v>
+      </c>
+      <c r="E540"/>
+      <c r="F540"/>
       <c r="G540" t="s">
-        <v>2601</v>
+        <v>2609</v>
       </c>
       <c r="H540"/>
       <c r="I540"/>
       <c r="J540" t="s">
-        <v>2602</v>
+        <v>609</v>
+      </c>
+    </row>
+    <row r="541" spans="1:10">
+      <c r="A541" t="s">
+        <v>2610</v>
+      </c>
+      <c r="B541" t="s">
+        <v>25</v>
+      </c>
+      <c r="C541" t="s">
+        <v>2611</v>
+      </c>
+      <c r="D541" t="s">
+        <v>271</v>
+      </c>
+      <c r="E541" t="s">
+        <v>1609</v>
+      </c>
+      <c r="F541" t="s">
+        <v>25</v>
+      </c>
+      <c r="G541" t="s">
+        <v>2612</v>
+      </c>
+      <c r="H541"/>
+      <c r="I541"/>
+      <c r="J541" t="s">
+        <v>2613</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">