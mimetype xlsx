--- v6 (2026-03-06)
+++ v7 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2614">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2612">
   <si>
     <t>ФИО</t>
   </si>
   <si>
     <t>Должность</t>
   </si>
   <si>
     <t>Преподаваемые учебные предметы, курсы, дисциплины</t>
   </si>
   <si>
     <t>Уровень (уровни) профессионального образования с указанием наименования направления подготовки и (или) специальности, в том числе научной, и квалификации</t>
   </si>
   <si>
     <t>Учёная степень</t>
   </si>
   <si>
     <t>Учёное звание</t>
   </si>
   <si>
     <t>Сведения о повышении квалификации (за последние 3 года)</t>
   </si>
   <si>
     <t>Сведения о профессиональной переподготовке</t>
   </si>
   <si>
@@ -109,51 +109,51 @@
 Производственная, Преддипломная практика;
 Производственная, Практика по модулю направленного на получение дополнительной квалификации «Инженер-технолог в машиностроении III категории (5 уровень квалификации)»</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: оборудование и технология сварочного производства
 квалификация: инженер;</t>
   </si>
   <si>
     <t>Кандидат технических наук</t>
   </si>
   <si>
     <t>Доцент</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332260, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347564, НОЧУО ДПО "Актион");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227570, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076927, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Государственное и муниципальное управление</t>
   </si>
   <si>
     <t>17 лет
-4 месяца</t>
+5 месяцев</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.04.01 Машиностроение - Сварка и родственные технологии;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Конструкторское обеспечение машиностроительных производств;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении</t>
   </si>
   <si>
     <t>Абрамов Игорь Леонидович</t>
   </si>
   <si>
     <t>Надежность теплоэнергетических систем;
 Надежность систем теплоснабжения промышленных предприятий;
 Диагностика теплоэнергетических установок и сетей;
 Метрология, сертификация и теплотехнические измерения</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: технология машиностроения, металлорежущие станки и инструменты
 квалификация: инженер-механик;</t>
   </si>
   <si>
     <t>"Программа повышения квалификации в форме стажировки на тему "Методы и средства контроля, мониторинга и диагностики тепломеханического оборудования ТЭС", 72 час. (от 30.04.2023 ААА 104208010268, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
@@ -165,51 +165,51 @@
 7 месяцев</t>
   </si>
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика</t>
   </si>
   <si>
     <t>Абрашкин Дмитрий Анатольевич</t>
   </si>
   <si>
     <t>Ассистент</t>
   </si>
   <si>
     <t>Вычислительные системы, сети и телекоммуникации</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: прикладная информатика
 квалификация: бакалавр;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: прикладная информатика
 квалификация: бакалавр;</t>
   </si>
   <si>
     <t>4 года
-5 месяцев</t>
+6 месяцев</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем</t>
   </si>
   <si>
     <t>Агапов Владимир Григорьевич</t>
   </si>
   <si>
     <t>Старший преподаватель</t>
   </si>
   <si>
     <t>Основы военной подготовки;
 Физическая культура и спорт;
 Дисциплины по физической культуре и спорту - базовые виды спорта</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: физическая культура и спорт
 квалификация: специалист по физической культуре и спорту;</t>
   </si>
   <si>
     <t>"Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10264, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования")</t>
   </si>
   <si>
@@ -224,51 +224,51 @@
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Адамков Аркадий Викторович</t>
   </si>
   <si>
     <t>Проектирование шахт;
 Разработка мощных угольных пластов;
 Горнопромышленная экология;
 Горное право</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: техники и технологии
 квалификация: магистр техники и технологии;</t>
   </si>
   <si>
     <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485509, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Преподователь университета в новой системе российского образования", 72 час. (от 26.04.2024 782421004951, ЧПОУ "Центр профессионального и дополнительного образования Лань" г. Санкт-Петербург);
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000602984, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>3 года
-2 месяца</t>
+3 месяца</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства</t>
   </si>
   <si>
     <t>Азиханов Сергей Сейфудинович</t>
   </si>
   <si>
     <t>Теория нестационарного теплообмена;
 Механика жидкости и газа. Основы теплогазоснабжения и вентиляции;
 Теплотехника;
 Расчет теплотехнического оборудования на прочность;
 Производственная, Эксплуатационная практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: машины и аппараты химических производств
 квалификация: инженер-механик;</t>
   </si>
@@ -295,51 +295,52 @@
   </si>
   <si>
     <t>Доцент;
 Преподаватель</t>
   </si>
   <si>
     <t>Компьютерное моделирование информационных систем;
 Начертательная геометрия. Инженерная графика;
 Начертательная геометрия и инженерная графика;
 Начертательная геометрия, инженерная и компьютерная графика;
 Начертательная геометрия;
 Инженерная графика;
 ОП.01 Инженерная графика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: технология консервов и пищеконцентратов
 квалификация: инженер;</t>
   </si>
   <si>
     <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347569, НОЧУО ДПО "Актион");
 "3D - дизайн прототипирование инновационного продукта", 76 час. (от 21.11.2023 782400089469, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Методика преподавания курса "Основы российской государственности", 72 час. (от 16.09.2024 700800154926, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Цифровые двойники изделий", 72 час. (от 27.09.2024 782400099411, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295835, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
-"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069265, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
+"Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069265, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет");
+"Методика преподавания курса "Основы российской государственности", 72 час. (от 15.12.2025 770401369008, ФГБОУ ВО "Государственный академический университет гуманитарных наук")</t>
   </si>
   <si>
     <t>Преподаватель Инженерной Графики</t>
   </si>
   <si>
     <t>5 лет
 5 месяцев</t>
   </si>
   <si>
     <t>10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Алексеева Галина Алексеевна</t>
   </si>
   <si>
@@ -402,51 +403,51 @@
   <si>
     <t>21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин</t>
   </si>
   <si>
     <t>Ананенко Елена Владимировна</t>
   </si>
   <si>
     <t>Расчет устойчивости откосов при открытой геотехнологии;
 Планирование горных работ на разрезах</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: маркшейдерское дело
 квалификация: горный инженер;</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332277, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227573, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий.", 16 час. (от 28.06.2024 040000600425, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076928, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>14 лет
-9 месяцев</t>
+10 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Маркшейдерское дело</t>
   </si>
   <si>
     <t>Ананьев Кирилл Алексеевич</t>
   </si>
   <si>
     <t>Гидропривод;
 Гидромеханика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: горные машины и оборудование
 квалификация: горный инженер;</t>
   </si>
   <si>
     <t>"Обучение по программе повышения квалификации в форие стажировки в АО "ЦОФ"Березовская", 16 час. (от 25.10.2022 ААА 104208010017, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Управление проектными командами", 36 час. (от 18.11.2022 423102332280, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Цифровые решения для горнодобывающих предприятий" (от 15.12.2022 040000485534, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000161776, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Управление проектами", 500 час. (от 03.03.2023 0227 00002995, ООО "Регион");
 "По дополнительной профессиональной программе повышения квалификации (в форме стажировки) "Открытые горные работы", 80 час. (от 09.06.2023 420800167943, Филиал ФГБОУВО "Кузбасский государственный технический университет им. Т.Ф.Горбачава" в г.Прокопьевске);
 "Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063617 43, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000261560 ГОТиМ-020-2023, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
@@ -699,66 +700,76 @@
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Аредаков Глеб Михайлович</t>
   </si>
   <si>
     <t>Основы BIM технологий в системах автоматизированного проектирования</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство</t>
   </si>
   <si>
     <t>Аронов Александр Александрович</t>
   </si>
   <si>
     <t>Основы микропроцессорной техники;
 Микропроцессорная техника;
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
     <t>"Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295805, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>2 года
-5 месяцев</t>
+6 месяцев</t>
   </si>
   <si>
     <t>11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений</t>
   </si>
   <si>
     <t>Артамонова Алена Владимировна</t>
   </si>
   <si>
     <t>Преподаватель</t>
   </si>
   <si>
     <t>МДК.03.01 Технология анализа, оценки и учета результатов контроля качества;
 УП.03.01 Учебная практика (Анализ и систематизация результатов контроля качества сырья и продукции, разработка предложений по корректирующим действиям)</t>
+  </si>
+  <si>
+    <t>Среднее профессиональное образование:
+* направление подготовки и (или) специальности: маркшейдерское дело
+квалификация: горный техник-маркшейдер;</t>
+  </si>
+  <si>
+    <t>"Азбука педагогического мастерства", 36 час. (от 16.06.2025 ПК 295681, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Основы информационной безопасности", 36 час. (от 16.06.2025 ПК 295763, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Технологическое предпринимательство", 72 час. (от 15.12.2025 040000675519, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Артемасов Валерий Валерьевич</t>
   </si>
   <si>
     <t>Монтаж, наладка, эксплуатация и ремонт электрооборудования;
 Эксплуатация электрооборудования</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: технологические машины и оборудование
 квалификация: бакалавр техники и технологии;
 * направление подготовки и (или) специальности: технологические машины и оборудование
 квалификация: магистр техники и технологий;</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Менеджмент в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение</t>
   </si>
   <si>
     <t>Артемов Георгий Ильич</t>
@@ -963,80 +974,80 @@
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Сервис на предприятиях малого и среднего бизнеса</t>
   </si>
   <si>
     <t>Бабарыкин Владислав Олегович</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: прикладная информатика
 квалификация: бакалавр;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: прикладная информатика
 квалификация: магистр;</t>
   </si>
   <si>
     <t>4 года
-7 месяцев</t>
+8 месяцев</t>
   </si>
   <si>
     <t>Баканов Александр Александрович</t>
   </si>
   <si>
     <t>Системы обеспечения жизненного цикла изделий</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: металлорежущие станки и инструменты
 квалификация: инженер;
 * направление подготовки и (или) специальности: экономика и управление на предприятии
 квалификация: экономист-менеджер;</t>
   </si>
   <si>
     <t>"Защита государственной тайны", 24 час. (от 07.09.2022 7721 4667105, ФГАНУ  "Научно-исследовательский институт "Специализированные вычислительные устройства защиты и автоматика");
 "Техническая защита информации", 24 час. (от 09.09.2022 7721 4667135, ФГАНУ  "Научно-исследовательский институт "Специализированные вычислительные устройства защиты и автоматика");
 "Основы антикоррупционной деятельности в образовательных учреждениях", 36 час. (от 29.12.2022 ААА 1042080100048, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Руководителей органов местного самоуправления и организаций категория: руководители образовательных организаций", 36 час. (от 24.10.2025 42 540479, ГОБУ ДПО "КОУМЦ по ГОиЧС");
 "Работников гражданской обороны и руководителей спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы эвакуационных комиссий организаций", 36 час. (от 12.12.2025 42 541227, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
   </si>
   <si>
     <t>Управление проектами развития;
 Управление качеством;
 Профессиональная переподготовка "Менеджмент" КузГТУ</t>
   </si>
   <si>
     <t>19 лет
-9 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>15.05.01 Проектирование технологических машин и комплексов - Проектирование механообрабатывающих и инструментальных комплексов в машиностроении</t>
   </si>
   <si>
     <t>Баранцев Денис Александрович</t>
   </si>
   <si>
     <t>Ассистент;
 Преподаватель</t>
   </si>
   <si>
     <t>Химия;
 МДК.02.01 Основы качественного и количественного анализа природных и промышленных материалов;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ);
 ПП.01.01 Производственная практика (Определение оптимальных средств и методов анализа природных и промышленных материалов);
 ПП.02.01 Производственная практика (Проведение качественных и количественных анализов природных и промышленных материалов с применением химических и физико-химических методов анализа);
 ПП.03.01 Производственная практика (Организация лабораторно-производственной деятельности);
 ПП.04.01 Производственная практика (Выполнение работ по профессии лаборант химического анализа);
 УП.02.01 Учебная практика (Проведение качественных и количественных анализов природных и промышленных материалов с применением химических и физико-химических методов анализа)</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: химическая технология неорганических веществ
 квалификация: инженер;</t>
@@ -1144,51 +1155,51 @@
   </si>
   <si>
     <t>Маркшейдерское обеспечение безопасности горных работ;
 Математическая обработка результатов измерений;
 Сдвижение пород и земной поверхности при ведении горных работ;
 Маркшейдерские работы при открытой разработке полезных ископаемых;
 Расчет устойчивости откосов при открытой геотехнологии;
 Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: маркшейдерское дело
 квалификация: горный инженер маркшейдер;</t>
   </si>
   <si>
     <t>Доктор технических наук</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332281, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Маркшейдерское дело", 72 час. (от 23.12.2022 ВНИМИ ПК 001164, Учебный центр АО "ВНИМИ");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227579, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 09.01.2024 У2024023751, НОЧУО ДПО "Актион")</t>
   </si>
   <si>
     <t>51 год
-5 месяцев</t>
+6 месяцев</t>
   </si>
   <si>
     <t>Башкирцева Елена Владимировна</t>
   </si>
   <si>
     <t>Диагностика и надежность автоматизированных систем;
 Компьютерно-интегрированные производственные системы;
 Основы информационных технологий;
 МДК.06.02 Инженерно-техническая поддержка сопровождения информационной системы</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: технология машиностроения
 квалификация: инженер;</t>
   </si>
   <si>
     <t>"Введение в машинное обучение", 16 час. (от 19.10.2022 70АВ 041016, Национальный исследовательский Томский политехнический университет);
 "Инновационные и цифровые технологии в образовании", 72 час. (от 03.11.2022 782400077307, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 22.11.2023 У2023351248, актион Университет. Онлайн обучение);
 "Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800138052, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "3D-дизайн и прототипирование инновационного продукта", 76 час. (от 27.06.2024 782400096869, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295779, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство;
@@ -1863,51 +1874,51 @@
   </si>
   <si>
     <t>Буйная Елена Васильевна</t>
   </si>
   <si>
     <t>Экономическая информатика и профессиональные компьютерные программы;
 Программирование учетно-аналитических задач;
 Системы искусственного интеллекта;
 Решение учетно-аналитических задач;
 Пакеты прикладных программ;
 Архитектура предприятий и информационных систем</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: экономика и управление в машиностроении
 квалификация: инженер-экономист;</t>
   </si>
   <si>
     <t>Кандидат экономических наук</t>
   </si>
   <si>
     <t>"Английский язык в академической сфере", 36 час. (от 16.06.2025 ПК 295689, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>1 год
-8 месяцев</t>
+9 месяцев</t>
   </si>
   <si>
     <t>08.04.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика;
 20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.04.02 Землеустройство и кадастры - Кадастр недвижимости;
 23.04.01 Технология транспортных процессов - Организация и управление транспортными процессами;
 23.04.03 Эксплуатация транспортно-технологических машин и комплексов - Транспортные и транспортно-технологические машины;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика</t>
   </si>
   <si>
     <t>Буланова Татьяна Владимировна</t>
   </si>
   <si>
     <t>Стратегия неорганического синтеза;
 Контроль качества материалов в химической технологии;
 Контроль качества в химической промышленности;
 Химия редких и рассеянных элементов;
 Химия;
 Общая и неорганическая химия;
@@ -2188,51 +2199,51 @@
 "Мастер воспитания. Организаторы.", 72 час. (от 27.12.2023 440600077902, ФГБОУ ВО "Костромской государственный университет");
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076940, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Великий Владимир Александрович</t>
   </si>
   <si>
     <t>Интернет-программирование;
 Основы информационных технологий</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: прикладная информатика
 квалификация: бакалавр;</t>
   </si>
   <si>
     <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227591, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076941, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>4 года
-2 месяца</t>
+3 месяца</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Веревкин Сергей Анатольевич</t>
   </si>
   <si>
     <t>Объектно-ориентированное программирование и разработка информационных систем</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: прикладная информатика в экономике
 квалификация: информатик-экономист;
 Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: государственное и муниципальное управление
 квалификация: бакалавр;</t>
   </si>
   <si>
     <t>"Цифровые технологии мониторинга автотранспорта", 72 час. (от 05.12.2025 4, ООО "АС-Телематика")</t>
   </si>
   <si>
     <t>23 года
 2 месяца</t>
@@ -2456,74 +2467,76 @@
 38.02.07 Банковское дело - Специалист банковского дела (9 кл);
 40.02.04 Юриспруденция - Юрист (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Возная Анна Анатольевна</t>
   </si>
   <si>
     <t>Углепетрография;
 Геология;
 Промышленные типы месторождений полезных ископаемых;
 Разведка и геолого-экономическая оценка полезных ископаемых;
 Литология;
 Учебная, Геологическая практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: геохимия, минералогия и петрология
 квалификация: геолог-геохимик;</t>
   </si>
   <si>
     <t>Кандидат геолого-минералогических наук</t>
   </si>
   <si>
     <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009999, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
-"Управление деятельностью вузов. Новое поколение стандартов высшего образования", 16 час. (от 07.02.2023 040000485358, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+"Управление деятельностью вузов. Новое поколение стандартов высшего образования", 16 час. (от 07.02.2023 040000485358, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Аддитивные технологии: Взгляд в будующее", 16 час. (от 12.11.2025 040000671800, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Войцехович Юлия Викентьевна</t>
   </si>
   <si>
     <t>Компьютерные технологии для решения геодезических задач</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: горное дело
 квалификация: магистр техники и технологии;</t>
   </si>
   <si>
     <t>"Маркшейдерское и геологическое обеспечение безопасного ведения горных работ", 72 час. (от 25.11.2024 080000064759, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
-    <t>21 год</t>
+    <t>21 год
+1 месяц</t>
   </si>
   <si>
     <t>Волгина Елена Аркадьевна</t>
   </si>
   <si>
     <t>Безопасность жизнедеятельности</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: экономика и управление на предприятии (в горной промышленности)
 квалификация: экономист-менеджер;</t>
   </si>
   <si>
     <t>"По Дополнительной профессиональной программе повышения квалификации преподавателей ОБЖ, преподавателей БЖД и консультантов УКП категория: преподаватели БЖД", 64 час. (от 13.09.2023 42 1411 478658, КОУМЦ по ГО и ЧС);
 "Пожарная безопасность для руководителей и ответстсенных лиц", 30 час. (от 01.12.2023 У2023383914, НОЧУО ДПО "Актион")</t>
   </si>
   <si>
     <t>Инженер по охране труда</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
@@ -2550,51 +2563,51 @@
   </si>
   <si>
     <t>Воронин Вячеслав Андреевич</t>
   </si>
   <si>
     <t>Специальные вопросы релейной защиты и автоматики в системах электроснабжения;
 Релейная защита и автоматизация в электроснабжении;
 Релейная защита и автоматизация электроэнергетических систем;
 Переходные процессы;
 Релейная защита и автоматизация в энергетике;
 Методы расчёта и анализа электрических режимов;
 Противоаварийная автоматика энергосистем</t>
   </si>
   <si>
     <t>"Deep Learning", 105 час. (от 06.10.2022 15175, ООО "Нетология");
 "Управление проектными командами", 36 час. (от 18.11.2022 423102332317, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Методы анализа и прогнозирования данных", 260 час. (от 15.12.2022 702417537905, ФГБОУ ВО "Томский государственный университет систем управления и радиоэлектроники" (ТУСУР));
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227594, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Аналитик данных", 276 час. (от 13.03.2024 702417536195, ФГАОУ ВО "Томский государственный университет систем управления и радиоэлектроники")</t>
   </si>
   <si>
     <t>Аналитик данных</t>
   </si>
   <si>
     <t>1 год
-2 месяца</t>
+3 месяца</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Менеджмент в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электротехнические комплексы и системы;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика</t>
   </si>
   <si>
     <t>Воронина Светлана Геннадьевна</t>
   </si>
   <si>
     <t>Органическая химия;
 Радикальные реакции в нефтехимическом синтезе;
 Основы автоматизации производств органического и нефтехимического синтеза;
 Биотехнология;
 Избранные главы органической химии;
 Органоминеральные удобрения;
 Производственная, Научно-исследовательская работа</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: технология основого органического нефтехимического синтеза 
 квалификация: инженер химик-технолог;</t>
   </si>
@@ -2801,70 +2814,69 @@
 6 месяцев</t>
   </si>
   <si>
     <t>43.03.01 Сервис - Сервис на предприятиях малого и среднего бизнеса</t>
   </si>
   <si>
     <t>Гемадиев Михаил Вячеславович</t>
   </si>
   <si>
     <t>Основы инженерных сооружений на автомобильных дорогах;
 Основы технической эксплуатации автомобильных дорог</t>
   </si>
   <si>
     <t>Герасимов Олег Васильевич</t>
   </si>
   <si>
     <t>Основания и фундаменты;
 Основы геотехники;
 Современные методы проектирования оснований и фундаментов</t>
   </si>
   <si>
     <t>"Проектирование фундаментов, строительство оснований", 72 час. (от 19.12.2025 006458, ООО "АЛЬФА")</t>
   </si>
   <si>
     <t>26 лет
-9 месяцев</t>
+10 месяцев</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.04.01 Строительство - Автомобильные дороги</t>
   </si>
   <si>
     <t>Герике Борис Людвигович</t>
   </si>
   <si>
     <t>Диагностика горных машин и оборудования</t>
   </si>
   <si>
     <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063621 47, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Энергосбережение и повышение энергоэффективности в организациях", 16 час. (от 06.12.2023 080000063797, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
-    <t>54 года
-11 месяцев</t>
+    <t>55 лет</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование</t>
   </si>
   <si>
     <t>Гилязидинова Наталья Владимировна</t>
   </si>
   <si>
     <t>Возведение монолитных высотных зданий;
 Технология возведения зданий и сооружений;
 Технологический контроль и системы менеджмента качества в строительстве;
 Спецкурс по технологии строительства;
 Технология монолитного и сборного железобетона;
 Технологические процессы в строительстве;
 Технологии строительного производства;
 Производственная, Преддипломная практика;
 Производственная,Технологическая практика;
 МДК.01.03 Основы технологических процессов;
 Архитектурно-конструктивное проектирование</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332300, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Повышение квалификации в форме стажировки в ГБУ "ПИ "Кузбасспроект" на тему "Организация проектной и изыскательской деятельности в строительстве", 72 час. (от 25.01.2023 ААА 104208010102, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Разработка, внедрение и анализ наружных фасадных решений", 72 час. (от 26.09.2025 080000064731, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
@@ -2876,51 +2888,51 @@
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.03.01 Строительство - Экспертиза и управление недвижимостью;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Гиниятуллина Ольга Леоновна</t>
   </si>
   <si>
     <t>Прикладная информатика и геоинформационные системы;
 Методология и технология проектирования информационных систем</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: информационные системы в социальной сфере
 квалификация: информатик-технолог автоматизированной обработки информации;</t>
   </si>
   <si>
     <t>"Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533072, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ")</t>
   </si>
   <si>
     <t>18 лет
-7 месяцев</t>
+8 месяцев</t>
   </si>
   <si>
     <t>09.04.03 Прикладная информатика - Прикладная информатика в экономике</t>
   </si>
   <si>
     <t>Гиниятуллина Юлия Радиковна</t>
   </si>
   <si>
     <t>Технология минеральных удобрений;
 Химическая технология неорганических веществ;
 Инновационная деятельность и технологический менеджмент;
 Энерго- и ресурсосберегающие процессы и технологии;
 Химия;
 Общая и неорганическая химия;
 Избранные главы неорганической химии;
 Производственная, Научно-исследовательская работа;
 Производственная, Преддипломная практика;
 Производственная, Технологическая (проектно-технологическая) практика;
 ЕН.02 Общая и неорганическая химия;
 МДК.03.01 Организация лабораторно-производственной деятельности;
 Химия и технология неорганических материалов</t>
   </si>
   <si>
     <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227597, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Передовые производственные технологии", 150 час. (от 04.07.2024 782400096985, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
@@ -2942,78 +2954,77 @@
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Обогащение полезных ископаемых</t>
   </si>
   <si>
     <t>Гинтова Наталья Владимировна</t>
   </si>
   <si>
     <t>Прогнозирование и поиски полезных ископаемых;
 Разведка и геолого-экономическая оценка полезных ископаемых;
 Геофизические методы поисков и разведки месторождений полезных ископаемых;
 Опробование твердых полезных ископаемых</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: геоэкология
 квалификация: геоэколог;
 Среднее профессиональное образование:
 * направление подготовки и (или) специальности: геологическая съемка, поиски и разведка месторождений полезных ископаемых
 квалификация: техник-геолог;</t>
   </si>
   <si>
     <t>"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295784, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>21 год
-6 месяцев</t>
+7 месяцев</t>
   </si>
   <si>
     <t>21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых</t>
   </si>
   <si>
     <t>Гладких Александр Сергеевич</t>
   </si>
   <si>
     <t>Нетрадиционные и возобновляемые источники энергии</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: машины и аппараты пищевых производств
 квалификация: инженер;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: теплоэнергетика и теплотехника
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000261518, Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>Диплом предоставляет право на ведение профессиональной деятельности в сфере профессионального обучения, дополнительного профессионального образования</t>
   </si>
   <si>
-    <t>24 года
-11 месяцев</t>
+    <t>25 лет</t>
   </si>
   <si>
     <t>Глебова Екатерина Андреевна</t>
   </si>
   <si>
     <t>Разработка программных приложений;
 Системы искусственного интеллекта;
 Программная инженерия;
 Алгоритмизация и программирование;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
     <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123172, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134205, Национальный исследовательский Томский государственный университет);
 "Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295808, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.04.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.04.02 Менеджмент - Стратегическое управление;
 38.04.02 Менеджмент - Стратегическое управление минерально-сырьевыми компаниями;
 38.04.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера</t>
@@ -3250,51 +3261,52 @@
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин</t>
   </si>
   <si>
     <t>Горина Вероника Зиннуровна</t>
   </si>
   <si>
     <t>Технологии инженерного проектирования;
 Энергетические системы обеспечения жизнедеятельности;
 Котельные установки и парогенераторы;
 Основы инженерного проектирования;
 Современные информационные программные оболочки в теплоэнергетике;
 Учебная, Ознакомительная практика;
 100 шагов к успеху</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: промышленная теплоэнергетика
 квалификация: инженер;</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332315, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227599, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Основы наставничества", 16 час. (от 22.12.2023 1214, ГБУ "Кузбасская школа управления");
 "Основы патентного поиска", 16 час. (от 24.05.2024 771803729976, ФГБУ "Федеральный институт промышленной собственности");
-"Достижения в области теплофизики и энергетических технологий", 36 час. (от 21.04.2025 240400085309, ФГАОУ ВО "Сибирский федеральный университет" НОЦ "Институт непрерывного образования")</t>
+"Достижения в области теплофизики и энергетических технологий", 36 час. (от 21.04.2025 240400085309, ФГАОУ ВО "Сибирский федеральный университет" НОЦ "Институт непрерывного образования");
+"Управление проектами", 46 час. (от 17.02.2026 382426729789, ФГБОУ ВО "Иркутский Национальный исследовательский технический университет" Центр электронного обучения)</t>
   </si>
   <si>
     <t>Готовцева Екатерина Олеговна</t>
   </si>
   <si>
     <t>Физика</t>
   </si>
   <si>
     <t>"Преподаватель", 880 час. (от 17.07.2023 423100504775, ФГБОУ ВО "Кемеровский государственный университет (КемГУ))</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Маркшейдерское дело;
@@ -3463,51 +3475,51 @@
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Гурьев Дмитрий Витальевич</t>
   </si>
   <si>
     <t>Математическая обработка результатов измерений;
 Математические методы моделирования в геологии</t>
   </si>
   <si>
     <t>"Требования промышленной безопасности в угольной промышленности", 66 час. (от 16.09.2022 КРУ 000447, Учебный центр АО УК "Кузбассразрезуголь");
 "Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594078, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>13 лет
-2 месяца</t>
+3 месяца</t>
   </si>
   <si>
     <t>21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Маркшейдерское дело</t>
   </si>
   <si>
     <t>Густов Вячеслав Александрович</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: немецкий язык и литература
 квалификация: филолог, преподаватель немецкого языка, переводчик;</t>
   </si>
   <si>
     <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096894, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>Преподаватель английского языка</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Водоснабжение и водоотведение;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
@@ -3591,145 +3603,146 @@
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.04.03 Эксплуатация транспортно-технологических машин и комплексов - Транспортные и транспортно-технологические машины;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Дворовенко Игорь Викторович</t>
   </si>
   <si>
     <t>Заведующий кафедрой;
 Доцент</t>
   </si>
   <si>
     <t>Технологические энергоносители;
 Спецвопросы гидрогазодинамики;
 Математическое моделирование;
 Гидрогазодинамика;
 Механика жидкости и газа. Основы теплогазоснабжения и вентиляции;
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
     <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080010005, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "ESG управление бизнесом: тренды и риски", 16 час. (от 26.12.2022 040000486549, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227605, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 11.12.2023 У2023388118, актион Университет. Онлайн обучение);
-"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295719, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+"Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295719, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Инновационные и цифровые технологии в образовании", 72 час. (от 30.12.2025 782400114471, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.03.01 Строительство - Экспертиза и управление недвижимостью;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика</t>
   </si>
   <si>
     <t>Дегтярева Ольга Николаевна</t>
   </si>
   <si>
     <t>Метрология, стандартизация и сертификация</t>
   </si>
   <si>
     <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009975, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253404, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Дементьев Андрей Валерьевич</t>
   </si>
   <si>
     <t>История шахтного строительства;
 Геотехнические свойства горных пород;
 Процессы и технологии строительного производства;
 Геомеханические процессы в массиве горных пород;
 Основы горного дела (строительная геотехнология)</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: шахтное и подземное строительство
 квалификация: горный инженер строитель;</t>
   </si>
   <si>
     <t>"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000261538, Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>20 лет
-2 месяца</t>
+3 месяца</t>
   </si>
   <si>
     <t>Дементьева Юлия Сергеевна</t>
   </si>
   <si>
     <t>Преподаватель;
 Преподаватель ( первая квалификационная категория )</t>
   </si>
   <si>
     <t>Основы информатики, организации ЭВМ, вычислительных и информационных систем;
 МДК.01.02 Базы данных;
 МДК.02.02 Инструментальные средства разработки программного обеспечения;
 МДК.06.01 Внедрение информационной системы;
 МДК.06.02 Инженерно-техническая поддержка сопровождения информационной системы;
 ОП.03 Основы алгоритмизации и программирования;
 ОП.04 Основы алгоритмизации и программирования;
 ПП.04.01 Производственная практика (Выполнение работ по рабочей профессии &amp;quot;Оператор электронно-вычислительных и вычислительных машин&amp;quot;);
 УП.04.01 Учебная практика (Выполнение работ по рабочей профессии &amp;quot;Оператор электронно-вычислительных и вычислительных машин&amp;quot;)</t>
   </si>
   <si>
     <t>"Семинар-практикум демонстрационный экзамен в 2023 году и особенности его проведения", 34 час. (от 22.02.2023 022418445681, АНО ДПО "Институт цифровых компетенций");
 "Угрозы безопасности и принципы формирования наборов данных для систем искуственного интелекта и машинного обучения", 72 час. (от 30.10.2023 702417537546, ФГАОУ ВО "Томский государственный университет систем управления и радиоэлектроники");
 "Подготовка региональных экспертов конкурсов профессионального мастерства "Абилимпикс" (базовый уровень)", 72 час. (от 02.04.2024 423900000014, ГПОУ "Профессиональный колледж г. Новокузнецка");
 "Основы кибербезопасности", 18 час. (от 17.05.2024 1461, ГБУ "Кузбасская школа управления");
 "Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064449, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
 "Основы информационной безопасности", 36 час. (от 16.06.2025 ПК 295765, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (11 кл);
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем</t>
   </si>
   <si>
     <t>Денисов Александр Евгеньевич</t>
   </si>
   <si>
     <t>Информационные технологии и программирование;
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
     <t>"Повышение квалификаци для руководителей организаций и назначенных ими лиц, ИП, ответственных за обеспечение пожарной безопасности, а также в обособленных структурных подразделениях организации", 16 час. (от 02.08.2023 000121, НО ЧОУ ДПО "ЭТАЛОН");
 "Подготовка в области аттестации А.1 руководителей и специалистов организаций по основам промышленной безопасности", 72 час. (от 30.08.2023 Д.ДПО.044-23/271, ООО "Деловой партнер ОТ");
 "Подготовка в области аттестации Б.5.1 руководителей и специалистов организаций,  осуществляющих разработку угольных месторождений открытым способом", 72 час. (от 30.08.2023 Д.ДПО.176-23/12, ООО "Деловой партнер ОТ")</t>
   </si>
   <si>
     <t>9 лет
-5 месяцев</t>
+6 месяцев</t>
   </si>
   <si>
     <t>11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений</t>
   </si>
   <si>
     <t>Дерюшев Александр Владимирович</t>
   </si>
   <si>
     <t>Физика горных пород;
 Механика подземных сооружений;
 Технология и безопасность взрывных работ;
 Единая книжка взрывника</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: строительство подземных сооружений и шахт
 квалификация: горный инженер;</t>
   </si>
   <si>
     <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323134, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>4 года
 11 месяцев</t>
@@ -3849,50 +3862,54 @@
   </si>
   <si>
     <t>Трансформаторы;
 Электрические трансформаторы;
 Проектирование систем электроснабжения;
 Проектирование энергообъектов;
 Электротехническое и конструкционное материаловедение;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: электрические машины и аппараты
 квалификация: инженер-электромеханик;</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Менеджмент в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика</t>
   </si>
   <si>
     <t>Долинина Алеся Сергеевна</t>
   </si>
   <si>
+    <t>Доцент;
+Заведующий кафедрой</t>
+  </si>
+  <si>
     <t>Процессы и аппараты химической технологии</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: менеджмент
 квалификация: ;
 * направление подготовки и (или) специальности: химическая технология неорганических веществ
 квалификация: инженер;</t>
   </si>
   <si>
     <t>16 лет
 5 месяцев</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств</t>
   </si>
   <si>
     <t>Дорожкина Наталья Валерьевна</t>
   </si>
   <si>
     <t>Экономический анализ производственных систем;
 Ценообразование и ценовая стратегия;
@@ -3901,76 +3918,76 @@
 Организация договорной работы с потребителями услуг;
 Экономика отрасли;
 МДК.01.02 Изучение основ делопроизводства;
 МДК.01.03 Соблюдение норм этики делового общения;
 ОП.03 Налоги и налогообложение;
 ОП.07 Экономика отрасли;
 ОПЦ.03 Правовое и документационное обеспечение в туризме и гостеприимстве</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: экономика и управление в строительстве
 квалификация: инженер-экономист;</t>
   </si>
   <si>
     <t>"Новые федеральные стандарты бухгалтерского учета. Анализ типовых нарушений, выявляемых в ходе ВКД, и меры по их профилактике.", 40 час. (от 14.10.2022 06-22-001-000166, АНО "Институт переподготовки и повышения квалификации профессиональных бухгалтеров и аудиторов");
 "Анализ типовых нарушений , выявляемых в ходе ВКД, и меры по их профилактике; Практика применения МСА: аудиторские процедуры в отношении событий после отчетной даты....", 32 час. (от 25.07.2023 23-019-000350, АНО ДПО "Институт повышения квалификации Аудиторской палаты России");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227607, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063859, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования)</t>
   </si>
   <si>
     <t>Системное управление инновациями;
 Диплом предоставляет право на ведение профессиональной деятельности в сфере педагогической деятельности по образовательным программам высшего образования</t>
   </si>
   <si>
     <t>8 лет
-6 месяцев</t>
+7 месяцев</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл);
 38.03.02 Менеджмент - Организация и управление отраслевыми предприятиями;
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (11 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл);
 43.03.01 Сервис - Сервис на предприятиях малого и среднего бизнеса</t>
   </si>
   <si>
     <t>Досайкин Антон Олегович</t>
   </si>
   <si>
     <t>Технологические машины и оборудование</t>
   </si>
   <si>
     <t>"Педагогическая деятельность по реализации программ высшего образования", 300 час. (от 07.10.2025 423100384575, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>6 лет
-10 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Химическая технология неорганических веществ</t>
   </si>
   <si>
     <t>Дочева Анжелика Витальевна</t>
   </si>
   <si>
     <t>Промышленная безопасность</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Драчев Вячеслав Владиславович</t>
   </si>
   <si>
     <t>Материаловедение;
 Технологические процессы автоматизированных производств;
 Технологические процессы в машиностроении;
 Технология конструкционных материалов;
 МДК.01.01 Порядок проведения оценки качества продукции на каждой стадии производственного процесса;
 ОП.02 Материаловедение;
 ОП.04 Материаловедение</t>
@@ -4006,51 +4023,51 @@
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 25.12.2023 У2023393309, актион Университет. Онлайн обучение);
 "Подземная разработка пластовых месторождений", 70 час. (от 14.06.2024 420800207885, Кузбасский государственный технический университет имени Т.Ф.Горбачева филиал КУЗГТУ в г. Прокопьевске)</t>
   </si>
   <si>
     <t>1 год</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства</t>
   </si>
   <si>
     <t>Дубенский Максим Сергеевич</t>
   </si>
   <si>
     <t>Организация проектирования зданий и сооружений</t>
   </si>
   <si>
     <t>"Повышение квалификации руководителей организаций, лиц. назначенных руководителем организации ответственными за обеспечение пожарной безопасности на объектах защиты, в которых могут одновременно находиться 50 и более человек, объектах защиты, отнесенных к категориям повышенной взрывопожароопасности, взрывопожароопасности,  пожароопасности", 16 час. (от 29.05.2023 00233197, НОУ ДПО "Многопрофильный центр профессионального обучения")</t>
   </si>
   <si>
     <t>Производственный менеджмент;
 Преподаватель высшей школы</t>
   </si>
   <si>
     <t>13 лет
-7 месяцев</t>
+8 месяцев</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство</t>
   </si>
   <si>
     <t>Дубов Георгий Михайлович</t>
   </si>
   <si>
     <t>Управление проектами</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: металлорежущие станки и инструменты
 квалификация: инженер;</t>
   </si>
   <si>
     <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063625 51, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000261718 ГОТиМ-154-2023, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227610, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Менеджмент</t>
   </si>
   <si>
     <t>24 года
@@ -4153,51 +4170,52 @@
 Бухгалтерский учет и анализ;
 Анализ финансовой отчетности;
 Аудит;
 Производственная, Преддипломная практика;
 МДК.01.01 Практические основы бухгалтерского учета активов организации и источников их формирования;
 ОП.05 Аудит;
 ОП.05 Основы внутреннего контроля;
 ОП.07 Основы управленческого учета</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: бухгалтерский учет
 квалификация: экономист;
 Начальное профессиональное образование:
 * направление подготовки и (или) специальности: бухгалтерский учет
 квалификация: бухгалтер;</t>
   </si>
   <si>
     <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323135, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063860, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования)</t>
   </si>
   <si>
     <t>Экономист</t>
   </si>
   <si>
-    <t>7 лет</t>
+    <t>7 лет
+1 месяц</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл);
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Дьякова Наталья Александровна</t>
   </si>
   <si>
     <t>Конструкции зданий и сооружений;
 Основы архитектуры;
 Основы строительных конструкций;
 МДК.01.02 Строительные конструкции</t>
   </si>
   <si>
     <t>"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295842, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
@@ -4216,50 +4234,55 @@
 "Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123180, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем</t>
   </si>
   <si>
     <t>Евграфова Анна Борисовна</t>
   </si>
   <si>
     <t>Процессы и аппараты защиты окружающей среды;
 Процессы и аппараты химической технологии;
 Оборудование предприятий;
 Теория подобия;
 ОП.06 Технологическое оборудование;
 УП.01.01 Учебная практика (Монтаж промышленного оборудования и пусконаладочные работы);
 УП.01.01 Учебная практика (Проведение монтажа, испытания промышленного (технологического) оборудования, выполнение пусконаладочных работ и сдача его в эксплуатацию)</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: машины и аппараты химических производств
 квалификация: инженер;</t>
+  </si>
+  <si>
+    <t>"Работа с классным коллективом по развитию патриотических качеств личности обучающихся", 46 час. (от 20.04.2023 422419126610, МБОУ ДПО " Научно-методический центр");
+"Организация деятельности педагогов-наставников по подготовке к самостоятельной жизни и постинтернатному сопровождению воспитанн. и выпускн. организ. для детей-сирот и детей, оставш. без попеч.родит.", 72 час. (от 01.03.2024 42 ПК 7533, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования");
+"Классное руководство: шаг за шагом", 46 час. (от 16.04.2024 422420929817, МБОУ ДПО " Научно-методический центр")</t>
   </si>
   <si>
     <t>По дополнительной профессиональной программе: Толерантность как составляющая профессионально-коммуникативной компетентности педагога в межкультурном контексте</t>
   </si>
   <si>
     <t>13 лет
 5 месяцев</t>
   </si>
   <si>
     <t>15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Технология и переработка полимеров;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств</t>
   </si>
   <si>
     <t>Евсеева Маргарита Александровна</t>
   </si>
   <si>
     <t>"Преподователь университета в новой системе российского образования", 72 час. (от 26.04.2024 782421005221, ЧПОУ "Центр профессионального и дополнительного образования Лань" г. Санкт-Петербург);
 "Методология, новые образовательные технологии и методика преподования дисциплины "История России" в высшей школе", 72 час. (от 11.06.2024 612422428780, ООО "Международная академия современного обучения "Велес"")</t>
   </si>
@@ -4269,50 +4292,51 @@
   </si>
   <si>
     <t>08.03.01 Строительство - Водоснабжение и водоотведение;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера</t>
   </si>
   <si>
     <t>Егоров Иван Сергеевич</t>
   </si>
   <si>
     <t>Доцент;
 Директор института</t>
   </si>
   <si>
     <t>Релейная защита и автоматизация в электроснабжении;
 Релейная защита и автоматизация электроэнергетических систем;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
     <t>"Управление высокотехнологичными проектами", 24 час. (от 23.12.2022 2764, ООО "СОФИТ");
+"Эффективный руководитель в эпоху цифровой трансформации", 144 час. (от 03.06.2025 160300044923, АНО ВО "Университет Иннополис");
 "Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295811, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика</t>
   </si>
   <si>
     <t>Елкин Иван Сергеевич</t>
   </si>
   <si>
     <t>"Современное нормативно-методическое обеспечение федеральных государственных образовательных стандартов высшего образования", 16 час. (от 20.10.2023 040000487963 У655-1384, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС")</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
@@ -4551,156 +4575,153 @@
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл);
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Животова Ирина Петровна</t>
   </si>
   <si>
     <t>МДК.01.01 Порядок проведения оценки качества продукции на каждой стадии производственного процесса</t>
   </si>
   <si>
     <t>Среднее профессиональное образование:
 * направление подготовки и (или) специальности: водоснабжение,канализация и очистка промышленных сточ. вод
 квалификация: техник-технолог;</t>
   </si>
   <si>
     <t>25 лет
-9 месяцев</t>
+10 месяцев</t>
   </si>
   <si>
     <t>27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Жиронкин Сергей Александрович</t>
   </si>
   <si>
     <t>Решение горных задач на ПК;
 История горного дела и открытых горных работ;
 Информационные технологии в горном деле;
 Практический курс линейного руководства;
 Экономическое обоснование технологических решений на карьерах;
 Основы горного дела (открытая геотехнология);
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: открытые горные работы
 квалификация: горный инженер;
 * направление подготовки и (или) специальности: экономика и управление на предприятии
 квалификация: инженер-экономист;</t>
   </si>
   <si>
     <t>"Обеспечение объективной оценки качества образования", 72 час. (от 15.01.2025 422423865341, АНО ДПО "Межрегиональный институт повышения квалификации и профессиональной переподготовки");
 "Доступная среда в образовательной организации", 72 час. (от 18.01.2025 422423865340, АНО ДПО "Межрегиональный институт повышения квалификации и профессиональной переподготовки")</t>
   </si>
   <si>
     <t>6 лет
-6 месяцев</t>
+7 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Завьялов Валерий Михайлович</t>
   </si>
   <si>
     <t>Преобразовательная техника</t>
   </si>
   <si>
     <t>"Основы организации и управления коммуникациями в современной медиасреде", 16 час. (от 20.04.2023 7723 4811008 0000001145, ФГАНУ НИИ "Спецвузавтоматика");
 "Виртуальная реальность и 3D моделирование", 16 час. (от 26.06.2023 54ПК0003958 37885, ФГБОУ ВО "Новосибирский государственный технический университет");
 "Интеллектуальные системы в электроэнергетике", 16 час. (от 26.06.2023 54ПК0003985 37912, ФГБОУ ВО "Новосибирский государственный технический университет");
 "Мехатронные и робототехнические модули и системы", 16 час. (от 26.06.2023 54ПК0003877 37804, ФГБОУ ВО "Новосибирский государственный технический университет");
 "Синтез современных систем автоматического управления в электроэнергетике и электротехнике", 16 час. (от 26.06.2023 54ПК0003904 37831, ФГБОУ ВО "Новосибирский государственный технический университет");
 "Управление промышленными работами", 16 час. (от 26.06.2023 54ПК0003931 37858, ФГБОУ ВО "Новосибирский государственный технический университет");
 "Экологическая, промышленная и энергетическая безопасность", 72 час. (от 18.09.2023 813102912893 33-33/5006/пк, ФГАОУ ВО "Севастопольский государственный университет")</t>
   </si>
   <si>
     <t>Завьялова Екатерина Валерьевна</t>
   </si>
   <si>
     <t>Геодезия;
 Маркшейдерия;
 100 шагов к успеху</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: горное дело
 квалификация: горный инженер (специалист);
 Среднее профессиональное образование:
 * направление подготовки и (или) специальности: технология продуктов общественного питания
 квалификация: технолог информационного обеспечения;</t>
   </si>
   <si>
     <t>"Позиционирование образовательного учреждения в социальных сетях", 16 час. (от 30.10.2023 ПК 323021, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Основы наставничества", 16 час. (от 22.12.2023 1222, ГБУ "Кузбасская школа управления");
 "Психолого-педагогическая подготовка преподавателя технического университета", 16 час. (от 24.05.2024 080000064410, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
 "Работа с геоинформационной системой Аксиома", 40 час. (от 09.11.2024 502422317617, ООО "Электронные технологии");
-"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295785, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295785, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Аддитивные технологии: Взгляд в будующее", 16 час. (от 12.11.2025 040000671909, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Зайнулин Ринат Равильевич</t>
   </si>
   <si>
     <t>Физико-химическая геотехнология;
 Управление состоянием массива горных пород;
 Подземная разработка рудных месторождений;
 Основы горного дела (подземная геотехнология)</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: физические процессы горного производства
 квалификация: горный инженер-физик;</t>
   </si>
   <si>
     <t>"Инновационные и цифровые технологи в образовании", 72 час. (от 24.04.2023 , ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000667745, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
-  </si>
-[...2 lines deleted...]
-5 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Зайцева Ирина Сергеевна</t>
   </si>
   <si>
     <t>Очистка сточных вод с вопросами проектирования систем;
 Химия воды и микробиология;
 Контроль качества воды;
 Основы научных исследований</t>
   </si>
   <si>
     <t>"Водоснабжение и водоотведение. Ресурсосбережение в системах водоснабжения и водоотведения", 72 час. (от 16.05.2024 64.1-02, АНО ДПО "Промышленная безопасность")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений</t>
   </si>
   <si>
@@ -4805,52 +4826,51 @@
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: русский язык и литература
 квалификация: учитель русского языка и литературы средней школы;</t>
   </si>
   <si>
     <t>Доктор социологических наук</t>
   </si>
   <si>
     <t>"Развитие компетенций эксперта при оценке профессиональной деятельности педагогических работников в процессе аттестации", 48 час. (от 31.05.2023 420800182633, ГОУ ДПО (ПК)С "Кузбасский региональный институт повышения квалификации и переподготовки работников образования");
 "Организация работы по защите персональных данных", 108 час. (от 16.09.2024 423104246116, ГОУ ДПО "Институт развития образования Кузбасса");
 "Управление образованием на муниципальном уровне", 28 час. (от 14.11.2025 423104991078, ГОУ ДПО "Институт развития образования Кузбасса")</t>
   </si>
   <si>
     <t>Захаренко Сергей Геннадьевич</t>
   </si>
   <si>
     <t>Электрические трансформаторы</t>
   </si>
   <si>
     <t>"Общие вопросы охраны труда и функционирования системы управления охраной труда", 16 час. (от 19.09.2025 42171, ЧУП ПО "Сибирский корпоративный энергетический учебный центр");
 "Обучение безопас. методам и приемам выполн. работ при воздействии вредн.и (или) опасн.производ.факторов, источников опасности, идентифицир.в рамках спец. оценки условий труда и оценки профес. рисков", 16 час. (от 23.09.2025 42220, ЧУП ПО "Сибирский корпоративный энергетический учебный центр")</t>
   </si>
   <si>
-    <t>15 лет
-11 месяцев</t>
+    <t>16 лет</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Электроснабжение</t>
   </si>
   <si>
     <t>Захаров Александр Викторович</t>
   </si>
   <si>
     <t>ОГСЭ.04 Физическая культура;
 ОГСЭ.05 Физическая культура;
 ОУП.12 Физическая культура</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: командная тактическая войск связи
 квалификация: инженер по эксплуатации средств электросвязи;
 * направление подготовки и (или) специальности: физическая культура и спорт
 квалификация: специалист по физической культуре и спорту;</t>
   </si>
   <si>
     <t>"Основы кибербезопасности", 18 час. (от 17.05.2024 1474, ГБУ "Кузбасская школа управления");
 "Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064452, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
@@ -4953,54 +4973,50 @@
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 08.03.01 Строительство - Экспертиза и управление недвижимостью;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений</t>
   </si>
   <si>
     <t>Зиновьев Василий Валентинович</t>
   </si>
   <si>
     <t>Математическое моделирование;
 Моделирование процессов и систем</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: конструирование и производство горных машин и оборудования
 квалификация: горный инженер-механик;</t>
   </si>
   <si>
     <t>"Проектировние управленческой и исследовательской деятельности", 16 час. (от 20.09.2023 423103226899, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Информатика и информационные технологии</t>
-  </si>
-[...2 lines deleted...]
-9 месяцев</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности</t>
   </si>
   <si>
     <t>Золотухин Владимир Михайлович</t>
   </si>
   <si>
     <t>Философия экономики и управления;
 Философия;
 Правоведение;
 Основы трудового законодательства;
 Судебная экономическая экспертиза;
 Криминалистика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: философия
 квалификация: философ, преподаватель философии, социально-политич дисциплин в средних учебных заведениях;</t>
   </si>
   <si>
     <t>Доктор философских наук</t>
   </si>
@@ -5124,51 +5140,52 @@
     <t>ЕН.02 Информатика;
 ОП.03 Информационные технологии;
 ОП.11 Компьютерные сети</t>
   </si>
   <si>
     <t>"Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064453, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл)</t>
   </si>
   <si>
     <t>Зубарева Вера Андреевна</t>
   </si>
   <si>
     <t>Нормативное регулирование безопасности;
 Охрана труда и промышленная безопасность;
 Аэрология горных предприятий;
 Безопасность ведения горных работ и горноспасательное дело</t>
   </si>
   <si>
     <t>"По дополнительной профессиональной программе повышения квалификации преподавателей ОБЖ, преподавателей БЖД и консультантов УКП категория: преподаватели БЖД", 64 час. (от 13.09.2023 42№1411 478662, КОУМЦ по ГО и ЧС);
 "Безопасное управление горными и взрывными работами на угольных предприятиях", 72 час. (от 25.04.2025 27579, Кемеровский региональный институт повышения квалификации имени В.П.Романова)</t>
   </si>
   <si>
-    <t>45 лет</t>
+    <t>45 лет
+1 месяц</t>
   </si>
   <si>
     <t>20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Электрификация и автоматизация горного производства;
 21.05.05 Физические процессы горного или нефтегазового производства - Физические процессы горного производства</t>
   </si>
   <si>
     <t>Иванов Геннадий Викторович</t>
   </si>
   <si>
     <t>Методы и процедуры комплексной экспертизы безопасности;
 Экспертиза безопасности;
 Аэрология горных предприятий;
 Промышленная безопасность;
 Производственная, Организационно-управленческая практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: обогащение полезных ископаемых
 квалификация: горный инженер технолог;</t>
@@ -5445,51 +5462,51 @@
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Илюшкин Владислав Дмитриевич</t>
   </si>
   <si>
     <t>Маркшейдерские работы при открытой разработке полезных ископаемых;
 Автоматизированное проектирование по цифровым планам</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332278, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Маркшейдерское дело", 72 час. (от 24.11.2022 ВНИМИ ПК 001158, Учебный центр АО "ВНИМИ");
 "Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485795, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227618, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533167, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076954, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594109, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Основы обеспечения безопасности применения беспилотных авиационных систем", 72 час. (от 12.12.2025 ПК-I 060236, ФГАОУ ВО "Самарский национальный исследовательский университет им.академика С.П.Королева")</t>
   </si>
   <si>
     <t>7 лет
-2 месяца</t>
+3 месяца</t>
   </si>
   <si>
     <t>Ингула Наталья Викторовна</t>
   </si>
   <si>
     <t>Математика;
 Дополнительные главы математики</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: государственное и муниципальное управление
 квалификация: менеджер;
 * направление подготовки и (или) специальности: математика
 квалификация: учитель математики и информатики;</t>
   </si>
   <si>
     <t>"Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295845, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Внешняя оценка качества образовательных программ профессионального образования: основные направления", 24 час. (от 31.10.2025 4818, ФГБУ "Национальное аккредитационное агенство в сфере образования")</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 18.03.01 Химическая технология - Инновационные химические технологии;
@@ -5936,51 +5953,51 @@
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
 20.04.01 Техносферная безопасность - Инженерная защита окружающей среды</t>
   </si>
   <si>
     <t>Кижаева Наталья Николаевна</t>
   </si>
   <si>
     <t>Геология;
 Геодезия;
 Правовые основы недропользования;
 Геолого-геодезическое обеспечение строительства;
 Учебная, Геологическая практика;
 Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: гидрогеология и инженерная геология
 квалификация: горный инженер-гидрогеолог;</t>
   </si>
   <si>
     <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 11.12.2024 782400103296, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>54 года
-2 месяца</t>
+3 месяца</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Водоснабжение и водоотведение;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Кизилов Сергей Александрович</t>
   </si>
   <si>
     <t>Автоматизация производственных процессов в машиностроении;
 Основы робототехники;
 Электроника;
 Основы информационных технологий</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: электропривод и автоматика промышленных установок и технологических комплексов
@@ -6024,51 +6041,51 @@
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 18.03.01 Химическая технология - Инновационные химические технологии;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Киреева Кристина Александровна</t>
   </si>
   <si>
     <t>Базы данных</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: прикладная информатика в экономике
 квалификация: информатик-экономист;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: прикладная информатика
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Повышение эффективности использования ресурсов автотранспорта с использованием цифровых технологий мониторинга транспорта", 96 час. (от 15.02.2024 3, ООО "АС-Телематика" (АвтоСкан Система контроля транспорта))</t>
   </si>
   <si>
     <t>13 лет
-3 месяца</t>
+4 месяца</t>
   </si>
   <si>
     <t>Киренберг Александр Григорьевич</t>
   </si>
   <si>
     <t>Информационные угрозы;
 Классификация защищаемой информации и информационных систем;
 Методы и средства защиты информационных систем;
 Методы анализа защищенных информационных систем;
 Безопасность систем баз данных;
 Безопасность операционных систем;
 Методы и средства криптографической защиты информации;
 Разработка и эксплуатация автоматизированных систем в защищенном исполнении;
 Защита информации от утечки по техническим каналам;
 Моделирование и испытание систем защиты информационных систем;
 Защищенные информационные системы;
 Реинжиниринг программного обеспечения;
 Основы информатики, организации ЭВМ, вычислительных и информационных систем;
 Сети и системы передачи информации;
 МДК.01.04 Эксплуатация автоматизированных (информационных) систем в защищенном исполнении;
 МДК.02.01 Программные и программно-аппаратные средства защиты информации;
 ОП.01 Основы информационной безопасности;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ)</t>
   </si>
   <si>
@@ -6203,51 +6220,51 @@
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: инженер -менеджер
 квалификация: ;
 Среднее профессиональное образование:
 * направление подготовки и (или) специальности: открытые горные работы
 квалификация: горный техник-технолог;</t>
   </si>
   <si>
     <t>Князьков Константин Викторович</t>
   </si>
   <si>
     <t>Современные материалы для сварки и наплавки;
 Основы импульсного управления процессами сварки и наплавки;
 Проектирование сборочно-сварочной оснастки;
 Оборудование и источники питания для сварочных процессов;
 Источники питания и оборудование для сварочных процессов;
 Технология и оборудование термической резки материалов</t>
   </si>
   <si>
     <t>"Инструменты электронной информационно-образовательной среды", 16 час. (от 21.09.2023 550400002734 ИДО-23-442, ФГБОУ ВО "СибАДИ" институт дополнительного образования)</t>
   </si>
   <si>
     <t>17 лет
-1 месяц</t>
+2 месяца</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.04.01 Машиностроение - Сварка и родственные технологии</t>
   </si>
   <si>
     <t>Кобылянский Дмитрий Михайлович</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: горные машины и оборудование
 квалификация: горный инженер;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: педагогическое образование
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Основы военной подготовки", 320 час. (от 20.10.2023 6327 00008893, ЧОУ ДПО "Региональная академия делового образования");
 "Организация занятий по адаптивной физической культуре для обучающихся с ограниченными возможностями здоровья и инвалидов", 72 час. (от 21.02.2025 42ПК 10277, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования")</t>
   </si>
   <si>
     <t>Физическая культура и спорт;
 Основы военной подготовки</t>
   </si>
   <si>
@@ -6327,52 +6344,51 @@
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Козлов Алексей Петрович</t>
   </si>
   <si>
     <t>Цифровая культура в профессиональной деятельности;
 Моделирование энерго- и ресурсосберегающих процессов в химической технологии, нефтехимии и биотехнологии;
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: машины и аппараты химических производств и предприятий строительных материалов
 квалификация: инженер-механик;</t>
   </si>
   <si>
     <t>"Цифровые модели как инструмент для обучения специалистов нефтегазовой отрасли", 16 час. (от 27.12.2023 ПК 735143, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Искусственный интеллект и основы аналитики (больших) данных", 108 час. (от 30.05.2024 160300061110, АНО ВО "Университет Иннополис");
 "Беспилотные авиационные системы: правовые и технические аспекты (вводный курс)", 16 час. (от 12.09.2024 У2035 ПК 000015703, АНО  «Университет Национальной Технологической Инициативы 2035»);
 "Аналитик данных в сфере БАС", 144 час. (от 25.11.2024 160300043132, АНО ВО "Университет Иннополис")</t>
   </si>
   <si>
-    <t>29 лет
-11 месяцев</t>
+    <t>30 лет</t>
   </si>
   <si>
     <t>18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг</t>
   </si>
   <si>
     <t>Козлов Илья Владимирович</t>
   </si>
   <si>
     <t>Гидропривод;
 Стационарные установки;
 Грузоподъемные машины и механизмы;
 Компьютерная графика</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Козлов Сергей Дмитриевич</t>
   </si>
   <si>
     <t>Высшее образование:
@@ -6409,54 +6425,50 @@
   </si>
   <si>
     <t>Основы проектирования автомобильных дорог;
 Основы инженерных сооружений на автомобильных дорогах;
 Основы технической эксплуатации автомобильных дорог;
 Геодезическое сопровождение строительных процессов</t>
   </si>
   <si>
     <t>"Технологии "Фабрик будущего", 108 час. (от 03.11.2023 782400088128, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Основы наставничества", 16 час. (от 22.12.2023 рег.№1232, Министерство науки, высшего образования и молодежной политики Кузбасса государственное бюджетное учреждение "Кузбасская школа управления");
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076959, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Козлова Дарья Александровна</t>
   </si>
   <si>
     <t>Спецкурс по технологии строительного производства;
 Технологические процессы в строительстве;
 Технологии строительного производства</t>
   </si>
   <si>
     <t>"Ценообразование и сметное нормирование в строительстве", 256 час. (от 29.06.2024 080000016631, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" )</t>
   </si>
   <si>
     <t>Ценообразование и сметное нормирование в строительстве</t>
-  </si>
-[...2 lines deleted...]
-3 месяца</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство;
 08.05.01 Строительство уникальных зданий и сооружений - Строительство высотных и большепролетных зданий и сооружений</t>
   </si>
   <si>
     <t>Козырева Марина Васильевна</t>
   </si>
   <si>
     <t>История России;
 Правоведение;
 Административное право;
 ОП.05 Правовое обеспечение профессиональной деятельности;
 ОП.07 Правовое обеспечение профессиональной деятельности</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: экономическая теория
 квалификация: экономист;</t>
   </si>
   <si>
     <t>"Россия и страны Востока: социокультурные коммуникации на евразийском пространстве в новое время", 36 час. (от 24.03.2023 423102334409, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Актуализация содержания и методики преподавания дисциплины "Право", 16 час. (от 02.04.2024 700800136748, Национальный исследовательский Томский государственный университет);
 "Военная история России в структуре исторического образования и воспитания", 108 час. (от 17.04.2025 423103865374, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
@@ -6596,54 +6608,50 @@
   </si>
   <si>
     <t>"Новые технологии в развитии гибких навыков студентов", 16 час. (от 10.01.2024 420400012570, ГПОУ "Сибирский политехнический техникум");
 "Основы кибербезопасности", 18 час. (от 17.05.2024 1497, ГБУ "Кузбасская школа управления");
 "Сеть Интернет в противодействии террористическим угрозам", 16 час. (от 20.05.2024 423103228473, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Межнациональные и межконфессиональные отношения в современной России", 36 час. (от 27.05.2024 423103228597, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 16 час. (от 17.02.2025 080000064457, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
     <t>09.02.07 Информационные системы и программирование - Специалист по информационным системам (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 23.02.07 Техническое обслуживание и ремонт автотранспортных средств - Cпециалист по техническому обслуживанию и ремонту автотранспортных средств (9 кл);
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл)</t>
   </si>
   <si>
     <t>Копытов Александр Иванович</t>
   </si>
   <si>
     <t>Исторические этапы горного дела;
 Построение деловой карьеры горным инженером;
 Производственная, Практика по профилю профессиональной деятельности;
 Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
     <t>"Комплексное проектирование и капитальное строительство горных предприятий с применением ГГИС" (от 03.10.2025 МВ031025-01-SH-EX, Республика Казахстан, г. Алматы ТОО "МАЙКРОМАЙН")</t>
-  </si>
-[...2 lines deleted...]
-2 месяца</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Корниенко Игорь Леонидович</t>
   </si>
   <si>
     <t>Старший преподаватель;
 Старший учебный мастер</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: прикладная информатика в экономике
 квалификация: информатик-экономист;</t>
   </si>
   <si>
     <t>Королева Татьяна Геннадьевна</t>
   </si>
   <si>
     <t>Управление технологическими инновациями: кооперация и развитие инновационной среды;
 Современные аспекты технологии и эффективности горного производства;
 Экономический анализ затрат для реализации технологий обогащения полезных ископаемых;
 Экономика и менеджмент горного производства;
@@ -6894,83 +6902,83 @@
   </si>
   <si>
     <t>Международные перевозки;
 Информационные технологии на пассажирском транспорте;
 Моделирование систем дорожного движения;
 Пассажирские перевозки;
 Интеллектуальные технологии и системы на транспорте;
 Имитационное моделирование транспортных процессов;
 Технический осмотр транспортных средств;
 Моделирование дорожного движения;
 Экспертный анализ технического состояния автотранспортных средств;
 Дорожные условия и безопасность движения;
 Проектирование цифровой карты транспортной сети;
 Методология научного творчества</t>
   </si>
   <si>
     <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323137, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227626, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Современные аспекты организации обслуживания, технического контроля и  ремонта транспортных средств", 72 час. (от 29.03.2024 080000063943, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
 "Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134141, Национальный исследовательский Томский государственный университет);
 "Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295726, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Создание современных инновационных транспортных средств", 112 час. (от 28.11.2025 ПК 1253396, ФГУП "ЦОТКЗ научно-исследовательский автомобильный и автомоторный институт "НАМИ")</t>
   </si>
   <si>
     <t>1 год
-10 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 23.03.01 Технология транспортных процессов - Организация и безопасность дорожного движения;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 23.04.01 Технология транспортных процессов - Организация и управление транспортными процессами;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Костенко Ольга Васильевна</t>
   </si>
   <si>
     <t>Основы изобретательства;
 Основы патентных исследований</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: технология переработки пластических масс и эластомеров
 квалификация: инженер;
 * направление подготовки и (или) специальности: экономика и управление на предприятии (по отраслям)
 квалификация: экономист-менеджер;</t>
   </si>
   <si>
     <t>"Государственный (муниципальный) аудит в строительстве. Ценообразование и сметное дело в строительстве.", 40 час. (от 01.12.2023 540800398831 1835/23, ФГБОУ ВО "Новосибирский государственный университет экономики и управления "НИНХ");
 "Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295787, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>Бухгалтерский учет в бюджетных учреждениях</t>
   </si>
   <si>
     <t>19 лет
-8 месяцев</t>
+9 месяцев</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.04.01 Химическая технология - Технология и переработка полимеров;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды</t>
   </si>
   <si>
     <t>Котельникова Татьяна Сергеевна</t>
   </si>
   <si>
     <t>Основы нефтепереработки и нефтехимии;
 Основы нефтехимии и технологии органических веществ;
 Химия и технология органических веществ;
 Оборудование предприятий основного органического синтеза;
 Сырьевые источники для производств основного органического синтеза;
 Архитектура химических соединений и молекулярный дизайн;
 Основы научных исследований и инженерного творчества;
 Органоминеральные удобрения;
 Производственная, Технологическая (проектно-технологическая) практика;
 Производственная, Преддипломная практика;
 МДК.01.01 Основы аналитической химии и физико-химических методов анализа;
 ОП.02 Органическая химия;
 УП.04.01 Учебная практика (Выполнение работ по профессии лаборант химического анализа)</t>
   </si>
   <si>
@@ -7199,52 +7207,51 @@
   <si>
     <t>Кудряшов Дмитрий Семенович</t>
   </si>
   <si>
     <t>Введение в электроснабжение;
 Трансформаторы;
 Электрические трансформаторы;
 Управление энергосбережением в системах электроснабжения;
 Электрическая часть электростанций и подстанций;
 Электрические станции и подстанции;
 Проектирование энергообъектов;
 Инвестиционное проектирование систем электроснабжения;
 100 шагов к успеху</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: высоковольтная электроэнергетика и электротехника
 квалификация: инженер;
 * направление подготовки и (или) специальности: химия
 квалификация: химик;</t>
   </si>
   <si>
     <t>"Основы обеспечения безопасности применения беспилотных авиационных систем", 72 час. (от 12.12.2025 ПК-I 060240, ФГАОУ ВО "Самарский национальный исследовательский университет им.академика С.П.Королева")</t>
   </si>
   <si>
-    <t>25 лет
-11 месяцев</t>
+    <t>26 лет</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Менеджмент в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика</t>
   </si>
   <si>
     <t>Кузнецов Владимир Всеволодович</t>
   </si>
   <si>
     <t>Гидропривод;
 Механика жидкости и газа;
 Гидравлика;
 Гидромеханика;
 Учебная, Организационно-управленческая практика;
 Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
     <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063631 57, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Цифровая инженерная горная школа "Новые технологические решения в сфере высокопроизводительных конвейерных систем горных предприятий" (от 31.10.2023 040000262098 ГОТиМ-273-2023, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС")</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
@@ -7271,51 +7278,51 @@
   </si>
   <si>
     <t>Моделирование процессов и систем;
 Основы разработки месторождений твердых полезных ископаемых (открытая геотехнология);
 Компьютерная графика;
 Основы горного дела (открытая геотехнология);
 Информационные технологии и программирование</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: автоматизация технологических процессов и производств 
 квалификация: магистр;
 Послевузовское образование:
 * направление подготовки и (или) специальности: науки о земле
 квалификация: исследователь. преподаватель-исследователь;</t>
   </si>
   <si>
     <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123644, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134135, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>Руководитель научного проекта</t>
   </si>
   <si>
     <t>7 лет
-6 месяцев</t>
+7 месяцев</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы</t>
   </si>
   <si>
     <t>Кузнецов Илья Витальевич</t>
   </si>
   <si>
     <t>Водопроводные сети и водозаборные сооружения;
 Водопроводные очистные сооружения с вопросами проектирования;
 Санитарно-техническое оборудование зданий;
 Нормативная база проектирования высотных и большепролетных зданий и сооружений;
 Сопротивление материалов;
 Основы технической механики;
 Основы водоснабжения и водоотведения;
 Производственная, Преддипломная практика;
 МДК.03.02 Модернизация и внедрение новых методов и средств контроля;
 ОП.03 Техническая механика;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ);
 ПП.02.01 Производственная практика (Подготовка, оформление и учет технической документации);
 ПП.03.01 Производственная практика (Анализ и систематизация результатов контроля качества сырья и продукции, разработка предложений по корректирующим действиям);
@@ -7568,51 +7575,51 @@
   <si>
     <t>Маркшейдерско-геодезические приборы;
 Маркшейдерские работы при подземной разработке полезных ископаемых;
 Опорные маркшейдерско-геодезические сети;
 Маркшейдерия;
 Производственная, Практика по профилю профессиональной деятельности;
 Производственная, Производственно-технологическая практика;
 Производственная, Ознакомительная практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: маркшейдерское дело
 квалификация: инженер-маркшейдер;
 Среднее профессиональное образование:
 * направление подготовки и (или) специальности: профессиональное обучение (по отраслям)
 квалификация: педагог профессионального обучения ;</t>
   </si>
   <si>
     <t>"Работа с геоинформационной системой Аксиома", 40 час. (от 09.11.2024 502422317614, ООО "Электронные технологии")</t>
   </si>
   <si>
     <t>Управление проектной деятельностью в цифровой образовательной среде университета</t>
   </si>
   <si>
     <t>42 года
-3 месяца</t>
+4 месяца</t>
   </si>
   <si>
     <t>Лащинина Светлана Викторовна</t>
   </si>
   <si>
     <t>Конструкционное материаловедение;
 Контроль качества материалов;
 Материаловедение;
 Материаловедение и ТКМ;
 Учебная,  Ознакомительная практика;
 Производственная, Организационно-управленческая практика;
 МДК.02.03 Неразрушающий контроль;
 ОП.04 Материаловедение;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ);
 УП.04.01 Учебная практика (Выполнение работ по профессии контролер качества обработки изделий);
 100 шагов к успеху</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: промышленное и гражданское строительство
 квалификация: инженер-строитель;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: конструкторско-технологическое обеспечение машиностроительных производств
 квалификация: магистр;</t>
   </si>
@@ -7638,100 +7645,99 @@
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Лебедев Геннадий Михайлович</t>
   </si>
   <si>
     <t>Нормативно-правовая база энергетики;
 Специальные главы электроснабжения;
 Надежность электроснабжения;
 Электроснабжение опасных производственных объектов;
 Диагностика систем электроснабжения;
 Диагностика электрооборудования</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: электронные вычислительные машины
 квалификация: инженер-электрик;</t>
   </si>
   <si>
     <t>"Репутация и технологическое лидерство в цифровом образовании", 36 час. (от 15.02.2026 498459, ООО "Юрайт-Академия")</t>
   </si>
   <si>
-    <t>3 года
-11 месяцев</t>
+    <t>4 года</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика</t>
   </si>
   <si>
     <t>Лебединцев Сергей Владимирович</t>
   </si>
   <si>
     <t>Иностранный язык;
 ОУП.04 Иностранный язык</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: немецкий язык и литература
 квалификация: филолог, преподаватель немецкого языка, литературы, переводчик;</t>
   </si>
   <si>
     <t>"Традиционные методы, мобильные технологии и нейросети в преподавании английского языка", 72 час. (от 07.02.2025 782419192224, Автономная некоммерческая организация дополнительного профессионального образования "Институт иностранных языков")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 15.03.01 Машиностроение - Интеллектуальные технологии в машиностроении;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 38.02.07 Банковское дело - Специалист банковского дела (9 кл)</t>
   </si>
   <si>
     <t>Левашова Елена Евгеньевна</t>
   </si>
   <si>
     <t>Сертификация в сварочном и реновационном производстве;
 Основы физики и механики разрушения;
 История развития сварочного производства;
 Контроль качества сварных соединений;
 Производство сварных конструкций;
 Теория сварочных процессов;
 Основы теории сварки</t>
   </si>
   <si>
     <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 28.12.2024 782400103572, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>12 лет
-10 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>15.03.01 Машиностроение - Оборудование и технология сварочного производства;
 15.03.01 Машиностроение - Цифровизация и автоматизация в сварочном производстве;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств</t>
   </si>
   <si>
     <t>Леонова Юлия Юрьевна</t>
   </si>
   <si>
     <t>Введение в автоматику;
 Экологический менеджмент;
 Компьютерная графика в электротехнике;
 Электрические и электронные аппараты;
 Производственная, Технологическая практика;
 Учебная, Ознакомительная практика;
 МДК.02.02 Техническое обслуживание, ремонт и оценка качества электронных приборов и устройств;
 ПП.02.01 Производственная практика (Проведение технического обслуживания и ремонта электронных приборов и устройств)</t>
   </si>
   <si>
     <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация газотурбинной электростанции" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010028, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Прикладной искусственный интеллект в прогаммах дисциплин", 144 час. (от 29.11.2022 160300051828, АНО ВО "Университет Иннополис");
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076965, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Использование искусственного интеллекта в работе преподавателя и исследователя", 65 час. (от 25.12.2024 700800180955, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603072, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
@@ -7768,90 +7774,94 @@
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Строительная/техник (9 кл);
 38.02.06 Финансы - Финансист (9 кл);
 38.02.07 Банковское дело - Специалист банковского дела (9 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Лимаков Сергей Александрович</t>
   </si>
   <si>
     <t>Информационная безопасность в профессиональной деятельности</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: прикладная информатика в экономике
 квалификация: информатик-экономист;</t>
   </si>
   <si>
     <t>"Повышение эффективности использования ресурсов автотранспорта с использованием цифровых технологий мониторинга транспорта", 96 час. (от 22.03.2024 2, ООО "АС-Телематика" (АвтоСкан Система контроля транспорта))</t>
   </si>
   <si>
     <t>18 лет
-1 месяц</t>
+2 месяца</t>
   </si>
   <si>
     <t>38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Липина Галина Александровна</t>
   </si>
   <si>
     <t>Математика;
 Дискретная математика</t>
   </si>
   <si>
     <t>"Приемы формирования профессиональной коммуникативной компетентности при инклюзивном образовании", 36 час. (от 08.11.2022 702404049568, Институт непрерывного образования при Томском государственном архитектурно-строительном университете (ИНО-ТГАСУ));
 "Современные технологии в образовании: от педагогического дизайна до искусственного интеллекта", 36 час. (от 26.02.2025 703104075689, Институт непрерывного образования при Томском государственном архитектурно-строительном университете (ИНО-ТГАСУ))</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Лобур Ирина Анатольевна</t>
   </si>
   <si>
     <t>Теория автоматического управления. Линейные системы.;
 Теория автоматического управления. Нелинейные системы.;
 Теория автоматического управления;
 МДК.01.04 Обслуживание автоматических систем;
 ОП.09 Электрорадиоизмерения;
 Инжиниринг</t>
   </si>
   <si>
     <t>"По программе повышения квалификации в форме стажировки на тему"Эксплуатация газотурбинной электростанции" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010020, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123650, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603110, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Английский язык в академической сфере", 36 час. (от 16.06.2025 ПК 295690, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295817, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
+  </si>
+  <si>
+    <t>4 года
+2 месяца</t>
   </si>
   <si>
     <t>11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений</t>
   </si>
   <si>
     <t>Логачев Владимир Анатольевич</t>
   </si>
   <si>
     <t>Современные проблемы национальной экономики;
 Организация научной работы в экономике;
 Основы управленческой экономики;
 Экономическая теория</t>
   </si>
   <si>
     <t>"Технологии "Фабрик будущего", 108 час. (от 22.12.2023 11736-23-03, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
@@ -7897,51 +7907,52 @@
 "Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134125, Национальный исследовательский Томский государственный университет);
 "Инновационные и цифровые технологии в образовании", 72 час. (от 27.09.2024 782400099488, ФГА ОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Конфликтология (для педагогических работников)", 16 час. (от 05.06.2025 762423831422, ФГБОУ ВО "Ярославский государственный университет им.П.Г.Демидова");
 "Методы оценивания в цифровой образовательной среде", 16 час. (от 05.06.2025 762423832091, ФГБОУ ВО "Ярославский государственный университет им.П.Г.Демидова");
 "Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295731, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295852, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>Луцык Виктор Эдуардович</t>
   </si>
   <si>
     <t>Маркшейдерские работы при подземной разработке полезных ископаемых;
 Опорные маркшейдерско-геодезические сети;
 Маркшейдерские работы при строительстве горного предприятия</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332288, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Управление беспилотными летательными аппаратами", 32 час. (от 06.07.2023 540800371324, ООО "Центр беспилотных технологий");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227632, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Ребования в области маркшейдерского обеспечения безопасного ведения горных работ", 72 час. (от 01.12.2023 080000063871 293, "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт дополнительного профессионального образования);
 "Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533264, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076968, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594162, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
-    <t>4 года</t>
+    <t>4 года
+1 месяц</t>
   </si>
   <si>
     <t>Любимов Олег Владиславович</t>
   </si>
   <si>
     <t>Автоматизированное проектирование роботизированных технических систем;
 Интегрированные инженерные расчеты;
 Технические средства автоматизации;
 Прикладная механика;
 Планирование эксперимента;
 Основы проектирования;
 Механика;
 Основы теории изобретательства;
 Детали машин</t>
   </si>
   <si>
     <t>"Введение в машинное обучение", 16 час. (от 19.10.2022 70АВ 041022, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет");
 "Судебная пожарно-техническая экспертиза" (от 14.11.2022 372418025095, ЧОУ ДПО "ОТКРЫТАЯ АКАДЕМИЯ ПРОФЕССИОНАЛЬНОГО ОБРАЗОВАНИЯ" );
 "Управление проектными командами", 36 час. (от 18.11.2022 423102332257, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123653, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Практикум по использованию инструментов ТРИЗ", 36 час. (от 31.08.2023 7819 00664471 3677, ЦДПО - "АЛЬФА-ДИАЛОГ");
 "Развитие творческого мышления детей средствами ТРИЗ", 36 час. (от 11.12.2023 781900664484, ЦДПО - "АЛЬФА-ДИАЛОГ");
 "Развитие творческого мышления детей средствами ТРИЗ (углубленный уровень)", 36 час. (от 01.04.2024 781900664525, ЦДПО - "АЛЬФА-ДИАЛОГ");
 "Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800134124, Национальный исследовательский Томский государственный университет);
 "Инновационные и цифровые технологии в образовании", 72 час. (от 27.06.2024 782400096927, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
@@ -8116,51 +8127,51 @@
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Малахов Юрий Валентинович</t>
   </si>
   <si>
     <t>Основы научных исследований и патентоведение;
 Метрология, стандартизация и сертификация в горном деле;
 Основы горного дела (открытая геотехнология)</t>
   </si>
   <si>
     <t>"", 16 час. (от 09.11.2022 050365, ФГА ОУ ДПО "Академия стандартизации, метрологии и сертификации (учебная)");
 "", 24 час. (от 19.04.2023 053240, ФГА ОУ ДПО "Академия стандартизации, метрологии и сертификации (учебная)");
 "Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565615, Национальный исследовательский технологический университет "МИСИС");
 "Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000604133, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>3 года
-5 месяцев</t>
+6 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Малахова Татьяна Федоровна</t>
   </si>
   <si>
     <t>Техника высоких напряжений;
 Техника высоких напряжений в электроэнергетике;
 Электробезопасность в электроэнергетике;
 Электрооборудование станций и подстанций;
 Электробезопасность;
 Электротехническое и конструкционное материаловедение</t>
   </si>
   <si>
     <t>"По программе "Испытания, измерения, диагностика и управление техническим состоянием электроустановок 110 кВ и выше", 72 час. (от 16.02.2024 782420042413, ФГАОУ ДПО "Петербургский энергетический институт повышения квалификации")</t>
   </si>
   <si>
     <t>6 лет
 5 месяцев</t>
   </si>
   <si>
@@ -8218,90 +8229,86 @@
 ОПЦ.05 Информационно-коммуникационные технологии в туризме и гостеприимстве;
 СГЦ.05 Основы финансовой грамотности</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: экономика и управление на предприятии
 квалификация: инженер-экономист;</t>
   </si>
   <si>
     <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009967, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Аналитик-экономист", 260 час. (от 16.01.2023 0227 00002626, ООО "Регион");
 "Бизнес-аналитик", 260 час. (от 16.01.2023 0227 00002627, ООО "Регион");
 "Управление проектами", 500 час. (от 16.01.2023 0227 00002628, ООО "Регион");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227633, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Организация и технологии деятельности хозяйственной службы средства размещения", 72 час. (от 04.07.2025 0000 00001178, ФГБОУ ВО "Российский государственный университет туризма и сервиса" )</t>
   </si>
   <si>
     <t>Специалист по инновациям;
 Менеджер;
 Бизнес-аналитик;
 Диплом предоставляет право на ведение профессиональной деятельности в сфере педагогической деятельности по образовательным программам высшего образования;
 Аналитик-экономист</t>
   </si>
   <si>
     <t>15 лет
-7 месяцев</t>
+8 месяцев</t>
   </si>
   <si>
     <t>08.04.01 Строительство - Автомобильные дороги;
 10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (11кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (11 кл);
 15.02.12 Монтаж, техническое обслуживание и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности;
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.04.02 Землеустройство и кадастры - Кадастр недвижимости;
 38.04.01 Экономика - Управление корпоративными финансами;
 38.04.02 Менеджмент - Стратегическое управление;
 38.04.02 Менеджмент - Стратегическое управление минерально-сырьевыми компаниями;
 38.04.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (11 кл);
 43.02.16 Туризм и гостеприимство - Специалист по туризму и гостеприимству (9 кл);
 43.03.01 Сервис - Сервис на предприятиях малого и среднего бизнеса</t>
   </si>
   <si>
     <t>Маметьев Леонид Евгеньевич</t>
   </si>
   <si>
     <t>Рабочие процессы горных машин;
 Горные машины, комплексы и оборудование</t>
   </si>
   <si>
     <t>"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000161793, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063632 58, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600867, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594171, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
-    <t>3 года
-[...2 lines deleted...]
-  <si>
     <t>Мамзина Татьяна Федоровна</t>
   </si>
   <si>
     <t>"Прогрессивные педагогические технологи и методики: вариативность подходов к развитию творческой личности обучающегося", 48 час. (от 22.04.2023 162419487543, НОУ ДПО "Центр социально-гуманитарного образования");
 "Инновационные и цифровые технологии в образовании", 72 час. (от 24.04.2023 782400081619, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Актуальные вопросы и современные практики естественнонаучного и инженерно-технического образования одаренных школьников", 72 час. (от 07.07.2023 223102298026, ФГБОУ ВО "Алтайский государственый технический университет им.И.И.Ползунова" г.Барнаул);
 "Пожарная безопасность для руковдителей и ответственных лиц", 30 час. (от 05.03.2024 У2024109850, НОЧУО ДПО "Актион");
 "Школа технологического ДПО", 72 час. (от 26.12.2025 700800230707, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>Управление проектами развития</t>
   </si>
   <si>
     <t>08.04.01 Строительство - Автомобильные дороги;
 08.04.01 Строительство - Промышленное и гражданское строительство;
 18.04.01 Химическая технология - Технология и переработка полимеров;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 18.04.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.04.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Мамонтова Алена Игоревна</t>
   </si>
@@ -8351,51 +8358,51 @@
 Управление качеством продукции карьеров;
 Процессы открытых горных работ;
 Региональная геология;
 Управление состоянием массива горных пород;
 Геология;
 Основы горного дела (открытая геотехнология)</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: открытые горные работы
 квалификация: магистр техники и технологии;</t>
   </si>
   <si>
     <t>"Цифровые двойники изделий", 72 час. (от 09.12.2022 782400073805, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Управление деятельностью вузов. Новое поколение стандартов высшего образования", 16 час. (от 07.02.2023 040000485475, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063633 59, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000262136, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565619, Национальный исследовательский технологический университет "МИСИС");
 "Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600848, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Основы инженерного проектирования в среде nanoCAD (Платформа nanoCAD с модулем "СПДС")", 24 час. (от 09.09.2024 7819 00767988, ФГБОУ ВО "Санкт-Петербурский государственный архитектурно-строительный университет" г. Санкт-Петербург);
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603251, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295819, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295855, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
-    <t>8 месяцев</t>
+    <t>9 месяцев</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.02 Прикладная геология - Геологическая съемка, поиски и разведка месторождений твердых полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы</t>
   </si>
   <si>
     <t>Марцияш Дмитрий Алексеевич</t>
   </si>
   <si>
     <t>Основы обогащения и переработки полезных ископаемых</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: химическая технология
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323140, ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
@@ -8422,78 +8429,75 @@
 23.02.07 Техническое обслуживание и ремонт двигателей, систем и агрегатов автомобилей - Cпециалист (9 кл);
 38.02.06 Финансы - Финансист (9 кл);
 43.02.14 Гостиничное дело - Специалист по гостеприимству (9 кл)</t>
   </si>
   <si>
     <t>Масаев Владислав Юрьевич</t>
   </si>
   <si>
     <t>Процессы и основы технологии горного производства;
 Строительство горизонтальных и наклонных горных выработок;
 Основы горного дела (строительная геотехнология);
 Технология и безопасность взрывных работ</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: строительство подземных сооружений и шахт
 квалификация: горный инженер;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: экономика
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Нормативное обеспечение подтверждения соответствия и качества угольной продукции", 16 час. (от 20.12.2022 040000261287, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323141, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000668383, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
-  </si>
-[...2 lines deleted...]
-3 месяца</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Маслов Иван Петрович</t>
   </si>
   <si>
     <t>Технология изготовления электронных изделий;
 Конструирование устройств автоматики;
 Электромеханические преобразователи;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
     <t>"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603268, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
-    <t>19 лет</t>
+    <t>19 лет
+1 месяц</t>
   </si>
   <si>
     <t>11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.02 Электроэнергетика и электротехника - Электротехнические комплексы и системы</t>
   </si>
   <si>
     <t>Маслова Жанна Михайловна</t>
   </si>
   <si>
     <t>ОГСЭ.05 Психология общения;
 ОПЦ.08 Психология делового общения и конфликтология</t>
   </si>
   <si>
     <t>Кандидат психологических наук</t>
   </si>
   <si>
     <t>"Психолого-педагогическая подготовка преподавателя технического университета", 16 час. (от 24.05.2024 080000064416, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
 "Обновленная Единная методика социально-психологического тестирования: проведение и использование результатов в коррекционной и профилактической работе педагога-психолога", 36 час. (от 25.09.2024 422418411567, Кузбасский региональный центр психолого-педагогической, медицинской и социальной помощи "Здоровье и развитие личности");
 "Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 11.11.2024 ПК 975681, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Внутренняя и внешняя коммуникация в организации в условиях трансформации образовательной среды", 36 час. (от 06.12.2024 ПК 985622, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Тьюторское сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации", 256 час. (от 06.06.2025 420800004484, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования")</t>
   </si>
@@ -8728,54 +8732,50 @@
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Миллер Никита Дмитриевич</t>
   </si>
   <si>
     <t>МДК.03.02 Основы проектирования электронных приборов и устройств на основе печатного монтажа;
 ПП.03.01 Производственная практика (Проектирование электронных приборов и устройств на основе печатного монтажа)</t>
   </si>
   <si>
     <t>"Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603326, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Азбука педагогического мастерства", 36 час. (от 16.06.2025 ПК 295684, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>Михайлов Владимир Геннадьевич</t>
   </si>
   <si>
-    <t>Доцент;
-[...2 lines deleted...]
-  <si>
     <t>Экономика безопасности;
 Экономика и управление промышленными предприятиями;
 Экономика природопользования;
 Производственные риски;
 Основы экономики и управления производством</t>
   </si>
   <si>
     <t>"Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323143, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Передовой инженерной школы ''Промхимтех"' '' Повышение ресурсной эффективности производства на основе гаилучших доступных технологий''", 40 час. (от 27.12.2023 ПК 735389, Казанский национальный исследовательский технологический университет г. Казань);
 "Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565631, Национальный исследовательский технологический университет "МИСИС");
 "Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600876, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594181, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Общие вопросы охраны труда и функционирования системы управления, оказание первой помощи пострадавшим", 36 час. (от 16.06.2025 ПК 295756, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Природоохранные технологии и управление природопользованием", 36 час. (от 16.06.2025 ПК 295777, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Охрана труда 2025-2030: Новые вызовы, новые решения", 16 час. (от 14.11.2025 423103866142, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды;
 20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств</t>
   </si>
@@ -8806,51 +8806,52 @@
 18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Технология и переработка полимеров;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.03.01 Химическая технология - Химическая технология природных энергоносителей и углеродных материалов;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды</t>
   </si>
   <si>
     <t>Михайлова Татьяна Викторовна</t>
   </si>
   <si>
     <t>Маркшейдерско-геодезические приборы;
 Маркшейдерские работы при открытой разработке полезных ископаемых;
 Опорные маркшейдерско-геодезические сети;
 Сфероидическая геодезия;
 Маркшейдерия;
 Производственная, Производственно-технологическая практика;
 Производственная, Преддипломная практика;
 Учебная, Изыскательская практика</t>
   </si>
   <si>
     <t>"Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с испльзованием современных программных решений", 16 час. (от 13.12.2023 У655-1833, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.12.2023 У2023390418, актион Университет. Онлайн обучение);
 "Работа с геоинформационной системой Аксиома", 40 час. (от 09.11.2024 502422317615, ООО "Электронные технологии");
-"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594182, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+"Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594182, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Аддитивные технологии: Взгляд в будующее", 16 час. (от 12.11.2025 040000671118, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>Научная и образовательная повестка развития Кемеровской области: вызовы будушего;
 Проектирование, строительство и эксплуатация гидротехнических сооружений</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Михайлова Яна Сергеевна</t>
   </si>
   <si>
     <t>Технология, организация производства и обслуживания на предприятиях общественного питания;
 Управление качеством;
 Сервисная деятельность;
 Стандартизация и управление качеством;
 Теория организации;
 Технологии делового общения</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: химическая технология органических веществ
@@ -8940,51 +8941,51 @@
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Назаров Дмитрий Иванович</t>
   </si>
   <si>
     <t>Основы научных исследований;
 Проектирование горнотехнических зданий и сооружений;
 Основы горного дела (строительная геотехнология)</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: инженер-строитель, пользователь сапр
 квалификация: инженер-строитель;</t>
   </si>
   <si>
     <t>"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565641, Национальный исследовательский технологический университет "МИСИС");
 "Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541104, ГОБУ ДПО "КОУМЦ по ГОиЧС");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000668505, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>32 года
-10 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Шахтное и подземное строительство</t>
   </si>
   <si>
     <t>Назарова Адель Эдуардовна</t>
   </si>
   <si>
     <t>МДК.02.01 Практические основы бухгалтерского учета источников формирования имущества организации;
 МДК.03.01 Организация расчетов с бюджетом и внебюджетными фондами;
 ОП.01 Экономика организации;
 ОП.06 Статистика;
 ОП.08 Основы предпринимательской деятельности;
 ПП.03.01 Производственная практика (Проведение расчетов с бюджетом и внебюджетными фондами);
 СГ.06 Основы финансовой грамотности</t>
   </si>
   <si>
     <t>38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл)</t>
   </si>
   <si>
     <t>Назимов Александр Сергеевич</t>
   </si>
   <si>
     <t>Математическая логика и теория алгоритмов;
@@ -9242,50 +9243,51 @@
     <t>11 лет
 7 месяцев</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Системная интеграция и автоматизация информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы</t>
   </si>
   <si>
     <t>Николаева Евгения Александровна</t>
   </si>
   <si>
     <t>Теория системного анализа;
 Математика;
 Дополнительные главы математики;
 Экономико-математическое моделирование</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: прикладная математика
 квалификация: математик;</t>
   </si>
   <si>
     <t>"Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485001, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123667, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
+"Современное нормативно-методическое обеспечение федеральных государственных образовательных стандартов высшего образования", 16 час. (от 20.10.2023 040000486088, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023347974, актион Университет. Онлайн обучение);
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 16 час. (от 18.12.2023 040000534092, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565648, Национальный исследовательский технологический университет "МИСИС");
 "Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600909, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Склады твердых полезных ископаемых. Технологии, транспорт и экология. Трансфер технологий", 16 час. (от 16.12.2024 040000601574, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603505, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069374, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
   </si>
   <si>
     <t>Преподаватель высшей щколы</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика</t>
   </si>
   <si>
     <t>Новиньков Алексей Геннадьевич</t>
   </si>
   <si>
     <t>Спецкурс металлические конструкции;
 Геометрическое моделирование и прочностной анализ строительных конструкций в САПР;
 Сейсмостойкость сооружений;
 Спецкурс строительных конструкций;
@@ -9414,51 +9416,51 @@
     <t>Огородников Иван Вячеславович</t>
   </si>
   <si>
     <t>Монтаж и наладка электрооборудования;
 Монтаж и наладка электрооборудования промышленных предприятий;
 Диагностика и ремонт электрооборудования;
 Монтаж и наладка систем автоматики</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: электроснабжение (по отраслям)
 квалификация: инженер;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: строительство
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Автоматизация технологических процессов и производств", 72 час. (от 31.01.2024 Н24ПК001652, Научная Академия ИНГЕНИУМ)</t>
   </si>
   <si>
     <t>Сметное нормирование и ценообразование в строительстве;
 Менеджер</t>
   </si>
   <si>
     <t>18 лет
-4 месяца</t>
+5 месяцев</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электрооборудование и электрохозяйство предприятий, организаций и учреждений</t>
   </si>
   <si>
     <t>Осокина Наталья Викторовна</t>
   </si>
   <si>
     <t>Мировая экономика и международные экономические отношения</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: экономика и организация горной промышленности
 квалификация: инженер-экономист;</t>
   </si>
   <si>
     <t>"Технологии "Фабрик Будующего", 108 час. (от 02.07.2024 782400096849, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>Останин Олег Александрович</t>
   </si>
   <si>
     <t>Научные основы технологии машиностроения;
 Наноинженерия поверхности;
@@ -9657,51 +9659,51 @@
 квалификация: инженер-технолог холодильной промышленности;</t>
   </si>
   <si>
     <t>"Работа преподавателя в LMS Moodle", 36 час. (от 16.06.2025 ПК 295792, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология органических веществ;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза</t>
   </si>
   <si>
     <t>Петерс Елена Викторовна</t>
   </si>
   <si>
     <t>Учебная, Организационно-управленческая практика;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
     <t>Кандидат архитектуры наук</t>
   </si>
   <si>
     <t>"BIM технологии как будующее проектирования. Основы работы в программном комплексе REVIT", 72 час. (от 09.11.2022 702409484464, Институт непрерывного образования при Томском государственном архитектурно-строительном университете (ИНО-ТГАСУ))</t>
   </si>
   <si>
     <t>27 лет
-9 месяцев</t>
+10 месяцев</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Информационное моделирование зданий и сооружений</t>
   </si>
   <si>
     <t>Петренко Константин Петрович</t>
   </si>
   <si>
     <t>Метрология, стандартизация и сертификация;
 Материаловедение;
 Технология конструкционных материалов;
 Технологические процессы в машиностроении;
 Метрология, стандартизация и сертификация в горном деле;
 Основы проектирования и производства заготовок;
 100 шагов к успеху</t>
   </si>
   <si>
     <t>"Полимерные композиционные материалы", 72 час. (от 03.03.2025 782400105517, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>Управление качеством</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
@@ -9887,51 +9889,51 @@
     <t>29 лет
 2 месяца</t>
   </si>
   <si>
     <t>Плаксин Максим Сергеевич</t>
   </si>
   <si>
     <t>Аэрология горных предприятий;
 Безопасность ведения горных работ и горноспасательное дело</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: техники и технологии по направлению "горное дело"
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Энергосбережение и повышение энергоэффективности в организациях", 16 час. (от 06.12.2023 080000063832, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'');
 "Регистрация объектов интеллектуальной собственности", 16 час. (от 20.05.2024 423103228532, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Основы патентного поиска", 16 час. (от 24.05.2024 771803730014, ФГБУ "Федеральный институт промышленной собственности");
 "Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594218, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Общие вопросы охраны труда и функционирования системы управления, оказание первой помощи пострадавшим", 36 час. (от 16.06.2025 ПК 295758, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295822, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>21 год
-8 месяцев</t>
+9 месяцев</t>
   </si>
   <si>
     <t>Плотников Вячеслав Алексеевич</t>
   </si>
   <si>
     <t>Расчет и конструирование аппаратов и машин химических производств;
 Надёжность и диагностика оборудования;
 Монтаж, эксплуатация и ремонт химико-технологического оборудования</t>
   </si>
   <si>
     <t>52 года
 9 месяцев</t>
   </si>
   <si>
     <t>18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств</t>
   </si>
   <si>
     <t>Победаш Павел Николаевич</t>
   </si>
   <si>
     <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009998, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Современные технологии в образовании: от педагогического дизайна до искусственного интеллекта", 36 час. (от 26.02.2025 703104075690, Институт непрерывного образования при Томском государственном архитектурно-строительном университете (ИНО-ТГАСУ))</t>
   </si>
   <si>
     <t>По программе "Информационные технологии в управлении"  с правом ведения профессиональной деятельности в сфере Информационных технологий в управлении с 03.03.2016 по 25.08.2016, в Кемеровском институте</t>
@@ -10145,51 +10147,51 @@
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (11кл);
 27.02.07 Управление качеством продукции, процессов и услуг (по отраслям) - Машиностроительная/техник (9 кл)</t>
   </si>
   <si>
     <t>Попов Игорь Викторович</t>
   </si>
   <si>
     <t>Старший преподаватель;
 Техник I категории</t>
   </si>
   <si>
     <t>Введение в электроснабжение;
 Введение в электроэнергетику;
 Информационные технологии и программирование;
 Информационные технологии в профессиональной деятельности</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: электроснабжение промышленных предприятий
 квалификация: инженер-электрик;
 * направление подготовки и (или) специальности: юриспруденция
 квалификация: юрист;</t>
   </si>
   <si>
     <t>3 года
-1 месяц</t>
+2 месяца</t>
   </si>
   <si>
     <t>Попова Ольга Владимировна</t>
   </si>
   <si>
     <t>Введение в электроснабжение;
 Введение в электроэнергетику;
 Электроэнергетические сети и системы;
 Электроэнергетические системы и сети;
 Электрические системы и сети;
 Оперативно-диспетчерское управление;
 Производственная, Педагогическая практика;
 Производственная, Эксплуатационная практика;
 Производственная, Организационно-управленческая практика;
 Производственная, Практика по получению профессиональных умений и опыта профессиональной деятельности;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: электроснабжение промышленных предприятий
 квалификация: инженер-электрик;</t>
   </si>
   <si>
     <t>Портола Вячеслав Алексеевич</t>
   </si>
@@ -10197,86 +10199,86 @@
     <t>Организационные основы техносферной безопасности;
 Пожаровзрывозащита;
 Современные проблемы БЖД;
 Техническое регулирование технологических процессов;
 Пожарная безопасность;
 Производственная, Технологическая (проектно-технологическая) практика;
 Производственная, Преддипломная практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: теплофизика
 квалификация: инженер теплофизик;</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332274, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485068, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Повышение квалификации преподавателей ОБЖ, преподавателей БЖД и консультантов УПК категория: преподаватели БЖД", 64 час. (от 13.09.2023 42 1411 478668, ГОБУ ДПО "КОУМЦ по ГОиЧС");
 "Нормативно-правовые основы информационной культуры преподавателя", 16 час. (от 21.10.2023 ПК 323146, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Общие вопросы охраны труда и функционирования системы управления, оказание первой помощи пострадавшим", 36 час. (от 16.06.2025 ПК 295759, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>Инженер По Дозиметрическому Контролю</t>
   </si>
   <si>
     <t>32 года
-6 месяцев</t>
+7 месяцев</t>
   </si>
   <si>
     <t>20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 20.04.01 Техносферная безопасность - Безопасность технологических процессов и производств</t>
   </si>
   <si>
     <t>Порываев Михаил Андреевич</t>
   </si>
   <si>
     <t>Основы робототехники</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: автоматизация технологических процессов и производств 
 квалификация: магистр;</t>
   </si>
   <si>
     <t>Потапов Михаил Алексеевич</t>
   </si>
   <si>
     <t>Спутниковые навигационные системы;
 Метрология, стандартизация и сертификация в горном деле</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: городской кадастр
 квалификация: инженер городского кадастра;</t>
   </si>
   <si>
     <t>"Оформление технической документации в соответствии с требованиями федеральных авиационных правил на получение сертификата эксплуатанта", 40 час. (от 20.02.2023 312402057786, ФГБОУ ВО  "Сибирский государственный университет науки и технологий имени академика М.Ф. Решетнева");
 "Основы проектного управления в сфере беспилотных авиационных систем", 72 час. (от 02.12.2025 ПК-I 059694, ФГАОУ ВО "Самарский национальный исследовательский университет им.академика С.П.Королева")</t>
   </si>
   <si>
     <t>17 лет
-10 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>Прейс Елена Валерьевна</t>
   </si>
   <si>
     <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080010003, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594226, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 25.12.2024 040000603796, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>Прокопенко Евгения Викторовна</t>
   </si>
   <si>
     <t>Построение моделей угроз информационной безопасности;
 Проектирование систем защиты информации;
 Проектный практикум;
 Управление информационной безопасностью;
 Организационно-распорядительная документация по обеспечению информационной безопасности;
 Технологии обеспечения информационной безопасности;
 Информационные технологии в профессиональной деятельности;
 Основы информационных технологий;
 Производственная, Практика по профилю профессиональной деятельности</t>
   </si>
   <si>
     <t>Высшее образование:
@@ -10357,88 +10359,90 @@
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности</t>
   </si>
   <si>
     <t>Пузынин Андрей Владимирович</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: физика
 квалификация: физик;</t>
   </si>
   <si>
     <t>"Информационные технологии в управлении", 72 час. (от 01.11.2023 ПК 101622618, НОЧУ ДПО "Национальный Открытый Университет "ИНТУИТ");
 "Индивидуализация инженерного образования через проектную деятельность", 24 час. (от 12.12.2023 ПК 087915, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
 "Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541105, ГОБУ ДПО "КОУМЦ по ГОиЧС")</t>
   </si>
   <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 18.03.01 Химическая технология - Инновационные химические технологии;
 20.03.01 Техносферная безопасность - Инжиниринг техносферы и экологической экспертизы;
+21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
+21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях</t>
   </si>
   <si>
     <t>Пузырев Максим Олегович</t>
   </si>
   <si>
     <t>Преподаватель;
 Ассистент</t>
   </si>
   <si>
     <t>Проектирование систем защиты информации;
 Безопасность операционных систем;
 МДК.02.01 Программные и программно-аппаратные средства защиты информации;
 ОП.02 Организационно-правовое обеспечение информационной безопасности</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: математика
 квалификация: математик;
 Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: информационная безопасность
 квалификация: бакалавр;</t>
   </si>
   <si>
     <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 01.11.2023 У2023341373, НОЧУО ДПО "Актион");
 "Выявление инцидентов м противодействие атакам на объекты КИИ", 72 час. (от 11.12.2023 702420313004 23/866, ФГАОУ ВО "Томский государственный университет систем управления и радиоэлектроники")</t>
   </si>
   <si>
     <t>Преподаватель;
 Менеджер</t>
   </si>
   <si>
     <t>14 лет
-10 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем</t>
   </si>
   <si>
     <t>Пучков Сергей Вениаминович</t>
   </si>
   <si>
     <t>Катализ в нефтепереработке и нефтехимии;
 Теоретические основы технологии органического и нефтехимического синтеза;
 Основы квантовой химии;
 Химия и технология органических веществ;
 Оборудование предприятий основного органического синтеза;
 Основы автоматизации производств органического и нефтехимического синтеза;
 Спецхимтехнология;
 Учебная, Ознакомительная практика;
 Производственная, Технологическая (проектно-технологическая) практика</t>
   </si>
   <si>
     <t>"Позиционирование образовательного учреждения в социальных сетях", 16 час. (от 30.10.2023 ПК 323025, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227649, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Подготовка к ОГЭ и ЕГЭ по химии - тактика и стратегия", 36 час. (от 22.08.2025 ПК МГУ 060031, ФГБОУ ВО "Московский государственный университет имени М.В. Ломоносова" )</t>
   </si>
   <si>
@@ -10579,51 +10583,51 @@
   </si>
   <si>
     <t>Графические средства информационных систем;
 Математические методы и модели поддержки принятия решений;
 Информационные системы и технологии</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: прикладная информатика в экономике
 квалификация: информатик-экономист;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: прикладная информатика
 квалификация: магистр;
 Послевузовское образование:
 * направление подготовки и (или) специальности: информатика и вычислительная техника
 квалификация: исследователь. преподаватель-исследователь;</t>
   </si>
   <si>
     <t>"Финансовый директор", 260 час. (от 10.11.2022 0227 00002211, ООО "Регион")</t>
   </si>
   <si>
     <t>Финансовый директор</t>
   </si>
   <si>
     <t>9 лет
-8 месяцев</t>
+9 месяцев</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Прикладная информатика в экономике;
 09.04.03 Прикладная информатика - Прикладная информатика в экономике</t>
   </si>
   <si>
     <t>Райс Валерия Александровна</t>
   </si>
   <si>
     <t>Финансовый менеджмент;
 Рынок ценных бумаг;
 Оценка рисков</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: экономическая безопасность
 квалификация: экономист;</t>
   </si>
   <si>
     <t>"Мастер воспитания. Организаторы", 72 час. (от 10.09.2024 440600080900, ФГБОУ ВО "Костромской государственный университет");
 "Воспитание будущего: инструменты реализации молодежной политики и воспитательной деятельности в системе высшего образования", 36 час. (от 27.12.2024 773400862706, ФГБОУВО "Государственный университет управления");
 "Мастер воспитания. Организаторы", 72 час. (от 27.12.2024 440600083975, ФГБОУ ВО "Костромской государственный университет");
 "Современные подходы к укреплению общероссийской гражданской идентичности", 36 час. (от 08.04.2025 423103865313, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
@@ -10739,74 +10743,73 @@
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.02.06 Финансы - Финансист (9 кл)</t>
   </si>
   <si>
     <t>Ренев Алексей Агафангелович</t>
   </si>
   <si>
     <t>Геомеханика, разрушение горных пород, рудничная аэрогазодинамика и горная теплофизика;
 Комплексное освоение недр;
 Горная геомеханика;
 Подземная разработка рудных месторождений;
 Геомеханика</t>
   </si>
   <si>
     <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227650, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565688, Национальный исследовательский технологический университет "МИСИС");
 "Спасат.служб, НАСФ, НФГО категория: Должностные лица, входящие в составы сборных и приемных эвакуационных пунктов, промежут.пунктов эвакуации, пунктов временного размещения органов мест.самоуправления", 36 час. (от 05.12.2025 541107, ГОБУ ДПО "КОУМЦ по ГОиЧС");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000668820, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
     <t>Нормтивно-правовое обеспечение программ повышения квалификации и профессиональной переподготовки" с</t>
   </si>
   <si>
-    <t>19 лет
-11 месяцев</t>
+    <t>20 лет</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.04 Горное дело - Шахтное и подземное строительство;
 2.8 Недропользование и горные науки - Геомеханика, разрушение горных пород, рудничная аэрогазодинамика и горная теплофизика</t>
   </si>
   <si>
     <t>Речко Галина Николаевна</t>
   </si>
   <si>
     <t>Исследование операций и методы оптимизации</t>
   </si>
   <si>
     <t>"Цифровые решения для моделирования и анализа экономических процессов", 72 час. (от 29.03.2024 11, Академия Менеджмента Консалтинга и Стратегии (ООО "Аймекс"))</t>
   </si>
   <si>
     <t>45 лет
-1 месяц</t>
+2 месяца</t>
   </si>
   <si>
     <t>Решетникова Наталья Геннадьевна</t>
   </si>
   <si>
     <t>Управление трудовым коллективом строительного предприятия;
 Экономика недвижимости;
 Планирование и контроллинг;
 Учет и анализ в строительстве;
 Основы сервейинга и риэлтерской деятельностью</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: бухгалтеский учет, анализ и аудит
 квалификация: экономист;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: строительство
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332306, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Рогова Тамара Борисовна</t>
   </si>
@@ -11535,54 +11538,50 @@
 "Первая помощь при кровотечениях и травмах", 16 час. (от 05.05.2023 ДУ 05052315, ООО "Профессиональная академия");
 "Первая помощь при ожогах и отморожениях" (от 23.04.2024 ФДУ 23042423, ООО "Профессиональная академия");
 "Лидерство в охране труда: как влиять на сотрудников всех подразделений компании", 30 час. (от 03.12.2024 У2024429412, НОЧУО ДПО "Актион");
 "Всеросийская аттестация специалистов по охране труда - 2024", 120 час. (от 05.12.2024 У2024449616, НОЧУО ДПО "Актион");
 "Медосмотры и психосвидетельствования: организуем процесс без ошибок", 16 час. (от 05.12.2024 У2024449091, НОЧУО ДПО "Актион");
 "Несчастный случай в компании: как действовать специалисту по охране труда", 40 час. (от 05.12.2024 У2024449218, НОЧУО ДПО "Актион");
 "Оценка и управление профессиональными рисками", 40 час. (от 05.12.2024 У2024449578, НОЧУО ДПО "Актион");
 "Подготовка преподавателей, обучающих приемам первой помощи", 24 час. (от 05.12.2024 У2024449231, НОЧУО ДПО "Актион");
 "Стратегический менеджмент в охране труда: планирование, управление, результат", 72 час. (от 05.12.2024 У2024449189, НОЧУО ДПО "Актион");
 "Локальные документы по охране труда: что проверить и разработать в компании", 40 час. (от 10.12.2024 У2024450464, НОЧУО ДПО "Актион");
 "СОУТ: как организовать и проконтролировать процедуру в компании", 24 час. (от 10.01.2025 У2025003805, НОЧУО ДПО "Актион");
 "Обеспечение антитеррористической защищенности объектов", 30 час. (от 16.01.2025 У2025033761, НОЧУО ДПО "Актион");
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 16.01.2025 У2025035030, НОЧУО ДПО "Актион");
 "Охрана труда 2025-2030: Новые вызовы, новые решения", 16 час. (от 14.11.2025 423103866154, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Специалист по персоналу;
 Государственное и муниципальное управление;
 Правоведение в системе высшего профессионального образования. Преподаватель правоведения в высшем учебном заведении.;
 Разработка месторождений полезных ископаемых подземным способом;
 Преподаватель культурологии;
 Преподаватель философии;
 Психолог-консультант. Психология труда</t>
   </si>
   <si>
-    <t>4 года
-[...2 lines deleted...]
-  <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Сивакова Лариса Григорьевна</t>
   </si>
   <si>
     <t>Химия окружающей среды;
 Физико-химические методы исследования;
 Организация деятельности предприятия по охране среды обитания в ЧС;
 Экологическая экспертиза промышленных предприятий и проектов;
 Контроль окружающей среды;
 Методы очистки газообразных выбросов;
 Экологическая экспертиза;
 ОП.04 Физическая и коллоидная химия</t>
   </si>
   <si>
@@ -11625,51 +11624,51 @@
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.04.01 Химическая технология - Технология продуктов основного органического и нефтехимического синтеза;
 18.04.01 Химическая технология - Химическая технология неорганических веществ</t>
   </si>
   <si>
     <t>Сиводедова Марина Викторовна</t>
   </si>
   <si>
     <t>Основы информационных технологий</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: прикладная информатика
 квалификация: ;</t>
   </si>
   <si>
     <t>"Разработка цифровых решений на базе технологий 1С", 256 час. (от 18.07.2025 782422871135, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>Специалист по информационным системам</t>
   </si>
   <si>
     <t>2 года
-10 месяцев</t>
+11 месяцев</t>
   </si>
   <si>
     <t>13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Сивушкин Александр Сергеевич</t>
   </si>
   <si>
     <t>Проектирование машиностроительного производства;
 САПР в сварке;
 Проектирование сварочных участков и цехов;
 100 шагов к успеху</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: технология, оборудование и автоматизация машиностроительных производств
 квалификация: магистр техники и технологий;</t>
   </si>
   <si>
     <t>"Цифровая сертификация изделий из полимерных композиционных материалов общегражданского назначения и объектов транспортной инфраструктуры", 72 час. (от 11.10.2022 ПК 000458, АНО ОВО  "Сколковский институт науки и технологий");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227653, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076984, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
@@ -11942,52 +11941,51 @@
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Скорняков Иван Анатольевич</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: международные отношения
 квалификация: специалсит в области международных отношений;</t>
   </si>
   <si>
     <t>"Методика преподавания курса "Основы российской государственности", 72 час. (от 07.02.2025 ПК 106066, ФГАОУ ВО "Национальный исследовтельский ядерный университет "МИФИ")</t>
   </si>
   <si>
-    <t>18 лет
-11 месяцев</t>
+    <t>19 лет</t>
   </si>
   <si>
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств</t>
   </si>
   <si>
     <t>Скребнева Евгения Владимировна</t>
   </si>
   <si>
     <t>Компенсация реактивной мощности в системах электроснабжения;
 Интеллектуальные электрические сети;
 Электрооборудование и электроснабжение открытых горных работ;
 Электроснабжение и электрооборудование горных машин;
 Электроснабжение открытых горных работ;
 Электроснабжение обогатительных фабрик;
 Экономика в электроэнергетике;
 Экономика электроэнергетики;
 Оптовый и розничный рынок электроэнергии;
 Инвестиционное проектирование систем электроснабжения;
 Учет и реализация электрической энергии;
 Организация производства и инвестиционная деятельность в электроэнергетике;
 Возобновляемые источники энергии;
 Автономные источники энергии;
 Эксплуатация горного электрооборудования;
@@ -12309,50 +12307,54 @@
   <si>
     <t>13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Машины и аппараты химических производств;
 18.03.02 Энерго-и ресурсосберегающие процессы в химической технологии, нефтехимии и биотехнологии - Химический инжиниринг;
 20.03.01 Техносферная безопасность - Инженерная защита окружающей среды</t>
   </si>
   <si>
     <t>Стародубов Алексей Николаевич</t>
   </si>
   <si>
     <t>Моделирование процессов жизненного цикла продукции;
 Компьютерная имитация производственных систем;
 Методы исследования и моделирования информационных процессов и технологий;
 Распределенные компьютерные информационно-управляющие системы;
 Управление жизненным циклом информационных систем;
 Распределенные системы и алгоритмы</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: тех-логия оборудов.и автоматиз.машин.пр-в
 квалификация: магистр техники и технологии;</t>
   </si>
   <si>
     <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123684, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Генеративный искусственный интеллект для преподавателя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800138051, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
+  </si>
+  <si>
+    <t>20 лет
+9 месяцев</t>
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.04.02 Информационные системы и технологии - Искусственный интеллект и системная интеграция информационных процессов;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности</t>
   </si>
   <si>
     <t>Степанова Татьяна Владимировна</t>
   </si>
   <si>
     <t>Философские проблемы науки и техники;
 Основы управления профессиональной деятельностью;
 Русский язык и культура речи;
 Социально-психологические аспекты организационно управленческой деятельности</t>
   </si>
   <si>
     <t>"Теория и практика инклюзивного образования", 72 час. (от 20.12.2022 ААА 1042080009968, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Повышение педагогического мастерства. Актуальная общественно-политическая повестка", 72 час. (от 15.03.2023 ПК 076890, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
 "Повышение педагогического мастерства. Современное проектирование информационно-коммуникационной работы со студентами вуза", 72 час. (от 16.03.2023 ПК 077191, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
 "Повышение педагогического мастерства. Формирование мировоззрения, обеспечивающее реализацию знаний студентов в профессиональной практической деятельности", 72 час. (от 17.03.2023 ПК 077734, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
 "Мастер воспитания. Организаторы.", 72 час. (от 27.12.2023 440600077940, ФГБОУ ВО "Костромской государственный университет");
 "Управление эмоциями. Профессиональное выгорание", 36 час. (от 16.06.2025 ПК 295826, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Профилактическая работа в молодежной среде: психологические аспекты отклоняющегося поведения", 18 час. (от 19.12.2025 УПК 24 196625, Центр дополнительного образования "Горизонт" Института русского языка РУДН)</t>
   </si>
   <si>
@@ -12455,53 +12457,50 @@
   <si>
     <t>10.02.05 Обеспечение информационной безопасности автоматизированных систем - Техник по защите информации (9 кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 15.02.17 Монтаж, техническое обслуживание, эксплуатация и ремонт промышленного оборудования (по отраслям) - Химическая/техник-механик (9 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (11 кл);
 18.02.12 Технология аналитического контроля химических соединений - Техник (9 кл);
 38.02.06 Финансы - Финансист (9 кл);
 38.02.07 Банковское дело - Специалист банковского дела (9 кл)</t>
   </si>
   <si>
     <t>Супруненко Александр Николаевич</t>
   </si>
   <si>
     <t>Геотехнология, горные машины;
 Патентоведение;
 Основы научных исследований;
 Основы горного дела (подземная геотехнология);
 Информационные технологии в профессиональной деятельности;
 Производственная, Практика по профилю профессиональной деятельности</t>
   </si>
   <si>
     <t>"Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565723, Национальный исследовательский технологический университет "МИСИС");
 "Управление деятельностью вузов. Аспекты разработки и реализации ФГОС ВО нового поколения", 18 час. (от 17.12.2025 040000669628, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
   </si>
   <si>
-    <t>10 лет</t>
-[...1 lines deleted...]
-  <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Объектно-ориентированное проектирование горных машин;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 2.8 Недропользование и горные науки - Геотехнология, горные машины</t>
   </si>
   <si>
     <t>Суровая Виктория Эдуардовна</t>
   </si>
   <si>
     <t>ОУП.14 Индивидуальный проект;
 ОУП(у).07 Химия</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: химическая технология неорганических веществ
 квалификация: инженер;
 * направление подготовки и (или) специальности: юриспруденция
 квалификация: бакалавр;</t>
   </si>
   <si>
     <t>"Основы наставничества", 16 час. (от 22.12.2023 1256, ГБУ "Кузбасская школа управления");
 "Мастер воспитания. Организаторы.", 72 час. (от 27.12.2023 440600077942, ФГБОУ ВО "Костромской государственный университет");
@@ -12581,50 +12580,51 @@
 Уголовный процесс;
 Правонарушения в сфере экономики;
 Уголовное право;
 Правовые аспекты обеспечения экономической безопасности</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: история и обществоведение
 квалификация: историк преподаватель;
 * направление подготовки и (или) специальности: юриспруденция
 квалификация: юрист;</t>
   </si>
   <si>
     <t>"Цифровые технологии в юридической деятельности", 16 час. (от 03.11.2022 031122142217 ПК-458, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Особенности инклюзивного образования в вузе", 72 час. (от 14.11.2022 141122142103 ПК-700, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Повышение педагогического мастерства. Актуальная общественно-политическая повестка", 72 час. (от 15.03.2023 ПК 076893, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
 "Повышение педагогического мастерства. Современное проектирование информационно-коммуникационной работы со студентами вуза", 72 час. (от 16.03.2023 ПК 077194, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
 "Повышение педагогического мастерства. Формирование мировоззрения, обеспечивающее реализацию знаний студентов в профессиональной практической деятельности", 72 час. (от 17.03.2023 ПК 077737, ФГАОУ ВО "Национальный исследовательский ядерный университет "МИФИ");
 "Введение в игровые технологии в высшем образованиии", 24 час. (от 27.09.2023 722023006812, ФГАОУ ВО "Тюменский государственный университет");
 "Стратегия управления персоналом и кадровая политика современного российского университета. Вводный курс.", 16 час. (от 27.09.2023 722023006853, ФГАОУ ВО "Тюменский государственный университет");
 "Специфика преподования конституционного права с учетом реализации ФГОС", 72 час. (от 04.09.2024 ПК 0130965, ООО "Московский институт профессиональной переподготовки и повышения квалификации педагогов");
 "Методика преподавания курса "Основы российской государственности", 72 час. (от 16.09.2024 700800154930, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Организация проектно-исследовательской деятельности в ходе изучения курса  права в условиях реализации ФГОС", 72 час. (от 25.09.2024 ПК 0140472, ООО "Московский институт профессиональной переподготовки и повышения квалификации педагогов");
 "Специфика преподавания трудового права с учетом реализации ФГОС", 72 час. (от 25.09.2024 ПК 0140448, ООО "Московский институт профессиональной переподготовки и повышения квалификации педагогов");
 "Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295866, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
+"Методика преподавания курса "Основы российской государственности", 72 час. (от 14.11.2025 770401370236, ФГБОУ ВО "Государственный академический университет гуманитарных наук");
 "Геймификация в бизнесе и образовании", 16 час. (от 25.12.2025 10820 0015591, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Маркетинг для стартапа: от исследований до привлечения клиентов", 32 час. (от 25.12.2025 10820 0022570, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Создание стартапа: привлечение инвестиций", 48 час. (от 25.12.2025 10820 0022916, ФГАОУ ВО "Национальный исследовательский Томский государственный университет")</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Сыркин Илья Сергеевич</t>
   </si>
   <si>
     <t>Руководитель;
 Доцент</t>
   </si>
   <si>
     <t>Основы бизнес анализа данных;
 Мультимедиа технологии;
 Программирование обработки на станках с числовым программным управлением;
 Технологии программирования;
 Основы бизнес-аналитики;
@@ -13011,53 +13011,50 @@
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.02 Менеджмент - Организация и управление отраслевыми предприятиями;
 38.04.02 Менеджмент - Стратегическое управление;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности</t>
   </si>
   <si>
     <t>Тришина Ольга Юрьевна</t>
   </si>
   <si>
     <t>Социально-психологические аспекты организационно-управленческой деятельности;
 Основы управления профессиональной деятельностью;
 Педагогика и андрагогика;
 Основы педагогики и андрагогики;
 Социально-психологические аспекты в профессиональной деятельности</t>
   </si>
   <si>
     <t>"Инновационные и цифровые технологии в образовании", 72 час. (от 09.12.2022 782400076943, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>Профессиональная переподготовка по программе "Преподаватель высшей школы" с 01.11.2004 по 30.06.2005 г. Диплом ПП № 511455 от 30.06.2005;
 Менеджмент в организации;
 Преподаватель психологии в условиях реализации ФГОС;
 Практический психолог</t>
   </si>
   <si>
-    <t>9 месяцев</t>
-[...1 lines deleted...]
-  <si>
     <t>08.03.01 Строительство - Автомобильные дороги;
 08.03.01 Строительство - Информационное моделирование зданий и сооружений;
 08.03.01 Строительство - Промышленное и гражданское строительство;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.04.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 21.05.05 Физические процессы горного или нефтегазового производства - Физические процессы горного производства</t>
   </si>
   <si>
     <t>Трофимов Иван Евгеньевич</t>
   </si>
   <si>
     <t>Методологии разработки информационных систем;
 Проектный практикум</t>
   </si>
   <si>
     <t>"Проектирование и реализация программ бакалавриата и магистратуры профиля "Искусственный интеллект", 80 час. (от 30.05.2023 700800123688, ФГАОУ ВО "Национальный исследовательский Томский государственный университет");
 "Генеративный искусственный интеллект для преподователя: стратегии, инструменты, этика", 72 час. (от 05.04.2024 700800135676, Национальный исследовательский Томский государственный университет);
 "Передовые производственные технологии", 150 час. (от 14.08.2024 782400098212, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого")</t>
   </si>
   <si>
     <t>11 лет
@@ -13077,51 +13074,51 @@
 Учебная, Научно-исследовательская работа;
 Учебная, Ознакомительная практика</t>
   </si>
   <si>
     <t>"Инструменты электронной информационно-образовательной среды", 16 час. (от 21.09.2023 550400002736 ИДО-23-444, ФГБОУ ВО "СибАДИ" институт дополнительного образования)</t>
   </si>
   <si>
     <t>Тур Кирилл Андреевич</t>
   </si>
   <si>
     <t>Расчет устойчивости откосов при открытой геотехнологии;
 Автоматизированное проектирование по цифровым планам</t>
   </si>
   <si>
     <t>"Управление проектными командами", 36 час. (от 18.11.2022 423102332279, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Маркшейдерское дело", 72 час. (от 24.11.2022 ВНИМИ ПК 001157, Учебный центр АО "ВНИМИ");
 "Цифровые решения для горнодобывающих предприятий", 16 час. (от 15.12.2022 040000485183, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСиС");
 "Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227666, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533457, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Управление научными проектами", 16 час. (от 25.10.2024 423103229353, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594270, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Основы обеспечения безопасности применения беспилотных авиационных систем", 72 час. (от 12.12.2025 ПК-I 060256, ФГАОУ ВО "Самарский национальный исследовательский университет им.академика С.П.Королева")</t>
   </si>
   <si>
     <t>7 лет
-8 месяцев</t>
+9 месяцев</t>
   </si>
   <si>
     <t>Тыра Анна Валерьевна</t>
   </si>
   <si>
     <t>Тепловые двигатели и нагнетатели</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: теплоэнергетика и теплотехника
 квалификация: бакалавр теплоэнергетика и теплотехника;</t>
   </si>
   <si>
     <t>"Современные инструменты проектного управления и коммерциализации результатов интеллектуальной деятельности", 24 час. (от 27.11.2023 423103227671, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ));
 "Управление научными проектами", 16 час. (от 25.10.2024 423102076994, ФГБОУ ВО "Кемеровский государственный университет" (КемГУ))</t>
   </si>
   <si>
     <t>Тюленев Максим Анатольевич</t>
   </si>
   <si>
     <t>Технология разработки сложноструктурных месторождений;
 Технология и комплексная механизация открытых горных работ</t>
   </si>
   <si>
     <t>"Системы автоматизации горного производства (в форме стажировки в ООО Гурьевский рудник)", 24 час. (от 19.08.2023 080000063636 62, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
@@ -13163,51 +13160,52 @@
 "Инновационные и цифровые технологии в образовании", 72 час. (от 03.11.2023 782400088066, ФГАОУ ВО "Санкт-Петербургский политехнический университет Петра Великого");
 "Методика антикоррупционного просвещения и воспитания в организациях высшего образования (для руководителей образовательных учреждений)", 18 час. (от 08.11.2023 722023008065, ФГАОУ ВО "Тюменский государственный университет");
 "Финансово-здоровое поведение населения как драйвер устойчивости роста экономики", 36 час. (от 20.11.2023 0062-02/2023, Ассоциация развития финансовой грамотности);
 "Новые эффективные инструменты для вовлечения студентов в обучение на электронном курсе", 18 час. (от 23.11.2023 ЭД 7824001342, ЧПОУ "Центр профессионального и дополнительного образования Лань" г. Санкт-Петербург);
 "Геомеханическое сопровождение горных работ и моделирование горнотехнических процессов с использованием современных программных решений", 16 час. (от 13.12.2023 040000533461, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "По дополнительной профессиональной программе, программе повышения квалификации в форме стажировки в ООО "Аленси" "Организация внешнеторговой деятельности на рынке энергоносителей", 36 час. (от 28.12.2023 080000063866, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф.Горбачева", Институт непрерывного образования);
 "Нормативное регулирование в области подтверждения соответствия уголной продукции", 16 час. (от 16.04.2024 040000565740, Национальный исследовательский технологический университет "МИСИС");
 "Безопасность устойчивого развития бизнеса", 72 час. (от 13.05.2024 223400682423, ФГБОУ ВО "Алтайский государственный университет");
 "Развитие академического наставничества в системе высшего образования", 74 час. (от 27.05.2024 7743 4959848, МОО "Лига Преподователей Высшей школы");
 "Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий.", 16 час. (от 28.06.2024 040000600795, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Основы робототехники", 16 час. (от 22.10.2024 160300041833, АНО ВО "Университет Иннополис");
 "Цифровизация производственных процессов горнодобывающих предприятий", 16 час. (от 16.12.2024 040000594274, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
 "Подготовка к новому семестру с Юрайтом: вебинар для преподавателей" (от 20.01.2025 373693, ООО "Юрайт-Академия");
 "Смарт-образование: цифровой контент, сервисы и данные" (от 31.01.2025 374031, ООО "Юрайт-Академия");
 "Всероссийское совещание по вопросам организации и проведения ГИА в форме ДЭ в 2025 году" (от 23.04.2025 5621818638, ООО "ТаймПэд Лтд");
 "Методики подготовки цифрового курса", 18 час. (от 01.05.2025 377999, ООО "Юрайт-Академия");
 "Проверка дипломных работ (ВКР) в системе "Антиплагиат". Мастер-класс онлайн" (от 21.05.2025 20250521/36, АО "АНТИПЛАГИАТ");
 "Генеративный ИИ в дипломных работах: первый опыт регулирования и контроля. Круглый стол онлайн" (от 27.05.2025 20250527/168, АО "АНТИПЛАГИАТ");
 "Тьюторское сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации" (от 06.06.2025 420800004490, ГБУ ДПО "Кузбасский региональный институт развития профессионального образования");
 "Патриотическое воспитание обучающихся в образовательной организации", 36 час. (от 16.06.2025 ПК 295775, ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295868, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Модели формирования универсальной компетенции в области экономической культуры, в том числе финансовой грамотности", 108 час. (от 07.07.2025 ПК МГУ 057684, ФГБОУ ВО "Московский государственный университет имени М.В. Ломоносова" );
 "Высшее образование сегодня: тренды, вызовы, решения", 16 час. (от 19.09.2025 25-4890, ФГАОУ ВО "Дальневосточный федеральный университет");
 "ОВЗ и трудности в обучении: разработка адаптированной образовательной программы в массовой школе", 72 час. (от 13.10.2025 004114, ООО "Учи.ру");
 "Программная инженерия и новые технологии разработки ПО", 256 час. (от 15.12.2025 163100814037, Автономная некоммерческая организация высшего образования "Университет Иннополис");
-"Технологическое предпринимательство", 72 час. (от 15.12.2025 040000675891, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+"Технологическое предпринимательство", 72 час. (от 15.12.2025 040000675891, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС");
+"Внедрение нейросетей в рабочие процессы", 16 час. (от 19.02.2026 163105185055, АНО ВО "Университет Иннополис")</t>
   </si>
   <si>
     <t>Преподаватель образовательной организации высшего образования;
 Главный бухгалтер;
 Тьюторское сопровождение обучающихся с ОВЗ и инвалидностью в образовательной организации;
 Преподаватель среднего профессионального образования;
 Руководитель подразделения (лаборатории);
 Архитектор программного обеспечения;
 Разработки, поддержки и внедрения систем автоматизации управления бизнесом на базе технологической платформы "1С:Предприятие 8</t>
   </si>
   <si>
     <t>38.02.01 Экономика и бухгалтерский учет (по отраслям) - Бухгалтер (11 кл);
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Тюрин Алексей Юрьевич</t>
   </si>
   <si>
     <t>Международная терминология на транспорте;
 Информационные технологии в транспортно-грузовых системах;
 Информационное обеспечение логистики;
@@ -13549,85 +13547,85 @@
 Производственная, Научно-исследовательская работа</t>
   </si>
   <si>
     <t>"Цифровые решения для моделирования и анализа экономических процессов", 72 час. (от 29.03.2024 13, Академия Менеджмента Консалтинга и Стратегии (ООО "Аймекс"))</t>
   </si>
   <si>
     <t>58 лет
 3 месяца</t>
   </si>
   <si>
     <t>Фролов Вадим Станиславович</t>
   </si>
   <si>
     <t>Учебная, Организационно-управленческая практика;
 Производственная, Производственно-технологическая практика</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: обогащение полезных ископаемых
 квалификация: горный инженер-обогатитель;</t>
   </si>
   <si>
     <t>"Техника и технология современных углеобогатительных фабрик", 16 час. (от 12.12.2025 080000064782, Институт непрерывного образования ФГБО УВО ''Кузбасский государственный технический университет имени Т.Ф.Горбачева'')</t>
   </si>
   <si>
-    <t>26 лет
-7 месяцев</t>
+    <t>36 лет
+9 месяцев</t>
   </si>
   <si>
     <t>Хакимов Павел Евгеньевич</t>
   </si>
   <si>
     <t>Сети и системы передачи информации;
 МДК.01.01 Операционные системы;
 МДК.01.03 Сети и системы передачи информации;
 МДК.04.01 Технология выполнения работ;
 ПП.01.01 Производственная практика (Эксплуатация автоматизированных (информационных) систем в защищённом исполнении);
 УП.01.01 Учебная практика (Эксплуатация автоматизированных (информационных) систем в защищённом исполнении)</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: автоматизация технологических процессов и производств
 квалификация: ;</t>
   </si>
   <si>
     <t>Хамзина Татьяна Анатольевна</t>
   </si>
   <si>
     <t>Флотационные процессы обогащения;
 Основы обогащения и переработки полезных ископаемых;
 Производственная, Практика по профилю профессиональной деятельности</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: обогащение полезных ископаемых
 квалификация: ;</t>
   </si>
   <si>
     <t>19 лет
-7 месяцев</t>
+8 месяцев</t>
   </si>
   <si>
     <t>21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых</t>
   </si>
   <si>
     <t>Харазян Анастасия Анатольевна</t>
   </si>
   <si>
     <t>Геоинформационные и компьютерные технологии;
 Конструкции автомобильных дорог;
 Организация и планирование кадастровых работ</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: землеустройство и кадастры
 квалификация: бакалавр;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: землеустройство и кадастры
 квалификация: магистр;</t>
   </si>
   <si>
     <t>Хивинцева Марина Альбертовна</t>
   </si>
   <si>
@@ -13823,50 +13821,54 @@
     <t>18.03.01 Химическая технология - Инновационные химические технологии;
 18.03.01 Химическая технология - Химическая технология неорганических веществ;
 18.04.01 Химическая технология - Химическая технология неорганических веществ;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений</t>
   </si>
   <si>
     <t>Чергинец Ольга Александровна</t>
   </si>
   <si>
     <t>Моделирование процессов горения</t>
   </si>
   <si>
     <t>Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: теплоэнергетика и теплотехника
 квалификация: бакалавр;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: теплоэнергетика и теплотехника
 квалификация: магистр;</t>
   </si>
   <si>
+    <t>8 лет
+2 месяца</t>
+  </si>
+  <si>
     <t>13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика</t>
   </si>
   <si>
     <t>Черемных Ирина Анатольевна</t>
   </si>
   <si>
     <t>Основы градостроительства и планировка населенных мест;
 Правовое обеспечение землеустройства и кадастров в современных условиях</t>
   </si>
   <si>
     <t>Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: правоведение
 квалификация: юрист;</t>
   </si>
   <si>
     <t>Правовое обеспечение землеустройства и кадастров в современных условиях</t>
   </si>
   <si>
     <t>21.04.02 Землеустройство и кадастры - Кадастр недвижимости</t>
   </si>
   <si>
     <t>Черкасова Виктория Валерьевна</t>
   </si>
   <si>
     <t>МДК.01.01 Организация и осуществление монтажных работ промышленного (технологического) оборудования;
@@ -14011,51 +14013,51 @@
   </si>
   <si>
     <t>09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 09.03.02 Информационные системы и технологии - Искусственный интеллект в системной интеграции информационных процессов;
 09.03.02 Информационные системы и технологии - Системная интеграция и автоматизация информационных процессов;
 09.03.02 Информационные системы и технологии - Цифровые автоматизированные производственные системы;
 09.04.02 Информационные системы и технологии - Искусственный интеллект и системная интеграция информационных процессов;
 15.04.04 Автоматизация технологических процессов и производств - Автоматизация и роботизация в промышленности</t>
   </si>
   <si>
     <t>Чупрякова Алена Григорьевна</t>
   </si>
   <si>
     <t>Управление проектами;
 Основы российской государственности;
 Менеджмент профессиональной деятельности</t>
   </si>
   <si>
     <t>"Методика преподавания основ российской государственности", 72 час. (от 18.08.2023 0000129051 01098-2023-У-ФИРО, Российская академия народного хозяйства и государственной службы при Президенте Российской Федерации);
 "Теория и практика преподавания дисциплины "Основы российской государственности" в вузе", 16 час. (от 28.03.2025 240400101587, ФГАОУ ВО "Сибирский федеральный университет" НОЦ "Институт непрерывного образования");
 "Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295746, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет");
 "Цифровые технологии в высшем и профессиональном образовании и науке", 36 час. (от 16.06.2025 ПК 295870, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
   </si>
   <si>
     <t>9 лет
-6 месяцев</t>
+7 месяцев</t>
   </si>
   <si>
     <t>09.04.03 Прикладная информатика - Прикладная информатика в экономике;
 10.05.03 Информационная безопасность автоматизированных систем - Анализ безопасности информационных систем;
 11.03.04 Электроника и наноэлектроника - Промышленная электроника;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 13.04.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.04.02 Электроэнергетика и электротехника - Электроэнергетика;
 15.04.01 Машиностроение - Сварка и родственные технологии;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Методы и технологии в машиностроении;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование инструментальных комплексов в машиностроении;
 23.04.01 Технология транспортных процессов - Организация и управление транспортными процессами;
 23.04.03 Эксплуатация транспортно-технологических машин и комплексов - Транспортные и транспортно-технологические машины;
 23.05.01 Наземные транспортно-технологические средства - Автомобильная техника в транспортных технологиях;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Шабаев Сергей Николаевич</t>
@@ -14153,84 +14155,88 @@
 Сертификация систем качества;
 Учебная, Ознакомительная практика;
 Производственная, Ознакомительная практика</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: металлорежущие станки и инструменты
 квалификация: инженер;
 Высшее образование - бакалавриат:
 * направление подготовки и (или) специальности: техники и технологии
 квалификация: бакалавр;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: экономика
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348219, НОЧУО ДПО "Актион");
 "Современные технологии обучения иностранных студентов в вузе", 16 час. (от 14.11.2025 70 АВ 069447, ФГАОУ ВО "Национальный исследовательский Томский политехнический университет")</t>
   </si>
   <si>
     <t>Диплом предоставляет право на ведение профессиональной деятельности в сфере управления качеством;
 Диплом предоставляет право на ведение профессиональной деятельности в сфере менеджмент</t>
   </si>
   <si>
     <t>26 лет
-4 месяца</t>
+5 месяцев</t>
   </si>
   <si>
     <t>15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.04.05 Конструкторско-технологическое обеспечение машиностроительных производств - Конструкторское обеспечение машиностроительных производств;
 15.05.01 Проектирование технологических машин и комплексов - Проектирование механообрабатывающих и инструментальных комплексов в машиностроении;
 27.03.02 Управление качеством - Управление качеством в производственно-технологических системах;
 27.04.02 Управление качеством - Управление качеством в производственно-технологических системах</t>
   </si>
   <si>
     <t>Шаулев Андрей Альбертович</t>
   </si>
   <si>
     <t>Монтаж и наладка электронных устройств;
 Введение в электронику;
 МДК.01.02 Технология настройки и регулировки электронных приборов и устройств;
 МДК.02.01 Основы диагностики и обнаружения отказов и дефектов электронных приборов и устройств;
 МДК.04.01 Технология выполнения работ;
 ПП.03.01 Производственная практика (Проектирование электронных приборов и устройств на основе печатного монтажа);
 ПП.04.01 Производственная практика (Выполнение работ по профессии слесарь-сборщик радиоэлектронной аппаратуры и приборов);
 УП.03.01 Учебная практика (Проектирование электронных приборов и устройств на основе печатного монтажа);
 УП.04.01 Учебная практика (Выполнение работ по профессии слесарь-сборщик радиоэлектронной аппаратуры и приборов)</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: гидроаэродинамика
 квалификация: инженер-гидроаэродинамик;
 Высшее образование - специалитет, магистратура:
 * направление подготовки и (или) специальности: менеджмент
 квалификация: магистр;</t>
   </si>
   <si>
     <t>"Цифровая инженерная горная школа "Новые технические решения в сфере высокопроизводительных конвейерных систем горных предприятий", 16 час. (от 31.10.2023 040000262380, Национальный исследовательский технологический университет "МИСИС");
 "Цифровая инженерная горная школа "Практики импортозамещения в горно-металлургической отрасли. Трансфер технологий", 16 час. (от 28.06.2024 040000600958, ФГАОУ ВО "Национальный исследовательский технологический университет "МИСИС")</t>
+  </si>
+  <si>
+    <t>18 лет
+1 месяц</t>
   </si>
   <si>
     <t>11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (11кл);
 11.02.16 Монтаж, техническое обслуживание и ремонт электронных приборов и устройств - Специалист по электронным приборам и устройствам (9 кл);
 11.03.04 Электроника и наноэлектроника - Промышленная электроника</t>
   </si>
   <si>
     <t>Шаулева Надежда Михайловна</t>
   </si>
   <si>
     <t>Автоматика машин и установок горного производства;
 Информационные технологии и программирование;
 Учебная, Ознакомительная практика;
 МДК.02.02 Техническое обслуживание, ремонт и оценка качества электронных приборов и устройств;
 ПДП ПРОИЗВОДСТВЕННАЯ ПРАКТИКА (ПРЕДДИПЛОМНАЯ);
 100 шагов к успеху</t>
   </si>
   <si>
     <t>Высшее образование:
 * направление подготовки и (или) специальности: электропривод и автоматика промышленных установок и технологических комплексов
 квалификация: горный инженер-электромеханик;</t>
   </si>
   <si>
     <t>"По программе повышения квалификации в форме стажировки на тему "Оборудование электростанций и АСУ ТП" в Кузбасском филиале ООО "СГК", 72 час. (от 31.10.2022 ААА 104208010025, ФГБОУ ВО "Кузбасский государственный технический университет имени Т.Ф. Горбачева" Институт непрерывного образования);
 "Пожарная безопасность для руководителей и ответственных лиц", 30 час. (от 15.11.2023 У2023348220, актион Университет. Онлайн обучение);
@@ -14406,51 +14412,51 @@
 08.03.01 Строительство - Промышленное и гражданское строительство;
 09.03.02 Информационные системы и технологии - Информационные и цифровые технологии в транспортных системах;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Металлообрабатывающие станки и комплексы;
 15.03.05 Конструкторско-технологическое обеспечение машиностроительных производств - Технология машиностроения;
 18.03.01 Химическая технология - Инновационные химические технологии;
 20.03.01 Техносферная безопасность - Безопасность технологических процессов и производств;
 21.03.02 Землеустройство и кадастры - Кадастр недвижимости;
 21.05.04 Горное дело - Горные машины и оборудование;
 21.05.04 Горное дело - Маркшейдерское дело;
 21.05.04 Горное дело - Обогащение полезных ископаемых;
 21.05.04 Горное дело - Открытые горные работы;
 21.05.04 Горное дело - Подземная разработка пластовых месторождений;
 23.03.01 Технология транспортных процессов - Организация перевозок и управление на автомобильном транспорте;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Шидловская Диана Сергеевна</t>
   </si>
   <si>
     <t>Основы информационных технологий;
 100 шагов к успеху</t>
   </si>
   <si>
     <t>2 года
-3 месяца</t>
+4 месяца</t>
   </si>
   <si>
     <t>09.03.03 Прикладная информатика - Программирование и разработка интеллектуальных информационных систем;
 13.03.01 Теплоэнергетика и теплотехника - Промышленная теплоэнергетика;
 13.03.02 Электроэнергетика и электротехника - Автоматизация технологических процессов в энергетике;
 13.03.02 Электроэнергетика и электротехника - Электроснабжение;
 13.03.02 Электроэнергетика и электротехника - Электроэнергетические системы и сети;
 21.05.04 Горное дело - Маркшейдерское дело;
 38.03.01 Экономика - Экономика предприятий и организаций;
 38.03.02 Менеджмент - Маркетинг и бизнес-аналитика;
 38.03.04 Государственное и муниципальное управление - Государственное и муниципальное управление: социально-производственная сфера;
 38.05.01 Экономическая безопасность - Экономико-правовое обеспечение экономической безопасности;
 43.03.01 Сервис - Экономика и управление на предприятии (в сервисе)</t>
   </si>
   <si>
     <t>Широколобов Георгий Валентинович</t>
   </si>
   <si>
     <t>Сопротивление материалов;
 ОП.02 Техническая механика;
 ОП.03 Техническая механика</t>
   </si>
   <si>
     <t>"Современные педагогические технологии в деятельности преподавателя вуза", 72 час. (от 08.04.2025 422424575713, АНО ДПО "Межрегиональный институт повышения квалификации и профессиональной переподготовки");
 "Мультимедийные и интерактивные технологии в деятельности преподавателя", 36 час. (от 16.06.2025 ПК 295747, Институт ДПО ФГБОУ ВО "Казанский национальный исследовательский технологический университет")</t>
@@ -15800,5848 +15806,5854 @@
         <v>95</v>
       </c>
       <c r="E22"/>
       <c r="F22"/>
       <c r="G22" t="s">
         <v>135</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>136</v>
       </c>
       <c r="J22" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" t="s">
         <v>138</v>
       </c>
       <c r="B23" t="s">
         <v>139</v>
       </c>
       <c r="C23" t="s">
         <v>140</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>141</v>
+      </c>
       <c r="E23"/>
       <c r="F23"/>
-      <c r="G23"/>
+      <c r="G23" t="s">
+        <v>142</v>
+      </c>
       <c r="H23"/>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B24" t="s">
         <v>25</v>
       </c>
       <c r="C24" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D24" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E24" t="s">
         <v>24</v>
       </c>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B25" t="s">
         <v>139</v>
       </c>
       <c r="C25" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D25" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E25"/>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B26" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C26" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D26" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E26"/>
       <c r="F26"/>
       <c r="G26" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B27" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C27" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D27" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E27"/>
       <c r="F27"/>
       <c r="G27" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H27" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B28" t="s">
         <v>25</v>
       </c>
       <c r="C28" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D28" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="E28" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F28"/>
       <c r="G28" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="H28" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B29" t="s">
         <v>60</v>
       </c>
       <c r="C29" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D29" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="E29" t="s">
         <v>24</v>
       </c>
       <c r="F29"/>
       <c r="G29" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="H29"/>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B30" t="s">
         <v>25</v>
       </c>
       <c r="C30" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D30" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E30" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="F30"/>
       <c r="G30" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="H30" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B31" t="s">
         <v>37</v>
       </c>
       <c r="C31" t="s">
         <v>38</v>
       </c>
       <c r="D31" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31"/>
       <c r="H31"/>
       <c r="I31" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="J31" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B32" t="s">
         <v>25</v>
       </c>
       <c r="C32" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E32" t="s">
         <v>24</v>
       </c>
       <c r="F32" t="s">
         <v>25</v>
       </c>
       <c r="G32" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="H32" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="I32" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="J32" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B33" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C33" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D33" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E33"/>
       <c r="F33"/>
       <c r="G33" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="H33" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B34" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C34" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D34" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E34" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F34" t="s">
         <v>25</v>
       </c>
       <c r="G34" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H34"/>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B35" t="s">
         <v>43</v>
       </c>
       <c r="C35" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35"/>
       <c r="G35"/>
       <c r="H35"/>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B36" t="s">
         <v>25</v>
       </c>
       <c r="C36" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D36" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="E36" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="F36" t="s">
         <v>25</v>
       </c>
       <c r="G36" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="H36" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B37" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C37" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D37" t="s">
+        <v>218</v>
+      </c>
+      <c r="E37" t="s">
+        <v>219</v>
+      </c>
+      <c r="F37" t="s">
         <v>216</v>
       </c>
-      <c r="E37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G37" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="H37"/>
       <c r="I37" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J37" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B38" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C38" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D38" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="H38"/>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B39" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C39" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D39" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="H39"/>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B40" t="s">
         <v>25</v>
       </c>
       <c r="C40" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D40" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E40" t="s">
         <v>24</v>
       </c>
       <c r="F40"/>
       <c r="G40" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B41" t="s">
         <v>139</v>
       </c>
       <c r="C41" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D41" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E41"/>
       <c r="F41"/>
       <c r="G41" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="H41" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B42" t="s">
         <v>37</v>
       </c>
       <c r="C42" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
       <c r="H42"/>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B43" t="s">
         <v>139</v>
       </c>
       <c r="C43" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D43" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43"/>
       <c r="H43"/>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B44" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C44" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D44" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="H44" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B45" t="s">
         <v>25</v>
       </c>
       <c r="C45" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D45" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="E45" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F45" t="s">
         <v>25</v>
       </c>
       <c r="G45" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="H45"/>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B46" t="s">
         <v>43</v>
       </c>
       <c r="C46" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D46" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="H46"/>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B47" t="s">
         <v>25</v>
       </c>
       <c r="C47" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="D47" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="E47" t="s">
         <v>24</v>
       </c>
       <c r="F47"/>
       <c r="G47" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H47"/>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B48" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C48" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D48" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="E48" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="F48" t="s">
         <v>25</v>
       </c>
       <c r="G48" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="H48" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B49" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C49" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D49" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="E49" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F49" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G49" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="H49"/>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B50" t="s">
         <v>43</v>
       </c>
       <c r="C50" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D50" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="H50"/>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B51" t="s">
         <v>37</v>
       </c>
       <c r="C51" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="D51" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="E51"/>
       <c r="F51"/>
       <c r="G51" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="H51"/>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B52" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C52" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="D52" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="E52" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="F52" t="s">
         <v>25</v>
       </c>
       <c r="G52" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="H52"/>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B53" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C53" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D53" t="s">
         <v>32</v>
       </c>
       <c r="E53" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F53" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G53" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="H53"/>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B54" t="s">
         <v>21</v>
       </c>
       <c r="C54" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D54" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="E54" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F54" t="s">
         <v>25</v>
       </c>
       <c r="G54" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="H54" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="I54" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="J54" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B55" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C55" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D55" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="E55" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F55" t="s">
         <v>25</v>
       </c>
       <c r="G55" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="H55"/>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B56" t="s">
         <v>25</v>
       </c>
       <c r="C56" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D56" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="E56" t="s">
         <v>24</v>
       </c>
       <c r="F56" t="s">
         <v>25</v>
       </c>
       <c r="G56" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H56"/>
       <c r="I56" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J56" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="B57" t="s">
         <v>43</v>
       </c>
       <c r="C57" t="s">
         <v>44</v>
       </c>
       <c r="D57" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="E57"/>
       <c r="F57"/>
       <c r="G57" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="H57" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B58" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C58" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D58" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="E58" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F58" t="s">
         <v>25</v>
       </c>
       <c r="G58" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="H58"/>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B59" t="s">
         <v>25</v>
       </c>
       <c r="C59" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D59" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="E59" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F59"/>
       <c r="G59" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="H59"/>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B60" t="s">
         <v>115</v>
       </c>
       <c r="C60" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D60" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="E60"/>
       <c r="F60"/>
       <c r="G60" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="H60" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B61" t="s">
         <v>37</v>
       </c>
       <c r="C61" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D61" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="E61"/>
       <c r="F61"/>
       <c r="G61" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="H61"/>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B62" t="s">
         <v>25</v>
       </c>
       <c r="C62" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="D62" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="E62" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F62" t="s">
         <v>25</v>
       </c>
       <c r="G62" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="H62"/>
       <c r="I62" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="J62" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B63" t="s">
         <v>60</v>
       </c>
       <c r="C63" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="D63" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E63" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F63"/>
       <c r="G63" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="H63"/>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B64" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C64" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D64" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="E64" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F64" t="s">
         <v>25</v>
       </c>
       <c r="G64" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="H64"/>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B65" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C65" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="D65" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="E65"/>
       <c r="F65"/>
       <c r="G65" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="H65"/>
       <c r="I65" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="J65" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B66" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C66" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D66" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E66" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F66" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G66" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="H66"/>
       <c r="I66" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="J66" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B67" t="s">
         <v>25</v>
       </c>
       <c r="C67" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D67" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="E67" t="s">
         <v>24</v>
       </c>
       <c r="F67" t="s">
         <v>25</v>
       </c>
       <c r="G67" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="H67"/>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B68" t="s">
         <v>139</v>
       </c>
       <c r="C68" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="D68" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="E68"/>
       <c r="F68"/>
       <c r="G68"/>
       <c r="H68"/>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B69" t="s">
         <v>43</v>
       </c>
       <c r="C69" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="D69" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="E69"/>
       <c r="F69"/>
       <c r="G69" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="H69"/>
       <c r="I69" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="J69" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B70" t="s">
         <v>25</v>
       </c>
       <c r="C70" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="D70" t="s">
         <v>32</v>
       </c>
       <c r="E70" t="s">
         <v>24</v>
       </c>
       <c r="F70" t="s">
         <v>25</v>
       </c>
       <c r="G70" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="H70" t="s">
         <v>72</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B71" t="s">
         <v>43</v>
       </c>
       <c r="C71" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="D71" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="E71"/>
       <c r="F71"/>
       <c r="G71" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="H71"/>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B72" t="s">
         <v>43</v>
       </c>
       <c r="C72" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D72" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="H72"/>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B73" t="s">
         <v>37</v>
       </c>
       <c r="C73" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D73" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="E73"/>
       <c r="F73"/>
       <c r="G73" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="H73"/>
       <c r="I73" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="J73" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B74" t="s">
         <v>43</v>
       </c>
       <c r="C74" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="D74" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="E74"/>
       <c r="F74"/>
       <c r="G74" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="H74"/>
       <c r="I74" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="J74" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B75" t="s">
         <v>115</v>
       </c>
       <c r="C75" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="D75" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E75"/>
       <c r="F75"/>
       <c r="G75" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="H75"/>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B76" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="C76" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="D76" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="E76"/>
       <c r="F76"/>
       <c r="G76" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="H76"/>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B77" t="s">
         <v>139</v>
       </c>
       <c r="C77" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="D77" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="E77"/>
       <c r="F77"/>
       <c r="G77" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="H77"/>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B78" t="s">
         <v>37</v>
       </c>
       <c r="C78" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="D78" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="E78"/>
       <c r="F78"/>
       <c r="G78" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="H78"/>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B79" t="s">
         <v>139</v>
       </c>
       <c r="C79" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="D79" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="E79"/>
       <c r="F79"/>
       <c r="G79" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="H79"/>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="80" spans="1:10">
       <c r="A80" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B80" t="s">
         <v>25</v>
       </c>
       <c r="C80" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="D80" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E80" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F80" t="s">
         <v>25</v>
       </c>
       <c r="G80" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="H80"/>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B81" t="s">
         <v>43</v>
       </c>
       <c r="C81" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="D81" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E81"/>
       <c r="F81"/>
       <c r="G81" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="H81" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I81" t="s">
         <v>40</v>
       </c>
       <c r="J81" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B82" t="s">
         <v>139</v>
       </c>
       <c r="C82" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D82" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="E82"/>
       <c r="F82"/>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B83" t="s">
         <v>25</v>
       </c>
       <c r="C83" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="D83" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="E83" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="F83" t="s">
         <v>25</v>
       </c>
       <c r="G83" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="H83"/>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B84" t="s">
         <v>43</v>
       </c>
       <c r="C84" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="D84" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="H84"/>
       <c r="I84" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="J84" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="85" spans="1:10">
       <c r="A85" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B85" t="s">
         <v>43</v>
       </c>
       <c r="C85" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D85" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="E85"/>
       <c r="F85"/>
       <c r="G85" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="H85" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
     </row>
     <row r="86" spans="1:10">
       <c r="A86" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B86" t="s">
         <v>139</v>
       </c>
       <c r="C86" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D86" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E86"/>
       <c r="F86"/>
       <c r="G86" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="H86" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
     </row>
     <row r="87" spans="1:10">
       <c r="A87" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B87" t="s">
         <v>25</v>
       </c>
       <c r="C87" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D87" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="E87" t="s">
         <v>24</v>
       </c>
       <c r="F87"/>
       <c r="G87" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="H87" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="I87" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="J87" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
     </row>
     <row r="88" spans="1:10">
       <c r="A88" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B88" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C88" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="D88" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="E88" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="F88" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G88" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="H88"/>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
     </row>
     <row r="89" spans="1:10">
       <c r="A89" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B89" t="s">
         <v>25</v>
       </c>
       <c r="C89" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="D89" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="E89" t="s">
         <v>24</v>
       </c>
       <c r="F89" t="s">
         <v>25</v>
       </c>
       <c r="G89" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="H89"/>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="90" spans="1:10">
       <c r="A90" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B90" t="s">
         <v>37</v>
       </c>
       <c r="C90" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D90" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="E90"/>
       <c r="F90"/>
       <c r="G90"/>
       <c r="H90"/>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B91" t="s">
         <v>25</v>
       </c>
       <c r="C91" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D91" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="E91" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="F91" t="s">
         <v>25</v>
       </c>
       <c r="G91" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="H91" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B92" t="s">
         <v>115</v>
       </c>
       <c r="C92" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="D92" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="E92"/>
       <c r="F92"/>
       <c r="G92" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="H92" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
     </row>
     <row r="93" spans="1:10">
       <c r="A93" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B93" t="s">
         <v>139</v>
       </c>
       <c r="C93" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="D93" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E93"/>
       <c r="F93"/>
       <c r="G93" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="H93"/>
       <c r="I93" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="J93" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
     </row>
     <row r="94" spans="1:10">
       <c r="A94" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B94" t="s">
         <v>25</v>
       </c>
       <c r="C94" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="D94" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="E94" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="F94" t="s">
         <v>25</v>
       </c>
       <c r="G94" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="H94" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
     <row r="95" spans="1:10">
       <c r="A95" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B95" t="s">
         <v>25</v>
       </c>
       <c r="C95" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95"/>
       <c r="G95"/>
       <c r="H95"/>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
     </row>
     <row r="96" spans="1:10">
       <c r="A96" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B96" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C96" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96"/>
       <c r="G96"/>
       <c r="H96"/>
       <c r="I96" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="J96" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="97" spans="1:10">
       <c r="A97" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="B97" t="s">
         <v>37</v>
       </c>
       <c r="C97" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="D97" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="E97"/>
       <c r="F97"/>
       <c r="G97"/>
       <c r="H97"/>
       <c r="I97" t="s">
         <v>136</v>
       </c>
       <c r="J97" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="98" spans="1:10">
       <c r="A98" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B98" t="s">
         <v>25</v>
       </c>
       <c r="C98" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="D98" t="s">
         <v>122</v>
       </c>
       <c r="E98" t="s">
         <v>24</v>
       </c>
       <c r="F98"/>
       <c r="G98" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="H98"/>
       <c r="I98" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="J98" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
     </row>
     <row r="99" spans="1:10">
       <c r="A99" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="B99" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C99" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="D99" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E99" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F99" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G99" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="H99"/>
       <c r="I99" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="J99" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
     </row>
     <row r="100" spans="1:10">
       <c r="A100" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="B100" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C100" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D100" t="s">
         <v>122</v>
       </c>
       <c r="E100" t="s">
         <v>24</v>
       </c>
       <c r="F100" t="s">
         <v>25</v>
       </c>
       <c r="G100" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="H100"/>
       <c r="I100" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="J100" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
     </row>
     <row r="101" spans="1:10">
       <c r="A101" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="B101" t="s">
         <v>25</v>
       </c>
       <c r="C101" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="D101" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="E101" t="s">
         <v>24</v>
       </c>
       <c r="F101"/>
       <c r="G101" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="H101"/>
       <c r="I101" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="J101" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
     </row>
     <row r="102" spans="1:10">
       <c r="A102" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="B102" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C102" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="D102" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E102" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F102"/>
       <c r="G102" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="H102"/>
       <c r="I102"/>
       <c r="J102" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
     </row>
     <row r="103" spans="1:10">
       <c r="A103" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="B103" t="s">
         <v>43</v>
       </c>
       <c r="C103" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="D103" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="E103"/>
       <c r="F103"/>
       <c r="G103" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="H103"/>
       <c r="I103" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="J103" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
     </row>
     <row r="104" spans="1:10">
       <c r="A104" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="B104" t="s">
         <v>43</v>
       </c>
       <c r="C104" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="D104" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="E104"/>
       <c r="F104"/>
       <c r="G104" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="H104" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="I104" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="J104" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="105" spans="1:10">
       <c r="A105" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="B105" t="s">
         <v>43</v>
       </c>
       <c r="C105" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="D105" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E105"/>
       <c r="F105"/>
       <c r="G105" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="H105"/>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B106" t="s">
         <v>43</v>
       </c>
       <c r="C106" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="D106" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="E106"/>
       <c r="F106"/>
       <c r="G106" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="H106"/>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
     </row>
     <row r="107" spans="1:10">
       <c r="A107" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="B107" t="s">
         <v>21</v>
       </c>
       <c r="C107" t="s">
         <v>44</v>
       </c>
       <c r="D107" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="E107" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F107" t="s">
         <v>25</v>
       </c>
       <c r="G107" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="H107" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
     </row>
     <row r="108" spans="1:10">
       <c r="A108" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="B108" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C108" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="D108" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="E108" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F108" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G108" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="H108"/>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
     </row>
     <row r="109" spans="1:10">
       <c r="A109" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="B109" t="s">
         <v>25</v>
       </c>
       <c r="C109" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="D109" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="E109" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F109" t="s">
         <v>25</v>
       </c>
       <c r="G109" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="H109" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
     </row>
     <row r="110" spans="1:10">
       <c r="A110" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="B110" t="s">
         <v>43</v>
       </c>
       <c r="C110" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D110" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="E110"/>
       <c r="F110"/>
       <c r="G110" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="H110"/>
       <c r="I110"/>
       <c r="J110" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
     </row>
     <row r="111" spans="1:10">
       <c r="A111" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="B111" t="s">
         <v>139</v>
       </c>
       <c r="C111" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="D111" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="E111"/>
       <c r="F111"/>
       <c r="G111"/>
       <c r="H111"/>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="B112" t="s">
         <v>43</v>
       </c>
       <c r="C112" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="D112" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="E112"/>
       <c r="F112"/>
       <c r="G112" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="H112"/>
       <c r="I112"/>
       <c r="J112" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
     </row>
     <row r="113" spans="1:10">
       <c r="A113" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B113" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="C113" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="D113" t="s">
         <v>77</v>
       </c>
       <c r="E113"/>
       <c r="F113"/>
       <c r="G113" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="H113"/>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
     </row>
     <row r="114" spans="1:10">
       <c r="A114" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="B114" t="s">
         <v>43</v>
       </c>
       <c r="C114" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="D114" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="E114"/>
       <c r="F114"/>
       <c r="G114" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="H114"/>
       <c r="I114"/>
       <c r="J114" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="115" spans="1:10">
       <c r="A115" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="B115" t="s">
         <v>37</v>
       </c>
       <c r="C115" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D115"/>
       <c r="E115"/>
       <c r="F115"/>
       <c r="G115" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="H115" t="s">
         <v>139</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
     </row>
     <row r="116" spans="1:10">
       <c r="A116" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B116" t="s">
         <v>43</v>
       </c>
       <c r="C116" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D116" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="E116"/>
       <c r="F116"/>
       <c r="G116" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="H116"/>
       <c r="I116"/>
       <c r="J116" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
     </row>
     <row r="117" spans="1:10">
       <c r="A117" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="B117" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C117" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="D117" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="E117" t="s">
         <v>24</v>
       </c>
       <c r="F117"/>
       <c r="G117" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="H117" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
     </row>
     <row r="118" spans="1:10">
       <c r="A118" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="B118" t="s">
         <v>43</v>
       </c>
       <c r="C118" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="D118" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="E118"/>
       <c r="F118"/>
       <c r="G118" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="H118"/>
       <c r="I118"/>
       <c r="J118" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
     </row>
     <row r="119" spans="1:10">
       <c r="A119" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="B119" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C119" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="D119" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="E119" t="s">
         <v>24</v>
       </c>
       <c r="F119"/>
       <c r="G119" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="H119"/>
       <c r="I119" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="J119" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
     </row>
     <row r="120" spans="1:10">
       <c r="A120" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="B120" t="s">
         <v>43</v>
       </c>
       <c r="C120" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="D120" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="E120"/>
       <c r="F120"/>
       <c r="G120" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="H120"/>
       <c r="I120"/>
       <c r="J120" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
     </row>
     <row r="121" spans="1:10">
       <c r="A121" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="B121" t="s">
         <v>43</v>
       </c>
       <c r="C121" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="D121" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="E121"/>
       <c r="F121"/>
       <c r="G121" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="H121"/>
       <c r="I121" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="J121" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
     </row>
     <row r="122" spans="1:10">
       <c r="A122" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="B122" t="s">
         <v>25</v>
       </c>
       <c r="C122" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D122" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="E122" t="s">
         <v>24</v>
       </c>
       <c r="F122"/>
       <c r="G122" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="H122"/>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="B123" t="s">
         <v>25</v>
       </c>
       <c r="C123" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="D123" t="s">
         <v>82</v>
       </c>
       <c r="E123" t="s">
         <v>24</v>
       </c>
       <c r="F123"/>
       <c r="G123" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="H123"/>
       <c r="I123" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="J123" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="B124" t="s">
         <v>43</v>
       </c>
       <c r="C124" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D124" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="E124"/>
       <c r="F124"/>
       <c r="G124" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="H124" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="B125" t="s">
         <v>43</v>
       </c>
       <c r="C125" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="D125" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="E125"/>
       <c r="F125"/>
       <c r="G125" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="H125" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
     </row>
     <row r="126" spans="1:10">
       <c r="A126" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="B126" t="s">
         <v>25</v>
       </c>
       <c r="C126" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="D126" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="E126" t="s">
         <v>24</v>
       </c>
       <c r="F126"/>
       <c r="G126" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="H126"/>
       <c r="I126"/>
       <c r="J126" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="B127" t="s">
         <v>60</v>
       </c>
       <c r="C127" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="D127" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="E127" t="s">
         <v>24</v>
       </c>
       <c r="F127"/>
       <c r="G127" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="H127"/>
       <c r="I127" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="J127" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="B128" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C128" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="D128" t="s">
         <v>56</v>
       </c>
       <c r="E128" t="s">
         <v>24</v>
       </c>
       <c r="F128" t="s">
         <v>25</v>
       </c>
       <c r="G128" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="H128"/>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="B129" t="s">
         <v>43</v>
       </c>
       <c r="C129" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="D129" t="s">
         <v>70</v>
       </c>
       <c r="E129"/>
       <c r="F129"/>
       <c r="G129" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="H129"/>
       <c r="I129"/>
       <c r="J129" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="B130" t="s">
         <v>25</v>
       </c>
       <c r="C130" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="D130" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="E130" t="s">
         <v>24</v>
       </c>
       <c r="F130" t="s">
         <v>25</v>
       </c>
       <c r="G130" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="H130"/>
       <c r="I130" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="J130" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="131" spans="1:10">
       <c r="A131" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="B131" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="C131" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D131" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="E131"/>
       <c r="F131"/>
       <c r="G131" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="H131"/>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
     </row>
     <row r="132" spans="1:10">
       <c r="A132" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="B132" t="s">
         <v>37</v>
       </c>
       <c r="C132" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="D132" t="s">
         <v>95</v>
       </c>
       <c r="E132"/>
       <c r="F132"/>
       <c r="G132" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="H132"/>
       <c r="I132" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="J132" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
     </row>
     <row r="133" spans="1:10">
       <c r="A133" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="B133" t="s">
         <v>25</v>
       </c>
       <c r="C133" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="D133" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="E133" t="s">
         <v>24</v>
       </c>
       <c r="F133" t="s">
         <v>25</v>
       </c>
       <c r="G133" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="H133"/>
       <c r="I133" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="J133" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="134" spans="1:10">
       <c r="A134" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="B134" t="s">
         <v>43</v>
       </c>
       <c r="C134" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="D134" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="E134"/>
       <c r="F134"/>
       <c r="G134" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="H134" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="I134" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="J134" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
     </row>
     <row r="135" spans="1:10">
       <c r="A135" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="B135" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="C135" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="D135" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="E135"/>
       <c r="F135"/>
       <c r="G135" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="H135"/>
       <c r="I135"/>
       <c r="J135" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
     </row>
     <row r="136" spans="1:10">
       <c r="A136" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="B136" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="C136" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="D136" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="E136"/>
       <c r="F136"/>
       <c r="G136" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="H136" t="s">
         <v>139</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
     </row>
     <row r="137" spans="1:10">
       <c r="A137" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="B137" t="s">
         <v>43</v>
       </c>
       <c r="C137" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="D137" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="E137"/>
       <c r="F137"/>
       <c r="G137"/>
       <c r="H137"/>
       <c r="I137" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="J137" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
     </row>
     <row r="138" spans="1:10">
       <c r="A138" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B138" t="s">
-        <v>25</v>
+        <v>728</v>
       </c>
       <c r="C138" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="D138" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="E138" t="s">
         <v>24</v>
       </c>
       <c r="F138"/>
       <c r="G138"/>
       <c r="H138"/>
       <c r="I138" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="J138" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
     </row>
     <row r="139" spans="1:10">
       <c r="A139" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="B139" t="s">
         <v>68</v>
       </c>
       <c r="C139" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="D139" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="E139"/>
       <c r="F139"/>
       <c r="G139" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="H139" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="I139" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="J139" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
     </row>
     <row r="140" spans="1:10">
       <c r="A140" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="B140" t="s">
         <v>37</v>
       </c>
       <c r="C140" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="D140"/>
       <c r="E140"/>
       <c r="F140"/>
       <c r="G140" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="H140" t="s">
         <v>139</v>
       </c>
       <c r="I140" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="J140" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
     </row>
     <row r="141" spans="1:10">
       <c r="A141" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="B141" t="s">
         <v>37</v>
       </c>
       <c r="C141" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="D141"/>
       <c r="E141"/>
       <c r="F141"/>
       <c r="G141"/>
       <c r="H141"/>
       <c r="I141"/>
       <c r="J141" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
     </row>
     <row r="142" spans="1:10">
       <c r="A142" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="B142" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C142" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="D142" t="s">
         <v>32</v>
       </c>
       <c r="E142"/>
       <c r="F142"/>
       <c r="G142" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="H142"/>
       <c r="I142"/>
       <c r="J142" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
     </row>
     <row r="143" spans="1:10">
       <c r="A143" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="B143" t="s">
         <v>25</v>
       </c>
       <c r="C143" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="D143" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="E143" t="s">
         <v>24</v>
       </c>
       <c r="F143" t="s">
         <v>25</v>
       </c>
       <c r="G143" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="H143"/>
       <c r="I143" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="J143" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
     </row>
     <row r="144" spans="1:10">
       <c r="A144" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="B144" t="s">
         <v>43</v>
       </c>
       <c r="C144" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="D144" t="s">
         <v>127</v>
       </c>
       <c r="E144"/>
       <c r="F144"/>
       <c r="G144" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="H144" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="I144" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="J144" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
     </row>
     <row r="145" spans="1:10">
       <c r="A145" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="B145" t="s">
         <v>25</v>
       </c>
       <c r="C145" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="D145" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="E145" t="s">
         <v>24</v>
       </c>
       <c r="F145" t="s">
         <v>25</v>
       </c>
       <c r="G145" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="H145" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="I145" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="J145" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
     </row>
     <row r="146" spans="1:10">
       <c r="A146" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="B146" t="s">
         <v>68</v>
       </c>
       <c r="C146" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="D146" t="s">
         <v>127</v>
       </c>
       <c r="E146"/>
       <c r="F146"/>
       <c r="G146" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="H146"/>
       <c r="I146"/>
       <c r="J146" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
     </row>
     <row r="147" spans="1:10">
       <c r="A147" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="B147" t="s">
         <v>25</v>
       </c>
       <c r="C147" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D147" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="E147" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="F147"/>
       <c r="G147" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="H147" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
     </row>
     <row r="148" spans="1:10">
       <c r="A148" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="B148" t="s">
         <v>25</v>
       </c>
       <c r="C148" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D148" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="E148" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="F148" t="s">
         <v>25</v>
       </c>
       <c r="G148" t="s">
+        <v>779</v>
+      </c>
+      <c r="H148" t="s">
         <v>776</v>
-      </c>
-[...1 lines deleted...]
-        <v>773</v>
       </c>
       <c r="I148"/>
       <c r="J148" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
     </row>
     <row r="149" spans="1:10">
       <c r="A149" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="B149" t="s">
         <v>60</v>
       </c>
       <c r="C149" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="D149" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="E149" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F149" t="s">
         <v>25</v>
       </c>
       <c r="G149" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="H149" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="I149" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="J149" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
     </row>
     <row r="150" spans="1:10">
       <c r="A150" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="B150" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C150" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="D150" t="s">
         <v>127</v>
       </c>
       <c r="E150"/>
       <c r="F150"/>
       <c r="G150" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="H150"/>
       <c r="I150"/>
       <c r="J150" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
     </row>
     <row r="151" spans="1:10">
       <c r="A151" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="B151" t="s">
         <v>25</v>
       </c>
       <c r="C151" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="D151" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="E151" t="s">
         <v>24</v>
       </c>
       <c r="F151" t="s">
         <v>25</v>
       </c>
       <c r="G151" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="H151"/>
       <c r="I151"/>
       <c r="J151" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
     </row>
     <row r="152" spans="1:10">
       <c r="A152" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="B152" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C152" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="D152" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="E152"/>
       <c r="F152"/>
-      <c r="G152"/>
+      <c r="G152" t="s">
+        <v>799</v>
+      </c>
       <c r="H152" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="I152" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="J152" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="B153" t="s">
         <v>25</v>
       </c>
       <c r="C153" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="D153" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="E153" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F153" t="s">
         <v>25</v>
       </c>
       <c r="G153" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="H153" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
     </row>
     <row r="154" spans="1:10">
       <c r="A154" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="B154" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="C154" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="D154" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="E154" t="s">
         <v>24</v>
       </c>
       <c r="F154"/>
       <c r="G154" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="H154"/>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
     </row>
     <row r="155" spans="1:10">
       <c r="A155" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="B155" t="s">
         <v>25</v>
       </c>
       <c r="C155" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D155" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="E155" t="s">
         <v>24</v>
       </c>
       <c r="F155" t="s">
         <v>25</v>
       </c>
       <c r="G155" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="H155"/>
       <c r="I155"/>
       <c r="J155" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
     </row>
     <row r="156" spans="1:10">
       <c r="A156" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="B156" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C156" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="D156" t="s">
         <v>88</v>
       </c>
       <c r="E156" t="s">
         <v>24</v>
       </c>
       <c r="F156" t="s">
         <v>25</v>
       </c>
       <c r="G156" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="H156" t="s">
         <v>90</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
     </row>
     <row r="157" spans="1:10">
       <c r="A157" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="B157" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C157" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="D157" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="E157" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F157" t="s">
         <v>25</v>
       </c>
       <c r="G157" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="H157" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="I157"/>
       <c r="J157" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
     </row>
     <row r="158" spans="1:10">
       <c r="A158" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="B158" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C158" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="D158"/>
       <c r="E158"/>
       <c r="F158"/>
       <c r="G158"/>
       <c r="H158"/>
       <c r="I158"/>
       <c r="J158" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="159" spans="1:10">
       <c r="A159" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="B159" t="s">
         <v>25</v>
       </c>
       <c r="C159" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="D159" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="E159" t="s">
         <v>24</v>
       </c>
       <c r="F159" t="s">
         <v>25</v>
       </c>
       <c r="G159" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="H159"/>
       <c r="I159"/>
       <c r="J159" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
     </row>
     <row r="160" spans="1:10">
       <c r="A160" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="B160" t="s">
         <v>93</v>
       </c>
       <c r="C160" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="D160" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="E160"/>
       <c r="F160"/>
       <c r="G160" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="H160"/>
       <c r="I160"/>
       <c r="J160" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
     </row>
     <row r="161" spans="1:10">
       <c r="A161" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="B161" t="s">
         <v>25</v>
       </c>
       <c r="C161" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="D161" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E161" t="s">
         <v>24</v>
       </c>
       <c r="F161" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="G161" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="H161"/>
       <c r="I161" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="J161" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
     </row>
     <row r="162" spans="1:10">
       <c r="A162" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="B162" t="s">
         <v>25</v>
       </c>
       <c r="C162" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="D162" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="E162" t="s">
         <v>24</v>
       </c>
       <c r="F162" t="s">
         <v>25</v>
       </c>
       <c r="G162" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="H162"/>
       <c r="I162"/>
       <c r="J162" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
     </row>
     <row r="163" spans="1:10">
       <c r="A163" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="B163" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="C163" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="D163" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="E163" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F163" t="s">
         <v>25</v>
       </c>
       <c r="G163" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="H163"/>
       <c r="I163"/>
       <c r="J163" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
     </row>
     <row r="164" spans="1:10">
       <c r="A164" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="B164" t="s">
         <v>139</v>
       </c>
       <c r="C164" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="D164" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="E164"/>
       <c r="F164"/>
       <c r="G164"/>
       <c r="H164"/>
       <c r="I164" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="J164" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
     </row>
     <row r="165" spans="1:10">
       <c r="A165" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="B165" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C165" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="D165" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="E165" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F165" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G165" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="H165"/>
       <c r="I165" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="J165" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
     </row>
     <row r="166" spans="1:10">
       <c r="A166" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="B166" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C166" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="D166" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="E166" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F166" t="s">
         <v>25</v>
       </c>
       <c r="G166" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="H166"/>
       <c r="I166"/>
       <c r="J166" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
     </row>
     <row r="167" spans="1:10">
       <c r="A167" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="B167" t="s">
         <v>37</v>
       </c>
       <c r="C167" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="D167" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="E167"/>
       <c r="F167"/>
       <c r="G167" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="H167"/>
       <c r="I167"/>
       <c r="J167" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
     </row>
     <row r="168" spans="1:10">
       <c r="A168" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="B168" t="s">
         <v>43</v>
       </c>
       <c r="C168" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="D168" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="E168"/>
       <c r="F168"/>
       <c r="G168" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="H168"/>
       <c r="I168" t="s">
-        <v>873</v>
+        <v>318</v>
       </c>
       <c r="J168" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
     </row>
     <row r="169" spans="1:10">
       <c r="A169" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="B169" t="s">
         <v>25</v>
       </c>
       <c r="C169" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="D169" t="s">
         <v>62</v>
       </c>
       <c r="E169" t="s">
         <v>24</v>
       </c>
       <c r="F169" t="s">
         <v>25</v>
       </c>
       <c r="G169" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="H169"/>
       <c r="I169"/>
       <c r="J169" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="B170" t="s">
         <v>43</v>
       </c>
       <c r="C170" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="D170" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="E170"/>
       <c r="F170"/>
       <c r="G170" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="H170"/>
       <c r="I170"/>
       <c r="J170" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="B171" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C171" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="D171" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="E171" t="s">
         <v>24</v>
       </c>
       <c r="F171" t="s">
         <v>25</v>
       </c>
       <c r="G171" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="H171" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="I171"/>
       <c r="J171" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="B172" t="s">
         <v>37</v>
       </c>
       <c r="C172" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="D172" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="E172"/>
       <c r="F172"/>
       <c r="G172" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="H172"/>
       <c r="I172"/>
       <c r="J172" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
     </row>
     <row r="173" spans="1:10">
       <c r="A173" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="B173" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="C173" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="D173" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="E173" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="F173" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G173" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="H173" t="s">
         <v>27</v>
       </c>
       <c r="I173"/>
       <c r="J173" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="B174" t="s">
         <v>25</v>
       </c>
       <c r="C174" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="D174" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="E174" t="s">
         <v>24</v>
       </c>
       <c r="F174" t="s">
         <v>25</v>
       </c>
       <c r="G174" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="H174"/>
       <c r="I174" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="J174" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="B175" t="s">
         <v>115</v>
       </c>
       <c r="C175" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="D175" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="E175"/>
       <c r="F175"/>
       <c r="G175" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="H175"/>
       <c r="I175"/>
       <c r="J175" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="B176" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C176" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="D176" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E176" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F176" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G176" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="H176"/>
       <c r="I176"/>
       <c r="J176" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="B177" t="s">
         <v>25</v>
       </c>
       <c r="C177" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="D177" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="E177" t="s">
         <v>24</v>
       </c>
       <c r="F177" t="s">
         <v>25</v>
       </c>
       <c r="G177" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="H177" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="I177" t="s">
         <v>136</v>
       </c>
       <c r="J177" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="B178" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C178" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="D178" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="E178" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F178" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G178" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="H178"/>
       <c r="I178"/>
       <c r="J178" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
     </row>
     <row r="179" spans="1:10">
       <c r="A179" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="B179" t="s">
         <v>43</v>
       </c>
       <c r="C179" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="D179" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="E179"/>
       <c r="F179"/>
       <c r="G179" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="H179"/>
       <c r="I179"/>
       <c r="J179" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
     </row>
     <row r="180" spans="1:10">
       <c r="A180" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="B180" t="s">
         <v>25</v>
       </c>
       <c r="C180" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="D180" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="E180" t="s">
         <v>24</v>
       </c>
       <c r="F180" t="s">
         <v>25</v>
       </c>
       <c r="G180" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="H180" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="I180" t="s">
-        <v>935</v>
+        <v>648</v>
       </c>
       <c r="J180" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
     </row>
     <row r="181" spans="1:10">
       <c r="A181" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="B181" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C181" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="D181" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="E181" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="F181" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G181" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="H181"/>
       <c r="I181"/>
       <c r="J181" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
     </row>
     <row r="182" spans="1:10">
       <c r="A182" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="B182" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C182" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="D182" t="s">
         <v>111</v>
       </c>
       <c r="E182" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F182" t="s">
         <v>25</v>
       </c>
       <c r="G182" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="H182"/>
       <c r="I182"/>
       <c r="J182" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
     </row>
     <row r="183" spans="1:10">
       <c r="A183" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="B183" t="s">
         <v>25</v>
       </c>
       <c r="C183" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="D183" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="E183" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F183" t="s">
         <v>25</v>
       </c>
       <c r="G183" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="H183" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="I183"/>
       <c r="J183" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
     </row>
     <row r="184" spans="1:10">
       <c r="A184" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="B184" t="s">
         <v>139</v>
       </c>
       <c r="C184" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="D184" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E184"/>
       <c r="F184"/>
       <c r="G184" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="H184"/>
       <c r="I184"/>
       <c r="J184" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
     </row>
     <row r="185" spans="1:10">
       <c r="A185" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="B185" t="s">
         <v>25</v>
       </c>
       <c r="C185" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="D185" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E185" t="s">
         <v>24</v>
       </c>
       <c r="F185"/>
       <c r="G185" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="H185"/>
       <c r="I185" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="J185" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
     </row>
     <row r="186" spans="1:10">
       <c r="A186" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="B186" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C186" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="D186" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="E186" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F186" t="s">
         <v>25</v>
       </c>
       <c r="G186" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="H186"/>
       <c r="I186" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="J186" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
     </row>
     <row r="187" spans="1:10">
       <c r="A187" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="B187" t="s">
         <v>21</v>
       </c>
       <c r="C187" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="D187" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="E187" t="s">
         <v>24</v>
       </c>
       <c r="F187" t="s">
         <v>25</v>
       </c>
       <c r="G187" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="H187" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="I187"/>
       <c r="J187" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
     </row>
     <row r="188" spans="1:10">
       <c r="A188" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="B188" t="s">
         <v>25</v>
       </c>
       <c r="C188" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="D188" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="E188" t="s">
         <v>24</v>
       </c>
       <c r="F188"/>
       <c r="G188" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="H188" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
     </row>
     <row r="189" spans="1:10">
       <c r="A189" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="B189" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="C189" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="D189" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="E189"/>
       <c r="F189"/>
       <c r="G189" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="H189"/>
       <c r="I189"/>
       <c r="J189" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
     </row>
     <row r="190" spans="1:10">
       <c r="A190" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="B190" t="s">
         <v>25</v>
       </c>
       <c r="C190" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="D190" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="E190" t="s">
         <v>24</v>
       </c>
       <c r="F190" t="s">
         <v>25</v>
       </c>
       <c r="G190" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="H190"/>
       <c r="I190"/>
       <c r="J190" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
     </row>
     <row r="191" spans="1:10">
       <c r="A191" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="B191" t="s">
         <v>25</v>
       </c>
       <c r="C191" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="D191" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="E191" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="F191" t="s">
         <v>25</v>
       </c>
       <c r="G191" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="H191" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="I191"/>
       <c r="J191" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
     </row>
     <row r="192" spans="1:10">
       <c r="A192" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="B192" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C192" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="D192" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="E192"/>
       <c r="F192"/>
       <c r="G192" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="H192" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="I192"/>
       <c r="J192" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="193" spans="1:10">
       <c r="A193" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="B193" t="s">
         <v>43</v>
       </c>
       <c r="C193" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="D193" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="E193"/>
       <c r="F193"/>
       <c r="G193" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="H193"/>
       <c r="I193"/>
       <c r="J193" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="194" spans="1:10">
       <c r="A194" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="B194" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C194" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="D194" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="E194" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="F194" t="s">
         <v>25</v>
       </c>
       <c r="G194" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="H194"/>
       <c r="I194"/>
       <c r="J194" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="195" spans="1:10">
       <c r="A195" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="B195" t="s">
         <v>43</v>
       </c>
       <c r="C195" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="D195" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="E195"/>
       <c r="F195"/>
       <c r="G195" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="H195"/>
       <c r="I195" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="J195" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="196" spans="1:10">
       <c r="A196" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="B196" t="s">
         <v>139</v>
       </c>
       <c r="C196" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="D196" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="E196"/>
       <c r="F196"/>
       <c r="G196" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="H196"/>
       <c r="I196"/>
       <c r="J196" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="197" spans="1:10">
       <c r="A197" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="B197" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C197" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="D197" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="E197" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F197" t="s">
         <v>25</v>
       </c>
       <c r="G197" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="H197"/>
       <c r="I197"/>
       <c r="J197" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="198" spans="1:10">
       <c r="A198" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="B198" t="s">
         <v>43</v>
       </c>
       <c r="C198" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D198" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="E198"/>
       <c r="F198"/>
       <c r="G198" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="H198" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="I198"/>
       <c r="J198" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="199" spans="1:10">
       <c r="A199" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="B199" t="s">
         <v>37</v>
       </c>
       <c r="C199" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="D199" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="E199"/>
       <c r="F199"/>
       <c r="G199" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="H199" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="I199"/>
       <c r="J199" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="B200" t="s">
         <v>43</v>
       </c>
       <c r="C200" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="D200" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="E200"/>
       <c r="F200"/>
       <c r="G200" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="H200"/>
       <c r="I200"/>
       <c r="J200" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="201" spans="1:10">
       <c r="A201" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="B201" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="C201" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="D201" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="E201" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F201" t="s">
         <v>25</v>
       </c>
       <c r="G201" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="H201" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="I201"/>
       <c r="J201" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="202" spans="1:10">
       <c r="A202" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="B202" t="s">
         <v>43</v>
       </c>
       <c r="C202" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="D202" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="E202"/>
       <c r="F202"/>
       <c r="G202" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="H202" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="I202"/>
       <c r="J202" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="203" spans="1:10">
       <c r="A203" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="B203" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C203" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="D203" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="E203" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F203" t="s">
         <v>25</v>
       </c>
       <c r="G203" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="H203"/>
       <c r="I203"/>
       <c r="J203" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="204" spans="1:10">
       <c r="A204" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="B204" t="s">
         <v>139</v>
       </c>
       <c r="C204" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="D204" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="E204"/>
       <c r="F204"/>
       <c r="G204"/>
       <c r="H204"/>
       <c r="I204"/>
       <c r="J204" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="205" spans="1:10">
       <c r="A205" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="B205" t="s">
         <v>43</v>
       </c>
       <c r="C205" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="D205" t="s">
         <v>127</v>
       </c>
       <c r="E205"/>
       <c r="F205"/>
       <c r="G205" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="H205" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="I205" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="J205" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="206" spans="1:10">
       <c r="A206" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="B206" t="s">
         <v>25</v>
       </c>
       <c r="C206" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="D206" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="E206" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="F206" t="s">
         <v>25</v>
       </c>
       <c r="G206" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="H206" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="I206"/>
       <c r="J206" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="207" spans="1:10">
       <c r="A207" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="B207" t="s">
         <v>37</v>
       </c>
       <c r="C207" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="D207" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="E207"/>
       <c r="F207"/>
       <c r="G207" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="H207" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="I207" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="J207" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
     </row>
     <row r="208" spans="1:10">
       <c r="A208" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="B208" t="s">
         <v>25</v>
       </c>
       <c r="C208" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="D208" t="s">
         <v>122</v>
       </c>
       <c r="E208" t="s">
         <v>24</v>
       </c>
       <c r="F208" t="s">
         <v>25</v>
       </c>
       <c r="G208" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="H208"/>
       <c r="I208" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="J208" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="209" spans="1:10">
       <c r="A209" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="B209" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C209" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="D209" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="E209" t="s">
         <v>24</v>
       </c>
       <c r="F209" t="s">
         <v>25</v>
       </c>
       <c r="G209" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="H209" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="I209"/>
       <c r="J209" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="210" spans="1:10">
       <c r="A210" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="B210" t="s">
         <v>43</v>
       </c>
       <c r="C210" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="D210" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="E210"/>
       <c r="F210"/>
       <c r="G210" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="H210"/>
       <c r="I210" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="J210" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="211" spans="1:10">
       <c r="A211" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="B211" t="s">
         <v>25</v>
       </c>
       <c r="C211" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="D211" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="E211" t="s">
         <v>24</v>
       </c>
       <c r="F211"/>
       <c r="G211" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="H211"/>
       <c r="I211" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="J211" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="212" spans="1:10">
       <c r="A212" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="B212" t="s">
         <v>21</v>
       </c>
       <c r="C212" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D212" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="E212" t="s">
         <v>24</v>
       </c>
       <c r="F212" t="s">
         <v>25</v>
       </c>
       <c r="G212" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="H212" t="s">
         <v>139</v>
       </c>
       <c r="I212"/>
       <c r="J212" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="213" spans="1:10">
       <c r="A213" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="B213" t="s">
         <v>43</v>
       </c>
       <c r="C213" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="D213" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="E213"/>
       <c r="F213"/>
       <c r="G213" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="H213"/>
       <c r="I213" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="J213" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
     </row>
     <row r="214" spans="1:10">
       <c r="A214" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="B214" t="s">
         <v>60</v>
       </c>
       <c r="C214" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="D214" t="s">
         <v>70</v>
       </c>
       <c r="E214" t="s">
         <v>24</v>
       </c>
       <c r="F214" t="s">
         <v>25</v>
       </c>
       <c r="G214" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="H214" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="I214"/>
       <c r="J214" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="215" spans="1:10">
       <c r="A215" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="B215" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="C215" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="D215" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="E215"/>
       <c r="F215"/>
       <c r="G215" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="H215"/>
       <c r="I215"/>
       <c r="J215" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="216" spans="1:10">
       <c r="A216" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="B216" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="C216" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="D216" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="E216"/>
       <c r="F216"/>
       <c r="G216" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="H216"/>
       <c r="I216"/>
       <c r="J216" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="217" spans="1:10">
       <c r="A217" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="B217" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C217" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="D217" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="E217" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F217" t="s">
         <v>25</v>
       </c>
       <c r="G217" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="H217"/>
       <c r="I217"/>
       <c r="J217" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="218" spans="1:10">
       <c r="A218" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="B218" t="s">
         <v>25</v>
       </c>
       <c r="C218" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="D218" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="E218" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F218" t="s">
         <v>25</v>
       </c>
       <c r="G218" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="H218"/>
       <c r="I218"/>
       <c r="J218" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="B219" t="s">
         <v>139</v>
       </c>
       <c r="C219" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="D219" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="E219"/>
       <c r="F219"/>
       <c r="G219"/>
       <c r="H219"/>
       <c r="I219"/>
       <c r="J219" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="B220" t="s">
         <v>25</v>
       </c>
       <c r="C220" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="D220" t="s">
         <v>23</v>
       </c>
       <c r="E220" t="s">
         <v>24</v>
       </c>
       <c r="F220"/>
       <c r="G220" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="H220"/>
       <c r="I220" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="J220" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="221" spans="1:10">
       <c r="A221" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="B221" t="s">
         <v>25</v>
       </c>
       <c r="C221" t="s">
         <v>44</v>
       </c>
       <c r="D221" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="E221" t="s">
         <v>24</v>
       </c>
       <c r="F221" t="s">
         <v>25</v>
       </c>
       <c r="G221" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="H221" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="I221"/>
       <c r="J221" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="B222" t="s">
         <v>37</v>
       </c>
       <c r="C222" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D222" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="E222"/>
       <c r="F222"/>
       <c r="G222" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="H222"/>
       <c r="I222"/>
       <c r="J222" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="B223" t="s">
         <v>25</v>
       </c>
       <c r="C223" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="D223" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="E223" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F223" t="s">
         <v>25</v>
       </c>
       <c r="G223" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="H223"/>
       <c r="I223"/>
       <c r="J223" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="B224" t="s">
         <v>37</v>
       </c>
       <c r="C224" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D224" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="E224"/>
       <c r="F224"/>
       <c r="G224"/>
       <c r="H224"/>
       <c r="I224"/>
       <c r="J224" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="B225" t="s">
         <v>25</v>
       </c>
       <c r="C225" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="D225" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="E225" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F225"/>
       <c r="G225" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="H225"/>
       <c r="I225" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="J225" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="226" spans="1:10">
       <c r="A226" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="B226" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="C226" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="D226" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="E226"/>
       <c r="F226"/>
       <c r="G226"/>
       <c r="H226"/>
       <c r="I226"/>
       <c r="J226" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="227" spans="1:10">
       <c r="A227" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="B227" t="s">
         <v>43</v>
       </c>
       <c r="C227" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D227" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="E227"/>
       <c r="F227"/>
       <c r="G227" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="H227"/>
       <c r="I227"/>
       <c r="J227" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="228" spans="1:10">
       <c r="A228" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="B228" t="s">
         <v>43</v>
       </c>
       <c r="C228" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="D228" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="E228"/>
       <c r="F228"/>
       <c r="G228" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="H228"/>
       <c r="I228"/>
       <c r="J228" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="229" spans="1:10">
       <c r="A229" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="B229" t="s">
         <v>37</v>
       </c>
       <c r="C229" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="D229"/>
       <c r="E229"/>
       <c r="F229"/>
       <c r="G229" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="H229" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="I229" t="s">
-        <v>1175</v>
+        <v>482</v>
       </c>
       <c r="J229" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="230" spans="1:10">
       <c r="A230" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="B230" t="s">
         <v>68</v>
       </c>
       <c r="C230" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="D230" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="E230"/>
       <c r="F230"/>
       <c r="G230" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="H230"/>
       <c r="I230"/>
       <c r="J230" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="231" spans="1:10">
       <c r="A231" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="B231" t="s">
         <v>25</v>
       </c>
       <c r="C231" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="D231" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="E231" t="s">
         <v>24</v>
       </c>
       <c r="F231" t="s">
         <v>25</v>
       </c>
       <c r="G231" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="H231" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="I231" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="J231" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="232" spans="1:10">
       <c r="A232" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="B232" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C232" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="D232" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="E232" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F232" t="s">
         <v>25</v>
       </c>
       <c r="G232" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="H232" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="I232"/>
       <c r="J232" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="233" spans="1:10">
       <c r="A233" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="B233" t="s">
         <v>139</v>
       </c>
       <c r="C233" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="D233" t="s">
         <v>82</v>
       </c>
       <c r="E233"/>
       <c r="F233"/>
       <c r="G233" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="H233"/>
       <c r="I233"/>
       <c r="J233" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="234" spans="1:10">
       <c r="A234" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="B234" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="C234" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="D234" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="E234"/>
       <c r="F234"/>
       <c r="G234" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="H234" t="s">
         <v>139</v>
       </c>
       <c r="I234"/>
       <c r="J234" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="235" spans="1:10">
       <c r="A235" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="B235" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C235" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="D235" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="E235" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F235" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G235" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="H235"/>
       <c r="I235" t="s">
-        <v>1206</v>
+        <v>1138</v>
       </c>
       <c r="J235" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="236" spans="1:10">
       <c r="A236" t="s">
         <v>1208</v>
       </c>
       <c r="B236" t="s">
         <v>1209</v>
       </c>
       <c r="C236" t="s">
         <v>38</v>
       </c>
       <c r="D236" t="s">
         <v>1210</v>
       </c>
       <c r="E236"/>
       <c r="F236"/>
       <c r="G236"/>
       <c r="H236"/>
       <c r="I236"/>
       <c r="J236" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
     </row>
     <row r="237" spans="1:10">
       <c r="A237" t="s">
         <v>1211</v>
       </c>
       <c r="B237" t="s">
         <v>21</v>
       </c>
       <c r="C237" t="s">
         <v>1212</v>
       </c>
       <c r="D237" t="s">
         <v>1213</v>
       </c>
       <c r="E237" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F237" t="s">
         <v>25</v>
       </c>
       <c r="G237" t="s">
         <v>1214</v>
       </c>
       <c r="H237" t="s">
         <v>1215</v>
       </c>
       <c r="I237" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="J237" t="s">
         <v>1216</v>
       </c>
     </row>
     <row r="238" spans="1:10">
       <c r="A238" t="s">
         <v>1217</v>
       </c>
       <c r="B238" t="s">
         <v>139</v>
       </c>
       <c r="C238" t="s">
         <v>1218</v>
       </c>
       <c r="D238" t="s">
         <v>1219</v>
       </c>
       <c r="E238"/>
       <c r="F238"/>
       <c r="G238" t="s">
         <v>1220</v>
       </c>
       <c r="H238" t="s">
         <v>1221</v>
       </c>
       <c r="I238"/>
       <c r="J238" t="s">
         <v>1222</v>
       </c>
     </row>
     <row r="239" spans="1:10">
       <c r="A239" t="s">
         <v>1223</v>
       </c>
       <c r="B239" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C239" t="s">
         <v>1224</v>
       </c>
       <c r="D239" t="s">
         <v>1225</v>
       </c>
       <c r="E239"/>
       <c r="F239"/>
       <c r="G239" t="s">
         <v>1226</v>
       </c>
       <c r="H239" t="s">
         <v>1227</v>
       </c>
       <c r="I239"/>
       <c r="J239" t="s">
         <v>1228</v>
       </c>
     </row>
     <row r="240" spans="1:10">
       <c r="A240" t="s">
         <v>1229</v>
       </c>
       <c r="B240" t="s">
         <v>1230</v>
       </c>
       <c r="C240" t="s">
         <v>1231</v>
       </c>
       <c r="D240" t="s">
         <v>32</v>
       </c>
       <c r="E240" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F240" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G240" t="s">
         <v>1232</v>
       </c>
       <c r="H240" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="I240"/>
       <c r="J240" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="241" spans="1:10">
       <c r="A241" t="s">
         <v>1234</v>
       </c>
       <c r="B241" t="s">
         <v>25</v>
       </c>
       <c r="C241" t="s">
         <v>1235</v>
       </c>
       <c r="D241" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="E241" t="s">
         <v>24</v>
       </c>
       <c r="F241" t="s">
         <v>25</v>
       </c>
       <c r="G241" t="s">
         <v>1236</v>
       </c>
       <c r="H241"/>
       <c r="I241"/>
       <c r="J241" t="s">
         <v>1237</v>
       </c>
     </row>
     <row r="242" spans="1:10">
       <c r="A242" t="s">
         <v>1238</v>
       </c>
       <c r="B242" t="s">
         <v>25</v>
       </c>
       <c r="C242" t="s">
         <v>1239</v>
@@ -21649,87 +21661,87 @@
       <c r="D242" t="s">
         <v>32</v>
       </c>
       <c r="E242" t="s">
         <v>24</v>
       </c>
       <c r="F242" t="s">
         <v>25</v>
       </c>
       <c r="G242" t="s">
         <v>1240</v>
       </c>
       <c r="H242" t="s">
         <v>1241</v>
       </c>
       <c r="I242"/>
       <c r="J242" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="243" spans="1:10">
       <c r="A243" t="s">
         <v>1243</v>
       </c>
       <c r="B243" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C243" t="s">
         <v>1244</v>
       </c>
       <c r="D243" t="s">
         <v>1245</v>
       </c>
       <c r="E243" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F243" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G243" t="s">
         <v>1246</v>
       </c>
       <c r="H243" t="s">
         <v>27</v>
       </c>
       <c r="I243"/>
       <c r="J243" t="s">
         <v>1247</v>
       </c>
     </row>
     <row r="244" spans="1:10">
       <c r="A244" t="s">
         <v>1248</v>
       </c>
       <c r="B244" t="s">
         <v>25</v>
       </c>
       <c r="C244" t="s">
         <v>1249</v>
       </c>
       <c r="D244" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="E244" t="s">
         <v>24</v>
       </c>
       <c r="F244" t="s">
         <v>25</v>
       </c>
       <c r="G244" t="s">
         <v>1250</v>
       </c>
       <c r="H244"/>
       <c r="I244" t="s">
         <v>1251</v>
       </c>
       <c r="J244" t="s">
         <v>1252</v>
       </c>
     </row>
     <row r="245" spans="1:10">
       <c r="A245" t="s">
         <v>1253</v>
       </c>
       <c r="B245" t="s">
         <v>25</v>
       </c>
@@ -21739,1460 +21751,1460 @@
       <c r="D245" t="s">
         <v>1255</v>
       </c>
       <c r="E245" t="s">
         <v>24</v>
       </c>
       <c r="F245"/>
       <c r="G245" t="s">
         <v>1256</v>
       </c>
       <c r="H245" t="s">
         <v>1257</v>
       </c>
       <c r="I245" t="s">
         <v>1258</v>
       </c>
       <c r="J245" t="s">
         <v>1259</v>
       </c>
     </row>
     <row r="246" spans="1:10">
       <c r="A246" t="s">
         <v>1260</v>
       </c>
       <c r="B246" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C246" t="s">
         <v>1261</v>
       </c>
       <c r="D246" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="E246" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F246"/>
       <c r="G246" t="s">
         <v>1262</v>
       </c>
       <c r="H246"/>
       <c r="I246"/>
       <c r="J246" t="s">
         <v>1263</v>
       </c>
     </row>
     <row r="247" spans="1:10">
       <c r="A247" t="s">
         <v>1264</v>
       </c>
       <c r="B247" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C247" t="s">
         <v>1265</v>
       </c>
       <c r="D247" t="s">
         <v>1266</v>
       </c>
       <c r="E247" t="s">
         <v>24</v>
       </c>
       <c r="F247" t="s">
         <v>25</v>
       </c>
       <c r="G247" t="s">
         <v>1267</v>
       </c>
       <c r="H247"/>
       <c r="I247"/>
       <c r="J247" t="s">
         <v>1268</v>
       </c>
     </row>
     <row r="248" spans="1:10">
       <c r="A248" t="s">
         <v>1269</v>
       </c>
       <c r="B248" t="s">
         <v>139</v>
       </c>
       <c r="C248" t="s">
         <v>1270</v>
       </c>
       <c r="D248" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="E248"/>
       <c r="F248"/>
       <c r="G248" t="s">
         <v>1271</v>
       </c>
       <c r="H248"/>
       <c r="I248"/>
       <c r="J248" t="s">
         <v>1222</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249" t="s">
         <v>1272</v>
       </c>
       <c r="B249" t="s">
         <v>25</v>
       </c>
       <c r="C249" t="s">
         <v>1273</v>
       </c>
       <c r="D249" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E249" t="s">
         <v>24</v>
       </c>
       <c r="F249" t="s">
         <v>25</v>
       </c>
       <c r="G249" t="s">
         <v>1274</v>
       </c>
       <c r="H249" t="s">
         <v>1275</v>
       </c>
       <c r="I249"/>
       <c r="J249" t="s">
         <v>1276</v>
       </c>
     </row>
     <row r="250" spans="1:10">
       <c r="A250" t="s">
         <v>1277</v>
       </c>
       <c r="B250" t="s">
         <v>25</v>
       </c>
       <c r="C250" t="s">
         <v>1278</v>
       </c>
       <c r="D250" t="s">
         <v>122</v>
       </c>
       <c r="E250"/>
       <c r="F250" t="s">
         <v>25</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="I250"/>
       <c r="J250" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="251" spans="1:10">
       <c r="A251" t="s">
         <v>1280</v>
       </c>
       <c r="B251" t="s">
         <v>43</v>
       </c>
       <c r="C251" t="s">
         <v>1281</v>
       </c>
       <c r="D251" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="E251"/>
       <c r="F251"/>
       <c r="G251" t="s">
         <v>1282</v>
       </c>
       <c r="H251" t="s">
         <v>1283</v>
       </c>
       <c r="I251" t="s">
         <v>1284</v>
       </c>
       <c r="J251" t="s">
         <v>1285</v>
       </c>
     </row>
     <row r="252" spans="1:10">
       <c r="A252" t="s">
         <v>1286</v>
       </c>
       <c r="B252" t="s">
         <v>37</v>
       </c>
       <c r="C252" t="s">
         <v>1287</v>
       </c>
       <c r="D252" t="s">
         <v>1288</v>
       </c>
       <c r="E252"/>
       <c r="F252"/>
       <c r="G252" t="s">
         <v>1289</v>
       </c>
       <c r="H252"/>
       <c r="I252"/>
       <c r="J252" t="s">
         <v>1290</v>
       </c>
     </row>
     <row r="253" spans="1:10">
       <c r="A253" t="s">
         <v>1291</v>
       </c>
       <c r="B253" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C253" t="s">
         <v>1292</v>
       </c>
       <c r="D253" t="s">
         <v>1293</v>
       </c>
       <c r="E253" t="s">
         <v>24</v>
       </c>
       <c r="F253" t="s">
         <v>25</v>
       </c>
       <c r="G253" t="s">
         <v>1294</v>
       </c>
       <c r="H253" t="s">
         <v>1295</v>
       </c>
       <c r="I253"/>
       <c r="J253" t="s">
         <v>1296</v>
       </c>
     </row>
     <row r="254" spans="1:10">
       <c r="A254" t="s">
         <v>1297</v>
       </c>
       <c r="B254" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="C254" t="s">
         <v>1298</v>
       </c>
       <c r="D254" t="s">
         <v>1299</v>
       </c>
       <c r="E254" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F254" t="s">
         <v>25</v>
       </c>
       <c r="G254" t="s">
         <v>1300</v>
       </c>
       <c r="H254" t="s">
         <v>1301</v>
       </c>
       <c r="I254"/>
       <c r="J254" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="255" spans="1:10">
       <c r="A255" t="s">
         <v>1303</v>
       </c>
       <c r="B255" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C255" t="s">
         <v>1304</v>
       </c>
       <c r="D255" t="s">
         <v>1305</v>
       </c>
       <c r="E255" t="s">
         <v>24</v>
       </c>
       <c r="F255"/>
       <c r="G255" t="s">
         <v>1306</v>
       </c>
       <c r="H255"/>
       <c r="I255" t="s">
         <v>1307</v>
       </c>
       <c r="J255" t="s">
         <v>1308</v>
       </c>
     </row>
     <row r="256" spans="1:10">
       <c r="A256" t="s">
         <v>1309</v>
       </c>
       <c r="B256" t="s">
         <v>25</v>
       </c>
       <c r="C256" t="s">
         <v>1310</v>
       </c>
       <c r="D256" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E256" t="s">
         <v>24</v>
       </c>
       <c r="F256" t="s">
         <v>25</v>
       </c>
       <c r="G256" t="s">
         <v>1311</v>
       </c>
       <c r="H256"/>
       <c r="I256"/>
       <c r="J256" t="s">
         <v>1312</v>
       </c>
     </row>
     <row r="257" spans="1:10">
       <c r="A257" t="s">
         <v>1313</v>
       </c>
       <c r="B257" t="s">
         <v>139</v>
       </c>
       <c r="C257" t="s">
         <v>1314</v>
       </c>
       <c r="D257" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E257"/>
       <c r="F257"/>
       <c r="G257"/>
       <c r="H257"/>
       <c r="I257"/>
       <c r="J257" t="s">
         <v>1315</v>
       </c>
     </row>
     <row r="258" spans="1:10">
       <c r="A258" t="s">
         <v>1316</v>
       </c>
       <c r="B258" t="s">
         <v>25</v>
       </c>
       <c r="C258" t="s">
         <v>1317</v>
       </c>
       <c r="D258" t="s">
         <v>1318</v>
       </c>
       <c r="E258" t="s">
         <v>24</v>
       </c>
       <c r="F258"/>
       <c r="G258" t="s">
         <v>1319</v>
       </c>
       <c r="H258" t="s">
         <v>1320</v>
       </c>
       <c r="I258" t="s">
         <v>1321</v>
       </c>
       <c r="J258" t="s">
         <v>1322</v>
       </c>
     </row>
     <row r="259" spans="1:10">
       <c r="A259" t="s">
         <v>1323</v>
       </c>
       <c r="B259" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="C259" t="s">
         <v>1324</v>
       </c>
       <c r="D259" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="E259" t="s">
         <v>24</v>
       </c>
       <c r="F259" t="s">
         <v>25</v>
       </c>
       <c r="G259" t="s">
         <v>1325</v>
       </c>
       <c r="H259"/>
       <c r="I259" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="J259" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="260" spans="1:10">
       <c r="A260" t="s">
         <v>1327</v>
       </c>
       <c r="B260" t="s">
         <v>25</v>
       </c>
       <c r="C260" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="D260" t="s">
         <v>1328</v>
       </c>
       <c r="E260" t="s">
         <v>24</v>
       </c>
       <c r="F260" t="s">
         <v>25</v>
       </c>
       <c r="G260" t="s">
         <v>1329</v>
       </c>
       <c r="H260"/>
       <c r="I260"/>
       <c r="J260" t="s">
         <v>1330</v>
       </c>
     </row>
     <row r="261" spans="1:10">
       <c r="A261" t="s">
         <v>1331</v>
       </c>
       <c r="B261" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C261" t="s">
         <v>1332</v>
       </c>
       <c r="D261" t="s">
         <v>1333</v>
       </c>
       <c r="E261"/>
       <c r="F261"/>
       <c r="G261" t="s">
         <v>1334</v>
       </c>
       <c r="H261" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="I261"/>
       <c r="J261" t="s">
         <v>1335</v>
       </c>
     </row>
     <row r="262" spans="1:10">
       <c r="A262" t="s">
         <v>1336</v>
       </c>
       <c r="B262" t="s">
         <v>115</v>
       </c>
       <c r="C262" t="s">
         <v>1337</v>
       </c>
       <c r="D262" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="E262"/>
       <c r="F262"/>
       <c r="G262" t="s">
         <v>1338</v>
       </c>
       <c r="H262"/>
       <c r="I262"/>
       <c r="J262" t="s">
         <v>1339</v>
       </c>
     </row>
     <row r="263" spans="1:10">
       <c r="A263" t="s">
         <v>1340</v>
       </c>
       <c r="B263" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C263" t="s">
         <v>1341</v>
       </c>
       <c r="D263" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="E263"/>
       <c r="F263"/>
       <c r="G263" t="s">
         <v>1342</v>
       </c>
       <c r="H263"/>
       <c r="I263"/>
       <c r="J263" t="s">
         <v>1343</v>
       </c>
     </row>
     <row r="264" spans="1:10">
       <c r="A264" t="s">
         <v>1344</v>
       </c>
       <c r="B264" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C264" t="s">
         <v>1345</v>
       </c>
       <c r="D264" t="s">
         <v>1346</v>
       </c>
       <c r="E264"/>
       <c r="F264"/>
       <c r="G264" t="s">
         <v>1347</v>
       </c>
       <c r="H264" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="I264"/>
       <c r="J264" t="s">
         <v>1348</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265" t="s">
         <v>1349</v>
       </c>
       <c r="B265" t="s">
         <v>25</v>
       </c>
       <c r="C265" t="s">
         <v>1350</v>
       </c>
       <c r="D265" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="E265" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F265" t="s">
         <v>25</v>
       </c>
       <c r="G265" t="s">
         <v>1351</v>
       </c>
       <c r="H265"/>
       <c r="I265" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="J265" t="s">
         <v>1352</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266" t="s">
         <v>1353</v>
       </c>
       <c r="B266" t="s">
         <v>139</v>
       </c>
       <c r="C266" t="s">
         <v>1354</v>
       </c>
       <c r="D266"/>
       <c r="E266"/>
       <c r="F266"/>
       <c r="G266"/>
       <c r="H266"/>
       <c r="I266"/>
       <c r="J266" t="s">
         <v>1355</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267" t="s">
         <v>1356</v>
       </c>
       <c r="B267" t="s">
         <v>25</v>
       </c>
       <c r="C267" t="s">
         <v>1357</v>
       </c>
       <c r="D267" t="s">
         <v>32</v>
       </c>
       <c r="E267" t="s">
         <v>24</v>
       </c>
       <c r="F267" t="s">
         <v>25</v>
       </c>
       <c r="G267" t="s">
         <v>1358</v>
       </c>
       <c r="H267" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="I267"/>
       <c r="J267" t="s">
         <v>1359</v>
       </c>
     </row>
     <row r="268" spans="1:10">
       <c r="A268" t="s">
         <v>1360</v>
       </c>
       <c r="B268" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C268" t="s">
         <v>1361</v>
       </c>
       <c r="D268" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="E268" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F268" t="s">
         <v>25</v>
       </c>
       <c r="G268" t="s">
         <v>1362</v>
       </c>
       <c r="H268"/>
       <c r="I268"/>
       <c r="J268" t="s">
         <v>1363</v>
       </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269" t="s">
         <v>1364</v>
       </c>
       <c r="B269" t="s">
         <v>43</v>
       </c>
       <c r="C269" t="s">
         <v>1365</v>
       </c>
       <c r="D269" t="s">
         <v>1366</v>
       </c>
       <c r="E269"/>
       <c r="F269"/>
       <c r="G269" t="s">
         <v>1367</v>
       </c>
       <c r="H269" t="s">
         <v>1368</v>
       </c>
       <c r="I269" t="s">
         <v>1369</v>
       </c>
       <c r="J269" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270" t="s">
         <v>1370</v>
       </c>
       <c r="B270" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C270" t="s">
         <v>1371</v>
       </c>
       <c r="D270" t="s">
         <v>1372</v>
       </c>
       <c r="E270"/>
       <c r="F270"/>
       <c r="G270" t="s">
         <v>1373</v>
       </c>
       <c r="H270" t="s">
         <v>1374</v>
       </c>
       <c r="I270"/>
       <c r="J270" t="s">
         <v>1375</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271" t="s">
         <v>1376</v>
       </c>
       <c r="B271" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C271" t="s">
         <v>1377</v>
       </c>
       <c r="D271" t="s">
         <v>1378</v>
       </c>
       <c r="E271" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F271" t="s">
         <v>25</v>
       </c>
       <c r="G271" t="s">
         <v>1379</v>
       </c>
       <c r="H271"/>
       <c r="I271" t="s">
         <v>1380</v>
       </c>
       <c r="J271" t="s">
         <v>1381</v>
       </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272" t="s">
         <v>1382</v>
       </c>
       <c r="B272" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C272" t="s">
         <v>1383</v>
       </c>
       <c r="D272" t="s">
         <v>1384</v>
       </c>
       <c r="E272"/>
       <c r="F272"/>
       <c r="G272" t="s">
         <v>1385</v>
       </c>
       <c r="H272" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="I272"/>
       <c r="J272" t="s">
         <v>1386</v>
       </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273" t="s">
         <v>1387</v>
       </c>
       <c r="B273" t="s">
         <v>43</v>
       </c>
       <c r="C273" t="s">
         <v>1388</v>
       </c>
       <c r="D273" t="s">
         <v>23</v>
       </c>
       <c r="E273"/>
       <c r="F273"/>
       <c r="G273" t="s">
         <v>1389</v>
       </c>
       <c r="H273"/>
       <c r="I273" t="s">
         <v>1390</v>
       </c>
       <c r="J273" t="s">
         <v>1391</v>
       </c>
     </row>
     <row r="274" spans="1:10">
       <c r="A274" t="s">
         <v>1392</v>
       </c>
       <c r="B274" t="s">
         <v>68</v>
       </c>
       <c r="C274" t="s">
         <v>1393</v>
       </c>
       <c r="D274" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="E274"/>
       <c r="F274"/>
       <c r="G274" t="s">
         <v>1394</v>
       </c>
       <c r="H274" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="I274"/>
       <c r="J274" t="s">
         <v>1395</v>
       </c>
     </row>
     <row r="275" spans="1:10">
       <c r="A275" t="s">
         <v>1396</v>
       </c>
       <c r="B275" t="s">
         <v>115</v>
       </c>
       <c r="C275" t="s">
         <v>1397</v>
       </c>
       <c r="D275" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="E275"/>
       <c r="F275"/>
       <c r="G275" t="s">
         <v>1398</v>
       </c>
       <c r="H275"/>
       <c r="I275"/>
       <c r="J275" t="s">
         <v>1399</v>
       </c>
     </row>
     <row r="276" spans="1:10">
       <c r="A276" t="s">
         <v>1400</v>
       </c>
       <c r="B276" t="s">
         <v>43</v>
       </c>
       <c r="C276" t="s">
         <v>1401</v>
       </c>
       <c r="D276" t="s">
         <v>1402</v>
       </c>
       <c r="E276"/>
       <c r="F276"/>
       <c r="G276" t="s">
         <v>1403</v>
       </c>
       <c r="H276"/>
       <c r="I276" t="s">
         <v>1404</v>
       </c>
       <c r="J276" t="s">
         <v>1405</v>
       </c>
     </row>
     <row r="277" spans="1:10">
       <c r="A277" t="s">
         <v>1406</v>
       </c>
       <c r="B277" t="s">
         <v>43</v>
       </c>
       <c r="C277" t="s">
         <v>1407</v>
       </c>
       <c r="D277" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="E277"/>
       <c r="F277"/>
       <c r="G277" t="s">
         <v>1408</v>
       </c>
       <c r="H277"/>
       <c r="I277"/>
       <c r="J277" t="s">
         <v>1409</v>
       </c>
     </row>
     <row r="278" spans="1:10">
       <c r="A278" t="s">
         <v>1410</v>
       </c>
       <c r="B278" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C278" t="s">
         <v>1411</v>
       </c>
       <c r="D278" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="E278" t="s">
         <v>24</v>
       </c>
       <c r="F278"/>
       <c r="G278" t="s">
         <v>1412</v>
       </c>
       <c r="H278" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="I278" t="s">
-        <v>406</v>
+        <v>1413</v>
       </c>
       <c r="J278" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="279" spans="1:10">
       <c r="A279" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="B279" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C279" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="D279" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="E279" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F279" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G279" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="H279"/>
       <c r="I279"/>
       <c r="J279" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="280" spans="1:10">
       <c r="A280" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="B280" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="C280" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="D280" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="E280"/>
       <c r="F280"/>
       <c r="G280" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="H280"/>
       <c r="I280"/>
       <c r="J280" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="281" spans="1:10">
       <c r="A281" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="B281" t="s">
         <v>139</v>
       </c>
       <c r="C281" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="D281" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="E281"/>
       <c r="F281"/>
       <c r="G281" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="H281"/>
       <c r="I281"/>
       <c r="J281" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="282" spans="1:10">
       <c r="A282" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="B282" t="s">
         <v>43</v>
       </c>
       <c r="C282" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="D282" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="E282"/>
       <c r="F282"/>
       <c r="G282" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="H282"/>
       <c r="I282" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="J282" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="283" spans="1:10">
       <c r="A283" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="B283" t="s">
         <v>25</v>
       </c>
       <c r="C283" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="D283" t="s">
         <v>32</v>
       </c>
       <c r="E283" t="s">
         <v>24</v>
       </c>
       <c r="F283" t="s">
         <v>25</v>
       </c>
       <c r="G283" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="H283" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="I283"/>
       <c r="J283" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="284" spans="1:10">
       <c r="A284" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="B284" t="s">
         <v>25</v>
       </c>
       <c r="C284" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="D284" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="E284" t="s">
         <v>24</v>
       </c>
       <c r="F284" t="s">
         <v>25</v>
       </c>
       <c r="G284" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="H284" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="I284" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="J284" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="285" spans="1:10">
       <c r="A285" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="B285" t="s">
         <v>139</v>
       </c>
       <c r="C285" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="D285" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="E285"/>
       <c r="F285"/>
       <c r="G285" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="H285"/>
       <c r="I285"/>
       <c r="J285" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="286" spans="1:10">
       <c r="A286" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="B286" t="s">
         <v>43</v>
       </c>
       <c r="C286" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="D286" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="E286"/>
       <c r="F286"/>
       <c r="G286"/>
       <c r="H286"/>
       <c r="I286" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J286" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="287" spans="1:10">
       <c r="A287" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="B287" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C287" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="D287" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="E287" t="s">
         <v>24</v>
       </c>
       <c r="F287"/>
       <c r="G287" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="H287"/>
       <c r="I287"/>
       <c r="J287" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="288" spans="1:10">
       <c r="A288" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="B288" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="C288" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="D288" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="E288"/>
       <c r="F288"/>
       <c r="G288" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="H288" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="I288"/>
       <c r="J288" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="289" spans="1:10">
       <c r="A289" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="B289" t="s">
         <v>43</v>
       </c>
       <c r="C289" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D289" t="s">
         <v>45</v>
       </c>
       <c r="E289"/>
       <c r="F289"/>
       <c r="G289" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="H289" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="I289"/>
       <c r="J289" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="290" spans="1:10">
       <c r="A290" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="B290" t="s">
         <v>25</v>
       </c>
       <c r="C290" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="D290" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E290" t="s">
         <v>24</v>
       </c>
       <c r="F290"/>
       <c r="G290" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="H290"/>
       <c r="I290" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="J290" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="291" spans="1:10">
       <c r="A291" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="B291" t="s">
         <v>25</v>
       </c>
       <c r="C291" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="D291" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E291" t="s">
         <v>24</v>
       </c>
       <c r="F291" t="s">
         <v>25</v>
       </c>
       <c r="G291" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="H291"/>
       <c r="I291" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="J291" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="292" spans="1:10">
       <c r="A292" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="B292" t="s">
         <v>139</v>
       </c>
       <c r="C292" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="D292" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="E292"/>
       <c r="F292"/>
       <c r="G292"/>
       <c r="H292"/>
       <c r="I292"/>
       <c r="J292" t="s">
         <v>1355</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="B293" t="s">
         <v>25</v>
       </c>
       <c r="C293" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="D293" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="E293" t="s">
         <v>24</v>
       </c>
       <c r="F293" t="s">
         <v>25</v>
       </c>
       <c r="G293" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="H293"/>
       <c r="I293"/>
       <c r="J293" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="294" spans="1:10">
       <c r="A294" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="B294" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C294" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="D294" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="E294" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F294" t="s">
         <v>25</v>
       </c>
       <c r="G294" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="H294" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="I294" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="J294" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="295" spans="1:10">
       <c r="A295" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="B295" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C295" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="D295" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E295" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F295" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G295" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="H295"/>
       <c r="I295" t="s">
-        <v>1489</v>
+        <v>1467</v>
       </c>
       <c r="J295" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
     </row>
     <row r="296" spans="1:10">
       <c r="A296" t="s">
         <v>1490</v>
       </c>
       <c r="B296" t="s">
         <v>25</v>
       </c>
       <c r="C296" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="D296" t="s">
         <v>1299</v>
       </c>
       <c r="E296" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F296" t="s">
         <v>25</v>
       </c>
       <c r="G296" t="s">
         <v>1491</v>
       </c>
       <c r="H296" t="s">
         <v>1492</v>
       </c>
       <c r="I296"/>
       <c r="J296" t="s">
         <v>1493</v>
       </c>
     </row>
     <row r="297" spans="1:10">
       <c r="A297" t="s">
         <v>1494</v>
       </c>
       <c r="B297" t="s">
         <v>139</v>
       </c>
       <c r="C297" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="D297" t="s">
         <v>1495</v>
       </c>
       <c r="E297"/>
       <c r="F297"/>
       <c r="G297" t="s">
         <v>1496</v>
       </c>
       <c r="H297"/>
       <c r="I297"/>
       <c r="J297" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="298" spans="1:10">
       <c r="A298" t="s">
         <v>1497</v>
       </c>
       <c r="B298" t="s">
         <v>25</v>
       </c>
       <c r="C298" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D298" t="s">
         <v>1498</v>
       </c>
       <c r="E298" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F298" t="s">
         <v>25</v>
       </c>
       <c r="G298" t="s">
         <v>1499</v>
       </c>
       <c r="H298"/>
       <c r="I298"/>
       <c r="J298" t="s">
         <v>1500</v>
       </c>
     </row>
     <row r="299" spans="1:10">
       <c r="A299" t="s">
         <v>1501</v>
       </c>
       <c r="B299" t="s">
         <v>25</v>
       </c>
       <c r="C299" t="s">
         <v>1502</v>
       </c>
       <c r="D299" t="s">
         <v>1503</v>
@@ -23264,6540 +23276,6540 @@
     </row>
     <row r="302" spans="1:10">
       <c r="A302" t="s">
         <v>1517</v>
       </c>
       <c r="B302" t="s">
         <v>25</v>
       </c>
       <c r="C302" t="s">
         <v>1518</v>
       </c>
       <c r="D302" t="s">
         <v>1519</v>
       </c>
       <c r="E302" t="s">
         <v>24</v>
       </c>
       <c r="F302" t="s">
         <v>25</v>
       </c>
       <c r="G302" t="s">
         <v>1520</v>
       </c>
       <c r="H302"/>
       <c r="I302" t="s">
+        <v>688</v>
+      </c>
+      <c r="J302" t="s">
         <v>1521</v>
-      </c>
-[...1 lines deleted...]
-        <v>1522</v>
       </c>
     </row>
     <row r="303" spans="1:10">
       <c r="A303" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B303" t="s">
+        <v>25</v>
+      </c>
+      <c r="C303" t="s">
         <v>1523</v>
       </c>
-      <c r="B303" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D303" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="E303" t="s">
         <v>24</v>
       </c>
       <c r="F303"/>
       <c r="G303" t="s">
-        <v>1525</v>
+        <v>1524</v>
       </c>
       <c r="H303"/>
       <c r="I303" t="s">
+        <v>1525</v>
+      </c>
+      <c r="J303" t="s">
         <v>1526</v>
-      </c>
-[...1 lines deleted...]
-        <v>1527</v>
       </c>
     </row>
     <row r="304" spans="1:10">
       <c r="A304" t="s">
-        <v>1528</v>
+        <v>1527</v>
       </c>
       <c r="B304" t="s">
         <v>139</v>
       </c>
       <c r="C304" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D304" t="s">
+        <v>359</v>
+      </c>
+      <c r="E304" t="s">
         <v>1529</v>
-      </c>
-[...4 lines deleted...]
-        <v>1530</v>
       </c>
       <c r="F304"/>
       <c r="G304" t="s">
+        <v>1530</v>
+      </c>
+      <c r="H304" t="s">
         <v>1531</v>
-      </c>
-[...1 lines deleted...]
-        <v>1532</v>
       </c>
       <c r="I304"/>
       <c r="J304" t="s">
-        <v>1533</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="305" spans="1:10">
       <c r="A305" t="s">
-        <v>1534</v>
+        <v>1533</v>
       </c>
       <c r="B305" t="s">
         <v>68</v>
       </c>
       <c r="C305" t="s">
-        <v>1535</v>
+        <v>1534</v>
       </c>
       <c r="D305" t="s">
         <v>32</v>
       </c>
       <c r="E305"/>
       <c r="F305"/>
       <c r="G305" t="s">
-        <v>1536</v>
+        <v>1535</v>
       </c>
       <c r="H305" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="I305"/>
       <c r="J305" t="s">
-        <v>1537</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="306" spans="1:10">
       <c r="A306" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B306" t="s">
+        <v>25</v>
+      </c>
+      <c r="C306" t="s">
         <v>1538</v>
       </c>
-      <c r="B306" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D306" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E306" t="s">
         <v>24</v>
       </c>
       <c r="F306" t="s">
         <v>25</v>
       </c>
       <c r="G306"/>
       <c r="H306"/>
       <c r="I306"/>
       <c r="J306" t="s">
-        <v>1540</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="307" spans="1:10">
       <c r="A307" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B307" t="s">
+        <v>152</v>
+      </c>
+      <c r="C307" t="s">
         <v>1541</v>
       </c>
-      <c r="B307" t="s">
-[...2 lines deleted...]
-      <c r="C307" t="s">
+      <c r="D307" t="s">
         <v>1542</v>
-      </c>
-[...1 lines deleted...]
-        <v>1543</v>
       </c>
       <c r="E307" t="s">
         <v>24</v>
       </c>
       <c r="F307"/>
       <c r="G307" t="s">
-        <v>1544</v>
+        <v>1543</v>
       </c>
       <c r="H307"/>
       <c r="I307" t="s">
+        <v>1544</v>
+      </c>
+      <c r="J307" t="s">
         <v>1545</v>
-      </c>
-[...1 lines deleted...]
-        <v>1546</v>
       </c>
     </row>
     <row r="308" spans="1:10">
       <c r="A308" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B308" t="s">
+        <v>216</v>
+      </c>
+      <c r="C308" t="s">
         <v>1547</v>
       </c>
-      <c r="B308" t="s">
-[...2 lines deleted...]
-      <c r="C308" t="s">
+      <c r="D308" t="s">
         <v>1548</v>
       </c>
-      <c r="D308" t="s">
+      <c r="E308" t="s">
         <v>1549</v>
       </c>
-      <c r="E308" t="s">
+      <c r="F308" t="s">
+        <v>216</v>
+      </c>
+      <c r="G308" t="s">
         <v>1550</v>
-      </c>
-[...4 lines deleted...]
-        <v>1551</v>
       </c>
       <c r="H308"/>
       <c r="I308"/>
       <c r="J308" t="s">
-        <v>1552</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="309" spans="1:10">
       <c r="A309" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B309" t="s">
+        <v>25</v>
+      </c>
+      <c r="C309" t="s">
         <v>1553</v>
-      </c>
-[...4 lines deleted...]
-        <v>1554</v>
       </c>
       <c r="D309"/>
       <c r="E309"/>
       <c r="F309"/>
       <c r="G309"/>
       <c r="H309"/>
       <c r="I309"/>
       <c r="J309" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
     </row>
     <row r="310" spans="1:10">
       <c r="A310" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="B310" t="s">
         <v>43</v>
       </c>
       <c r="C310" t="s">
-        <v>1556</v>
+        <v>1555</v>
       </c>
       <c r="D310"/>
       <c r="E310"/>
       <c r="F310"/>
       <c r="G310"/>
       <c r="H310"/>
       <c r="I310"/>
       <c r="J310" t="s">
-        <v>1557</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311" t="s">
-        <v>1558</v>
+        <v>1557</v>
       </c>
       <c r="B311" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C311" t="s">
         <v>1287</v>
       </c>
       <c r="D311" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="E311" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F311" t="s">
         <v>25</v>
       </c>
       <c r="G311" t="s">
+        <v>1558</v>
+      </c>
+      <c r="H311" t="s">
+        <v>592</v>
+      </c>
+      <c r="I311" t="s">
         <v>1559</v>
       </c>
-      <c r="H311" t="s">
-[...2 lines deleted...]
-      <c r="I311" t="s">
+      <c r="J311" t="s">
         <v>1560</v>
-      </c>
-[...1 lines deleted...]
-        <v>1561</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312" t="s">
-        <v>1562</v>
+        <v>1561</v>
       </c>
       <c r="B312" t="s">
         <v>43</v>
       </c>
       <c r="C312" t="s">
+        <v>1562</v>
+      </c>
+      <c r="D312" t="s">
         <v>1563</v>
-      </c>
-[...1 lines deleted...]
-        <v>1564</v>
       </c>
       <c r="E312"/>
       <c r="F312"/>
       <c r="G312" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
       <c r="H312"/>
       <c r="I312"/>
       <c r="J312" t="s">
-        <v>1566</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="313" spans="1:10">
       <c r="A313" t="s">
-        <v>1567</v>
+        <v>1566</v>
       </c>
       <c r="B313" t="s">
         <v>37</v>
       </c>
       <c r="C313" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D313" t="s">
         <v>1568</v>
-      </c>
-[...1 lines deleted...]
-        <v>1569</v>
       </c>
       <c r="E313"/>
       <c r="F313"/>
       <c r="G313" t="s">
-        <v>1570</v>
+        <v>1569</v>
       </c>
       <c r="H313"/>
       <c r="I313" t="s">
         <v>136</v>
       </c>
       <c r="J313" t="s">
-        <v>1571</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314" t="s">
-        <v>1572</v>
+        <v>1571</v>
       </c>
       <c r="B314" t="s">
         <v>25</v>
       </c>
       <c r="C314" t="s">
         <v>44</v>
       </c>
       <c r="D314" t="s">
-        <v>1573</v>
+        <v>1572</v>
       </c>
       <c r="E314" t="s">
         <v>24</v>
       </c>
       <c r="F314"/>
       <c r="G314" t="s">
-        <v>1574</v>
+        <v>1573</v>
       </c>
       <c r="H314"/>
       <c r="I314"/>
       <c r="J314" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315" t="s">
-        <v>1576</v>
+        <v>1575</v>
       </c>
       <c r="B315" t="s">
         <v>139</v>
       </c>
       <c r="C315" t="s">
-        <v>1577</v>
+        <v>1576</v>
       </c>
       <c r="D315" t="s">
         <v>1219</v>
       </c>
       <c r="E315"/>
       <c r="F315"/>
       <c r="G315" t="s">
-        <v>1578</v>
+        <v>1577</v>
       </c>
       <c r="H315"/>
       <c r="I315"/>
       <c r="J315" t="s">
         <v>1222</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B316" t="s">
+        <v>728</v>
+      </c>
+      <c r="C316" t="s">
         <v>1579</v>
       </c>
-      <c r="B316" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D316" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="E316" t="s">
         <v>24</v>
       </c>
       <c r="F316" t="s">
         <v>25</v>
       </c>
       <c r="G316" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="H316" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="I316" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="J316" t="s">
-        <v>1583</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B317" t="s">
+        <v>25</v>
+      </c>
+      <c r="C317" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D317" t="s">
         <v>1584</v>
-      </c>
-[...7 lines deleted...]
-        <v>1586</v>
       </c>
       <c r="E317" t="s">
         <v>24</v>
       </c>
       <c r="F317" t="s">
         <v>25</v>
       </c>
       <c r="G317" t="s">
+        <v>1585</v>
+      </c>
+      <c r="H317" t="s">
+        <v>592</v>
+      </c>
+      <c r="I317" t="s">
+        <v>1586</v>
+      </c>
+      <c r="J317" t="s">
         <v>1587</v>
-      </c>
-[...7 lines deleted...]
-        <v>1589</v>
       </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318" t="s">
-        <v>1590</v>
+        <v>1588</v>
       </c>
       <c r="B318" t="s">
         <v>21</v>
       </c>
       <c r="C318" t="s">
-        <v>1591</v>
+        <v>1589</v>
       </c>
       <c r="D318" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="E318" t="s">
         <v>24</v>
       </c>
       <c r="F318" t="s">
         <v>25</v>
       </c>
       <c r="G318" t="s">
-        <v>1592</v>
+        <v>1590</v>
       </c>
       <c r="H318" t="s">
-        <v>1593</v>
+        <v>1591</v>
       </c>
       <c r="I318"/>
       <c r="J318" t="s">
-        <v>1594</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="319" spans="1:10">
       <c r="A319" t="s">
-        <v>1595</v>
+        <v>1593</v>
       </c>
       <c r="B319" t="s">
         <v>43</v>
       </c>
       <c r="C319" t="s">
-        <v>1596</v>
+        <v>1594</v>
       </c>
       <c r="D319" t="s">
-        <v>1597</v>
+        <v>1595</v>
       </c>
       <c r="E319"/>
       <c r="F319"/>
       <c r="G319" t="s">
-        <v>1598</v>
+        <v>1596</v>
       </c>
       <c r="H319" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="I319"/>
       <c r="J319" t="s">
-        <v>1599</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="320" spans="1:10">
       <c r="A320" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B320" t="s">
+        <v>25</v>
+      </c>
+      <c r="C320" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D320" t="s">
+        <v>590</v>
+      </c>
+      <c r="E320" t="s">
+        <v>349</v>
+      </c>
+      <c r="F320" t="s">
+        <v>25</v>
+      </c>
+      <c r="G320" t="s">
         <v>1600</v>
       </c>
-      <c r="B320" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H320" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="I320"/>
       <c r="J320" t="s">
-        <v>1603</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="321" spans="1:10">
       <c r="A321" t="s">
-        <v>1604</v>
+        <v>1602</v>
       </c>
       <c r="B321" t="s">
         <v>37</v>
       </c>
       <c r="C321" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D321" t="s">
-        <v>1605</v>
+        <v>1603</v>
       </c>
       <c r="E321"/>
       <c r="F321"/>
       <c r="G321"/>
       <c r="H321"/>
       <c r="I321"/>
       <c r="J321" t="s">
-        <v>1606</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="322" spans="1:10">
       <c r="A322" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B322" t="s">
+        <v>25</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D322" t="s">
+        <v>992</v>
+      </c>
+      <c r="E322" t="s">
         <v>1607</v>
       </c>
-      <c r="B322" t="s">
-[...2 lines deleted...]
-      <c r="C322" t="s">
+      <c r="F322" t="s">
+        <v>25</v>
+      </c>
+      <c r="G322" t="s">
         <v>1608</v>
       </c>
-      <c r="D322" t="s">
-[...2 lines deleted...]
-      <c r="E322" t="s">
+      <c r="H322" t="s">
         <v>1609</v>
-      </c>
-[...7 lines deleted...]
-        <v>1611</v>
       </c>
       <c r="I322"/>
       <c r="J322" t="s">
-        <v>1612</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="323" spans="1:10">
       <c r="A323" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B323" t="s">
+        <v>25</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D323" t="s">
         <v>1613</v>
-      </c>
-[...7 lines deleted...]
-        <v>1615</v>
       </c>
       <c r="E323" t="s">
         <v>24</v>
       </c>
       <c r="F323"/>
       <c r="G323" t="s">
-        <v>1616</v>
+        <v>1614</v>
       </c>
       <c r="H323"/>
       <c r="I323" t="s">
-        <v>1617</v>
+        <v>1615</v>
       </c>
       <c r="J323" t="s">
-        <v>1618</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="324" spans="1:10">
       <c r="A324" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
       <c r="B324" t="s">
         <v>139</v>
       </c>
       <c r="C324" t="s">
-        <v>1620</v>
+        <v>1618</v>
       </c>
       <c r="D324"/>
       <c r="E324"/>
       <c r="F324"/>
       <c r="G324"/>
       <c r="H324"/>
       <c r="I324"/>
       <c r="J324" t="s">
-        <v>1621</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="325" spans="1:10">
       <c r="A325" t="s">
-        <v>1622</v>
+        <v>1620</v>
       </c>
       <c r="B325" t="s">
         <v>60</v>
       </c>
       <c r="C325" t="s">
-        <v>1623</v>
+        <v>1621</v>
       </c>
       <c r="D325" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="E325" t="s">
         <v>24</v>
       </c>
       <c r="F325" t="s">
         <v>25</v>
       </c>
       <c r="G325" t="s">
-        <v>1624</v>
+        <v>1622</v>
       </c>
       <c r="H325" t="s">
-        <v>1625</v>
+        <v>1623</v>
       </c>
       <c r="I325"/>
       <c r="J325" t="s">
-        <v>1626</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="326" spans="1:10">
       <c r="A326" t="s">
-        <v>1627</v>
+        <v>1625</v>
       </c>
       <c r="B326" t="s">
         <v>25</v>
       </c>
       <c r="C326" t="s">
-        <v>1628</v>
+        <v>1626</v>
       </c>
       <c r="D326" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E326" t="s">
         <v>24</v>
       </c>
       <c r="F326" t="s">
         <v>25</v>
       </c>
       <c r="G326" t="s">
-        <v>1629</v>
+        <v>1627</v>
       </c>
       <c r="H326"/>
       <c r="I326"/>
       <c r="J326" t="s">
-        <v>1630</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B327" t="s">
+        <v>676</v>
+      </c>
+      <c r="C327" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D327" t="s">
         <v>1631</v>
-      </c>
-[...7 lines deleted...]
-        <v>1633</v>
       </c>
       <c r="E327" t="s">
         <v>24</v>
       </c>
       <c r="F327" t="s">
         <v>25</v>
       </c>
       <c r="G327" t="s">
-        <v>1634</v>
+        <v>1632</v>
       </c>
       <c r="H327"/>
       <c r="I327"/>
       <c r="J327" t="s">
-        <v>1635</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328" t="s">
-        <v>1636</v>
+        <v>1634</v>
       </c>
       <c r="B328" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C328" t="s">
-        <v>1637</v>
+        <v>1635</v>
       </c>
       <c r="D328" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="E328" t="s">
         <v>24</v>
       </c>
       <c r="F328"/>
       <c r="G328" t="s">
-        <v>1638</v>
+        <v>1636</v>
       </c>
       <c r="H328" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="I328"/>
       <c r="J328" t="s">
-        <v>1639</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="A329" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B329" t="s">
+        <v>193</v>
+      </c>
+      <c r="C329" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D329" t="s">
         <v>1640</v>
-      </c>
-[...7 lines deleted...]
-        <v>1642</v>
       </c>
       <c r="E329"/>
       <c r="F329"/>
       <c r="G329" t="s">
-        <v>1643</v>
+        <v>1641</v>
       </c>
       <c r="H329"/>
       <c r="I329"/>
       <c r="J329" t="s">
-        <v>1644</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B330" t="s">
+        <v>152</v>
+      </c>
+      <c r="C330" t="s">
+        <v>1644</v>
+      </c>
+      <c r="D330" t="s">
         <v>1645</v>
-      </c>
-[...7 lines deleted...]
-        <v>1647</v>
       </c>
       <c r="E330"/>
       <c r="F330"/>
       <c r="G330" t="s">
-        <v>1648</v>
+        <v>1646</v>
       </c>
       <c r="H330"/>
       <c r="I330"/>
       <c r="J330" t="s">
-        <v>1649</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B331" t="s">
+        <v>25</v>
+      </c>
+      <c r="C331" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D331" t="s">
+        <v>327</v>
+      </c>
+      <c r="E331" t="s">
+        <v>305</v>
+      </c>
+      <c r="F331" t="s">
+        <v>25</v>
+      </c>
+      <c r="G331" t="s">
         <v>1650</v>
-      </c>
-[...16 lines deleted...]
-        <v>1652</v>
       </c>
       <c r="H331"/>
       <c r="I331"/>
       <c r="J331" t="s">
-        <v>1653</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332" t="s">
-        <v>1654</v>
+        <v>1652</v>
       </c>
       <c r="B332" t="s">
         <v>25</v>
       </c>
       <c r="C332" t="s">
-        <v>1655</v>
+        <v>1653</v>
       </c>
       <c r="D332" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="E332" t="s">
         <v>24</v>
       </c>
       <c r="F332"/>
       <c r="G332" t="s">
-        <v>1656</v>
+        <v>1654</v>
       </c>
       <c r="H332" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="I332" t="s">
         <v>40</v>
       </c>
       <c r="J332" t="s">
-        <v>1657</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B333" t="s">
+        <v>25</v>
+      </c>
+      <c r="C333" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D333" t="s">
+        <v>992</v>
+      </c>
+      <c r="E333" t="s">
+        <v>993</v>
+      </c>
+      <c r="F333" t="s">
+        <v>25</v>
+      </c>
+      <c r="G333" t="s">
         <v>1658</v>
       </c>
-      <c r="B333" t="s">
-[...2 lines deleted...]
-      <c r="C333" t="s">
+      <c r="H333" t="s">
         <v>1659</v>
-      </c>
-[...13 lines deleted...]
-        <v>1661</v>
       </c>
       <c r="I333"/>
       <c r="J333" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B334" t="s">
+        <v>25</v>
+      </c>
+      <c r="C334" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D334" t="s">
         <v>1662</v>
-      </c>
-[...7 lines deleted...]
-        <v>1664</v>
       </c>
       <c r="E334" t="s">
         <v>24</v>
       </c>
       <c r="F334"/>
       <c r="G334" t="s">
-        <v>1665</v>
+        <v>1663</v>
       </c>
       <c r="H334"/>
       <c r="I334" t="s">
-        <v>1666</v>
+        <v>1664</v>
       </c>
       <c r="J334" t="s">
-        <v>1667</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335" t="s">
-        <v>1668</v>
+        <v>1666</v>
       </c>
       <c r="B335" t="s">
         <v>21</v>
       </c>
       <c r="C335" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1668</v>
+      </c>
+      <c r="E335" t="s">
+        <v>178</v>
+      </c>
+      <c r="F335" t="s">
+        <v>25</v>
+      </c>
+      <c r="G335" t="s">
         <v>1669</v>
       </c>
-      <c r="D335" t="s">
+      <c r="H335" t="s">
         <v>1670</v>
-      </c>
-[...10 lines deleted...]
-        <v>1672</v>
       </c>
       <c r="I335"/>
       <c r="J335" t="s">
-        <v>1673</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336" t="s">
-        <v>1674</v>
+        <v>1672</v>
       </c>
       <c r="B336" t="s">
         <v>25</v>
       </c>
       <c r="C336" t="s">
-        <v>1675</v>
+        <v>1673</v>
       </c>
       <c r="D336" t="s">
         <v>122</v>
       </c>
       <c r="E336" t="s">
         <v>24</v>
       </c>
       <c r="F336"/>
       <c r="G336" t="s">
-        <v>1676</v>
+        <v>1674</v>
       </c>
       <c r="H336"/>
       <c r="I336"/>
       <c r="J336" t="s">
-        <v>1677</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B337" t="s">
+        <v>200</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D337" t="s">
         <v>1678</v>
-      </c>
-[...7 lines deleted...]
-        <v>1680</v>
       </c>
       <c r="E337" t="s">
         <v>24</v>
       </c>
       <c r="F337"/>
       <c r="G337" t="s">
-        <v>1681</v>
+        <v>1679</v>
       </c>
       <c r="H337" t="s">
-        <v>1682</v>
+        <v>1680</v>
       </c>
       <c r="I337"/>
       <c r="J337" t="s">
-        <v>1683</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B338" t="s">
+        <v>25</v>
+      </c>
+      <c r="C338" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D338" t="s">
         <v>1684</v>
       </c>
-      <c r="B338" t="s">
-[...2 lines deleted...]
-      <c r="C338" t="s">
+      <c r="E338" t="s">
+        <v>993</v>
+      </c>
+      <c r="F338" t="s">
+        <v>25</v>
+      </c>
+      <c r="G338" t="s">
         <v>1685</v>
       </c>
-      <c r="D338" t="s">
+      <c r="H338" t="s">
         <v>1686</v>
-      </c>
-[...10 lines deleted...]
-        <v>1688</v>
       </c>
       <c r="I338"/>
       <c r="J338" t="s">
-        <v>1689</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339" t="s">
-        <v>1690</v>
+        <v>1688</v>
       </c>
       <c r="B339" t="s">
         <v>37</v>
       </c>
       <c r="C339" t="s">
-        <v>1691</v>
+        <v>1689</v>
       </c>
       <c r="D339" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="E339"/>
       <c r="F339"/>
       <c r="G339"/>
       <c r="H339"/>
       <c r="I339" t="s">
         <v>1284</v>
       </c>
       <c r="J339" t="s">
-        <v>1693</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340" t="s">
-        <v>1694</v>
+        <v>1692</v>
       </c>
       <c r="B340" t="s">
         <v>43</v>
       </c>
       <c r="C340" t="s">
-        <v>1695</v>
+        <v>1693</v>
       </c>
       <c r="D340" t="s">
-        <v>1696</v>
+        <v>1694</v>
       </c>
       <c r="E340"/>
       <c r="F340"/>
       <c r="G340" t="s">
+        <v>1695</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1696</v>
+      </c>
+      <c r="I340" t="s">
         <v>1697</v>
       </c>
-      <c r="H340" t="s">
+      <c r="J340" t="s">
         <v>1698</v>
-      </c>
-[...4 lines deleted...]
-        <v>1700</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B341" t="s">
+        <v>216</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1700</v>
+      </c>
+      <c r="D341" t="s">
         <v>1701</v>
       </c>
-      <c r="B341" t="s">
-[...2 lines deleted...]
-      <c r="C341" t="s">
+      <c r="E341" t="s">
+        <v>281</v>
+      </c>
+      <c r="F341" t="s">
+        <v>216</v>
+      </c>
+      <c r="G341" t="s">
         <v>1702</v>
-      </c>
-[...10 lines deleted...]
-        <v>1704</v>
       </c>
       <c r="H341"/>
       <c r="I341"/>
       <c r="J341" t="s">
         <v>1405</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342" t="s">
-        <v>1705</v>
+        <v>1703</v>
       </c>
       <c r="B342" t="s">
         <v>43</v>
       </c>
       <c r="C342" t="s">
-        <v>1706</v>
+        <v>1704</v>
       </c>
       <c r="D342" t="s">
-        <v>1707</v>
+        <v>1705</v>
       </c>
       <c r="E342"/>
       <c r="F342"/>
       <c r="G342" t="s">
-        <v>1708</v>
+        <v>1706</v>
       </c>
       <c r="H342"/>
       <c r="I342" t="s">
         <v>84</v>
       </c>
       <c r="J342" t="s">
-        <v>1709</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343" t="s">
-        <v>1710</v>
+        <v>1708</v>
       </c>
       <c r="B343" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="C343" t="s">
-        <v>1711</v>
+        <v>1709</v>
       </c>
       <c r="D343" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="E343"/>
       <c r="F343"/>
       <c r="G343" t="s">
-        <v>1712</v>
+        <v>1710</v>
       </c>
       <c r="H343" t="s">
-        <v>1713</v>
+        <v>1711</v>
       </c>
       <c r="I343"/>
       <c r="J343" t="s">
-        <v>1714</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B344" t="s">
+        <v>25</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1714</v>
+      </c>
+      <c r="D344" t="s">
         <v>1715</v>
-      </c>
-[...7 lines deleted...]
-        <v>1717</v>
       </c>
       <c r="E344" t="s">
         <v>24</v>
       </c>
       <c r="F344" t="s">
         <v>25</v>
       </c>
       <c r="G344" t="s">
-        <v>1718</v>
+        <v>1716</v>
       </c>
       <c r="H344"/>
       <c r="I344"/>
       <c r="J344" t="s">
-        <v>1719</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345" t="s">
-        <v>1720</v>
+        <v>1718</v>
       </c>
       <c r="B345" t="s">
         <v>43</v>
       </c>
       <c r="C345" t="s">
-        <v>1721</v>
+        <v>1719</v>
       </c>
       <c r="D345" t="s">
-        <v>1722</v>
+        <v>1720</v>
       </c>
       <c r="E345"/>
       <c r="F345"/>
       <c r="G345" t="s">
-        <v>1723</v>
+        <v>1721</v>
       </c>
       <c r="H345" t="s">
-        <v>1724</v>
+        <v>1722</v>
       </c>
       <c r="I345"/>
       <c r="J345" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B346" t="s">
+        <v>25</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D346" t="s">
         <v>1725</v>
-      </c>
-[...7 lines deleted...]
-        <v>1727</v>
       </c>
       <c r="E346" t="s">
         <v>24</v>
       </c>
       <c r="F346"/>
       <c r="G346" t="s">
-        <v>1728</v>
+        <v>1726</v>
       </c>
       <c r="H346" t="s">
-        <v>1729</v>
+        <v>1727</v>
       </c>
       <c r="I346"/>
       <c r="J346" t="s">
-        <v>1730</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B347" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C347" t="s">
         <v>1731</v>
       </c>
-      <c r="B347" t="s">
+      <c r="D347" t="s">
         <v>1732</v>
       </c>
-      <c r="C347" t="s">
+      <c r="E347" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F347" t="s">
+        <v>25</v>
+      </c>
+      <c r="G347" t="s">
         <v>1733</v>
       </c>
-      <c r="D347" t="s">
+      <c r="H347" t="s">
         <v>1734</v>
-      </c>
-[...10 lines deleted...]
-        <v>1736</v>
       </c>
       <c r="I347"/>
       <c r="J347" t="s">
-        <v>1737</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B348" t="s">
+        <v>216</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D348" t="s">
         <v>1738</v>
       </c>
-      <c r="B348" t="s">
-[...2 lines deleted...]
-      <c r="C348" t="s">
+      <c r="E348" t="s">
+        <v>487</v>
+      </c>
+      <c r="F348" t="s">
+        <v>216</v>
+      </c>
+      <c r="G348" t="s">
         <v>1739</v>
-      </c>
-[...10 lines deleted...]
-        <v>1741</v>
       </c>
       <c r="H348"/>
       <c r="I348"/>
       <c r="J348" t="s">
-        <v>1742</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B349" t="s">
+        <v>25</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1742</v>
+      </c>
+      <c r="D349" t="s">
+        <v>930</v>
+      </c>
+      <c r="E349" t="s">
         <v>1743</v>
       </c>
-      <c r="B349" t="s">
-[...2 lines deleted...]
-      <c r="C349" t="s">
+      <c r="F349" t="s">
+        <v>25</v>
+      </c>
+      <c r="G349" t="s">
         <v>1744</v>
-      </c>
-[...10 lines deleted...]
-        <v>1746</v>
       </c>
       <c r="H349"/>
       <c r="I349" t="s">
-        <v>1747</v>
+        <v>1745</v>
       </c>
       <c r="J349" t="s">
-        <v>1748</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350" t="s">
-        <v>1749</v>
+        <v>1747</v>
       </c>
       <c r="B350" t="s">
         <v>25</v>
       </c>
       <c r="C350" t="s">
-        <v>1750</v>
+        <v>1748</v>
       </c>
       <c r="D350" t="s">
         <v>70</v>
       </c>
       <c r="E350" t="s">
         <v>24</v>
       </c>
       <c r="F350" t="s">
         <v>25</v>
       </c>
       <c r="G350" t="s">
-        <v>1751</v>
+        <v>1749</v>
       </c>
       <c r="H350" t="s">
-        <v>1752</v>
+        <v>1750</v>
       </c>
       <c r="I350"/>
       <c r="J350" t="s">
-        <v>1753</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351" t="s">
-        <v>1754</v>
+        <v>1752</v>
       </c>
       <c r="B351" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="C351" t="s">
         <v>1513</v>
       </c>
       <c r="D351" t="s">
-        <v>1755</v>
+        <v>1753</v>
       </c>
       <c r="E351"/>
       <c r="F351"/>
       <c r="G351" t="s">
-        <v>1756</v>
+        <v>1754</v>
       </c>
       <c r="H351"/>
       <c r="I351"/>
       <c r="J351" t="s">
-        <v>1757</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352" t="s">
-        <v>1758</v>
+        <v>1756</v>
       </c>
       <c r="B352" t="s">
         <v>68</v>
       </c>
       <c r="C352" t="s">
-        <v>1759</v>
+        <v>1757</v>
       </c>
       <c r="D352" t="s">
-        <v>1760</v>
+        <v>1758</v>
       </c>
       <c r="E352"/>
       <c r="F352"/>
       <c r="G352" t="s">
-        <v>1761</v>
+        <v>1759</v>
       </c>
       <c r="H352"/>
       <c r="I352"/>
       <c r="J352" t="s">
-        <v>1762</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353" t="s">
-        <v>1763</v>
+        <v>1761</v>
       </c>
       <c r="B353" t="s">
         <v>139</v>
       </c>
       <c r="C353" t="s">
-        <v>1764</v>
+        <v>1762</v>
       </c>
       <c r="D353" t="s">
-        <v>1765</v>
+        <v>1763</v>
       </c>
       <c r="E353"/>
       <c r="F353"/>
       <c r="G353"/>
       <c r="H353" t="s">
-        <v>1766</v>
+        <v>1764</v>
       </c>
       <c r="I353"/>
       <c r="J353" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354" t="s">
-        <v>1767</v>
+        <v>1765</v>
       </c>
       <c r="B354" t="s">
         <v>21</v>
       </c>
       <c r="C354" t="s">
-        <v>1768</v>
+        <v>1766</v>
       </c>
       <c r="D354" t="s">
-        <v>1670</v>
+        <v>1668</v>
       </c>
       <c r="E354" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F354" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G354" t="s">
-        <v>1769</v>
+        <v>1767</v>
       </c>
       <c r="H354"/>
       <c r="I354" t="s">
-        <v>1770</v>
+        <v>1768</v>
       </c>
       <c r="J354" t="s">
-        <v>1771</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355" t="s">
-        <v>1772</v>
+        <v>1770</v>
       </c>
       <c r="B355" t="s">
         <v>25</v>
       </c>
       <c r="C355" t="s">
-        <v>1773</v>
+        <v>1771</v>
       </c>
       <c r="D355" t="s">
         <v>23</v>
       </c>
       <c r="E355" t="s">
         <v>24</v>
       </c>
       <c r="F355"/>
       <c r="G355" t="s">
-        <v>1774</v>
+        <v>1772</v>
       </c>
       <c r="H355"/>
       <c r="I355" t="s">
-        <v>1206</v>
+        <v>1138</v>
       </c>
       <c r="J355" t="s">
-        <v>1775</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B356" t="s">
+        <v>216</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D356" t="s">
         <v>1776</v>
       </c>
-      <c r="B356" t="s">
-[...2 lines deleted...]
-      <c r="C356" t="s">
+      <c r="E356" t="s">
+        <v>219</v>
+      </c>
+      <c r="F356" t="s">
+        <v>25</v>
+      </c>
+      <c r="G356" t="s">
         <v>1777</v>
-      </c>
-[...10 lines deleted...]
-        <v>1779</v>
       </c>
       <c r="H356"/>
       <c r="I356" t="s">
-        <v>1780</v>
+        <v>1778</v>
       </c>
       <c r="J356" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B357" t="s">
+        <v>25</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1780</v>
+      </c>
+      <c r="D357" t="s">
         <v>1781</v>
-      </c>
-[...7 lines deleted...]
-        <v>1783</v>
       </c>
       <c r="E357" t="s">
         <v>24</v>
       </c>
       <c r="F357"/>
       <c r="G357" t="s">
-        <v>1784</v>
+        <v>1782</v>
       </c>
       <c r="H357"/>
       <c r="I357" t="s">
-        <v>1785</v>
+        <v>1783</v>
       </c>
       <c r="J357" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358" t="s">
-        <v>1786</v>
+        <v>1784</v>
       </c>
       <c r="B358" t="s">
         <v>25</v>
       </c>
       <c r="C358" t="s">
-        <v>1787</v>
+        <v>1785</v>
       </c>
       <c r="D358" t="s">
         <v>56</v>
       </c>
       <c r="E358" t="s">
         <v>24</v>
       </c>
       <c r="F358" t="s">
         <v>25</v>
       </c>
       <c r="G358"/>
       <c r="H358"/>
       <c r="I358" t="s">
-        <v>1788</v>
+        <v>1786</v>
       </c>
       <c r="J358" t="s">
-        <v>1789</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B359" t="s">
+        <v>25</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D359" t="s">
+        <v>626</v>
+      </c>
+      <c r="E359" t="s">
+        <v>178</v>
+      </c>
+      <c r="F359" t="s">
+        <v>25</v>
+      </c>
+      <c r="G359" t="s">
+        <v>1789</v>
+      </c>
+      <c r="H359" t="s">
         <v>1790</v>
-      </c>
-[...19 lines deleted...]
-        <v>1792</v>
       </c>
       <c r="I359"/>
       <c r="J359" t="s">
-        <v>1793</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360" t="s">
-        <v>1794</v>
+        <v>1792</v>
       </c>
       <c r="B360" t="s">
         <v>139</v>
       </c>
       <c r="C360" t="s">
-        <v>1795</v>
+        <v>1793</v>
       </c>
       <c r="D360"/>
       <c r="E360"/>
       <c r="F360"/>
       <c r="G360"/>
       <c r="H360"/>
       <c r="I360"/>
       <c r="J360" t="s">
-        <v>1796</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361" t="s">
-        <v>1797</v>
+        <v>1795</v>
       </c>
       <c r="B361" t="s">
         <v>25</v>
       </c>
       <c r="C361" t="s">
-        <v>1798</v>
+        <v>1796</v>
       </c>
       <c r="D361" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="E361" t="s">
         <v>24</v>
       </c>
       <c r="F361" t="s">
         <v>25</v>
       </c>
       <c r="G361" t="s">
-        <v>1799</v>
+        <v>1797</v>
       </c>
       <c r="H361"/>
       <c r="I361"/>
       <c r="J361" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B362" t="s">
+        <v>25</v>
+      </c>
+      <c r="C362" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1668</v>
+      </c>
+      <c r="E362" t="s">
+        <v>178</v>
+      </c>
+      <c r="F362" t="s">
+        <v>25</v>
+      </c>
+      <c r="G362" t="s">
         <v>1800</v>
-      </c>
-[...16 lines deleted...]
-        <v>1802</v>
       </c>
       <c r="H362"/>
       <c r="I362"/>
       <c r="J362" t="s">
-        <v>1803</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B363" t="s">
+        <v>25</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1803</v>
+      </c>
+      <c r="D363" t="s">
         <v>1804</v>
-      </c>
-[...7 lines deleted...]
-        <v>1806</v>
       </c>
       <c r="E363" t="s">
         <v>24</v>
       </c>
       <c r="F363"/>
       <c r="G363" t="s">
-        <v>1807</v>
+        <v>1805</v>
       </c>
       <c r="H363"/>
       <c r="I363"/>
       <c r="J363" t="s">
-        <v>1808</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364" t="s">
-        <v>1809</v>
+        <v>1807</v>
       </c>
       <c r="B364" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C364" t="s">
-        <v>1810</v>
+        <v>1808</v>
       </c>
       <c r="D364" t="s">
         <v>127</v>
       </c>
       <c r="E364" t="s">
         <v>24</v>
       </c>
       <c r="F364"/>
       <c r="G364" t="s">
-        <v>1811</v>
+        <v>1809</v>
       </c>
       <c r="H364"/>
       <c r="I364"/>
       <c r="J364" t="s">
-        <v>1812</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365" t="s">
-        <v>1813</v>
+        <v>1811</v>
       </c>
       <c r="B365" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C365" t="s">
-        <v>1814</v>
+        <v>1812</v>
       </c>
       <c r="D365" t="s">
         <v>127</v>
       </c>
       <c r="E365"/>
       <c r="F365"/>
       <c r="G365" t="s">
-        <v>1815</v>
+        <v>1813</v>
       </c>
       <c r="H365"/>
       <c r="I365"/>
       <c r="J365" t="s">
-        <v>1816</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366" t="s">
-        <v>1817</v>
+        <v>1815</v>
       </c>
       <c r="B366" t="s">
         <v>43</v>
       </c>
       <c r="C366" t="s">
-        <v>1818</v>
+        <v>1816</v>
       </c>
       <c r="D366" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="E366"/>
       <c r="F366"/>
       <c r="G366"/>
       <c r="H366"/>
       <c r="I366" t="s">
-        <v>1819</v>
+        <v>1817</v>
       </c>
       <c r="J366" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D367" t="s">
         <v>1820</v>
-      </c>
-[...7 lines deleted...]
-        <v>1822</v>
       </c>
       <c r="E367"/>
       <c r="F367"/>
       <c r="G367" t="s">
-        <v>1823</v>
+        <v>1821</v>
       </c>
       <c r="H367" t="s">
-        <v>1824</v>
+        <v>1822</v>
       </c>
       <c r="I367"/>
       <c r="J367" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368" t="s">
-        <v>1825</v>
+        <v>1823</v>
       </c>
       <c r="B368" t="s">
         <v>139</v>
       </c>
       <c r="C368" t="s">
-        <v>1826</v>
+        <v>1824</v>
       </c>
       <c r="D368" t="s">
-        <v>1827</v>
+        <v>1825</v>
       </c>
       <c r="E368"/>
       <c r="F368"/>
       <c r="G368" t="s">
-        <v>1828</v>
+        <v>1826</v>
       </c>
       <c r="H368"/>
       <c r="I368"/>
       <c r="J368" t="s">
-        <v>1829</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B369" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C369" t="s">
         <v>1830</v>
       </c>
-      <c r="B369" t="s">
+      <c r="D369" t="s">
         <v>1831</v>
-      </c>
-[...4 lines deleted...]
-        <v>1833</v>
       </c>
       <c r="E369"/>
       <c r="F369"/>
       <c r="G369"/>
       <c r="H369"/>
       <c r="I369" t="s">
-        <v>1834</v>
+        <v>1832</v>
       </c>
       <c r="J369" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
     </row>
     <row r="370" spans="1:10">
       <c r="A370" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B370" t="s">
+        <v>25</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D370" t="s">
         <v>1835</v>
-      </c>
-[...7 lines deleted...]
-        <v>1837</v>
       </c>
       <c r="E370" t="s">
         <v>24</v>
       </c>
       <c r="F370" t="s">
         <v>25</v>
       </c>
       <c r="G370"/>
       <c r="H370"/>
       <c r="I370" t="s">
         <v>136</v>
       </c>
       <c r="J370" t="s">
         <v>1308</v>
       </c>
     </row>
     <row r="371" spans="1:10">
       <c r="A371" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B371" t="s">
+        <v>216</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1837</v>
+      </c>
+      <c r="D371" t="s">
         <v>1838</v>
       </c>
-      <c r="B371" t="s">
-[...2 lines deleted...]
-      <c r="C371" t="s">
+      <c r="E371" t="s">
+        <v>219</v>
+      </c>
+      <c r="F371" t="s">
+        <v>216</v>
+      </c>
+      <c r="G371" t="s">
         <v>1839</v>
       </c>
-      <c r="D371" t="s">
+      <c r="H371" t="s">
         <v>1840</v>
       </c>
-      <c r="E371" t="s">
-[...5 lines deleted...]
-      <c r="G371" t="s">
+      <c r="I371" t="s">
         <v>1841</v>
       </c>
-      <c r="H371" t="s">
+      <c r="J371" t="s">
         <v>1842</v>
-      </c>
-[...4 lines deleted...]
-        <v>1844</v>
       </c>
     </row>
     <row r="372" spans="1:10">
       <c r="A372" t="s">
-        <v>1845</v>
+        <v>1843</v>
       </c>
       <c r="B372" t="s">
         <v>37</v>
       </c>
       <c r="C372" t="s">
-        <v>1846</v>
+        <v>1844</v>
       </c>
       <c r="D372" t="s">
-        <v>1847</v>
+        <v>1845</v>
       </c>
       <c r="E372"/>
       <c r="F372"/>
       <c r="G372"/>
       <c r="H372"/>
       <c r="I372"/>
       <c r="J372" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
     </row>
     <row r="373" spans="1:10">
       <c r="A373" t="s">
-        <v>1848</v>
+        <v>1846</v>
       </c>
       <c r="B373" t="s">
         <v>43</v>
       </c>
       <c r="C373" t="s">
-        <v>1849</v>
+        <v>1847</v>
       </c>
       <c r="D373" t="s">
-        <v>1850</v>
+        <v>1848</v>
       </c>
       <c r="E373"/>
       <c r="F373"/>
       <c r="G373" t="s">
-        <v>1851</v>
+        <v>1849</v>
       </c>
       <c r="H373"/>
       <c r="I373" t="s">
-        <v>1852</v>
+        <v>1850</v>
       </c>
       <c r="J373" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="374" spans="1:10">
       <c r="A374" t="s">
-        <v>1853</v>
+        <v>1851</v>
       </c>
       <c r="B374" t="s">
         <v>25</v>
       </c>
       <c r="C374" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="D374" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="E374" t="s">
         <v>24</v>
       </c>
       <c r="F374" t="s">
         <v>25</v>
       </c>
       <c r="G374" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
       <c r="H374"/>
       <c r="I374"/>
       <c r="J374" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
     </row>
     <row r="375" spans="1:10">
       <c r="A375" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B375" t="s">
+        <v>728</v>
+      </c>
+      <c r="C375" t="s">
+        <v>1854</v>
+      </c>
+      <c r="D375" t="s">
         <v>1855</v>
       </c>
-      <c r="B375" t="s">
-[...2 lines deleted...]
-      <c r="C375" t="s">
+      <c r="E375" t="s">
+        <v>178</v>
+      </c>
+      <c r="F375" t="s">
+        <v>25</v>
+      </c>
+      <c r="G375" t="s">
         <v>1856</v>
       </c>
-      <c r="D375" t="s">
+      <c r="H375" t="s">
         <v>1857</v>
       </c>
-      <c r="E375" t="s">
-[...5 lines deleted...]
-      <c r="G375" t="s">
+      <c r="I375" t="s">
+        <v>1664</v>
+      </c>
+      <c r="J375" t="s">
         <v>1858</v>
-      </c>
-[...7 lines deleted...]
-        <v>1860</v>
       </c>
     </row>
     <row r="376" spans="1:10">
       <c r="A376" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B376" t="s">
+        <v>216</v>
+      </c>
+      <c r="C376" t="s">
+        <v>1860</v>
+      </c>
+      <c r="D376" t="s">
+        <v>925</v>
+      </c>
+      <c r="E376" t="s">
+        <v>219</v>
+      </c>
+      <c r="F376" t="s">
+        <v>216</v>
+      </c>
+      <c r="G376" t="s">
         <v>1861</v>
-      </c>
-[...16 lines deleted...]
-        <v>1863</v>
       </c>
       <c r="H376"/>
       <c r="I376"/>
       <c r="J376" t="s">
-        <v>1864</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="377" spans="1:10">
       <c r="A377" t="s">
-        <v>1865</v>
+        <v>1863</v>
       </c>
       <c r="B377" t="s">
         <v>25</v>
       </c>
       <c r="C377" t="s">
-        <v>1866</v>
+        <v>1864</v>
       </c>
       <c r="D377" t="s">
         <v>32</v>
       </c>
       <c r="E377" t="s">
         <v>24</v>
       </c>
       <c r="F377" t="s">
         <v>25</v>
       </c>
       <c r="G377" t="s">
-        <v>1867</v>
+        <v>1865</v>
       </c>
       <c r="H377" t="s">
-        <v>1868</v>
+        <v>1866</v>
       </c>
       <c r="I377"/>
       <c r="J377" t="s">
-        <v>1869</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="378" spans="1:10">
       <c r="A378" t="s">
-        <v>1870</v>
+        <v>1868</v>
       </c>
       <c r="B378" t="s">
         <v>25</v>
       </c>
       <c r="C378" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D378" t="s">
-        <v>1871</v>
+        <v>1869</v>
       </c>
       <c r="E378" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="F378"/>
       <c r="G378" t="s">
-        <v>1872</v>
+        <v>1870</v>
       </c>
       <c r="H378" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="I378"/>
       <c r="J378" t="s">
-        <v>1873</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="379" spans="1:10">
       <c r="A379" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C379" t="s">
         <v>1874</v>
       </c>
-      <c r="B379" t="s">
+      <c r="D379" t="s">
         <v>1875</v>
-      </c>
-[...4 lines deleted...]
-        <v>1877</v>
       </c>
       <c r="E379"/>
       <c r="F379"/>
       <c r="G379" t="s">
+        <v>1876</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1877</v>
+      </c>
+      <c r="I379" t="s">
         <v>1878</v>
       </c>
-      <c r="H379" t="s">
+      <c r="J379" t="s">
         <v>1879</v>
-      </c>
-[...4 lines deleted...]
-        <v>1881</v>
       </c>
     </row>
     <row r="380" spans="1:10">
       <c r="A380" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B380" t="s">
+        <v>25</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1881</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E380" t="s">
+        <v>305</v>
+      </c>
+      <c r="F380" t="s">
+        <v>25</v>
+      </c>
+      <c r="G380" t="s">
         <v>1882</v>
-      </c>
-[...16 lines deleted...]
-        <v>1884</v>
       </c>
       <c r="H380"/>
       <c r="I380"/>
       <c r="J380" t="s">
-        <v>1885</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="381" spans="1:10">
       <c r="A381" t="s">
-        <v>1886</v>
+        <v>1884</v>
       </c>
       <c r="B381" t="s">
         <v>139</v>
       </c>
       <c r="C381" t="s">
-        <v>1887</v>
+        <v>1885</v>
       </c>
       <c r="D381" t="s">
-        <v>1888</v>
+        <v>1886</v>
       </c>
       <c r="E381"/>
       <c r="F381"/>
       <c r="G381" t="s">
-        <v>1889</v>
+        <v>1887</v>
       </c>
       <c r="H381"/>
       <c r="I381"/>
       <c r="J381" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
     </row>
     <row r="382" spans="1:10">
       <c r="A382" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B382" t="s">
+        <v>216</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D382" t="s">
         <v>1890</v>
       </c>
-      <c r="B382" t="s">
-[...2 lines deleted...]
-      <c r="C382" t="s">
+      <c r="E382" t="s">
+        <v>942</v>
+      </c>
+      <c r="F382" t="s">
+        <v>25</v>
+      </c>
+      <c r="G382" t="s">
         <v>1891</v>
       </c>
-      <c r="D382" t="s">
+      <c r="H382" t="s">
         <v>1892</v>
-      </c>
-[...10 lines deleted...]
-        <v>1894</v>
       </c>
       <c r="I382"/>
       <c r="J382" t="s">
-        <v>1895</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="383" spans="1:10">
       <c r="A383" t="s">
-        <v>1896</v>
+        <v>1894</v>
       </c>
       <c r="B383" t="s">
         <v>25</v>
       </c>
       <c r="C383" t="s">
-        <v>1897</v>
+        <v>1895</v>
       </c>
       <c r="D383" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="E383" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F383"/>
       <c r="G383" t="s">
-        <v>1898</v>
+        <v>1896</v>
       </c>
       <c r="H383"/>
       <c r="I383"/>
       <c r="J383" t="s">
-        <v>1899</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="384" spans="1:10">
       <c r="A384" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B384" t="s">
+        <v>25</v>
+      </c>
+      <c r="C384" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D384" t="s">
         <v>1900</v>
-      </c>
-[...7 lines deleted...]
-        <v>1902</v>
       </c>
       <c r="E384" t="s">
         <v>24</v>
       </c>
       <c r="F384"/>
       <c r="G384" t="s">
+        <v>1901</v>
+      </c>
+      <c r="H384" t="s">
+        <v>1902</v>
+      </c>
+      <c r="I384" t="s">
         <v>1903</v>
       </c>
-      <c r="H384" t="s">
+      <c r="J384" t="s">
         <v>1904</v>
-      </c>
-[...4 lines deleted...]
-        <v>1906</v>
       </c>
     </row>
     <row r="385" spans="1:10">
       <c r="A385" t="s">
-        <v>1907</v>
+        <v>1905</v>
       </c>
       <c r="B385" t="s">
         <v>37</v>
       </c>
       <c r="C385" t="s">
-        <v>1908</v>
+        <v>1906</v>
       </c>
       <c r="D385" t="s">
-        <v>1909</v>
+        <v>1907</v>
       </c>
       <c r="E385"/>
       <c r="F385"/>
       <c r="G385" t="s">
-        <v>1910</v>
+        <v>1908</v>
       </c>
       <c r="H385"/>
       <c r="I385"/>
       <c r="J385" t="s">
         <v>1405</v>
       </c>
     </row>
     <row r="386" spans="1:10">
       <c r="A386" t="s">
-        <v>1911</v>
+        <v>1909</v>
       </c>
       <c r="B386" t="s">
         <v>25</v>
       </c>
       <c r="C386" t="s">
-        <v>1608</v>
+        <v>1606</v>
       </c>
       <c r="D386" t="s">
-        <v>1912</v>
+        <v>1910</v>
       </c>
       <c r="E386" t="s">
-        <v>1609</v>
+        <v>1607</v>
       </c>
       <c r="F386"/>
       <c r="G386" t="s">
-        <v>1913</v>
+        <v>1911</v>
       </c>
       <c r="H386" t="s">
-        <v>1914</v>
+        <v>1912</v>
       </c>
       <c r="I386"/>
       <c r="J386" t="s">
-        <v>1915</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="387" spans="1:10">
       <c r="A387" t="s">
-        <v>1916</v>
+        <v>1914</v>
       </c>
       <c r="B387" t="s">
         <v>139</v>
       </c>
       <c r="C387" t="s">
-        <v>1917</v>
+        <v>1915</v>
       </c>
       <c r="D387" t="s">
-        <v>1918</v>
+        <v>1916</v>
       </c>
       <c r="E387"/>
       <c r="F387"/>
       <c r="G387" t="s">
-        <v>1919</v>
+        <v>1917</v>
       </c>
       <c r="H387"/>
       <c r="I387"/>
       <c r="J387" t="s">
-        <v>1920</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="388" spans="1:10">
       <c r="A388" t="s">
-        <v>1921</v>
+        <v>1919</v>
       </c>
       <c r="B388" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C388" t="s">
-        <v>1922</v>
+        <v>1920</v>
       </c>
       <c r="D388" t="s">
         <v>1333</v>
       </c>
       <c r="E388"/>
       <c r="F388"/>
       <c r="G388" t="s">
-        <v>1923</v>
+        <v>1921</v>
       </c>
       <c r="H388" t="s">
-        <v>1924</v>
+        <v>1922</v>
       </c>
       <c r="I388"/>
       <c r="J388" t="s">
-        <v>1925</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="389" spans="1:10">
       <c r="A389" t="s">
-        <v>1926</v>
+        <v>1924</v>
       </c>
       <c r="B389" t="s">
         <v>21</v>
       </c>
       <c r="C389" t="s">
+        <v>1925</v>
+      </c>
+      <c r="D389" t="s">
+        <v>280</v>
+      </c>
+      <c r="E389" t="s">
+        <v>219</v>
+      </c>
+      <c r="F389" t="s">
+        <v>216</v>
+      </c>
+      <c r="G389" t="s">
+        <v>1926</v>
+      </c>
+      <c r="H389" t="s">
         <v>1927</v>
       </c>
-      <c r="D389" t="s">
-[...8 lines deleted...]
-      <c r="G389" t="s">
+      <c r="I389" t="s">
         <v>1928</v>
       </c>
-      <c r="H389" t="s">
+      <c r="J389" t="s">
         <v>1929</v>
-      </c>
-[...4 lines deleted...]
-        <v>1931</v>
       </c>
     </row>
     <row r="390" spans="1:10">
       <c r="A390" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B390" t="s">
+        <v>25</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1931</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1185</v>
+      </c>
+      <c r="E390" t="s">
+        <v>349</v>
+      </c>
+      <c r="F390" t="s">
+        <v>25</v>
+      </c>
+      <c r="G390" t="s">
         <v>1932</v>
-      </c>
-[...16 lines deleted...]
-        <v>1934</v>
       </c>
       <c r="H390"/>
       <c r="I390" t="s">
-        <v>1935</v>
+        <v>1933</v>
       </c>
       <c r="J390" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
     </row>
     <row r="391" spans="1:10">
       <c r="A391" t="s">
-        <v>1936</v>
+        <v>1934</v>
       </c>
       <c r="B391" t="s">
         <v>43</v>
       </c>
       <c r="C391" t="s">
-        <v>1937</v>
+        <v>1935</v>
       </c>
       <c r="D391" t="s">
-        <v>1938</v>
+        <v>1936</v>
       </c>
       <c r="E391"/>
       <c r="F391"/>
       <c r="G391" t="s">
-        <v>1939</v>
+        <v>1937</v>
       </c>
       <c r="H391"/>
       <c r="I391"/>
       <c r="J391" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="392" spans="1:10">
       <c r="A392" t="s">
+        <v>1938</v>
+      </c>
+      <c r="B392" t="s">
+        <v>216</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1939</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1776</v>
+      </c>
+      <c r="E392" t="s">
+        <v>219</v>
+      </c>
+      <c r="F392" t="s">
+        <v>25</v>
+      </c>
+      <c r="G392" t="s">
         <v>1940</v>
-      </c>
-[...16 lines deleted...]
-        <v>1942</v>
       </c>
       <c r="H392"/>
       <c r="I392"/>
       <c r="J392" t="s">
-        <v>1943</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="393" spans="1:10">
       <c r="A393" t="s">
-        <v>1944</v>
+        <v>1942</v>
       </c>
       <c r="B393" t="s">
         <v>43</v>
       </c>
       <c r="C393" t="s">
-        <v>1782</v>
+        <v>1780</v>
       </c>
       <c r="D393" t="s">
-        <v>1945</v>
+        <v>1943</v>
       </c>
       <c r="E393"/>
       <c r="F393"/>
       <c r="G393" t="s">
-        <v>1946</v>
+        <v>1944</v>
       </c>
       <c r="H393"/>
       <c r="I393" t="s">
-        <v>1947</v>
+        <v>1945</v>
       </c>
       <c r="J393" t="s">
-        <v>1948</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="394" spans="1:10">
       <c r="A394" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B394" t="s">
+        <v>25</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D394" t="s">
         <v>1949</v>
       </c>
-      <c r="B394" t="s">
-[...2 lines deleted...]
-      <c r="C394" t="s">
+      <c r="E394" t="s">
+        <v>166</v>
+      </c>
+      <c r="F394" t="s">
+        <v>25</v>
+      </c>
+      <c r="G394" t="s">
         <v>1950</v>
       </c>
-      <c r="D394" t="s">
+      <c r="H394" t="s">
         <v>1951</v>
-      </c>
-[...10 lines deleted...]
-        <v>1953</v>
       </c>
       <c r="I394"/>
       <c r="J394" t="s">
-        <v>1954</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="395" spans="1:10">
       <c r="A395" t="s">
-        <v>1955</v>
+        <v>1953</v>
       </c>
       <c r="B395" t="s">
         <v>25</v>
       </c>
       <c r="C395" t="s">
-        <v>1956</v>
+        <v>1954</v>
       </c>
       <c r="D395" t="s">
         <v>32</v>
       </c>
       <c r="E395" t="s">
         <v>24</v>
       </c>
       <c r="F395" t="s">
         <v>25</v>
       </c>
       <c r="G395" t="s">
-        <v>1957</v>
+        <v>1955</v>
       </c>
       <c r="H395" t="s">
-        <v>1958</v>
+        <v>1956</v>
       </c>
       <c r="I395"/>
       <c r="J395" t="s">
-        <v>1959</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="396" spans="1:10">
       <c r="A396" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B396" t="s">
+        <v>200</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D396" t="s">
         <v>1960</v>
-      </c>
-[...7 lines deleted...]
-        <v>1962</v>
       </c>
       <c r="E396" t="s">
         <v>24</v>
       </c>
       <c r="F396"/>
       <c r="G396" t="s">
-        <v>1963</v>
+        <v>1961</v>
       </c>
       <c r="H396" t="s">
-        <v>1964</v>
+        <v>1962</v>
       </c>
       <c r="I396"/>
       <c r="J396" t="s">
-        <v>1965</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="397" spans="1:10">
       <c r="A397" t="s">
-        <v>1966</v>
+        <v>1964</v>
       </c>
       <c r="B397" t="s">
         <v>139</v>
       </c>
       <c r="C397" t="s">
         <v>1354</v>
       </c>
       <c r="D397"/>
       <c r="E397"/>
       <c r="F397"/>
       <c r="G397"/>
       <c r="H397"/>
       <c r="I397"/>
       <c r="J397" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="398" spans="1:10">
       <c r="A398" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B398" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C398" t="s">
         <v>1967</v>
       </c>
-      <c r="B398" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D398" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="E398"/>
       <c r="F398"/>
       <c r="G398" t="s">
-        <v>1970</v>
+        <v>1968</v>
       </c>
       <c r="H398"/>
       <c r="I398" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="J398" t="s">
-        <v>1881</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="399" spans="1:10">
       <c r="A399" t="s">
-        <v>1971</v>
+        <v>1969</v>
       </c>
       <c r="B399" t="s">
         <v>43</v>
       </c>
       <c r="C399" t="s">
-        <v>1972</v>
+        <v>1970</v>
       </c>
       <c r="D399" t="s">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="E399"/>
       <c r="F399"/>
       <c r="G399" t="s">
-        <v>1974</v>
+        <v>1972</v>
       </c>
       <c r="H399"/>
       <c r="I399" t="s">
         <v>52</v>
       </c>
       <c r="J399" t="s">
-        <v>1975</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="400" spans="1:10">
       <c r="A400" t="s">
-        <v>1976</v>
+        <v>1974</v>
       </c>
       <c r="B400" t="s">
         <v>43</v>
       </c>
       <c r="C400" t="s">
-        <v>1977</v>
+        <v>1975</v>
       </c>
       <c r="D400" t="s">
         <v>122</v>
       </c>
       <c r="E400"/>
       <c r="F400"/>
       <c r="G400" t="s">
-        <v>1978</v>
+        <v>1976</v>
       </c>
       <c r="H400"/>
       <c r="I400"/>
       <c r="J400" t="s">
-        <v>1979</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="401" spans="1:10">
       <c r="A401" t="s">
-        <v>1980</v>
+        <v>1978</v>
       </c>
       <c r="B401" t="s">
         <v>25</v>
       </c>
       <c r="C401" t="s">
-        <v>1981</v>
+        <v>1979</v>
       </c>
       <c r="D401" t="s">
         <v>127</v>
       </c>
       <c r="E401" t="s">
         <v>24</v>
       </c>
       <c r="F401"/>
       <c r="G401" t="s">
-        <v>1982</v>
+        <v>1980</v>
       </c>
       <c r="H401"/>
       <c r="I401"/>
       <c r="J401" t="s">
-        <v>1983</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="402" spans="1:10">
       <c r="A402" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B402" t="s">
+        <v>25</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1983</v>
+      </c>
+      <c r="D402" t="s">
+        <v>626</v>
+      </c>
+      <c r="E402" t="s">
+        <v>166</v>
+      </c>
+      <c r="F402" t="s">
+        <v>25</v>
+      </c>
+      <c r="G402" t="s">
         <v>1984</v>
-      </c>
-[...16 lines deleted...]
-        <v>1986</v>
       </c>
       <c r="H402"/>
       <c r="I402" t="s">
-        <v>1987</v>
+        <v>1985</v>
       </c>
       <c r="J402" t="s">
-        <v>1906</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="403" spans="1:10">
       <c r="A403" t="s">
-        <v>1988</v>
+        <v>1986</v>
       </c>
       <c r="B403" t="s">
-        <v>115</v>
+        <v>1114</v>
       </c>
       <c r="C403" t="s">
-        <v>1989</v>
+        <v>1987</v>
       </c>
       <c r="D403" t="s">
         <v>32</v>
       </c>
       <c r="E403"/>
       <c r="F403"/>
       <c r="G403"/>
       <c r="H403" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="I403"/>
       <c r="J403" t="s">
-        <v>1990</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="404" spans="1:10">
       <c r="A404" t="s">
-        <v>1991</v>
+        <v>1989</v>
       </c>
       <c r="B404" t="s">
         <v>25</v>
       </c>
       <c r="C404" t="s">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="D404" t="s">
         <v>32</v>
       </c>
       <c r="E404" t="s">
         <v>24</v>
       </c>
       <c r="F404" t="s">
         <v>25</v>
       </c>
       <c r="G404" t="s">
-        <v>1993</v>
+        <v>1991</v>
       </c>
       <c r="H404" t="s">
-        <v>1752</v>
+        <v>1750</v>
       </c>
       <c r="I404"/>
       <c r="J404" t="s">
-        <v>1994</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="405" spans="1:10">
       <c r="A405" t="s">
-        <v>1995</v>
+        <v>1993</v>
       </c>
       <c r="B405" t="s">
         <v>43</v>
       </c>
       <c r="C405" t="s">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="D405" t="s">
-        <v>1997</v>
+        <v>1995</v>
       </c>
       <c r="E405"/>
       <c r="F405"/>
       <c r="G405" t="s">
-        <v>1998</v>
+        <v>1996</v>
       </c>
       <c r="H405" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="I405"/>
       <c r="J405" t="s">
-        <v>1999</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="406" spans="1:10">
       <c r="A406" t="s">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="B406" t="s">
         <v>139</v>
       </c>
       <c r="C406" t="s">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="D406" t="s">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="E406"/>
       <c r="F406"/>
       <c r="G406" t="s">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="H406" t="s">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="I406"/>
       <c r="J406" t="s">
-        <v>2005</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="407" spans="1:10">
       <c r="A407" t="s">
+        <v>2004</v>
+      </c>
+      <c r="B407" t="s">
+        <v>25</v>
+      </c>
+      <c r="C407" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D407" t="s">
         <v>2006</v>
-      </c>
-[...7 lines deleted...]
-        <v>2008</v>
       </c>
       <c r="E407" t="s">
         <v>24</v>
       </c>
       <c r="F407" t="s">
         <v>25</v>
       </c>
       <c r="G407" t="s">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="H407" t="s">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="I407"/>
       <c r="J407" t="s">
-        <v>2011</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="408" spans="1:10">
       <c r="A408" t="s">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="B408" t="s">
         <v>43</v>
       </c>
       <c r="C408" t="s">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="D408" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="E408"/>
       <c r="F408"/>
       <c r="G408" t="s">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="H408"/>
       <c r="I408"/>
       <c r="J408" t="s">
-        <v>2015</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="409" spans="1:10">
       <c r="A409" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B409" t="s">
+        <v>25</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D409" t="s">
+        <v>2015</v>
+      </c>
+      <c r="E409" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F409" t="s">
+        <v>25</v>
+      </c>
+      <c r="G409" t="s">
         <v>2016</v>
       </c>
-      <c r="B409" t="s">
-[...5 lines deleted...]
-      <c r="D409" t="s">
+      <c r="H409" t="s">
         <v>2017</v>
-      </c>
-[...10 lines deleted...]
-        <v>2019</v>
       </c>
       <c r="I409"/>
       <c r="J409" t="s">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="410" spans="1:10">
       <c r="A410" t="s">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="B410" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="C410" t="s">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="D410" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="E410"/>
       <c r="F410"/>
       <c r="G410" t="s">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="H410" t="s">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="I410"/>
       <c r="J410" t="s">
-        <v>2025</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="411" spans="1:10">
       <c r="A411" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B411" t="s">
+        <v>25</v>
+      </c>
+      <c r="C411" t="s">
+        <v>2025</v>
+      </c>
+      <c r="D411" t="s">
         <v>2026</v>
-      </c>
-[...7 lines deleted...]
-        <v>2028</v>
       </c>
       <c r="E411" t="s">
         <v>24</v>
       </c>
       <c r="F411" t="s">
         <v>25</v>
       </c>
       <c r="G411" t="s">
-        <v>2029</v>
+        <v>2027</v>
       </c>
       <c r="H411"/>
       <c r="I411" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="J411" t="s">
-        <v>2030</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="412" spans="1:10">
       <c r="A412" t="s">
-        <v>2031</v>
+        <v>2029</v>
       </c>
       <c r="B412" t="s">
         <v>37</v>
       </c>
       <c r="C412" t="s">
-        <v>2032</v>
+        <v>2030</v>
       </c>
       <c r="D412" t="s">
-        <v>2033</v>
+        <v>2031</v>
       </c>
       <c r="E412"/>
       <c r="F412"/>
       <c r="G412" t="s">
-        <v>2034</v>
+        <v>2032</v>
       </c>
       <c r="H412"/>
       <c r="I412" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="J412" t="s">
-        <v>2035</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="413" spans="1:10">
       <c r="A413" t="s">
-        <v>2036</v>
+        <v>2034</v>
       </c>
       <c r="B413" t="s">
         <v>25</v>
       </c>
       <c r="C413" t="s">
-        <v>2037</v>
+        <v>2035</v>
       </c>
       <c r="D413" t="s">
         <v>122</v>
       </c>
       <c r="E413"/>
       <c r="F413" t="s">
         <v>25</v>
       </c>
       <c r="G413" t="s">
-        <v>2038</v>
+        <v>2036</v>
       </c>
       <c r="H413"/>
       <c r="I413" t="s">
-        <v>2039</v>
+        <v>2037</v>
       </c>
       <c r="J413" t="s">
-        <v>2040</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="414" spans="1:10">
       <c r="A414" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B414" t="s">
+        <v>25</v>
+      </c>
+      <c r="C414" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D414" t="s">
         <v>2041</v>
-      </c>
-[...7 lines deleted...]
-        <v>2043</v>
       </c>
       <c r="E414" t="s">
         <v>24</v>
       </c>
       <c r="F414" t="s">
         <v>25</v>
       </c>
       <c r="G414" t="s">
-        <v>2044</v>
+        <v>2042</v>
       </c>
       <c r="H414"/>
       <c r="I414"/>
       <c r="J414" t="s">
-        <v>2045</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="415" spans="1:10">
       <c r="A415" t="s">
-        <v>2046</v>
+        <v>2044</v>
       </c>
       <c r="B415" t="s">
         <v>115</v>
       </c>
       <c r="C415" t="s">
-        <v>2047</v>
+        <v>2045</v>
       </c>
       <c r="D415" t="s">
-        <v>2048</v>
+        <v>2046</v>
       </c>
       <c r="E415"/>
       <c r="F415"/>
       <c r="G415" t="s">
-        <v>2049</v>
+        <v>2047</v>
       </c>
       <c r="H415" t="s">
-        <v>2050</v>
+        <v>2048</v>
       </c>
       <c r="I415"/>
       <c r="J415" t="s">
-        <v>2051</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="416" spans="1:10">
       <c r="A416" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B416" t="s">
+        <v>25</v>
+      </c>
+      <c r="C416" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D416" t="s">
+        <v>2051</v>
+      </c>
+      <c r="E416" t="s">
+        <v>166</v>
+      </c>
+      <c r="F416" t="s">
+        <v>25</v>
+      </c>
+      <c r="G416" t="s">
         <v>2052</v>
-      </c>
-[...16 lines deleted...]
-        <v>2054</v>
       </c>
       <c r="H416"/>
       <c r="I416"/>
       <c r="J416" t="s">
-        <v>2055</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="417" spans="1:10">
       <c r="A417" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B417" t="s">
+        <v>216</v>
+      </c>
+      <c r="C417" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D417" t="s">
+        <v>286</v>
+      </c>
+      <c r="E417" t="s">
+        <v>219</v>
+      </c>
+      <c r="F417" t="s">
+        <v>25</v>
+      </c>
+      <c r="G417" t="s">
         <v>2056</v>
-      </c>
-[...16 lines deleted...]
-        <v>2058</v>
       </c>
       <c r="H417"/>
       <c r="I417"/>
       <c r="J417" t="s">
-        <v>2030</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="418" spans="1:10">
       <c r="A418" t="s">
-        <v>2059</v>
+        <v>2057</v>
       </c>
       <c r="B418" t="s">
         <v>60</v>
       </c>
       <c r="C418" t="s">
-        <v>2060</v>
+        <v>2058</v>
       </c>
       <c r="D418" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="E418" t="s">
         <v>24</v>
       </c>
       <c r="F418" t="s">
         <v>25</v>
       </c>
       <c r="G418" t="s">
-        <v>2061</v>
+        <v>2059</v>
       </c>
       <c r="H418"/>
       <c r="I418" t="s">
         <v>1404</v>
       </c>
       <c r="J418" t="s">
-        <v>2062</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="419" spans="1:10">
       <c r="A419" t="s">
-        <v>2063</v>
+        <v>2061</v>
       </c>
       <c r="B419" t="s">
-        <v>1580</v>
+        <v>728</v>
       </c>
       <c r="C419" t="s">
-        <v>2064</v>
+        <v>2062</v>
       </c>
       <c r="D419" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="E419" t="s">
         <v>24</v>
       </c>
       <c r="F419" t="s">
         <v>25</v>
       </c>
       <c r="G419" t="s">
-        <v>2065</v>
+        <v>2063</v>
       </c>
       <c r="H419"/>
       <c r="I419"/>
       <c r="J419" t="s">
-        <v>2066</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="420" spans="1:10">
       <c r="A420" t="s">
-        <v>2067</v>
+        <v>2065</v>
       </c>
       <c r="B420" t="s">
         <v>25</v>
       </c>
       <c r="C420" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D420" t="s">
-        <v>2068</v>
+        <v>2066</v>
       </c>
       <c r="E420" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F420"/>
       <c r="G420" t="s">
+        <v>2067</v>
+      </c>
+      <c r="H420" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I420" t="s">
+        <v>184</v>
+      </c>
+      <c r="J420" t="s">
         <v>2069</v>
-      </c>
-[...7 lines deleted...]
-        <v>2072</v>
       </c>
     </row>
     <row r="421" spans="1:10">
       <c r="A421" t="s">
-        <v>2073</v>
+        <v>2070</v>
       </c>
       <c r="B421" t="s">
         <v>60</v>
       </c>
       <c r="C421" t="s">
-        <v>2074</v>
+        <v>2071</v>
       </c>
       <c r="D421" t="s">
         <v>111</v>
       </c>
       <c r="E421" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F421" t="s">
         <v>25</v>
       </c>
       <c r="G421" t="s">
-        <v>2075</v>
+        <v>2072</v>
       </c>
       <c r="H421"/>
       <c r="I421"/>
       <c r="J421" t="s">
-        <v>2076</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="422" spans="1:10">
       <c r="A422" t="s">
-        <v>2077</v>
+        <v>2074</v>
       </c>
       <c r="B422" t="s">
         <v>43</v>
       </c>
       <c r="C422" t="s">
-        <v>2078</v>
+        <v>2075</v>
       </c>
       <c r="D422" t="s">
-        <v>2079</v>
+        <v>2076</v>
       </c>
       <c r="E422"/>
       <c r="F422"/>
       <c r="G422" t="s">
-        <v>2080</v>
+        <v>2077</v>
       </c>
       <c r="H422" t="s">
-        <v>2081</v>
+        <v>2078</v>
       </c>
       <c r="I422" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="J422" t="s">
-        <v>2082</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="423" spans="1:10">
       <c r="A423" t="s">
-        <v>2083</v>
+        <v>2080</v>
       </c>
       <c r="B423" t="s">
         <v>37</v>
       </c>
       <c r="C423" t="s">
-        <v>2084</v>
+        <v>2081</v>
       </c>
       <c r="D423" t="s">
-        <v>2085</v>
+        <v>2082</v>
       </c>
       <c r="E423"/>
       <c r="F423"/>
       <c r="G423" t="s">
+        <v>2083</v>
+      </c>
+      <c r="H423" t="s">
+        <v>2084</v>
+      </c>
+      <c r="I423" t="s">
+        <v>2085</v>
+      </c>
+      <c r="J423" t="s">
         <v>2086</v>
-      </c>
-[...7 lines deleted...]
-        <v>2089</v>
       </c>
     </row>
     <row r="424" spans="1:10">
       <c r="A424" t="s">
-        <v>2090</v>
+        <v>2087</v>
       </c>
       <c r="B424" t="s">
         <v>43</v>
       </c>
       <c r="C424" t="s">
-        <v>2091</v>
+        <v>2088</v>
       </c>
       <c r="D424" t="s">
-        <v>2092</v>
+        <v>2089</v>
       </c>
       <c r="E424"/>
       <c r="F424"/>
       <c r="G424" t="s">
-        <v>2093</v>
+        <v>2090</v>
       </c>
       <c r="H424"/>
       <c r="I424"/>
       <c r="J424" t="s">
-        <v>2094</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="425" spans="1:10">
       <c r="A425" t="s">
-        <v>2095</v>
+        <v>2092</v>
       </c>
       <c r="B425" t="s">
         <v>43</v>
       </c>
       <c r="C425" t="s">
-        <v>2096</v>
+        <v>2093</v>
       </c>
       <c r="D425" t="s">
         <v>32</v>
       </c>
       <c r="E425"/>
       <c r="F425"/>
       <c r="G425" t="s">
-        <v>2097</v>
+        <v>2094</v>
       </c>
       <c r="H425"/>
       <c r="I425"/>
       <c r="J425" t="s">
-        <v>2098</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="426" spans="1:10">
       <c r="A426" t="s">
-        <v>2099</v>
+        <v>2096</v>
       </c>
       <c r="B426" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C426" t="s">
-        <v>2100</v>
+        <v>2097</v>
       </c>
       <c r="D426" t="s">
-        <v>2101</v>
+        <v>2098</v>
       </c>
       <c r="E426" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F426"/>
       <c r="G426" t="s">
-        <v>2102</v>
+        <v>2099</v>
       </c>
       <c r="H426" t="s">
-        <v>2103</v>
+        <v>2100</v>
       </c>
       <c r="I426"/>
       <c r="J426" t="s">
-        <v>2104</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="427" spans="1:10">
       <c r="A427" t="s">
-        <v>2105</v>
+        <v>2102</v>
       </c>
       <c r="B427" t="s">
         <v>25</v>
       </c>
       <c r="C427" t="s">
-        <v>2106</v>
+        <v>2103</v>
       </c>
       <c r="D427" t="s">
-        <v>2107</v>
+        <v>2104</v>
       </c>
       <c r="E427" t="s">
         <v>24</v>
       </c>
       <c r="F427"/>
       <c r="G427" t="s">
-        <v>2108</v>
+        <v>2105</v>
       </c>
       <c r="H427" t="s">
-        <v>2109</v>
+        <v>2106</v>
       </c>
       <c r="I427"/>
       <c r="J427" t="s">
-        <v>2110</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="428" spans="1:10">
       <c r="A428" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B428" t="s">
+        <v>2109</v>
+      </c>
+      <c r="C428" t="s">
+        <v>2110</v>
+      </c>
+      <c r="D428" t="s">
         <v>2111</v>
-      </c>
-[...7 lines deleted...]
-        <v>2114</v>
       </c>
       <c r="E428" t="s">
         <v>24</v>
       </c>
       <c r="F428"/>
       <c r="G428" t="s">
-        <v>2115</v>
+        <v>2112</v>
       </c>
       <c r="H428" t="s">
-        <v>2116</v>
+        <v>2113</v>
       </c>
       <c r="I428"/>
       <c r="J428" t="s">
-        <v>2117</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="429" spans="1:10">
       <c r="A429" t="s">
-        <v>2118</v>
+        <v>2115</v>
       </c>
       <c r="B429" t="s">
         <v>43</v>
       </c>
       <c r="C429" t="s">
-        <v>2119</v>
+        <v>2116</v>
       </c>
       <c r="D429" t="s">
-        <v>2120</v>
+        <v>2117</v>
       </c>
       <c r="E429"/>
       <c r="F429"/>
       <c r="G429" t="s">
-        <v>2121</v>
+        <v>2118</v>
       </c>
       <c r="H429" t="s">
-        <v>2122</v>
+        <v>2119</v>
       </c>
       <c r="I429"/>
       <c r="J429" t="s">
-        <v>1571</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="430" spans="1:10">
       <c r="A430" t="s">
-        <v>2123</v>
+        <v>2120</v>
       </c>
       <c r="B430" t="s">
         <v>25</v>
       </c>
       <c r="C430" t="s">
-        <v>2124</v>
+        <v>2121</v>
       </c>
       <c r="D430" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="E430" t="s">
         <v>24</v>
       </c>
       <c r="F430"/>
       <c r="G430" t="s">
-        <v>2125</v>
+        <v>2122</v>
       </c>
       <c r="H430"/>
       <c r="I430"/>
       <c r="J430" t="s">
-        <v>2126</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="431" spans="1:10">
       <c r="A431" t="s">
-        <v>2127</v>
+        <v>2124</v>
       </c>
       <c r="B431" t="s">
         <v>25</v>
       </c>
       <c r="C431" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="D431" t="s">
         <v>32</v>
       </c>
       <c r="E431" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F431" t="s">
         <v>25</v>
       </c>
       <c r="G431" t="s">
-        <v>2128</v>
+        <v>2125</v>
       </c>
       <c r="H431" t="s">
-        <v>2129</v>
+        <v>2126</v>
       </c>
       <c r="I431"/>
       <c r="J431" t="s">
-        <v>2130</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="432" spans="1:10">
       <c r="A432" t="s">
-        <v>2131</v>
+        <v>2128</v>
       </c>
       <c r="B432" t="s">
         <v>25</v>
       </c>
       <c r="C432" t="s">
         <v>1287</v>
       </c>
       <c r="D432" t="s">
-        <v>2132</v>
+        <v>2129</v>
       </c>
       <c r="E432" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="F432"/>
       <c r="G432" t="s">
-        <v>2133</v>
+        <v>2130</v>
       </c>
       <c r="H432"/>
       <c r="I432" t="s">
-        <v>2134</v>
+        <v>2131</v>
       </c>
       <c r="J432" t="s">
-        <v>2135</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="433" spans="1:10">
       <c r="A433" t="s">
-        <v>2136</v>
+        <v>2133</v>
       </c>
       <c r="B433" t="s">
         <v>43</v>
       </c>
       <c r="C433" t="s">
-        <v>2137</v>
+        <v>2134</v>
       </c>
       <c r="D433" t="s">
-        <v>2138</v>
+        <v>2135</v>
       </c>
       <c r="E433"/>
       <c r="F433"/>
       <c r="G433" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H433" t="s">
+        <v>2137</v>
+      </c>
+      <c r="I433" t="s">
+        <v>2138</v>
+      </c>
+      <c r="J433" t="s">
         <v>2139</v>
-      </c>
-[...7 lines deleted...]
-        <v>2142</v>
       </c>
     </row>
     <row r="434" spans="1:10">
       <c r="A434" t="s">
+        <v>2140</v>
+      </c>
+      <c r="B434" t="s">
+        <v>25</v>
+      </c>
+      <c r="C434" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D434" t="s">
+        <v>2142</v>
+      </c>
+      <c r="E434" t="s">
+        <v>178</v>
+      </c>
+      <c r="F434" t="s">
+        <v>25</v>
+      </c>
+      <c r="G434" t="s">
         <v>2143</v>
       </c>
-      <c r="B434" t="s">
-[...2 lines deleted...]
-      <c r="C434" t="s">
+      <c r="H434" t="s">
         <v>2144</v>
-      </c>
-[...13 lines deleted...]
-        <v>2147</v>
       </c>
       <c r="I434"/>
       <c r="J434" t="s">
-        <v>2148</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="435" spans="1:10">
       <c r="A435" t="s">
-        <v>2149</v>
+        <v>2146</v>
       </c>
       <c r="B435" t="s">
         <v>115</v>
       </c>
       <c r="C435" t="s">
-        <v>2150</v>
+        <v>2147</v>
       </c>
       <c r="D435" t="s">
-        <v>2151</v>
+        <v>2148</v>
       </c>
       <c r="E435"/>
       <c r="F435"/>
       <c r="G435" t="s">
-        <v>2152</v>
+        <v>2149</v>
       </c>
       <c r="H435" t="s">
-        <v>2153</v>
+        <v>2150</v>
       </c>
       <c r="I435"/>
       <c r="J435" t="s">
-        <v>2154</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="436" spans="1:10">
       <c r="A436" t="s">
-        <v>2155</v>
+        <v>2152</v>
       </c>
       <c r="B436" t="s">
         <v>25</v>
       </c>
       <c r="C436" t="s">
-        <v>2156</v>
+        <v>2153</v>
       </c>
       <c r="D436" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="E436" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F436"/>
       <c r="G436" t="s">
-        <v>2157</v>
+        <v>2154</v>
       </c>
       <c r="H436"/>
       <c r="I436"/>
       <c r="J436" t="s">
-        <v>2158</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="437" spans="1:10">
       <c r="A437" t="s">
-        <v>2159</v>
+        <v>2156</v>
       </c>
       <c r="B437" t="s">
         <v>37</v>
       </c>
       <c r="C437" t="s">
-        <v>2160</v>
+        <v>2157</v>
       </c>
       <c r="D437" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="E437"/>
       <c r="F437"/>
       <c r="G437"/>
       <c r="H437"/>
       <c r="I437"/>
       <c r="J437" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
     </row>
     <row r="438" spans="1:10">
       <c r="A438" t="s">
-        <v>2161</v>
+        <v>2158</v>
       </c>
       <c r="B438" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C438" t="s">
-        <v>2162</v>
+        <v>2159</v>
       </c>
       <c r="D438" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="E438" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F438" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G438" t="s">
-        <v>2163</v>
+        <v>2160</v>
       </c>
       <c r="H438"/>
       <c r="I438" t="s">
         <v>1284</v>
       </c>
       <c r="J438" t="s">
-        <v>2164</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="439" spans="1:10">
       <c r="A439" t="s">
-        <v>2165</v>
+        <v>2162</v>
       </c>
       <c r="B439" t="s">
         <v>37</v>
       </c>
       <c r="C439" t="s">
-        <v>2166</v>
+        <v>2163</v>
       </c>
       <c r="D439" t="s">
-        <v>2167</v>
+        <v>2164</v>
       </c>
       <c r="E439"/>
       <c r="F439"/>
       <c r="G439" t="s">
-        <v>2168</v>
+        <v>2165</v>
       </c>
       <c r="H439" t="s">
-        <v>2169</v>
+        <v>2166</v>
       </c>
       <c r="I439"/>
       <c r="J439" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="440" spans="1:10">
       <c r="A440" t="s">
-        <v>2170</v>
+        <v>2167</v>
       </c>
       <c r="B440" t="s">
         <v>25</v>
       </c>
       <c r="C440" t="s">
-        <v>2171</v>
+        <v>2168</v>
       </c>
       <c r="D440" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="E440" t="s">
         <v>24</v>
       </c>
       <c r="F440" t="s">
         <v>25</v>
       </c>
       <c r="G440" t="s">
-        <v>2172</v>
+        <v>2169</v>
       </c>
       <c r="H440"/>
       <c r="I440" t="s">
-        <v>2173</v>
+        <v>2170</v>
       </c>
       <c r="J440" t="s">
-        <v>1906</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="441" spans="1:10">
       <c r="A441" t="s">
-        <v>2174</v>
+        <v>2171</v>
       </c>
       <c r="B441" t="s">
         <v>25</v>
       </c>
       <c r="C441" t="s">
-        <v>2175</v>
+        <v>2172</v>
       </c>
       <c r="D441" t="s">
         <v>127</v>
       </c>
       <c r="E441" t="s">
         <v>24</v>
       </c>
       <c r="F441"/>
       <c r="G441" t="s">
-        <v>2176</v>
+        <v>2173</v>
       </c>
       <c r="H441"/>
       <c r="I441" t="s">
-        <v>873</v>
+        <v>318</v>
       </c>
       <c r="J441" t="s">
-        <v>2177</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="442" spans="1:10">
       <c r="A442" t="s">
-        <v>2178</v>
+        <v>2175</v>
       </c>
       <c r="B442" t="s">
         <v>25</v>
       </c>
       <c r="C442" t="s">
-        <v>2179</v>
+        <v>2176</v>
       </c>
       <c r="D442" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="E442" t="s">
         <v>24</v>
       </c>
       <c r="F442"/>
       <c r="G442" t="s">
-        <v>2180</v>
+        <v>2177</v>
       </c>
       <c r="H442"/>
       <c r="I442" t="s">
-        <v>1947</v>
+        <v>1945</v>
       </c>
       <c r="J442" t="s">
-        <v>2181</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="443" spans="1:10">
       <c r="A443" t="s">
-        <v>2182</v>
+        <v>2179</v>
       </c>
       <c r="B443" t="s">
-        <v>139</v>
+        <v>1114</v>
       </c>
       <c r="C443" t="s">
-        <v>2183</v>
+        <v>2180</v>
       </c>
       <c r="D443" t="s">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E443"/>
       <c r="F443"/>
       <c r="G443" t="s">
-        <v>2184</v>
+        <v>2181</v>
       </c>
       <c r="H443" t="s">
-        <v>2185</v>
+        <v>2182</v>
       </c>
       <c r="I443"/>
       <c r="J443" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
     </row>
     <row r="444" spans="1:10">
       <c r="A444" t="s">
-        <v>2186</v>
+        <v>2183</v>
       </c>
       <c r="B444" t="s">
         <v>139</v>
       </c>
       <c r="C444" t="s">
-        <v>2187</v>
+        <v>2184</v>
       </c>
       <c r="D444" t="s">
-        <v>2188</v>
+        <v>2185</v>
       </c>
       <c r="E444"/>
       <c r="F444"/>
       <c r="G444" t="s">
-        <v>2189</v>
+        <v>2186</v>
       </c>
       <c r="H444" t="s">
         <v>90</v>
       </c>
       <c r="I444" t="s">
-        <v>2190</v>
+        <v>2187</v>
       </c>
       <c r="J444" t="s">
         <v>1363</v>
       </c>
     </row>
     <row r="445" spans="1:10">
       <c r="A445" t="s">
-        <v>2191</v>
+        <v>2188</v>
       </c>
       <c r="B445" t="s">
         <v>25</v>
       </c>
       <c r="C445" t="s">
-        <v>2192</v>
+        <v>2189</v>
       </c>
       <c r="D445" t="s">
-        <v>2193</v>
+        <v>2190</v>
       </c>
       <c r="E445" t="s">
         <v>24</v>
       </c>
       <c r="F445" t="s">
         <v>25</v>
       </c>
       <c r="G445" t="s">
-        <v>2194</v>
+        <v>2191</v>
       </c>
       <c r="H445"/>
       <c r="I445" t="s">
-        <v>2195</v>
+        <v>2192</v>
       </c>
       <c r="J445" t="s">
-        <v>2196</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="446" spans="1:10">
       <c r="A446" t="s">
-        <v>2197</v>
+        <v>2194</v>
       </c>
       <c r="B446" t="s">
         <v>25</v>
       </c>
       <c r="C446" t="s">
-        <v>2198</v>
+        <v>2195</v>
       </c>
       <c r="D446" t="s">
-        <v>2199</v>
+        <v>2196</v>
       </c>
       <c r="E446" t="s">
         <v>24</v>
       </c>
       <c r="F446" t="s">
         <v>25</v>
       </c>
       <c r="G446" t="s">
-        <v>2200</v>
+        <v>2197</v>
       </c>
       <c r="H446" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="I446" t="s">
-        <v>2173</v>
+        <v>2198</v>
       </c>
       <c r="J446" t="s">
-        <v>2201</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="447" spans="1:10">
       <c r="A447" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B447" t="s">
+        <v>25</v>
+      </c>
+      <c r="C447" t="s">
+        <v>2201</v>
+      </c>
+      <c r="D447" t="s">
+        <v>348</v>
+      </c>
+      <c r="E447" t="s">
+        <v>166</v>
+      </c>
+      <c r="F447" t="s">
+        <v>25</v>
+      </c>
+      <c r="G447" t="s">
         <v>2202</v>
       </c>
-      <c r="B447" t="s">
-[...2 lines deleted...]
-      <c r="C447" t="s">
+      <c r="H447" t="s">
         <v>2203</v>
-      </c>
-[...13 lines deleted...]
-        <v>2205</v>
       </c>
       <c r="I447"/>
       <c r="J447" t="s">
-        <v>2206</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="448" spans="1:10">
       <c r="A448" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B448" t="s">
+        <v>25</v>
+      </c>
+      <c r="C448" t="s">
+        <v>2206</v>
+      </c>
+      <c r="D448" t="s">
         <v>2207</v>
       </c>
-      <c r="B448" t="s">
-[...2 lines deleted...]
-      <c r="C448" t="s">
+      <c r="E448" t="s">
+        <v>166</v>
+      </c>
+      <c r="F448" t="s">
+        <v>25</v>
+      </c>
+      <c r="G448" t="s">
         <v>2208</v>
-      </c>
-[...10 lines deleted...]
-        <v>2210</v>
       </c>
       <c r="H448"/>
       <c r="I448"/>
       <c r="J448" t="s">
-        <v>2211</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="449" spans="1:10">
       <c r="A449" t="s">
+        <v>2210</v>
+      </c>
+      <c r="B449" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C449" t="s">
+        <v>2211</v>
+      </c>
+      <c r="D449" t="s">
         <v>2212</v>
-      </c>
-[...7 lines deleted...]
-        <v>2214</v>
       </c>
       <c r="E449"/>
       <c r="F449"/>
       <c r="G449" t="s">
-        <v>2215</v>
+        <v>2213</v>
       </c>
       <c r="H449" t="s">
-        <v>2216</v>
+        <v>2214</v>
       </c>
       <c r="I449"/>
       <c r="J449" t="s">
-        <v>2217</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="450" spans="1:10">
       <c r="A450" t="s">
-        <v>2218</v>
+        <v>2216</v>
       </c>
       <c r="B450" t="s">
         <v>25</v>
       </c>
       <c r="C450" t="s">
-        <v>2219</v>
+        <v>2217</v>
       </c>
       <c r="D450" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="E450" t="s">
         <v>24</v>
       </c>
       <c r="F450" t="s">
         <v>25</v>
       </c>
       <c r="G450" t="s">
-        <v>2220</v>
+        <v>2218</v>
       </c>
       <c r="H450"/>
       <c r="I450" t="s">
-        <v>2221</v>
+        <v>2037</v>
       </c>
       <c r="J450" t="s">
-        <v>2222</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="451" spans="1:10">
       <c r="A451" t="s">
-        <v>2223</v>
+        <v>2220</v>
       </c>
       <c r="B451" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="C451" t="s">
-        <v>2224</v>
+        <v>2221</v>
       </c>
       <c r="D451" t="s">
-        <v>2225</v>
+        <v>2222</v>
       </c>
       <c r="E451" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F451"/>
       <c r="G451" t="s">
-        <v>2226</v>
+        <v>2223</v>
       </c>
       <c r="H451" t="s">
-        <v>2227</v>
+        <v>2224</v>
       </c>
       <c r="I451"/>
       <c r="J451" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="452" spans="1:10">
       <c r="A452" t="s">
-        <v>2228</v>
+        <v>2225</v>
       </c>
       <c r="B452" t="s">
         <v>25</v>
       </c>
       <c r="C452" t="s">
-        <v>2229</v>
+        <v>2226</v>
       </c>
       <c r="D452" t="s">
-        <v>2230</v>
+        <v>2227</v>
       </c>
       <c r="E452" t="s">
         <v>24</v>
       </c>
       <c r="F452" t="s">
         <v>25</v>
       </c>
       <c r="G452" t="s">
-        <v>2231</v>
+        <v>2228</v>
       </c>
       <c r="H452"/>
       <c r="I452"/>
       <c r="J452" t="s">
-        <v>2232</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="453" spans="1:10">
       <c r="A453" t="s">
-        <v>2233</v>
+        <v>2230</v>
       </c>
       <c r="B453" t="s">
         <v>25</v>
       </c>
       <c r="C453" t="s">
-        <v>2234</v>
+        <v>2231</v>
       </c>
       <c r="D453" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="E453" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F453"/>
       <c r="G453" t="s">
-        <v>2235</v>
+        <v>2232</v>
       </c>
       <c r="H453"/>
       <c r="I453"/>
       <c r="J453" t="s">
-        <v>2236</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="454" spans="1:10">
       <c r="A454" t="s">
+        <v>2234</v>
+      </c>
+      <c r="B454" t="s">
+        <v>2235</v>
+      </c>
+      <c r="C454" t="s">
+        <v>2236</v>
+      </c>
+      <c r="D454" t="s">
         <v>2237</v>
       </c>
-      <c r="B454" t="s">
+      <c r="E454" t="s">
+        <v>166</v>
+      </c>
+      <c r="F454" t="s">
+        <v>25</v>
+      </c>
+      <c r="G454" t="s">
         <v>2238</v>
-      </c>
-[...13 lines deleted...]
-        <v>2241</v>
       </c>
       <c r="H454"/>
       <c r="I454"/>
       <c r="J454" t="s">
-        <v>2242</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="455" spans="1:10">
       <c r="A455" t="s">
-        <v>2243</v>
+        <v>2240</v>
       </c>
       <c r="B455" t="s">
-        <v>2244</v>
+        <v>2241</v>
       </c>
       <c r="C455" t="s">
-        <v>2245</v>
+        <v>2242</v>
       </c>
       <c r="D455" t="s">
-        <v>2199</v>
+        <v>2196</v>
       </c>
       <c r="E455" t="s">
         <v>24</v>
       </c>
       <c r="F455" t="s">
         <v>25</v>
       </c>
       <c r="G455" t="s">
-        <v>2246</v>
+        <v>2243</v>
       </c>
       <c r="H455" t="s">
-        <v>2247</v>
+        <v>2244</v>
       </c>
       <c r="I455"/>
       <c r="J455" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="456" spans="1:10">
       <c r="A456" t="s">
-        <v>2248</v>
+        <v>2245</v>
       </c>
       <c r="B456" t="s">
         <v>43</v>
       </c>
       <c r="C456" t="s">
-        <v>2249</v>
+        <v>2246</v>
       </c>
       <c r="D456" t="s">
-        <v>2250</v>
+        <v>2247</v>
       </c>
       <c r="E456"/>
       <c r="F456"/>
       <c r="G456" t="s">
-        <v>2251</v>
+        <v>2248</v>
       </c>
       <c r="H456" t="s">
-        <v>2252</v>
+        <v>2249</v>
       </c>
       <c r="I456"/>
       <c r="J456" t="s">
-        <v>2253</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="457" spans="1:10">
       <c r="A457" t="s">
-        <v>2254</v>
+        <v>2251</v>
       </c>
       <c r="B457" t="s">
         <v>43</v>
       </c>
       <c r="C457" t="s">
-        <v>2255</v>
+        <v>2252</v>
       </c>
       <c r="D457" t="s">
-        <v>2256</v>
+        <v>2253</v>
       </c>
       <c r="E457"/>
       <c r="F457"/>
       <c r="G457"/>
       <c r="H457"/>
       <c r="I457" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="J457" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="458" spans="1:10">
       <c r="A458" t="s">
-        <v>2257</v>
+        <v>2254</v>
       </c>
       <c r="B458" t="s">
         <v>25</v>
       </c>
       <c r="C458" t="s">
-        <v>2258</v>
+        <v>2255</v>
       </c>
       <c r="D458" t="s">
         <v>1210</v>
       </c>
       <c r="E458" t="s">
         <v>24</v>
       </c>
       <c r="F458"/>
       <c r="G458" t="s">
-        <v>2259</v>
+        <v>2256</v>
       </c>
       <c r="H458" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="I458"/>
       <c r="J458" t="s">
-        <v>2260</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="459" spans="1:10">
       <c r="A459" t="s">
+        <v>2258</v>
+      </c>
+      <c r="B459" t="s">
+        <v>216</v>
+      </c>
+      <c r="C459" t="s">
+        <v>2259</v>
+      </c>
+      <c r="D459" t="s">
+        <v>2260</v>
+      </c>
+      <c r="E459" t="s">
+        <v>219</v>
+      </c>
+      <c r="F459" t="s">
+        <v>25</v>
+      </c>
+      <c r="G459" t="s">
         <v>2261</v>
-      </c>
-[...16 lines deleted...]
-        <v>2264</v>
       </c>
       <c r="H459"/>
       <c r="I459" t="s">
-        <v>2265</v>
+        <v>2262</v>
       </c>
       <c r="J459" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
     </row>
     <row r="460" spans="1:10">
       <c r="A460" t="s">
-        <v>2266</v>
+        <v>2263</v>
       </c>
       <c r="B460" t="s">
         <v>25</v>
       </c>
       <c r="C460" t="s">
-        <v>2267</v>
+        <v>2264</v>
       </c>
       <c r="D460" t="s">
-        <v>2268</v>
+        <v>2265</v>
       </c>
       <c r="E460" t="s">
         <v>24</v>
       </c>
       <c r="F460"/>
       <c r="G460" t="s">
-        <v>2269</v>
+        <v>2266</v>
       </c>
       <c r="H460"/>
       <c r="I460"/>
       <c r="J460" t="s">
-        <v>2270</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="461" spans="1:10">
       <c r="A461" t="s">
-        <v>2271</v>
+        <v>2268</v>
       </c>
       <c r="B461" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C461" t="s">
-        <v>2272</v>
+        <v>2269</v>
       </c>
       <c r="D461" t="s">
-        <v>2273</v>
+        <v>2270</v>
       </c>
       <c r="E461" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F461" t="s">
         <v>25</v>
       </c>
       <c r="G461"/>
       <c r="H461"/>
       <c r="I461"/>
       <c r="J461" t="s">
-        <v>2274</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="462" spans="1:10">
       <c r="A462" t="s">
-        <v>2275</v>
+        <v>2272</v>
       </c>
       <c r="B462" t="s">
         <v>43</v>
       </c>
       <c r="C462" t="s">
-        <v>2276</v>
+        <v>2273</v>
       </c>
       <c r="D462" t="s">
-        <v>2268</v>
+        <v>2265</v>
       </c>
       <c r="E462"/>
       <c r="F462"/>
       <c r="G462"/>
       <c r="H462"/>
       <c r="I462" t="s">
-        <v>2277</v>
+        <v>2274</v>
       </c>
       <c r="J462" t="s">
-        <v>2278</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="463" spans="1:10">
       <c r="A463" t="s">
+        <v>2276</v>
+      </c>
+      <c r="B463" t="s">
+        <v>25</v>
+      </c>
+      <c r="C463" t="s">
+        <v>2277</v>
+      </c>
+      <c r="D463" t="s">
+        <v>195</v>
+      </c>
+      <c r="E463" t="s">
+        <v>305</v>
+      </c>
+      <c r="F463" t="s">
+        <v>25</v>
+      </c>
+      <c r="G463" t="s">
+        <v>2278</v>
+      </c>
+      <c r="H463" t="s">
         <v>2279</v>
-      </c>
-[...19 lines deleted...]
-        <v>2282</v>
       </c>
       <c r="I463"/>
       <c r="J463" t="s">
-        <v>2283</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="464" spans="1:10">
       <c r="A464" t="s">
-        <v>2284</v>
+        <v>2281</v>
       </c>
       <c r="B464" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C464" t="s">
-        <v>2285</v>
+        <v>2282</v>
       </c>
       <c r="D464" t="s">
-        <v>2286</v>
+        <v>2283</v>
       </c>
       <c r="E464" t="s">
         <v>24</v>
       </c>
       <c r="F464"/>
       <c r="G464" t="s">
-        <v>2287</v>
+        <v>2284</v>
       </c>
       <c r="H464"/>
       <c r="I464" t="s">
-        <v>2288</v>
+        <v>2285</v>
       </c>
       <c r="J464" t="s">
-        <v>2289</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="465" spans="1:10">
       <c r="A465" t="s">
-        <v>2290</v>
+        <v>2287</v>
       </c>
       <c r="B465" t="s">
         <v>25</v>
       </c>
       <c r="C465" t="s">
-        <v>2291</v>
+        <v>2288</v>
       </c>
       <c r="D465" t="s">
-        <v>2292</v>
+        <v>2289</v>
       </c>
       <c r="E465" t="s">
         <v>24</v>
       </c>
       <c r="F465"/>
       <c r="G465" t="s">
-        <v>2293</v>
+        <v>2290</v>
       </c>
       <c r="H465"/>
       <c r="I465" t="s">
-        <v>2294</v>
+        <v>2291</v>
       </c>
       <c r="J465" t="s">
-        <v>2295</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="466" spans="1:10">
       <c r="A466" t="s">
-        <v>2296</v>
+        <v>2293</v>
       </c>
       <c r="B466" t="s">
         <v>37</v>
       </c>
       <c r="C466" t="s">
-        <v>2297</v>
+        <v>2294</v>
       </c>
       <c r="D466"/>
       <c r="E466"/>
       <c r="F466"/>
       <c r="G466"/>
       <c r="H466" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="I466"/>
       <c r="J466" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
     </row>
     <row r="467" spans="1:10">
       <c r="A467" t="s">
-        <v>2298</v>
+        <v>2295</v>
       </c>
       <c r="B467" t="s">
         <v>25</v>
       </c>
       <c r="C467" t="s">
-        <v>2113</v>
+        <v>2110</v>
       </c>
       <c r="D467" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="E467" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F467"/>
       <c r="G467" t="s">
-        <v>2299</v>
+        <v>2296</v>
       </c>
       <c r="H467" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="I467"/>
       <c r="J467" t="s">
-        <v>2300</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="468" spans="1:10">
       <c r="A468" t="s">
-        <v>2301</v>
+        <v>2298</v>
       </c>
       <c r="B468" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C468" t="s">
-        <v>2302</v>
+        <v>2299</v>
       </c>
       <c r="D468" t="s">
-        <v>2303</v>
+        <v>2300</v>
       </c>
       <c r="E468" t="s">
         <v>24</v>
       </c>
       <c r="F468" t="s">
         <v>25</v>
       </c>
       <c r="G468" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
       <c r="H468"/>
       <c r="I468"/>
       <c r="J468" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="469" spans="1:10">
       <c r="A469" t="s">
+        <v>2303</v>
+      </c>
+      <c r="B469" t="s">
+        <v>25</v>
+      </c>
+      <c r="C469" t="s">
+        <v>2304</v>
+      </c>
+      <c r="D469" t="s">
+        <v>735</v>
+      </c>
+      <c r="E469" t="s">
+        <v>349</v>
+      </c>
+      <c r="F469" t="s">
+        <v>25</v>
+      </c>
+      <c r="G469" t="s">
+        <v>2305</v>
+      </c>
+      <c r="H469" t="s">
         <v>2306</v>
-      </c>
-[...19 lines deleted...]
-        <v>2309</v>
       </c>
       <c r="I469"/>
       <c r="J469" t="s">
-        <v>2310</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="470" spans="1:10">
       <c r="A470" t="s">
-        <v>2311</v>
+        <v>2308</v>
       </c>
       <c r="B470" t="s">
         <v>25</v>
       </c>
       <c r="C470" t="s">
-        <v>2312</v>
+        <v>2309</v>
       </c>
       <c r="D470" t="s">
         <v>122</v>
       </c>
       <c r="E470" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F470" t="s">
         <v>25</v>
       </c>
       <c r="G470" t="s">
-        <v>2313</v>
+        <v>2310</v>
       </c>
       <c r="H470" t="s">
-        <v>2314</v>
+        <v>2311</v>
       </c>
       <c r="I470" t="s">
-        <v>2315</v>
+        <v>1505</v>
       </c>
       <c r="J470" t="s">
-        <v>2316</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="471" spans="1:10">
       <c r="A471" t="s">
-        <v>2317</v>
+        <v>2313</v>
       </c>
       <c r="B471" t="s">
         <v>43</v>
       </c>
       <c r="C471" t="s">
-        <v>2318</v>
+        <v>2314</v>
       </c>
       <c r="D471" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="E471"/>
       <c r="F471"/>
       <c r="G471" t="s">
-        <v>2319</v>
+        <v>2315</v>
       </c>
       <c r="H471" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="I471" t="s">
-        <v>2320</v>
+        <v>2316</v>
       </c>
       <c r="J471" t="s">
-        <v>1906</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="472" spans="1:10">
       <c r="A472" t="s">
-        <v>2321</v>
+        <v>2317</v>
       </c>
       <c r="B472" t="s">
         <v>25</v>
       </c>
       <c r="C472" t="s">
-        <v>2322</v>
+        <v>2318</v>
       </c>
       <c r="D472" t="s">
         <v>32</v>
       </c>
       <c r="E472" t="s">
         <v>24</v>
       </c>
       <c r="F472" t="s">
         <v>25</v>
       </c>
       <c r="G472" t="s">
-        <v>2323</v>
+        <v>2319</v>
       </c>
       <c r="H472" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="I472"/>
       <c r="J472" t="s">
-        <v>2201</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="473" spans="1:10">
       <c r="A473" t="s">
-        <v>2324</v>
+        <v>2320</v>
       </c>
       <c r="B473" t="s">
         <v>43</v>
       </c>
       <c r="C473" t="s">
-        <v>2325</v>
+        <v>2321</v>
       </c>
       <c r="D473" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="E473"/>
       <c r="F473"/>
       <c r="G473" t="s">
-        <v>2326</v>
+        <v>2322</v>
       </c>
       <c r="H473"/>
       <c r="I473" t="s">
-        <v>2327</v>
+        <v>2323</v>
       </c>
       <c r="J473" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="474" spans="1:10">
       <c r="A474" t="s">
-        <v>2328</v>
+        <v>2324</v>
       </c>
       <c r="B474" t="s">
         <v>37</v>
       </c>
       <c r="C474" t="s">
-        <v>2329</v>
+        <v>2325</v>
       </c>
       <c r="D474" t="s">
-        <v>2330</v>
+        <v>2326</v>
       </c>
       <c r="E474"/>
       <c r="F474"/>
       <c r="G474" t="s">
-        <v>2331</v>
+        <v>2327</v>
       </c>
       <c r="H474"/>
       <c r="I474"/>
       <c r="J474" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="475" spans="1:10">
       <c r="A475" t="s">
-        <v>2332</v>
+        <v>2328</v>
       </c>
       <c r="B475" t="s">
         <v>21</v>
       </c>
       <c r="C475" t="s">
-        <v>2333</v>
+        <v>2329</v>
       </c>
       <c r="D475" t="s">
         <v>1503</v>
       </c>
       <c r="E475" t="s">
         <v>24</v>
       </c>
       <c r="F475" t="s">
         <v>25</v>
       </c>
       <c r="G475" t="s">
-        <v>2334</v>
+        <v>2330</v>
       </c>
       <c r="H475"/>
       <c r="I475" t="s">
         <v>1505</v>
       </c>
       <c r="J475" t="s">
-        <v>2030</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="476" spans="1:10">
       <c r="A476" t="s">
-        <v>2335</v>
+        <v>2331</v>
       </c>
       <c r="B476" t="s">
-        <v>2336</v>
+        <v>2332</v>
       </c>
       <c r="C476" t="s">
-        <v>2337</v>
+        <v>2333</v>
       </c>
       <c r="D476" t="s">
         <v>1299</v>
       </c>
       <c r="E476" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F476" t="s">
         <v>25</v>
       </c>
       <c r="G476" t="s">
-        <v>2338</v>
+        <v>2334</v>
       </c>
       <c r="H476" t="s">
-        <v>2339</v>
+        <v>2335</v>
       </c>
       <c r="I476"/>
       <c r="J476" t="s">
-        <v>2340</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="477" spans="1:10">
       <c r="A477" t="s">
-        <v>2341</v>
+        <v>2337</v>
       </c>
       <c r="B477" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C477" t="s">
-        <v>2342</v>
+        <v>2338</v>
       </c>
       <c r="D477" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="E477" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F477" t="s">
         <v>25</v>
       </c>
       <c r="G477" t="s">
-        <v>2343</v>
+        <v>2339</v>
       </c>
       <c r="H477"/>
       <c r="I477"/>
       <c r="J477" t="s">
-        <v>2344</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="478" spans="1:10">
       <c r="A478" t="s">
-        <v>2345</v>
+        <v>2341</v>
       </c>
       <c r="B478" t="s">
         <v>37</v>
       </c>
       <c r="C478" t="s">
-        <v>2346</v>
+        <v>2342</v>
       </c>
       <c r="D478" t="s">
-        <v>2347</v>
+        <v>2343</v>
       </c>
       <c r="E478"/>
       <c r="F478"/>
       <c r="G478" t="s">
-        <v>2348</v>
+        <v>2344</v>
       </c>
       <c r="H478"/>
       <c r="I478"/>
       <c r="J478" t="s">
-        <v>2349</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="479" spans="1:10">
       <c r="A479" t="s">
-        <v>2350</v>
+        <v>2346</v>
       </c>
       <c r="B479" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C479" t="s">
-        <v>2351</v>
+        <v>2347</v>
       </c>
       <c r="D479" t="s">
-        <v>2352</v>
+        <v>2348</v>
       </c>
       <c r="E479"/>
       <c r="F479"/>
       <c r="G479" t="s">
-        <v>2353</v>
+        <v>2349</v>
       </c>
       <c r="H479"/>
       <c r="I479"/>
       <c r="J479" t="s">
-        <v>2354</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="480" spans="1:10">
       <c r="A480" t="s">
-        <v>2355</v>
+        <v>2351</v>
       </c>
       <c r="B480" t="s">
         <v>43</v>
       </c>
       <c r="C480" t="s">
-        <v>2356</v>
+        <v>2352</v>
       </c>
       <c r="D480" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="E480"/>
       <c r="F480"/>
       <c r="G480" t="s">
-        <v>2357</v>
+        <v>2353</v>
       </c>
       <c r="H480" t="s">
         <v>1227</v>
       </c>
       <c r="I480" t="s">
-        <v>2358</v>
+        <v>2354</v>
       </c>
       <c r="J480" t="s">
-        <v>2045</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="481" spans="1:10">
       <c r="A481" t="s">
-        <v>2359</v>
+        <v>2355</v>
       </c>
       <c r="B481" t="s">
         <v>25</v>
       </c>
       <c r="C481" t="s">
-        <v>2360</v>
+        <v>2356</v>
       </c>
       <c r="D481" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="E481" t="s">
         <v>24</v>
       </c>
       <c r="F481" t="s">
         <v>25</v>
       </c>
       <c r="G481" t="s">
-        <v>2361</v>
+        <v>2357</v>
       </c>
       <c r="H481" t="s">
-        <v>2362</v>
+        <v>2358</v>
       </c>
       <c r="I481"/>
       <c r="J481" t="s">
-        <v>2363</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="482" spans="1:10">
       <c r="A482" t="s">
-        <v>2364</v>
+        <v>2360</v>
       </c>
       <c r="B482" t="s">
         <v>25</v>
       </c>
       <c r="C482" t="s">
-        <v>2365</v>
+        <v>2361</v>
       </c>
       <c r="D482" t="s">
-        <v>2366</v>
+        <v>2362</v>
       </c>
       <c r="E482" t="s">
         <v>24</v>
       </c>
       <c r="F482"/>
       <c r="G482" t="s">
-        <v>2367</v>
+        <v>2363</v>
       </c>
       <c r="H482"/>
       <c r="I482"/>
       <c r="J482" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="483" spans="1:10">
       <c r="A483" t="s">
-        <v>2368</v>
+        <v>2364</v>
       </c>
       <c r="B483" t="s">
         <v>60</v>
       </c>
       <c r="C483" t="s">
-        <v>2369</v>
+        <v>2365</v>
       </c>
       <c r="D483" t="s">
-        <v>1717</v>
+        <v>1715</v>
       </c>
       <c r="E483" t="s">
         <v>24</v>
       </c>
       <c r="F483" t="s">
         <v>25</v>
       </c>
       <c r="G483" t="s">
-        <v>2370</v>
+        <v>2366</v>
       </c>
       <c r="H483" t="s">
-        <v>2371</v>
+        <v>2367</v>
       </c>
       <c r="I483"/>
       <c r="J483" t="s">
-        <v>2372</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="484" spans="1:10">
       <c r="A484" t="s">
-        <v>2373</v>
+        <v>2369</v>
       </c>
       <c r="B484" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C484" t="s">
-        <v>2374</v>
+        <v>2370</v>
       </c>
       <c r="D484" t="s">
-        <v>2375</v>
+        <v>2371</v>
       </c>
       <c r="E484"/>
       <c r="F484"/>
       <c r="G484" t="s">
-        <v>2376</v>
+        <v>2372</v>
       </c>
       <c r="H484" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="I484"/>
       <c r="J484" t="s">
-        <v>2377</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="485" spans="1:10">
       <c r="A485" t="s">
-        <v>2378</v>
+        <v>2374</v>
       </c>
       <c r="B485" t="s">
         <v>37</v>
       </c>
       <c r="C485" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D485" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="E485"/>
       <c r="F485"/>
       <c r="G485" t="s">
-        <v>2379</v>
+        <v>2375</v>
       </c>
       <c r="H485"/>
       <c r="I485" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="J485" t="s">
-        <v>2380</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="486" spans="1:10">
       <c r="A486" t="s">
-        <v>2381</v>
+        <v>2377</v>
       </c>
       <c r="B486" t="s">
         <v>43</v>
       </c>
       <c r="C486" t="s">
-        <v>2382</v>
+        <v>2378</v>
       </c>
       <c r="D486" t="s">
         <v>122</v>
       </c>
       <c r="E486"/>
       <c r="F486"/>
       <c r="G486" t="s">
-        <v>2383</v>
+        <v>2379</v>
       </c>
       <c r="H486" t="s">
-        <v>2384</v>
+        <v>2380</v>
       </c>
       <c r="I486" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="J486" t="s">
-        <v>2385</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="487" spans="1:10">
       <c r="A487" t="s">
-        <v>2386</v>
+        <v>2382</v>
       </c>
       <c r="B487" t="s">
         <v>25</v>
       </c>
       <c r="C487" t="s">
-        <v>2387</v>
+        <v>2383</v>
       </c>
       <c r="D487" t="s">
-        <v>2388</v>
+        <v>2384</v>
       </c>
       <c r="E487" t="s">
         <v>24</v>
       </c>
       <c r="F487" t="s">
         <v>25</v>
       </c>
       <c r="G487" t="s">
-        <v>2389</v>
+        <v>2385</v>
       </c>
       <c r="H487"/>
       <c r="I487" t="s">
-        <v>873</v>
+        <v>318</v>
       </c>
       <c r="J487" t="s">
-        <v>2390</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="488" spans="1:10">
       <c r="A488" t="s">
-        <v>2391</v>
+        <v>2387</v>
       </c>
       <c r="B488" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C488" t="s">
-        <v>2392</v>
+        <v>2388</v>
       </c>
       <c r="D488" t="s">
-        <v>2393</v>
+        <v>2389</v>
       </c>
       <c r="E488" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F488" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G488" t="s">
-        <v>2394</v>
+        <v>2390</v>
       </c>
       <c r="H488"/>
       <c r="I488" t="s">
-        <v>2395</v>
+        <v>2391</v>
       </c>
       <c r="J488" t="s">
-        <v>2396</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="489" spans="1:10">
       <c r="A489" t="s">
-        <v>2397</v>
+        <v>2393</v>
       </c>
       <c r="B489" t="s">
         <v>43</v>
       </c>
       <c r="C489" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D489"/>
       <c r="E489"/>
       <c r="F489"/>
       <c r="G489"/>
       <c r="H489"/>
       <c r="I489"/>
       <c r="J489" t="s">
-        <v>2398</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="490" spans="1:10">
       <c r="A490" t="s">
-        <v>2399</v>
+        <v>2395</v>
       </c>
       <c r="B490" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C490" t="s">
-        <v>2400</v>
+        <v>2396</v>
       </c>
       <c r="D490" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="E490" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F490" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G490" t="s">
-        <v>2401</v>
+        <v>2397</v>
       </c>
       <c r="H490"/>
       <c r="I490" t="s">
-        <v>2402</v>
+        <v>2398</v>
       </c>
       <c r="J490" t="s">
-        <v>1906</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="491" spans="1:10">
       <c r="A491" t="s">
-        <v>2403</v>
+        <v>2399</v>
       </c>
       <c r="B491" t="s">
         <v>43</v>
       </c>
       <c r="C491" t="s">
-        <v>2404</v>
+        <v>2400</v>
       </c>
       <c r="D491" t="s">
-        <v>2405</v>
+        <v>2401</v>
       </c>
       <c r="E491"/>
       <c r="F491"/>
       <c r="G491" t="s">
-        <v>2406</v>
+        <v>2402</v>
       </c>
       <c r="H491"/>
       <c r="I491" t="s">
-        <v>2407</v>
+        <v>2403</v>
       </c>
       <c r="J491" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="492" spans="1:10">
       <c r="A492" t="s">
-        <v>2408</v>
+        <v>2404</v>
       </c>
       <c r="B492" t="s">
         <v>68</v>
       </c>
       <c r="C492" t="s">
-        <v>2409</v>
+        <v>2405</v>
       </c>
       <c r="D492" t="s">
-        <v>2410</v>
+        <v>2406</v>
       </c>
       <c r="E492"/>
       <c r="F492"/>
       <c r="G492"/>
       <c r="H492"/>
       <c r="I492"/>
       <c r="J492" t="s">
-        <v>1881</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="493" spans="1:10">
       <c r="A493" t="s">
-        <v>2411</v>
+        <v>2407</v>
       </c>
       <c r="B493" t="s">
         <v>37</v>
       </c>
       <c r="C493" t="s">
-        <v>2412</v>
+        <v>2408</v>
       </c>
       <c r="D493" t="s">
-        <v>2413</v>
+        <v>2409</v>
       </c>
       <c r="E493"/>
       <c r="F493"/>
       <c r="G493"/>
       <c r="H493"/>
       <c r="I493" t="s">
-        <v>2414</v>
+        <v>2410</v>
       </c>
       <c r="J493" t="s">
-        <v>2415</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="494" spans="1:10">
       <c r="A494" t="s">
-        <v>2416</v>
+        <v>2412</v>
       </c>
       <c r="B494" t="s">
         <v>43</v>
       </c>
       <c r="C494" t="s">
-        <v>2417</v>
+        <v>2413</v>
       </c>
       <c r="D494" t="s">
-        <v>2418</v>
+        <v>2414</v>
       </c>
       <c r="E494"/>
       <c r="F494"/>
       <c r="G494"/>
       <c r="H494"/>
       <c r="I494" t="s">
         <v>40</v>
       </c>
       <c r="J494" t="s">
-        <v>1689</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="495" spans="1:10">
       <c r="A495" t="s">
-        <v>2419</v>
+        <v>2415</v>
       </c>
       <c r="B495" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="C495" t="s">
-        <v>2420</v>
+        <v>2416</v>
       </c>
       <c r="D495" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="E495"/>
       <c r="F495"/>
       <c r="G495" t="s">
-        <v>2421</v>
+        <v>2417</v>
       </c>
       <c r="H495"/>
       <c r="I495"/>
       <c r="J495" t="s">
-        <v>2422</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="496" spans="1:10">
       <c r="A496" t="s">
-        <v>2423</v>
+        <v>2419</v>
       </c>
       <c r="B496" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C496" t="s">
-        <v>2424</v>
+        <v>2420</v>
       </c>
       <c r="D496" t="s">
         <v>122</v>
       </c>
       <c r="E496" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F496" t="s">
         <v>25</v>
       </c>
       <c r="G496" t="s">
-        <v>2425</v>
+        <v>2421</v>
       </c>
       <c r="H496"/>
       <c r="I496"/>
       <c r="J496" t="s">
-        <v>1748</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="497" spans="1:10">
       <c r="A497" t="s">
-        <v>2426</v>
+        <v>2422</v>
       </c>
       <c r="B497" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C497" t="s">
-        <v>2427</v>
+        <v>2423</v>
       </c>
       <c r="D497" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E497" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F497" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G497" t="s">
-        <v>2428</v>
+        <v>2424</v>
       </c>
       <c r="H497"/>
       <c r="I497"/>
       <c r="J497" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
     </row>
     <row r="498" spans="1:10">
       <c r="A498" t="s">
-        <v>2429</v>
+        <v>2425</v>
       </c>
       <c r="B498" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C498" t="s">
-        <v>2430</v>
+        <v>2426</v>
       </c>
       <c r="D498" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E498" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F498" t="s">
         <v>25</v>
       </c>
       <c r="G498" t="s">
-        <v>2431</v>
+        <v>2427</v>
       </c>
       <c r="H498"/>
       <c r="I498"/>
       <c r="J498" t="s">
-        <v>2432</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="499" spans="1:10">
       <c r="A499" t="s">
-        <v>2433</v>
+        <v>2429</v>
       </c>
       <c r="B499" t="s">
         <v>25</v>
       </c>
       <c r="C499" t="s">
-        <v>2434</v>
+        <v>2430</v>
       </c>
       <c r="D499" t="s">
-        <v>2435</v>
+        <v>2431</v>
       </c>
       <c r="E499" t="s">
         <v>24</v>
       </c>
       <c r="F499"/>
       <c r="G499" t="s">
-        <v>2436</v>
+        <v>2432</v>
       </c>
       <c r="H499"/>
       <c r="I499" t="s">
-        <v>873</v>
+        <v>318</v>
       </c>
       <c r="J499" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="500" spans="1:10">
       <c r="A500" t="s">
-        <v>2437</v>
+        <v>2433</v>
       </c>
       <c r="B500" t="s">
         <v>25</v>
       </c>
       <c r="C500" t="s">
-        <v>2438</v>
+        <v>2434</v>
       </c>
       <c r="D500" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="E500" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F500" t="s">
         <v>25</v>
       </c>
       <c r="G500" t="s">
-        <v>2439</v>
+        <v>2435</v>
       </c>
       <c r="H500"/>
       <c r="I500"/>
       <c r="J500" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="501" spans="1:10">
       <c r="A501" t="s">
-        <v>2440</v>
+        <v>2436</v>
       </c>
       <c r="B501" t="s">
         <v>43</v>
       </c>
       <c r="C501" t="s">
-        <v>2441</v>
+        <v>2437</v>
       </c>
       <c r="D501"/>
       <c r="E501"/>
       <c r="F501"/>
       <c r="G501"/>
       <c r="H501"/>
       <c r="I501"/>
       <c r="J501" t="s">
-        <v>2442</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="502" spans="1:10">
       <c r="A502" t="s">
-        <v>2443</v>
+        <v>2439</v>
       </c>
       <c r="B502" t="s">
         <v>68</v>
       </c>
       <c r="C502" t="s">
-        <v>2444</v>
+        <v>2440</v>
       </c>
       <c r="D502" t="s">
-        <v>2445</v>
+        <v>2441</v>
       </c>
       <c r="E502"/>
       <c r="F502"/>
       <c r="G502" t="s">
-        <v>2446</v>
+        <v>2442</v>
       </c>
       <c r="H502" t="s">
         <v>64</v>
       </c>
       <c r="I502"/>
       <c r="J502" t="s">
-        <v>2447</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="503" spans="1:10">
       <c r="A503" t="s">
-        <v>2448</v>
+        <v>2444</v>
       </c>
       <c r="B503" t="s">
         <v>21</v>
       </c>
       <c r="C503" t="s">
-        <v>2449</v>
+        <v>2445</v>
       </c>
       <c r="D503" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="E503" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F503" t="s">
         <v>25</v>
       </c>
       <c r="G503" t="s">
-        <v>2450</v>
+        <v>2446</v>
       </c>
       <c r="H503"/>
       <c r="I503"/>
       <c r="J503" t="s">
-        <v>2451</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="504" spans="1:10">
       <c r="A504" t="s">
-        <v>2452</v>
+        <v>2448</v>
       </c>
       <c r="B504" t="s">
         <v>43</v>
       </c>
       <c r="C504" t="s">
-        <v>2453</v>
+        <v>2449</v>
       </c>
       <c r="D504" t="s">
-        <v>2454</v>
+        <v>2450</v>
       </c>
       <c r="E504"/>
       <c r="F504"/>
       <c r="G504"/>
       <c r="H504"/>
       <c r="I504" t="s">
-        <v>1560</v>
+        <v>2451</v>
       </c>
       <c r="J504" t="s">
-        <v>2455</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="505" spans="1:10">
       <c r="A505" t="s">
-        <v>2456</v>
+        <v>2453</v>
       </c>
       <c r="B505" t="s">
         <v>43</v>
       </c>
       <c r="C505" t="s">
-        <v>2457</v>
+        <v>2454</v>
       </c>
       <c r="D505" t="s">
-        <v>2458</v>
+        <v>2455</v>
       </c>
       <c r="E505"/>
       <c r="F505"/>
       <c r="G505"/>
       <c r="H505"/>
       <c r="I505" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="J505" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="506" spans="1:10">
       <c r="A506" t="s">
-        <v>2456</v>
+        <v>2453</v>
       </c>
       <c r="B506" t="s">
         <v>43</v>
       </c>
       <c r="C506" t="s">
-        <v>2459</v>
+        <v>2456</v>
       </c>
       <c r="D506"/>
       <c r="E506"/>
       <c r="F506"/>
       <c r="G506"/>
       <c r="H506"/>
       <c r="I506"/>
       <c r="J506" t="s">
-        <v>2460</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="507" spans="1:10">
       <c r="A507" t="s">
-        <v>2461</v>
+        <v>2458</v>
       </c>
       <c r="B507" t="s">
         <v>139</v>
       </c>
       <c r="C507" t="s">
-        <v>2462</v>
+        <v>2459</v>
       </c>
       <c r="D507" t="s">
-        <v>1543</v>
+        <v>1542</v>
       </c>
       <c r="E507"/>
       <c r="F507"/>
       <c r="G507" t="s">
-        <v>2463</v>
+        <v>2460</v>
       </c>
       <c r="H507"/>
       <c r="I507"/>
       <c r="J507" t="s">
-        <v>2464</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="508" spans="1:10">
       <c r="A508" t="s">
-        <v>2465</v>
+        <v>2462</v>
       </c>
       <c r="B508" t="s">
         <v>25</v>
       </c>
       <c r="C508" t="s">
-        <v>2466</v>
+        <v>2463</v>
       </c>
       <c r="D508" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E508" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F508" t="s">
         <v>25</v>
       </c>
       <c r="G508"/>
       <c r="H508"/>
       <c r="I508"/>
       <c r="J508" t="s">
-        <v>2467</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="509" spans="1:10">
       <c r="A509" t="s">
-        <v>2468</v>
+        <v>2465</v>
       </c>
       <c r="B509" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C509" t="s">
-        <v>2469</v>
+        <v>2466</v>
       </c>
       <c r="D509" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E509" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="F509" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G509" t="s">
-        <v>2470</v>
+        <v>2467</v>
       </c>
       <c r="H509"/>
       <c r="I509"/>
       <c r="J509" t="s">
-        <v>2471</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="510" spans="1:10">
       <c r="A510" t="s">
+        <v>2469</v>
+      </c>
+      <c r="B510" t="s">
+        <v>216</v>
+      </c>
+      <c r="C510" t="s">
+        <v>2470</v>
+      </c>
+      <c r="D510" t="s">
+        <v>2471</v>
+      </c>
+      <c r="E510" t="s">
+        <v>219</v>
+      </c>
+      <c r="F510" t="s">
+        <v>25</v>
+      </c>
+      <c r="G510" t="s">
         <v>2472</v>
-      </c>
-[...16 lines deleted...]
-        <v>2475</v>
       </c>
       <c r="H510"/>
       <c r="I510"/>
       <c r="J510" t="s">
-        <v>2476</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="511" spans="1:10">
       <c r="A511" t="s">
-        <v>2477</v>
+        <v>2474</v>
       </c>
       <c r="B511" t="s">
         <v>25</v>
       </c>
       <c r="C511" t="s">
-        <v>2478</v>
+        <v>2475</v>
       </c>
       <c r="D511" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="E511" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F511"/>
       <c r="G511" t="s">
-        <v>2479</v>
+        <v>2476</v>
       </c>
       <c r="H511"/>
       <c r="I511"/>
       <c r="J511" t="s">
-        <v>2480</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="512" spans="1:10">
       <c r="A512" t="s">
-        <v>2481</v>
+        <v>2478</v>
       </c>
       <c r="B512" t="s">
-        <v>1580</v>
+        <v>728</v>
       </c>
       <c r="C512" t="s">
-        <v>2482</v>
+        <v>2479</v>
       </c>
       <c r="D512" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E512" t="s">
         <v>24</v>
       </c>
       <c r="F512" t="s">
         <v>25</v>
       </c>
       <c r="G512" t="s">
-        <v>2483</v>
+        <v>2480</v>
       </c>
       <c r="H512" t="s">
-        <v>2484</v>
+        <v>2481</v>
       </c>
       <c r="I512"/>
       <c r="J512" t="s">
-        <v>2485</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="513" spans="1:10">
       <c r="A513" t="s">
-        <v>2486</v>
+        <v>2483</v>
       </c>
       <c r="B513" t="s">
         <v>25</v>
       </c>
       <c r="C513" t="s">
-        <v>2487</v>
+        <v>2484</v>
       </c>
       <c r="D513" t="s">
-        <v>1997</v>
+        <v>1995</v>
       </c>
       <c r="E513" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F513" t="s">
         <v>25</v>
       </c>
       <c r="G513" t="s">
-        <v>2488</v>
+        <v>2485</v>
       </c>
       <c r="H513"/>
       <c r="I513" t="s">
-        <v>2489</v>
+        <v>2486</v>
       </c>
       <c r="J513" t="s">
-        <v>2490</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="514" spans="1:10">
       <c r="A514" t="s">
-        <v>2491</v>
+        <v>2488</v>
       </c>
       <c r="B514" t="s">
         <v>25</v>
       </c>
       <c r="C514" t="s">
-        <v>2492</v>
+        <v>2489</v>
       </c>
       <c r="D514" t="s">
-        <v>2493</v>
+        <v>2490</v>
       </c>
       <c r="E514" t="s">
         <v>24</v>
       </c>
       <c r="F514" t="s">
         <v>25</v>
       </c>
       <c r="G514"/>
       <c r="H514" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="I514" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="J514" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
     </row>
     <row r="515" spans="1:10">
       <c r="A515" t="s">
-        <v>2494</v>
+        <v>2491</v>
       </c>
       <c r="B515" t="s">
         <v>21</v>
       </c>
       <c r="C515" t="s">
-        <v>2495</v>
+        <v>2492</v>
       </c>
       <c r="D515" t="s">
-        <v>2496</v>
+        <v>2493</v>
       </c>
       <c r="E515" t="s">
         <v>24</v>
       </c>
       <c r="F515" t="s">
         <v>25</v>
       </c>
       <c r="G515" t="s">
-        <v>2497</v>
+        <v>2494</v>
       </c>
       <c r="H515" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="I515" t="s">
-        <v>2294</v>
+        <v>1768</v>
       </c>
       <c r="J515" t="s">
-        <v>1983</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="516" spans="1:10">
       <c r="A516" t="s">
-        <v>2498</v>
+        <v>2495</v>
       </c>
       <c r="B516" t="s">
-        <v>1875</v>
+        <v>1873</v>
       </c>
       <c r="C516" t="s">
-        <v>2499</v>
+        <v>2496</v>
       </c>
       <c r="D516" t="s">
-        <v>2500</v>
+        <v>2497</v>
       </c>
       <c r="E516"/>
       <c r="F516"/>
       <c r="G516" t="s">
-        <v>2501</v>
+        <v>2498</v>
       </c>
       <c r="H516" t="s">
-        <v>2502</v>
+        <v>2499</v>
       </c>
       <c r="I516"/>
       <c r="J516" t="s">
-        <v>2503</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="517" spans="1:10">
       <c r="A517" t="s">
-        <v>2504</v>
+        <v>2501</v>
       </c>
       <c r="B517" t="s">
         <v>43</v>
       </c>
       <c r="C517" t="s">
-        <v>2505</v>
+        <v>2502</v>
       </c>
       <c r="D517"/>
       <c r="E517"/>
       <c r="F517"/>
       <c r="G517"/>
       <c r="H517"/>
       <c r="I517"/>
       <c r="J517" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="518" spans="1:10">
       <c r="A518" t="s">
-        <v>2506</v>
+        <v>2503</v>
       </c>
       <c r="B518" t="s">
         <v>25</v>
       </c>
       <c r="C518" t="s">
-        <v>2507</v>
+        <v>2504</v>
       </c>
       <c r="D518" t="s">
-        <v>2508</v>
+        <v>2505</v>
       </c>
       <c r="E518" t="s">
         <v>24</v>
       </c>
       <c r="F518" t="s">
         <v>25</v>
       </c>
       <c r="G518" t="s">
+        <v>2506</v>
+      </c>
+      <c r="H518" t="s">
+        <v>2507</v>
+      </c>
+      <c r="I518" t="s">
+        <v>2508</v>
+      </c>
+      <c r="J518" t="s">
         <v>2509</v>
-      </c>
-[...7 lines deleted...]
-        <v>2512</v>
       </c>
     </row>
     <row r="519" spans="1:10">
       <c r="A519" t="s">
-        <v>2513</v>
+        <v>2510</v>
       </c>
       <c r="B519" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C519" t="s">
-        <v>2514</v>
+        <v>2511</v>
       </c>
       <c r="D519" t="s">
-        <v>2515</v>
+        <v>2512</v>
       </c>
       <c r="E519"/>
       <c r="F519"/>
       <c r="G519" t="s">
-        <v>2516</v>
+        <v>2513</v>
       </c>
       <c r="H519"/>
       <c r="I519" t="s">
-        <v>1404</v>
+        <v>2514</v>
       </c>
       <c r="J519" t="s">
-        <v>2517</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="520" spans="1:10">
       <c r="A520" t="s">
+        <v>2516</v>
+      </c>
+      <c r="B520" t="s">
+        <v>849</v>
+      </c>
+      <c r="C520" t="s">
+        <v>2517</v>
+      </c>
+      <c r="D520" t="s">
         <v>2518</v>
-      </c>
-[...7 lines deleted...]
-        <v>2520</v>
       </c>
       <c r="E520" t="s">
         <v>24</v>
       </c>
       <c r="F520" t="s">
         <v>25</v>
       </c>
       <c r="G520" t="s">
-        <v>2521</v>
+        <v>2519</v>
       </c>
       <c r="H520" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="I520"/>
       <c r="J520" t="s">
-        <v>2522</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="521" spans="1:10">
       <c r="A521" t="s">
+        <v>2521</v>
+      </c>
+      <c r="B521" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C521" t="s">
+        <v>2522</v>
+      </c>
+      <c r="D521" t="s">
         <v>2523</v>
-      </c>
-[...7 lines deleted...]
-        <v>2525</v>
       </c>
       <c r="E521"/>
       <c r="F521"/>
       <c r="G521" t="s">
-        <v>2526</v>
+        <v>2524</v>
       </c>
       <c r="H521" t="s">
-        <v>2527</v>
+        <v>2525</v>
       </c>
       <c r="I521"/>
       <c r="J521" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="522" spans="1:10">
       <c r="A522" t="s">
+        <v>2526</v>
+      </c>
+      <c r="B522" t="s">
+        <v>25</v>
+      </c>
+      <c r="C522" t="s">
+        <v>2527</v>
+      </c>
+      <c r="D522" t="s">
         <v>2528</v>
       </c>
-      <c r="B522" t="s">
-[...2 lines deleted...]
-      <c r="C522" t="s">
+      <c r="E522" t="s">
+        <v>349</v>
+      </c>
+      <c r="F522" t="s">
+        <v>25</v>
+      </c>
+      <c r="G522" t="s">
         <v>2529</v>
       </c>
-      <c r="D522" t="s">
+      <c r="H522" t="s">
         <v>2530</v>
-      </c>
-[...10 lines deleted...]
-        <v>2532</v>
       </c>
       <c r="I522"/>
       <c r="J522" t="s">
-        <v>2533</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="523" spans="1:10">
       <c r="A523" t="s">
+        <v>2532</v>
+      </c>
+      <c r="B523" t="s">
+        <v>152</v>
+      </c>
+      <c r="C523" t="s">
+        <v>2533</v>
+      </c>
+      <c r="D523" t="s">
         <v>2534</v>
-      </c>
-[...7 lines deleted...]
-        <v>2536</v>
       </c>
       <c r="E523"/>
       <c r="F523"/>
       <c r="G523" t="s">
-        <v>2537</v>
+        <v>2535</v>
       </c>
       <c r="H523" t="s">
-        <v>2538</v>
+        <v>2536</v>
       </c>
       <c r="I523"/>
       <c r="J523" t="s">
-        <v>2539</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="524" spans="1:10">
       <c r="A524" t="s">
-        <v>2540</v>
+        <v>2538</v>
       </c>
       <c r="B524" t="s">
         <v>43</v>
       </c>
       <c r="C524" t="s">
-        <v>2541</v>
+        <v>2539</v>
       </c>
       <c r="D524" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="E524"/>
       <c r="F524"/>
       <c r="G524"/>
       <c r="H524" t="s">
+        <v>2540</v>
+      </c>
+      <c r="I524" t="s">
+        <v>2541</v>
+      </c>
+      <c r="J524" t="s">
         <v>2542</v>
-      </c>
-[...4 lines deleted...]
-        <v>2544</v>
       </c>
     </row>
     <row r="525" spans="1:10">
       <c r="A525" t="s">
-        <v>2545</v>
+        <v>2543</v>
       </c>
       <c r="B525" t="s">
         <v>25</v>
       </c>
       <c r="C525" t="s">
-        <v>2546</v>
+        <v>2544</v>
       </c>
       <c r="D525" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="E525" t="s">
         <v>24</v>
       </c>
       <c r="F525"/>
       <c r="G525" t="s">
-        <v>2547</v>
+        <v>2545</v>
       </c>
       <c r="H525"/>
       <c r="I525"/>
       <c r="J525" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="526" spans="1:10">
       <c r="A526" t="s">
-        <v>2548</v>
+        <v>2546</v>
       </c>
       <c r="B526" t="s">
         <v>25</v>
       </c>
       <c r="C526" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D526" t="s">
-        <v>2549</v>
+        <v>2547</v>
       </c>
       <c r="E526" t="s">
         <v>24</v>
       </c>
       <c r="F526" t="s">
         <v>25</v>
       </c>
       <c r="G526" t="s">
-        <v>2550</v>
+        <v>2548</v>
       </c>
       <c r="H526"/>
       <c r="I526"/>
       <c r="J526" t="s">
-        <v>2551</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="527" spans="1:10">
       <c r="A527" t="s">
-        <v>2552</v>
+        <v>2550</v>
       </c>
       <c r="B527" t="s">
         <v>37</v>
       </c>
       <c r="C527" t="s">
-        <v>2553</v>
+        <v>2551</v>
       </c>
       <c r="D527" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="E527"/>
       <c r="F527"/>
       <c r="G527"/>
       <c r="H527"/>
       <c r="I527" t="s">
-        <v>2554</v>
+        <v>2552</v>
       </c>
       <c r="J527" t="s">
-        <v>2555</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="528" spans="1:10">
       <c r="A528" t="s">
-        <v>2556</v>
+        <v>2554</v>
       </c>
       <c r="B528" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C528" t="s">
-        <v>2557</v>
+        <v>2555</v>
       </c>
       <c r="D528" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E528" t="s">
         <v>24</v>
       </c>
       <c r="F528" t="s">
         <v>25</v>
       </c>
       <c r="G528" t="s">
-        <v>2558</v>
+        <v>2556</v>
       </c>
       <c r="H528"/>
       <c r="I528"/>
       <c r="J528" t="s">
-        <v>2559</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="529" spans="1:10">
       <c r="A529" t="s">
+        <v>2558</v>
+      </c>
+      <c r="B529" t="s">
+        <v>25</v>
+      </c>
+      <c r="C529" t="s">
+        <v>2559</v>
+      </c>
+      <c r="D529" t="s">
         <v>2560</v>
       </c>
-      <c r="B529" t="s">
-[...2 lines deleted...]
-      <c r="C529" t="s">
+      <c r="E529" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F529" t="s">
+        <v>25</v>
+      </c>
+      <c r="G529" t="s">
         <v>2561</v>
       </c>
-      <c r="D529" t="s">
+      <c r="H529" t="s">
         <v>2562</v>
-      </c>
-[...10 lines deleted...]
-        <v>2564</v>
       </c>
       <c r="I529"/>
       <c r="J529" t="s">
-        <v>2565</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="530" spans="1:10">
       <c r="A530" t="s">
+        <v>2564</v>
+      </c>
+      <c r="B530" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C530" t="s">
+        <v>2565</v>
+      </c>
+      <c r="D530" t="s">
         <v>2566</v>
-      </c>
-[...7 lines deleted...]
-        <v>2568</v>
       </c>
       <c r="E530"/>
       <c r="F530"/>
       <c r="G530" t="s">
-        <v>2569</v>
+        <v>2567</v>
       </c>
       <c r="H530"/>
       <c r="I530"/>
       <c r="J530" t="s">
-        <v>1881</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="531" spans="1:10">
       <c r="A531" t="s">
+        <v>2568</v>
+      </c>
+      <c r="B531" t="s">
+        <v>25</v>
+      </c>
+      <c r="C531" t="s">
+        <v>2569</v>
+      </c>
+      <c r="D531" t="s">
         <v>2570</v>
-      </c>
-[...7 lines deleted...]
-        <v>2572</v>
       </c>
       <c r="E531" t="s">
         <v>24</v>
       </c>
       <c r="F531"/>
       <c r="G531" t="s">
-        <v>2573</v>
+        <v>2571</v>
       </c>
       <c r="H531"/>
       <c r="I531"/>
       <c r="J531" t="s">
-        <v>2574</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="532" spans="1:10">
       <c r="A532" t="s">
-        <v>2575</v>
+        <v>2573</v>
       </c>
       <c r="B532" t="s">
         <v>139</v>
       </c>
       <c r="C532" t="s">
-        <v>2576</v>
+        <v>2574</v>
       </c>
       <c r="D532" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="E532"/>
       <c r="F532"/>
       <c r="G532" t="s">
-        <v>2577</v>
+        <v>2575</v>
       </c>
       <c r="H532"/>
       <c r="I532"/>
       <c r="J532" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
     </row>
     <row r="533" spans="1:10">
       <c r="A533" t="s">
+        <v>2576</v>
+      </c>
+      <c r="B533" t="s">
+        <v>25</v>
+      </c>
+      <c r="C533" t="s">
+        <v>2577</v>
+      </c>
+      <c r="D533" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E533" t="s">
+        <v>305</v>
+      </c>
+      <c r="F533" t="s">
+        <v>25</v>
+      </c>
+      <c r="G533" t="s">
         <v>2578</v>
       </c>
-      <c r="B533" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H533" t="s">
-        <v>1682</v>
+        <v>1680</v>
       </c>
       <c r="I533"/>
       <c r="J533" t="s">
-        <v>2581</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="534" spans="1:10">
       <c r="A534" t="s">
+        <v>2580</v>
+      </c>
+      <c r="B534" t="s">
+        <v>25</v>
+      </c>
+      <c r="C534" t="s">
+        <v>2581</v>
+      </c>
+      <c r="D534" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E534" t="s">
+        <v>349</v>
+      </c>
+      <c r="F534" t="s">
+        <v>25</v>
+      </c>
+      <c r="G534" t="s">
         <v>2582</v>
-      </c>
-[...16 lines deleted...]
-        <v>2584</v>
       </c>
       <c r="H534"/>
       <c r="I534"/>
       <c r="J534" t="s">
-        <v>2585</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="535" spans="1:10">
       <c r="A535" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B535" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C535" t="s">
+        <v>2585</v>
+      </c>
+      <c r="D535" t="s">
         <v>2586</v>
-      </c>
-[...7 lines deleted...]
-        <v>2588</v>
       </c>
       <c r="E535"/>
       <c r="F535"/>
       <c r="G535" t="s">
-        <v>2589</v>
+        <v>2587</v>
       </c>
       <c r="H535"/>
       <c r="I535"/>
       <c r="J535" t="s">
-        <v>2590</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="536" spans="1:10">
       <c r="A536" t="s">
-        <v>2591</v>
+        <v>2589</v>
       </c>
       <c r="B536" t="s">
         <v>25</v>
       </c>
       <c r="C536" t="s">
-        <v>2592</v>
+        <v>2590</v>
       </c>
       <c r="D536" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E536" t="s">
         <v>24</v>
       </c>
       <c r="F536" t="s">
         <v>25</v>
       </c>
       <c r="G536" t="s">
-        <v>2593</v>
+        <v>2591</v>
       </c>
       <c r="H536"/>
       <c r="I536"/>
       <c r="J536" t="s">
-        <v>2594</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="537" spans="1:10">
       <c r="A537" t="s">
+        <v>2593</v>
+      </c>
+      <c r="B537" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C537" t="s">
+        <v>2594</v>
+      </c>
+      <c r="D537" t="s">
         <v>2595</v>
-      </c>
-[...7 lines deleted...]
-        <v>2597</v>
       </c>
       <c r="E537"/>
       <c r="F537"/>
       <c r="G537" t="s">
-        <v>2598</v>
+        <v>2596</v>
       </c>
       <c r="H537"/>
       <c r="I537"/>
       <c r="J537" t="s">
-        <v>2599</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="538" spans="1:10">
       <c r="A538" t="s">
+        <v>2598</v>
+      </c>
+      <c r="B538" t="s">
+        <v>25</v>
+      </c>
+      <c r="C538" t="s">
+        <v>2599</v>
+      </c>
+      <c r="D538" t="s">
+        <v>1180</v>
+      </c>
+      <c r="E538" t="s">
+        <v>349</v>
+      </c>
+      <c r="F538" t="s">
+        <v>25</v>
+      </c>
+      <c r="G538" t="s">
         <v>2600</v>
       </c>
-      <c r="B538" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H538" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="I538"/>
       <c r="J538" t="s">
-        <v>2603</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="539" spans="1:10">
       <c r="A539" t="s">
-        <v>2604</v>
+        <v>2602</v>
       </c>
       <c r="B539" t="s">
         <v>25</v>
       </c>
       <c r="C539" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D539" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="E539" t="s">
         <v>24</v>
       </c>
       <c r="F539" t="s">
         <v>25</v>
       </c>
       <c r="G539" t="s">
-        <v>2605</v>
+        <v>2603</v>
       </c>
       <c r="H539"/>
       <c r="I539"/>
       <c r="J539" t="s">
-        <v>2606</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="540" spans="1:10">
       <c r="A540" t="s">
-        <v>2607</v>
+        <v>2605</v>
       </c>
       <c r="B540" t="s">
         <v>37</v>
       </c>
       <c r="C540" t="s">
-        <v>2608</v>
+        <v>2606</v>
       </c>
       <c r="D540" t="s">
         <v>1509</v>
       </c>
       <c r="E540"/>
       <c r="F540"/>
       <c r="G540" t="s">
-        <v>2609</v>
+        <v>2607</v>
       </c>
       <c r="H540"/>
       <c r="I540"/>
       <c r="J540" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
     </row>
     <row r="541" spans="1:10">
       <c r="A541" t="s">
+        <v>2608</v>
+      </c>
+      <c r="B541" t="s">
+        <v>25</v>
+      </c>
+      <c r="C541" t="s">
+        <v>2609</v>
+      </c>
+      <c r="D541" t="s">
+        <v>273</v>
+      </c>
+      <c r="E541" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F541" t="s">
+        <v>25</v>
+      </c>
+      <c r="G541" t="s">
         <v>2610</v>
-      </c>
-[...16 lines deleted...]
-        <v>2612</v>
       </c>
       <c r="H541"/>
       <c r="I541"/>
       <c r="J541" t="s">
-        <v>2613</v>
+        <v>2611</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">